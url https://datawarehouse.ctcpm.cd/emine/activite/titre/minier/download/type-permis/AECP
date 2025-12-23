--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="307">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES TITRES MINIERS (AECP)</t>
   </si>
   <si>
     <t>TITULAIRE</t>
   </si>
   <si>
     <t>TYPE</t>
   </si>
   <si>
     <t>NUMERO</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>CARRE MINIER</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
@@ -933,59 +933,50 @@
     <t>2022/10/10</t>
   </si>
   <si>
     <t>2018/07/19</t>
   </si>
   <si>
     <t>2023/07/18</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DE GRANDS LACS SARL</t>
   </si>
   <si>
     <t>2019/06/25</t>
   </si>
   <si>
     <t>2020/06/24</t>
   </si>
   <si>
     <t>TD CONSTRUCTION SARLU</t>
   </si>
   <si>
     <t>2020/01/09</t>
   </si>
   <si>
     <t>2025/01/08</t>
-  </si>
-[...7 lines deleted...]
-    <t>2025/12/29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1301,51 +1292,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H230"/>
+  <dimension ref="A1:H229"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H3" sqref="H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
@@ -6267,73 +6258,50 @@
         <v>302</v>
       </c>
       <c r="G228" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>304</v>
       </c>
       <c r="B229" t="s">
         <v>11</v>
       </c>
       <c r="C229">
         <v>14631</v>
       </c>
       <c r="D229" t="s">
         <v>27</v>
       </c>
       <c r="E229"/>
       <c r="F229" t="s">
         <v>305</v>
       </c>
       <c r="G229" t="s">
         <v>306</v>
-      </c>
-[...21 lines deleted...]
-        <v>309</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>