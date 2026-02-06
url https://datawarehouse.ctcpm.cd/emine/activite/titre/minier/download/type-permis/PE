--- v0 (2025-11-06)
+++ v1 (2026-02-06)
@@ -12,101 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="627">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="631">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES TITRES MINIERS (PE)</t>
   </si>
   <si>
     <t>TITULAIRE</t>
   </si>
   <si>
     <t>TYPE</t>
   </si>
   <si>
     <t>NUMERO</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>CARRE MINIER</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
     <t>DATE OCTROI</t>
   </si>
   <si>
     <t>DATE EXPIRATION</t>
   </si>
   <si>
     <t>MUTANDA MINING</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>Lualaba</t>
   </si>
   <si>
     <t>2002/05/06</t>
   </si>
   <si>
     <t>2024/03/19</t>
   </si>
   <si>
-    <t>LUTANDA</t>
+    <t>MUTANDA MINING SA</t>
   </si>
   <si>
     <t>2002/05/22</t>
   </si>
   <si>
     <t>2002/05/27</t>
   </si>
   <si>
     <t>NAMOYA MINING</t>
   </si>
   <si>
     <t>Actif-En Renouvellement</t>
   </si>
   <si>
     <t>Maniema</t>
   </si>
   <si>
     <t>1998/11/04</t>
   </si>
   <si>
     <t>2016/07/04</t>
   </si>
   <si>
     <t>SOCIETE AURIFERE DU KIVU ET DU MANIEMA</t>
   </si>
@@ -560,563 +560,563 @@
   <si>
     <t>KUMPALA DIAMOND RESOURCES DRC SARL</t>
   </si>
   <si>
     <t>2007/02/09</t>
   </si>
   <si>
     <t>2022/02/08</t>
   </si>
   <si>
     <t>Societe JEHOVAH JIREH ADO SPRL</t>
   </si>
   <si>
     <t>2019/11/27</t>
   </si>
   <si>
     <t>2044/11/26</t>
   </si>
   <si>
     <t>2007/04/13</t>
   </si>
   <si>
     <t>2022/04/12</t>
   </si>
   <si>
+    <t>LA MINIERE DE KALUMBWE MYUNGA</t>
+  </si>
+  <si>
+    <t>2022/05/26</t>
+  </si>
+  <si>
+    <t>SOCIETE MINIERE DE DEZIWA SAS</t>
+  </si>
+  <si>
+    <t>KISANFU MINING SAS</t>
+  </si>
+  <si>
+    <t>G12 ENTREPRISE SARL</t>
+  </si>
+  <si>
+    <t>2021/04/02</t>
+  </si>
+  <si>
+    <t>2046/04/01</t>
+  </si>
+  <si>
+    <t>2021/03/26</t>
+  </si>
+  <si>
+    <t>2046/03/25</t>
+  </si>
+  <si>
+    <t>REGAL EXPLORATION DRC SASU</t>
+  </si>
+  <si>
+    <t>2020/09/30</t>
+  </si>
+  <si>
+    <t>2045/09/29</t>
+  </si>
+  <si>
+    <t>GICC Sarl</t>
+  </si>
+  <si>
+    <t>2018/05/23</t>
+  </si>
+  <si>
+    <t>2043/05/22</t>
+  </si>
+  <si>
+    <t>SOCIETE D'EXPLORATION MINIERE DU HAUT KATANGA</t>
+  </si>
+  <si>
+    <t>2019/01/31</t>
+  </si>
+  <si>
+    <t>2044/01/30</t>
+  </si>
+  <si>
+    <t>SURYA MINES SARL</t>
+  </si>
+  <si>
+    <t>2018/09/28</t>
+  </si>
+  <si>
+    <t>2043/09/27</t>
+  </si>
+  <si>
+    <t>PHELPS DODGE CONGO SARL</t>
+  </si>
+  <si>
+    <t>2017/03/15</t>
+  </si>
+  <si>
+    <t>2047/03/14</t>
+  </si>
+  <si>
+    <t>2010/07/13</t>
+  </si>
+  <si>
+    <t>2040/07/12</t>
+  </si>
+  <si>
+    <t>2010/07/09</t>
+  </si>
+  <si>
+    <t>2040/07/08</t>
+  </si>
+  <si>
+    <t>2017/09/21</t>
+  </si>
+  <si>
+    <t>2047/09/20</t>
+  </si>
+  <si>
+    <t>2013/10/05</t>
+  </si>
+  <si>
+    <t>2043/10/04</t>
+  </si>
+  <si>
+    <t>2010/12/08</t>
+  </si>
+  <si>
+    <t>2040/12/07</t>
+  </si>
+  <si>
+    <t>Actif-Transformation en Multiple</t>
+  </si>
+  <si>
+    <t>2014/09/09</t>
+  </si>
+  <si>
+    <t>2044/09/08</t>
+  </si>
+  <si>
+    <t>2010/08/03</t>
+  </si>
+  <si>
+    <t>2040/08/02</t>
+  </si>
+  <si>
+    <t>MBAKA KAWAYA SARL</t>
+  </si>
+  <si>
+    <t>2017/12/11</t>
+  </si>
+  <si>
+    <t>2047/12/10</t>
+  </si>
+  <si>
+    <t>2009/06/18</t>
+  </si>
+  <si>
+    <t>2039/06/17</t>
+  </si>
+  <si>
+    <t>2017/08/02</t>
+  </si>
+  <si>
+    <t>2047/08/01</t>
+  </si>
+  <si>
+    <t>2009/09/03</t>
+  </si>
+  <si>
+    <t>2039/09/02</t>
+  </si>
+  <si>
+    <t>2011/09/15</t>
+  </si>
+  <si>
+    <t>2041/09/14</t>
+  </si>
+  <si>
+    <t>2014/12/26</t>
+  </si>
+  <si>
+    <t>2044/12/25</t>
+  </si>
+  <si>
+    <t>2007/11/19</t>
+  </si>
+  <si>
+    <t>2037/11/18</t>
+  </si>
+  <si>
+    <t>LA MINIERE DE KALUKUNDI</t>
+  </si>
+  <si>
+    <t>2009/11/07</t>
+  </si>
+  <si>
+    <t>2039/11/06</t>
+  </si>
+  <si>
+    <t>2048/02/09</t>
+  </si>
+  <si>
+    <t>2006/09/09</t>
+  </si>
+  <si>
+    <t>2036/09/08</t>
+  </si>
+  <si>
+    <t>2009/01/26</t>
+  </si>
+  <si>
+    <t>2039/01/25</t>
+  </si>
+  <si>
+    <t>ANVIL MINING CONGO Sarl</t>
+  </si>
+  <si>
+    <t>2018/08/22</t>
+  </si>
+  <si>
+    <t>2043/08/21</t>
+  </si>
+  <si>
+    <t>Actif-En cours de Renonciation totale</t>
+  </si>
+  <si>
+    <t>2012/01/27</t>
+  </si>
+  <si>
+    <t>2042/01/26</t>
+  </si>
+  <si>
+    <t>CONGO MINERALS EXPLORATION</t>
+  </si>
+  <si>
+    <t>2014/07/04</t>
+  </si>
+  <si>
+    <t>2044/07/03</t>
+  </si>
+  <si>
+    <t>2015/01/28</t>
+  </si>
+  <si>
+    <t>2045/01/27</t>
+  </si>
+  <si>
+    <t>TSM ENTREPRISE SARL</t>
+  </si>
+  <si>
+    <t>2014/04/04</t>
+  </si>
+  <si>
+    <t>2044/04/03</t>
+  </si>
+  <si>
+    <t>SOCIETE MINIERE DU KATANGA</t>
+  </si>
+  <si>
+    <t>2018/01/12</t>
+  </si>
+  <si>
+    <t>2048/01/11</t>
+  </si>
+  <si>
+    <t>2015/02/03</t>
+  </si>
+  <si>
+    <t>2045/02/02</t>
+  </si>
+  <si>
+    <t>AURUM SARL</t>
+  </si>
+  <si>
+    <t>2018/10/08</t>
+  </si>
+  <si>
+    <t>2043/10/07</t>
+  </si>
+  <si>
+    <t>2011/10/08</t>
+  </si>
+  <si>
+    <t>2041/10/07</t>
+  </si>
+  <si>
+    <t>2021/04/19</t>
+  </si>
+  <si>
+    <t>2046/04/18</t>
+  </si>
+  <si>
+    <t>SASE MINING SARL</t>
+  </si>
+  <si>
+    <t>2015/02/02</t>
+  </si>
+  <si>
+    <t>2045/02/01</t>
+  </si>
+  <si>
+    <t>2009/12/04</t>
+  </si>
+  <si>
+    <t>2039/12/03</t>
+  </si>
+  <si>
+    <t>SA DRC Mining</t>
+  </si>
+  <si>
+    <t>2019/09/11</t>
+  </si>
+  <si>
+    <t>2044/09/10</t>
+  </si>
+  <si>
+    <t>E29 RESOURCES SARL</t>
+  </si>
+  <si>
+    <t>2018/10/04</t>
+  </si>
+  <si>
+    <t>2043/10/03</t>
+  </si>
+  <si>
+    <t>2010/03/08</t>
+  </si>
+  <si>
+    <t>2040/03/07</t>
+  </si>
+  <si>
+    <t>2010/08/04</t>
+  </si>
+  <si>
+    <t>2040/08/03</t>
+  </si>
+  <si>
+    <t>2010/08/06</t>
+  </si>
+  <si>
+    <t>2040/08/05</t>
+  </si>
+  <si>
+    <t>1999/04/03</t>
+  </si>
+  <si>
+    <t>2029/04/02</t>
+  </si>
+  <si>
+    <t>2009/04/05</t>
+  </si>
+  <si>
+    <t>2024/04/04</t>
+  </si>
+  <si>
+    <t>2016/07/06</t>
+  </si>
+  <si>
+    <t>2031/07/05</t>
+  </si>
+  <si>
+    <t>LA CONGOLAISE DES MINES ET DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>2022/05/05</t>
+  </si>
+  <si>
+    <t>2048/02/12</t>
+  </si>
+  <si>
+    <t>2046/02/10</t>
+  </si>
+  <si>
+    <t>2012/03/27</t>
+  </si>
+  <si>
+    <t>2042/03/26</t>
+  </si>
+  <si>
+    <t>2015/10/27</t>
+  </si>
+  <si>
+    <t>2045/10/26</t>
+  </si>
+  <si>
+    <t>2017/09/28</t>
+  </si>
+  <si>
+    <t>2047/09/27</t>
+  </si>
+  <si>
+    <t>BINGOMWA MINES SARL</t>
+  </si>
+  <si>
+    <t>2015/01/23</t>
+  </si>
+  <si>
+    <t>2045/01/22</t>
+  </si>
+  <si>
+    <t>WENTONA PROPERTIES SPRL</t>
+  </si>
+  <si>
+    <t>2011/10/19</t>
+  </si>
+  <si>
+    <t>2041/10/18</t>
+  </si>
+  <si>
+    <t>GEOSCIENCE CONGO SERVICE</t>
+  </si>
+  <si>
+    <t>2021/02/04</t>
+  </si>
+  <si>
+    <t>2046/02/03</t>
+  </si>
+  <si>
+    <t>KANSONGA MINING Sarl</t>
+  </si>
+  <si>
+    <t>2018/01/11</t>
+  </si>
+  <si>
+    <t>2048/01/10</t>
+  </si>
+  <si>
+    <t>CONGO BANTU MINING SARL</t>
+  </si>
+  <si>
+    <t>2015/07/24</t>
+  </si>
+  <si>
+    <t>2045/07/23</t>
+  </si>
+  <si>
+    <t>LUNGA MINING SARL</t>
+  </si>
+  <si>
+    <t>WALNI MINERAL COMPANY SARL</t>
+  </si>
+  <si>
+    <t>2014/12/24</t>
+  </si>
+  <si>
+    <t>2046/05/11</t>
+  </si>
+  <si>
+    <t>2044/12/23</t>
+  </si>
+  <si>
+    <t>2005/09/26</t>
+  </si>
+  <si>
+    <t>2035/09/25</t>
+  </si>
+  <si>
+    <t>GOMA MINING Sprl</t>
+  </si>
+  <si>
+    <t>2005/08/26</t>
+  </si>
+  <si>
+    <t>MACROLINK JIAYUAN MINING</t>
+  </si>
+  <si>
+    <t>2015/08/29</t>
+  </si>
+  <si>
+    <t>2045/08/28</t>
+  </si>
+  <si>
+    <t>SHITURU MINING CORPORATION</t>
+  </si>
+  <si>
+    <t>2009/04/02</t>
+  </si>
+  <si>
+    <t>2024/04/01</t>
+  </si>
+  <si>
+    <t>SOCIETE MINIERE DE BISUNZU</t>
+  </si>
+  <si>
+    <t>2022/11/08</t>
+  </si>
+  <si>
+    <t>2037/11/07</t>
+  </si>
+  <si>
+    <t>2012/10/10</t>
+  </si>
+  <si>
+    <t>2042/10/09</t>
+  </si>
+  <si>
+    <t>EXCELLEN MINERALS SARL</t>
+  </si>
+  <si>
+    <t>2016/04/04</t>
+  </si>
+  <si>
+    <t>2046/04/03</t>
+  </si>
+  <si>
+    <t>MABENDE MINING SARL</t>
+  </si>
+  <si>
+    <t>2016/11/02</t>
+  </si>
+  <si>
+    <t>2046/11/01</t>
+  </si>
+  <si>
+    <t>2009/12/14</t>
+  </si>
+  <si>
+    <t>2024/12/13</t>
+  </si>
+  <si>
+    <t>ITURI GOLD MINING COMPANY Sprl</t>
+  </si>
+  <si>
+    <t>2006/09/27</t>
+  </si>
+  <si>
+    <t>2036/09/19</t>
+  </si>
+  <si>
+    <t>ASSOCIATION MINIERE DU KIVU Sprl</t>
+  </si>
+  <si>
+    <t>2011/08/08</t>
+  </si>
+  <si>
+    <t>2041/08/07</t>
+  </si>
+  <si>
     <t>MUTANDA MINING SARL</t>
   </si>
   <si>
-    <t>2022/05/05</t>
-[...508 lines deleted...]
-  <si>
     <t>CODEMA SARL</t>
   </si>
   <si>
     <t>2011/01/25</t>
   </si>
   <si>
     <t>2041/01/24</t>
   </si>
   <si>
     <t>GIRO GOLDFIELDS</t>
   </si>
   <si>
     <t>2014/05/12</t>
   </si>
   <si>
     <t>2029/05/11</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DE MOKU-BEVERENDI</t>
   </si>
   <si>
     <t>2007/05/12</t>
   </si>
   <si>
     <t>2014/05/11</t>
@@ -1893,50 +1893,62 @@
     <t>2021/01/22</t>
   </si>
   <si>
     <t>2046/01/21</t>
   </si>
   <si>
     <t>LOTUS MINING SARL</t>
   </si>
   <si>
     <t>2018/12/10</t>
   </si>
   <si>
     <t>2043/12/09</t>
   </si>
   <si>
     <t>SOCIETE DU CHARBONNAGE DE MAKALA SAS</t>
   </si>
   <si>
     <t>2018/11/21</t>
   </si>
   <si>
     <t>2019/01/21</t>
   </si>
   <si>
     <t>2020/02/07</t>
+  </si>
+  <si>
+    <t>THOMAS MINING SPRL</t>
+  </si>
+  <si>
+    <t>2022/12/15</t>
+  </si>
+  <si>
+    <t>2023/09/19</t>
+  </si>
+  <si>
+    <t>2038/09/18</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2252,51 +2264,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H572"/>
+  <dimension ref="A1:H571"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H3" sqref="H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
@@ -5801,9042 +5813,9019 @@
       </c>
       <c r="C160">
         <v>636</v>
       </c>
       <c r="D160" t="s">
         <v>156</v>
       </c>
       <c r="E160" t="s">
         <v>102</v>
       </c>
       <c r="F160" t="s">
         <v>180</v>
       </c>
       <c r="G160" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>182</v>
       </c>
       <c r="B161" t="s">
         <v>11</v>
       </c>
       <c r="C161">
-        <v>643</v>
+        <v>657</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
         <v>13</v>
       </c>
       <c r="F161" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G161" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>184</v>
       </c>
       <c r="B162" t="s">
         <v>11</v>
       </c>
       <c r="C162">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
         <v>13</v>
       </c>
       <c r="F162" t="s">
         <v>18</v>
       </c>
       <c r="G162" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B163" t="s">
         <v>11</v>
       </c>
       <c r="C163">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163" t="s">
         <v>13</v>
       </c>
       <c r="F163" t="s">
         <v>18</v>
       </c>
       <c r="G163" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>186</v>
+        <v>64</v>
       </c>
       <c r="B164" t="s">
         <v>11</v>
       </c>
       <c r="C164">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="D164" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E164" t="s">
         <v>13</v>
       </c>
       <c r="F164" t="s">
         <v>18</v>
       </c>
       <c r="G164" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B165" t="s">
         <v>11</v>
       </c>
       <c r="C165">
-        <v>661</v>
+        <v>680</v>
       </c>
       <c r="D165" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E165" t="s">
         <v>13</v>
       </c>
       <c r="F165" t="s">
-        <v>18</v>
+        <v>187</v>
       </c>
       <c r="G165" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B166" t="s">
         <v>11</v>
       </c>
       <c r="C166">
-        <v>662</v>
+        <v>687</v>
       </c>
       <c r="D166" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E166" t="s">
         <v>13</v>
       </c>
       <c r="F166" t="s">
-        <v>18</v>
+        <v>189</v>
       </c>
       <c r="G166" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>64</v>
+        <v>191</v>
       </c>
       <c r="B167" t="s">
         <v>11</v>
       </c>
       <c r="C167">
-        <v>663</v>
+        <v>688</v>
       </c>
       <c r="D167" t="s">
         <v>12</v>
       </c>
       <c r="E167" t="s">
         <v>13</v>
       </c>
       <c r="F167" t="s">
-        <v>18</v>
+        <v>192</v>
       </c>
       <c r="G167" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B168" t="s">
         <v>11</v>
       </c>
       <c r="C168">
-        <v>680</v>
+        <v>689</v>
       </c>
       <c r="D168" t="s">
         <v>12</v>
       </c>
       <c r="E168" t="s">
         <v>13</v>
       </c>
       <c r="F168" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="G168" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B169" t="s">
         <v>11</v>
       </c>
       <c r="C169">
-        <v>687</v>
+        <v>702</v>
       </c>
       <c r="D169" t="s">
         <v>12</v>
       </c>
       <c r="E169" t="s">
         <v>13</v>
       </c>
       <c r="F169" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="G169" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B170" t="s">
         <v>11</v>
       </c>
       <c r="C170">
-        <v>688</v>
+        <v>707</v>
       </c>
       <c r="D170" t="s">
         <v>12</v>
       </c>
       <c r="E170" t="s">
         <v>13</v>
       </c>
       <c r="F170" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G170" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B171" t="s">
         <v>11</v>
       </c>
       <c r="C171">
-        <v>689</v>
+        <v>740</v>
       </c>
       <c r="D171" t="s">
         <v>12</v>
       </c>
-      <c r="E171" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E171"/>
       <c r="F171" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="G171" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="B172" t="s">
         <v>11</v>
       </c>
       <c r="C172">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="D172" t="s">
         <v>12</v>
       </c>
-      <c r="E172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E172"/>
       <c r="F172" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="G172" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B173" t="s">
         <v>11</v>
       </c>
       <c r="C173">
-        <v>707</v>
+        <v>754</v>
       </c>
       <c r="D173" t="s">
         <v>12</v>
       </c>
-      <c r="E173" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E173"/>
       <c r="F173" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="G173" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B174" t="s">
         <v>11</v>
       </c>
       <c r="C174">
-        <v>740</v>
+        <v>755</v>
       </c>
       <c r="D174" t="s">
         <v>12</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G174" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="B175" t="s">
         <v>11</v>
       </c>
       <c r="C175">
-        <v>741</v>
+        <v>803</v>
       </c>
       <c r="D175" t="s">
         <v>12</v>
       </c>
-      <c r="E175"/>
+      <c r="E175" t="s">
+        <v>13</v>
+      </c>
       <c r="F175" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="G175" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="B176" t="s">
         <v>11</v>
       </c>
       <c r="C176">
-        <v>754</v>
+        <v>804</v>
       </c>
       <c r="D176" t="s">
         <v>12</v>
       </c>
-      <c r="E176"/>
+      <c r="E176" t="s">
+        <v>13</v>
+      </c>
       <c r="F176" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="G176" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="B177" t="s">
         <v>11</v>
       </c>
       <c r="C177">
-        <v>755</v>
+        <v>805</v>
       </c>
       <c r="D177" t="s">
         <v>12</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="G177" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B178" t="s">
         <v>11</v>
       </c>
       <c r="C178">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="D178" t="s">
         <v>12</v>
       </c>
-      <c r="E178" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E178"/>
       <c r="F178" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="G178" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="B179" t="s">
         <v>11</v>
       </c>
       <c r="C179">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="D179" t="s">
         <v>12</v>
       </c>
-      <c r="E179" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E179"/>
       <c r="F179" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="G179" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="B180" t="s">
         <v>11</v>
       </c>
       <c r="C180">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="D180" t="s">
         <v>12</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="G180" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="B181" t="s">
         <v>11</v>
       </c>
       <c r="C181">
-        <v>806</v>
+        <v>815</v>
       </c>
       <c r="D181" t="s">
         <v>12</v>
       </c>
-      <c r="E181"/>
+      <c r="E181" t="s">
+        <v>13</v>
+      </c>
       <c r="F181" t="s">
-        <v>191</v>
+        <v>204</v>
       </c>
       <c r="G181" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>188</v>
+        <v>64</v>
       </c>
       <c r="B182" t="s">
         <v>11</v>
       </c>
       <c r="C182">
-        <v>809</v>
+        <v>1050</v>
       </c>
       <c r="D182" t="s">
         <v>12</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>191</v>
+        <v>206</v>
       </c>
       <c r="G182" t="s">
-        <v>192</v>
+        <v>207</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>188</v>
+        <v>64</v>
       </c>
       <c r="B183" t="s">
         <v>11</v>
       </c>
       <c r="C183">
-        <v>811</v>
+        <v>1052</v>
       </c>
       <c r="D183" t="s">
         <v>12</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
-        <v>191</v>
+        <v>208</v>
       </c>
       <c r="G183" t="s">
-        <v>192</v>
+        <v>209</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>205</v>
+        <v>64</v>
       </c>
       <c r="B184" t="s">
         <v>11</v>
       </c>
       <c r="C184">
-        <v>815</v>
+        <v>1054</v>
       </c>
       <c r="D184" t="s">
         <v>12</v>
       </c>
-      <c r="E184" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E184"/>
       <c r="F184" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="G184" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>64</v>
       </c>
       <c r="B185" t="s">
         <v>11</v>
       </c>
       <c r="C185">
-        <v>1050</v>
+        <v>1059</v>
       </c>
       <c r="D185" t="s">
         <v>12</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="G185" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>64</v>
       </c>
       <c r="B186" t="s">
         <v>11</v>
       </c>
       <c r="C186">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="D186" t="s">
         <v>12</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="G186" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>64</v>
       </c>
       <c r="B187" t="s">
         <v>11</v>
       </c>
       <c r="C187">
-        <v>1054</v>
+        <v>1063</v>
       </c>
       <c r="D187" t="s">
         <v>12</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
         <v>212</v>
       </c>
       <c r="G187" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>64</v>
       </c>
       <c r="B188" t="s">
         <v>11</v>
       </c>
       <c r="C188">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="D188" t="s">
         <v>12</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="G188" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>64</v>
       </c>
       <c r="B189" t="s">
         <v>11</v>
       </c>
       <c r="C189">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="D189" t="s">
         <v>12</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
         <v>210</v>
       </c>
       <c r="G189" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>64</v>
       </c>
       <c r="B190" t="s">
         <v>11</v>
       </c>
       <c r="C190">
-        <v>1063</v>
+        <v>1072</v>
       </c>
       <c r="D190" t="s">
         <v>12</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="G190" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>64</v>
       </c>
       <c r="B191" t="s">
         <v>11</v>
       </c>
       <c r="C191">
-        <v>1065</v>
+        <v>1074</v>
       </c>
       <c r="D191" t="s">
         <v>12</v>
       </c>
-      <c r="E191"/>
+      <c r="E191" t="s">
+        <v>13</v>
+      </c>
       <c r="F191" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G191" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>64</v>
       </c>
       <c r="B192" t="s">
         <v>11</v>
       </c>
       <c r="C192">
-        <v>1066</v>
+        <v>1075</v>
       </c>
       <c r="D192" t="s">
         <v>12</v>
       </c>
-      <c r="E192"/>
+      <c r="E192" t="s">
+        <v>13</v>
+      </c>
       <c r="F192" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G192" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>64</v>
       </c>
       <c r="B193" t="s">
         <v>11</v>
       </c>
       <c r="C193">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="D193" t="s">
         <v>12</v>
       </c>
-      <c r="E193"/>
+      <c r="E193" t="s">
+        <v>13</v>
+      </c>
       <c r="F193" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="G193" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>64</v>
       </c>
       <c r="B194" t="s">
         <v>11</v>
       </c>
       <c r="C194">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="D194" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="E194"/>
       <c r="F194" t="s">
         <v>208</v>
       </c>
       <c r="G194" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>64</v>
       </c>
       <c r="B195" t="s">
         <v>11</v>
       </c>
       <c r="C195">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="D195" t="s">
         <v>12</v>
       </c>
-      <c r="E195" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E195"/>
       <c r="F195" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="G195" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>64</v>
       </c>
       <c r="B196" t="s">
         <v>11</v>
       </c>
       <c r="C196">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="D196" t="s">
         <v>12</v>
       </c>
       <c r="E196" t="s">
         <v>13</v>
       </c>
       <c r="F196" t="s">
         <v>208</v>
       </c>
       <c r="G196" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>64</v>
       </c>
       <c r="B197" t="s">
         <v>11</v>
       </c>
       <c r="C197">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="D197" t="s">
-        <v>218</v>
+        <v>12</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="G197" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>64</v>
       </c>
       <c r="B198" t="s">
         <v>11</v>
       </c>
       <c r="C198">
-        <v>1078</v>
+        <v>1086</v>
       </c>
       <c r="D198" t="s">
         <v>12</v>
       </c>
-      <c r="E198"/>
+      <c r="E198" t="s">
+        <v>13</v>
+      </c>
       <c r="F198" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="G198" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>64</v>
       </c>
       <c r="B199" t="s">
         <v>11</v>
       </c>
       <c r="C199">
-        <v>1079</v>
+        <v>1088</v>
       </c>
       <c r="D199" t="s">
         <v>12</v>
       </c>
-      <c r="E199" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E199"/>
       <c r="F199" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="G199" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>64</v>
       </c>
       <c r="B200" t="s">
         <v>11</v>
       </c>
       <c r="C200">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="D200" t="s">
         <v>12</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
         <v>219</v>
       </c>
       <c r="G200" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>64</v>
       </c>
       <c r="B201" t="s">
         <v>11</v>
       </c>
       <c r="C201">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="D201" t="s">
         <v>12</v>
       </c>
-      <c r="E201" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E201"/>
       <c r="F201" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="G201" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>64</v>
+        <v>221</v>
       </c>
       <c r="B202" t="s">
         <v>11</v>
       </c>
       <c r="C202">
-        <v>1088</v>
+        <v>1283</v>
       </c>
       <c r="D202" t="s">
         <v>12</v>
       </c>
-      <c r="E202"/>
+      <c r="E202" t="s">
+        <v>13</v>
+      </c>
       <c r="F202" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="G202" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>64</v>
+        <v>162</v>
       </c>
       <c r="B203" t="s">
         <v>11</v>
       </c>
       <c r="C203">
-        <v>1089</v>
+        <v>1411</v>
       </c>
       <c r="D203" t="s">
         <v>12</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G203" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>64</v>
+        <v>162</v>
       </c>
       <c r="B204" t="s">
         <v>11</v>
       </c>
       <c r="C204">
-        <v>1090</v>
+        <v>1427</v>
       </c>
       <c r="D204" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E204"/>
+        <v>67</v>
+      </c>
+      <c r="E204" t="s">
+        <v>13</v>
+      </c>
       <c r="F204" t="s">
-        <v>210</v>
+        <v>226</v>
       </c>
       <c r="G204" t="s">
-        <v>211</v>
+        <v>227</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>223</v>
+        <v>162</v>
       </c>
       <c r="B205" t="s">
         <v>11</v>
       </c>
       <c r="C205">
-        <v>1283</v>
+        <v>1430</v>
       </c>
       <c r="D205" t="s">
         <v>12</v>
       </c>
       <c r="E205" t="s">
         <v>13</v>
       </c>
       <c r="F205" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="G205" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>162</v>
       </c>
       <c r="B206" t="s">
         <v>11</v>
       </c>
       <c r="C206">
-        <v>1411</v>
+        <v>1431</v>
       </c>
       <c r="D206" t="s">
         <v>12</v>
       </c>
-      <c r="E206"/>
+      <c r="E206" t="s">
+        <v>13</v>
+      </c>
       <c r="F206" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="G206" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>162</v>
       </c>
       <c r="B207" t="s">
         <v>11</v>
       </c>
       <c r="C207">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="D207" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="E207" t="s">
         <v>13</v>
       </c>
       <c r="F207" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G207" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>162</v>
       </c>
       <c r="B208" t="s">
         <v>11</v>
       </c>
       <c r="C208">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="D208" t="s">
         <v>12</v>
       </c>
       <c r="E208" t="s">
         <v>13</v>
       </c>
       <c r="F208" t="s">
         <v>230</v>
       </c>
       <c r="G208" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>162</v>
       </c>
       <c r="B209" t="s">
         <v>11</v>
       </c>
       <c r="C209">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="D209" t="s">
         <v>12</v>
       </c>
       <c r="E209" t="s">
         <v>13</v>
       </c>
       <c r="F209" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="G209" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>162</v>
+        <v>236</v>
       </c>
       <c r="B210" t="s">
         <v>11</v>
       </c>
       <c r="C210">
-        <v>1432</v>
+        <v>1447</v>
       </c>
       <c r="D210" t="s">
         <v>12</v>
       </c>
       <c r="E210" t="s">
         <v>13</v>
       </c>
       <c r="F210" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="G210" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>162</v>
+        <v>105</v>
       </c>
       <c r="B211" t="s">
         <v>11</v>
       </c>
       <c r="C211">
-        <v>1434</v>
+        <v>1496</v>
       </c>
       <c r="D211" t="s">
         <v>12</v>
       </c>
       <c r="E211" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="F211" t="s">
-        <v>232</v>
+        <v>106</v>
       </c>
       <c r="G211" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>162</v>
       </c>
       <c r="B212" t="s">
         <v>11</v>
       </c>
       <c r="C212">
-        <v>1435</v>
+        <v>1524</v>
       </c>
       <c r="D212" t="s">
         <v>12</v>
       </c>
       <c r="E212" t="s">
         <v>13</v>
       </c>
       <c r="F212" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="G212" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>238</v>
+        <v>162</v>
       </c>
       <c r="B213" t="s">
         <v>11</v>
       </c>
       <c r="C213">
-        <v>1447</v>
+        <v>1526</v>
       </c>
       <c r="D213" t="s">
         <v>12</v>
       </c>
       <c r="E213" t="s">
         <v>13</v>
       </c>
       <c r="F213" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G213" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>105</v>
+        <v>162</v>
       </c>
       <c r="B214" t="s">
         <v>11</v>
       </c>
       <c r="C214">
-        <v>1496</v>
+        <v>1538</v>
       </c>
       <c r="D214" t="s">
         <v>12</v>
       </c>
-      <c r="E214" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E214"/>
       <c r="F214" t="s">
-        <v>106</v>
+        <v>242</v>
       </c>
       <c r="G214" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>162</v>
+        <v>244</v>
       </c>
       <c r="B215" t="s">
         <v>11</v>
       </c>
       <c r="C215">
-        <v>1524</v>
+        <v>1684</v>
       </c>
       <c r="D215" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="E215"/>
       <c r="F215" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="G215" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>162</v>
+        <v>244</v>
       </c>
       <c r="B216" t="s">
         <v>11</v>
       </c>
       <c r="C216">
-        <v>1526</v>
+        <v>1686</v>
       </c>
       <c r="D216" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="E216"/>
       <c r="F216" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G216" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>162</v>
+        <v>244</v>
       </c>
       <c r="B217" t="s">
         <v>11</v>
       </c>
       <c r="C217">
-        <v>1538</v>
+        <v>1688</v>
       </c>
       <c r="D217" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="E217"/>
       <c r="F217" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="G217" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B218" t="s">
         <v>11</v>
       </c>
       <c r="C218">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="D218" t="s">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="G218" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B219" t="s">
         <v>11</v>
       </c>
       <c r="C219">
-        <v>1686</v>
+        <v>1693</v>
       </c>
       <c r="D219" t="s">
-        <v>67</v>
+        <v>247</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="G219" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B220" t="s">
         <v>11</v>
       </c>
       <c r="C220">
-        <v>1688</v>
+        <v>1697</v>
       </c>
       <c r="D220" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G220" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B221" t="s">
         <v>11</v>
       </c>
       <c r="C221">
-        <v>1689</v>
+        <v>1700</v>
       </c>
       <c r="D221" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="G221" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B222" t="s">
         <v>11</v>
       </c>
       <c r="C222">
-        <v>1693</v>
+        <v>1731</v>
       </c>
       <c r="D222" t="s">
-        <v>249</v>
+        <v>28</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="G222" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>246</v>
+        <v>64</v>
       </c>
       <c r="B223" t="s">
         <v>11</v>
       </c>
       <c r="C223">
-        <v>1697</v>
+        <v>1776</v>
       </c>
       <c r="D223" t="s">
         <v>12</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="G223" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="B224" t="s">
         <v>11</v>
       </c>
       <c r="C224">
-        <v>1700</v>
+        <v>1785</v>
       </c>
       <c r="D224" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="E224"/>
       <c r="F224" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="G224" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="B225" t="s">
         <v>11</v>
       </c>
       <c r="C225">
-        <v>1731</v>
+        <v>1884</v>
       </c>
       <c r="D225" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E225"/>
       <c r="F225" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="G225" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>64</v>
+        <v>162</v>
       </c>
       <c r="B226" t="s">
         <v>11</v>
       </c>
       <c r="C226">
-        <v>1776</v>
+        <v>1891</v>
       </c>
       <c r="D226" t="s">
         <v>12</v>
       </c>
-      <c r="E226"/>
+      <c r="E226" t="s">
+        <v>13</v>
+      </c>
       <c r="F226" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="G226" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="B227" t="s">
         <v>11</v>
       </c>
       <c r="C227">
-        <v>1785</v>
+        <v>1962</v>
       </c>
       <c r="D227" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="E227"/>
+        <v>12</v>
+      </c>
+      <c r="E227" t="s">
+        <v>13</v>
+      </c>
       <c r="F227" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="G227" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>260</v>
+        <v>162</v>
       </c>
       <c r="B228" t="s">
         <v>11</v>
       </c>
       <c r="C228">
-        <v>1884</v>
+        <v>2115</v>
       </c>
       <c r="D228" t="s">
         <v>12</v>
       </c>
-      <c r="E228"/>
+      <c r="E228" t="s">
+        <v>13</v>
+      </c>
       <c r="F228" t="s">
-        <v>261</v>
+        <v>230</v>
       </c>
       <c r="G228" t="s">
-        <v>262</v>
+        <v>231</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>162</v>
       </c>
       <c r="B229" t="s">
         <v>11</v>
       </c>
       <c r="C229">
-        <v>1891</v>
+        <v>2116</v>
       </c>
       <c r="D229" t="s">
         <v>12</v>
       </c>
       <c r="E229" t="s">
         <v>13</v>
       </c>
       <c r="F229" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G229" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>265</v>
+        <v>162</v>
       </c>
       <c r="B230" t="s">
         <v>11</v>
       </c>
       <c r="C230">
-        <v>1962</v>
+        <v>2121</v>
       </c>
       <c r="D230" t="s">
-        <v>12</v>
+        <v>247</v>
       </c>
       <c r="E230" t="s">
         <v>13</v>
       </c>
       <c r="F230" t="s">
         <v>266</v>
       </c>
       <c r="G230" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>162</v>
+        <v>255</v>
       </c>
       <c r="B231" t="s">
         <v>11</v>
       </c>
       <c r="C231">
-        <v>2115</v>
+        <v>2129</v>
       </c>
       <c r="D231" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="E231"/>
       <c r="F231" t="s">
-        <v>232</v>
+        <v>268</v>
       </c>
       <c r="G231" t="s">
-        <v>233</v>
+        <v>269</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>162</v>
+        <v>270</v>
       </c>
       <c r="B232" t="s">
         <v>11</v>
       </c>
       <c r="C232">
-        <v>2116</v>
+        <v>2214</v>
       </c>
       <c r="D232" t="s">
         <v>12</v>
       </c>
-      <c r="E232" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E232"/>
       <c r="F232" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="G232" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>162</v>
+        <v>174</v>
       </c>
       <c r="B233" t="s">
         <v>11</v>
       </c>
       <c r="C233">
-        <v>2121</v>
+        <v>2306</v>
       </c>
       <c r="D233" t="s">
-        <v>249</v>
+        <v>28</v>
       </c>
       <c r="E233" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="F233" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="G233" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>257</v>
+        <v>275</v>
       </c>
       <c r="B234" t="s">
         <v>11</v>
       </c>
       <c r="C234">
-        <v>2129</v>
+        <v>2315</v>
       </c>
       <c r="D234" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="E234"/>
+        <v>28</v>
+      </c>
+      <c r="E234" t="s">
+        <v>13</v>
+      </c>
       <c r="F234" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="G234" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="B235" t="s">
         <v>11</v>
       </c>
       <c r="C235">
-        <v>2214</v>
+        <v>2339</v>
       </c>
       <c r="D235" t="s">
         <v>12</v>
       </c>
       <c r="E235"/>
       <c r="F235" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="G235" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>174</v>
+        <v>278</v>
       </c>
       <c r="B236" t="s">
         <v>11</v>
       </c>
       <c r="C236">
-        <v>2306</v>
+        <v>2342</v>
       </c>
       <c r="D236" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E236" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="F236" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="G236" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>277</v>
+        <v>64</v>
       </c>
       <c r="B237" t="s">
         <v>11</v>
       </c>
       <c r="C237">
-        <v>2315</v>
+        <v>2347</v>
       </c>
       <c r="D237" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E237"/>
       <c r="F237" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="G237" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>280</v>
+        <v>64</v>
       </c>
       <c r="B238" t="s">
         <v>11</v>
       </c>
       <c r="C238">
-        <v>2339</v>
+        <v>2348</v>
       </c>
       <c r="D238" t="s">
         <v>12</v>
       </c>
-      <c r="E238"/>
+      <c r="E238" t="s">
+        <v>13</v>
+      </c>
       <c r="F238" t="s">
         <v>281</v>
       </c>
       <c r="G238" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>280</v>
+        <v>64</v>
       </c>
       <c r="B239" t="s">
         <v>11</v>
       </c>
       <c r="C239">
-        <v>2342</v>
+        <v>2349</v>
       </c>
       <c r="D239" t="s">
         <v>12</v>
       </c>
-      <c r="E239" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E239"/>
       <c r="F239" t="s">
-        <v>281</v>
+        <v>214</v>
       </c>
       <c r="G239" t="s">
-        <v>282</v>
+        <v>215</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>64</v>
       </c>
       <c r="B240" t="s">
         <v>11</v>
       </c>
       <c r="C240">
-        <v>2347</v>
+        <v>2350</v>
       </c>
       <c r="D240" t="s">
         <v>12</v>
       </c>
-      <c r="E240"/>
+      <c r="E240" t="s">
+        <v>13</v>
+      </c>
       <c r="F240" t="s">
         <v>283</v>
       </c>
       <c r="G240" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>64</v>
       </c>
       <c r="B241" t="s">
         <v>11</v>
       </c>
       <c r="C241">
-        <v>2348</v>
+        <v>2351</v>
       </c>
       <c r="D241" t="s">
         <v>12</v>
       </c>
-      <c r="E241" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E241"/>
       <c r="F241" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G241" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>64</v>
       </c>
       <c r="B242" t="s">
         <v>11</v>
       </c>
       <c r="C242">
-        <v>2349</v>
+        <v>2352</v>
       </c>
       <c r="D242" t="s">
         <v>12</v>
       </c>
-      <c r="E242"/>
+      <c r="E242" t="s">
+        <v>13</v>
+      </c>
       <c r="F242" t="s">
-        <v>216</v>
+        <v>281</v>
       </c>
       <c r="G242" t="s">
-        <v>217</v>
+        <v>282</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>64</v>
       </c>
       <c r="B243" t="s">
         <v>11</v>
       </c>
       <c r="C243">
-        <v>2350</v>
+        <v>2353</v>
       </c>
       <c r="D243" t="s">
         <v>12</v>
       </c>
-      <c r="E243" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E243"/>
       <c r="F243" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="G243" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>64</v>
       </c>
       <c r="B244" t="s">
         <v>11</v>
       </c>
       <c r="C244">
-        <v>2351</v>
+        <v>2354</v>
       </c>
       <c r="D244" t="s">
         <v>12</v>
       </c>
       <c r="E244"/>
       <c r="F244" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G244" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>64</v>
       </c>
       <c r="B245" t="s">
         <v>11</v>
       </c>
       <c r="C245">
-        <v>2352</v>
+        <v>2355</v>
       </c>
       <c r="D245" t="s">
         <v>12</v>
       </c>
-      <c r="E245" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E245"/>
       <c r="F245" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G245" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>64</v>
       </c>
       <c r="B246" t="s">
         <v>11</v>
       </c>
       <c r="C246">
-        <v>2353</v>
+        <v>2356</v>
       </c>
       <c r="D246" t="s">
         <v>12</v>
       </c>
       <c r="E246"/>
       <c r="F246" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G246" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>64</v>
       </c>
       <c r="B247" t="s">
         <v>11</v>
       </c>
       <c r="C247">
-        <v>2354</v>
+        <v>2357</v>
       </c>
       <c r="D247" t="s">
         <v>12</v>
       </c>
       <c r="E247"/>
       <c r="F247" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G247" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>64</v>
       </c>
       <c r="B248" t="s">
         <v>11</v>
       </c>
       <c r="C248">
-        <v>2355</v>
+        <v>2358</v>
       </c>
       <c r="D248" t="s">
         <v>12</v>
       </c>
       <c r="E248"/>
       <c r="F248" t="s">
-        <v>283</v>
+        <v>210</v>
       </c>
       <c r="G248" t="s">
-        <v>284</v>
+        <v>211</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>64</v>
       </c>
       <c r="B249" t="s">
         <v>11</v>
       </c>
       <c r="C249">
-        <v>2356</v>
+        <v>2359</v>
       </c>
       <c r="D249" t="s">
         <v>12</v>
       </c>
       <c r="E249"/>
       <c r="F249" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G249" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>64</v>
       </c>
       <c r="B250" t="s">
         <v>11</v>
       </c>
       <c r="C250">
-        <v>2357</v>
+        <v>2360</v>
       </c>
       <c r="D250" t="s">
         <v>12</v>
       </c>
       <c r="E250"/>
       <c r="F250" t="s">
-        <v>283</v>
+        <v>208</v>
       </c>
       <c r="G250" t="s">
-        <v>284</v>
+        <v>209</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>64</v>
       </c>
       <c r="B251" t="s">
         <v>11</v>
       </c>
       <c r="C251">
-        <v>2358</v>
+        <v>2361</v>
       </c>
       <c r="D251" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E251"/>
+        <v>67</v>
+      </c>
+      <c r="E251" t="s">
+        <v>13</v>
+      </c>
       <c r="F251" t="s">
-        <v>212</v>
+        <v>285</v>
       </c>
       <c r="G251" t="s">
-        <v>213</v>
+        <v>286</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>64</v>
       </c>
       <c r="B252" t="s">
         <v>11</v>
       </c>
       <c r="C252">
-        <v>2359</v>
+        <v>2362</v>
       </c>
       <c r="D252" t="s">
         <v>12</v>
       </c>
       <c r="E252"/>
       <c r="F252" t="s">
-        <v>283</v>
+        <v>219</v>
       </c>
       <c r="G252" t="s">
-        <v>284</v>
+        <v>220</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>64</v>
+        <v>136</v>
       </c>
       <c r="B253" t="s">
         <v>11</v>
       </c>
       <c r="C253">
-        <v>2360</v>
+        <v>2589</v>
       </c>
       <c r="D253" t="s">
         <v>12</v>
       </c>
-      <c r="E253"/>
+      <c r="E253" t="s">
+        <v>13</v>
+      </c>
       <c r="F253" t="s">
-        <v>210</v>
+        <v>287</v>
       </c>
       <c r="G253" t="s">
-        <v>211</v>
+        <v>288</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>64</v>
       </c>
       <c r="B254" t="s">
         <v>11</v>
       </c>
       <c r="C254">
-        <v>2361</v>
+        <v>2590</v>
       </c>
       <c r="D254" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E254"/>
       <c r="F254" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="G254" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="B255" t="s">
         <v>11</v>
       </c>
       <c r="C255">
-        <v>2362</v>
+        <v>2591</v>
       </c>
       <c r="D255" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E255"/>
+        <v>31</v>
+      </c>
+      <c r="E255" t="s">
+        <v>21</v>
+      </c>
       <c r="F255" t="s">
-        <v>221</v>
+        <v>26</v>
       </c>
       <c r="G255" t="s">
-        <v>222</v>
+        <v>23</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>136</v>
+        <v>27</v>
       </c>
       <c r="B256" t="s">
         <v>11</v>
       </c>
       <c r="C256">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="D256" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E256" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F256" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="G256" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="B257" t="s">
         <v>11</v>
       </c>
       <c r="C257">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="D257" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E257"/>
+        <v>28</v>
+      </c>
+      <c r="E257" t="s">
+        <v>21</v>
+      </c>
       <c r="F257" t="s">
-        <v>291</v>
+        <v>26</v>
       </c>
       <c r="G257" t="s">
-        <v>292</v>
+        <v>33</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="B258" t="s">
         <v>11</v>
       </c>
       <c r="C258">
-        <v>2591</v>
+        <v>2594</v>
       </c>
       <c r="D258" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E258" t="s">
         <v>21</v>
       </c>
       <c r="F258" t="s">
-        <v>26</v>
+        <v>291</v>
       </c>
       <c r="G258" t="s">
-        <v>23</v>
+        <v>292</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="B259" t="s">
         <v>11</v>
       </c>
       <c r="C259">
-        <v>2592</v>
+        <v>2595</v>
       </c>
       <c r="D259" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E259" t="s">
         <v>21</v>
       </c>
       <c r="F259" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="G259" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>27</v>
       </c>
       <c r="B260" t="s">
         <v>11</v>
       </c>
       <c r="C260">
-        <v>2593</v>
+        <v>2596</v>
       </c>
       <c r="D260" t="s">
         <v>28</v>
       </c>
       <c r="E260" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F260" t="s">
         <v>26</v>
       </c>
       <c r="G260" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="B261" t="s">
         <v>11</v>
       </c>
       <c r="C261">
-        <v>2594</v>
+        <v>2597</v>
       </c>
       <c r="D261" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E261"/>
       <c r="F261" t="s">
-        <v>293</v>
+        <v>50</v>
       </c>
       <c r="G261" t="s">
-        <v>294</v>
+        <v>51</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="B262" t="s">
         <v>11</v>
       </c>
       <c r="C262">
-        <v>2595</v>
+        <v>2598</v>
       </c>
       <c r="D262" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E262" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F262" t="s">
-        <v>293</v>
+        <v>50</v>
       </c>
       <c r="G262" t="s">
-        <v>294</v>
+        <v>51</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>27</v>
       </c>
       <c r="B263" t="s">
         <v>11</v>
       </c>
       <c r="C263">
-        <v>2596</v>
+        <v>2599</v>
       </c>
       <c r="D263" t="s">
         <v>28</v>
       </c>
       <c r="E263" t="s">
         <v>29</v>
       </c>
       <c r="F263" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="G263" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>27</v>
       </c>
       <c r="B264" t="s">
         <v>11</v>
       </c>
       <c r="C264">
-        <v>2597</v>
+        <v>2600</v>
       </c>
       <c r="D264" t="s">
         <v>28</v>
       </c>
-      <c r="E264"/>
+      <c r="E264" t="s">
+        <v>21</v>
+      </c>
       <c r="F264" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G264" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="B265" t="s">
         <v>11</v>
       </c>
       <c r="C265">
-        <v>2598</v>
+        <v>2601</v>
       </c>
       <c r="D265" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E265" t="s">
         <v>29</v>
       </c>
       <c r="F265" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="G265" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="B266" t="s">
         <v>11</v>
       </c>
       <c r="C266">
-        <v>2599</v>
+        <v>2603</v>
       </c>
       <c r="D266" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E266"/>
       <c r="F266" t="s">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="G266" t="s">
-        <v>51</v>
+        <v>145</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="B267" t="s">
         <v>11</v>
       </c>
       <c r="C267">
-        <v>2600</v>
+        <v>2604</v>
       </c>
       <c r="D267" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E267" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F267" t="s">
-        <v>54</v>
+        <v>144</v>
       </c>
       <c r="G267" t="s">
-        <v>55</v>
+        <v>145</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="B268" t="s">
         <v>11</v>
       </c>
       <c r="C268">
-        <v>2601</v>
+        <v>2605</v>
       </c>
       <c r="D268" t="s">
         <v>12</v>
       </c>
       <c r="E268" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F268" t="s">
-        <v>36</v>
+        <v>144</v>
       </c>
       <c r="G268" t="s">
-        <v>37</v>
+        <v>145</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>64</v>
+        <v>293</v>
       </c>
       <c r="B269" t="s">
         <v>11</v>
       </c>
       <c r="C269">
-        <v>2603</v>
+        <v>2606</v>
       </c>
       <c r="D269" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E269"/>
+        <v>20</v>
+      </c>
+      <c r="E269" t="s">
+        <v>13</v>
+      </c>
       <c r="F269" t="s">
-        <v>144</v>
+        <v>14</v>
       </c>
       <c r="G269" t="s">
-        <v>145</v>
+        <v>294</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>64</v>
+        <v>293</v>
       </c>
       <c r="B270" t="s">
         <v>11</v>
       </c>
       <c r="C270">
-        <v>2604</v>
+        <v>2607</v>
       </c>
       <c r="D270" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E270" t="s">
         <v>13</v>
       </c>
       <c r="F270" t="s">
-        <v>144</v>
+        <v>14</v>
       </c>
       <c r="G270" t="s">
-        <v>145</v>
+        <v>294</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>64</v>
+        <v>293</v>
       </c>
       <c r="B271" t="s">
         <v>11</v>
       </c>
       <c r="C271">
-        <v>2605</v>
+        <v>2608</v>
       </c>
       <c r="D271" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E271" t="s">
         <v>13</v>
       </c>
       <c r="F271" t="s">
-        <v>144</v>
+        <v>14</v>
       </c>
       <c r="G271" t="s">
-        <v>145</v>
+        <v>294</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>295</v>
+        <v>27</v>
       </c>
       <c r="B272" t="s">
         <v>11</v>
       </c>
       <c r="C272">
-        <v>2606</v>
+        <v>2609</v>
       </c>
       <c r="D272" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="E272" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F272" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G272" t="s">
-        <v>183</v>
+        <v>55</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>295</v>
+        <v>27</v>
       </c>
       <c r="B273" t="s">
         <v>11</v>
       </c>
       <c r="C273">
-        <v>2607</v>
+        <v>2610</v>
       </c>
       <c r="D273" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="E273" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F273" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G273" t="s">
-        <v>183</v>
+        <v>55</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
+        <v>105</v>
+      </c>
+      <c r="B274" t="s">
+        <v>11</v>
+      </c>
+      <c r="C274">
+        <v>2639</v>
+      </c>
+      <c r="D274" t="s">
+        <v>12</v>
+      </c>
+      <c r="E274" t="s">
+        <v>102</v>
+      </c>
+      <c r="F274" t="s">
+        <v>106</v>
+      </c>
+      <c r="G274" t="s">
         <v>295</v>
-      </c>
-[...16 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>27</v>
+        <v>162</v>
       </c>
       <c r="B275" t="s">
         <v>11</v>
       </c>
       <c r="C275">
-        <v>2609</v>
+        <v>2752</v>
       </c>
       <c r="D275" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E275"/>
       <c r="F275" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="G275" t="s">
-        <v>55</v>
+        <v>296</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>27</v>
+        <v>162</v>
       </c>
       <c r="B276" t="s">
         <v>11</v>
       </c>
       <c r="C276">
-        <v>2610</v>
+        <v>2756</v>
       </c>
       <c r="D276" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E276" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F276" t="s">
-        <v>54</v>
+        <v>228</v>
       </c>
       <c r="G276" t="s">
-        <v>55</v>
+        <v>229</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>105</v>
+        <v>162</v>
       </c>
       <c r="B277" t="s">
         <v>11</v>
       </c>
       <c r="C277">
-        <v>2639</v>
+        <v>2758</v>
       </c>
       <c r="D277" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="E277" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="F277" t="s">
-        <v>106</v>
+        <v>242</v>
       </c>
       <c r="G277" t="s">
-        <v>296</v>
+        <v>243</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>162</v>
       </c>
       <c r="B278" t="s">
         <v>11</v>
       </c>
       <c r="C278">
-        <v>2752</v>
+        <v>2760</v>
       </c>
       <c r="D278" t="s">
         <v>12</v>
       </c>
-      <c r="E278"/>
+      <c r="E278" t="s">
+        <v>13</v>
+      </c>
       <c r="F278" t="s">
-        <v>106</v>
+        <v>297</v>
       </c>
       <c r="G278" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>162</v>
       </c>
       <c r="B279" t="s">
         <v>11</v>
       </c>
       <c r="C279">
-        <v>2756</v>
+        <v>2769</v>
       </c>
       <c r="D279" t="s">
         <v>12</v>
       </c>
       <c r="E279" t="s">
         <v>13</v>
       </c>
       <c r="F279" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="G279" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>162</v>
       </c>
       <c r="B280" t="s">
         <v>11</v>
       </c>
       <c r="C280">
-        <v>2758</v>
+        <v>2774</v>
       </c>
       <c r="D280" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="E280" t="s">
         <v>13</v>
       </c>
       <c r="F280" t="s">
-        <v>244</v>
+        <v>299</v>
       </c>
       <c r="G280" t="s">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>162</v>
       </c>
       <c r="B281" t="s">
         <v>11</v>
       </c>
       <c r="C281">
-        <v>2760</v>
+        <v>2775</v>
       </c>
       <c r="D281" t="s">
         <v>12</v>
       </c>
-      <c r="E281" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E281"/>
       <c r="F281" t="s">
-        <v>298</v>
+        <v>251</v>
       </c>
       <c r="G281" t="s">
-        <v>299</v>
+        <v>252</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>162</v>
       </c>
       <c r="B282" t="s">
         <v>11</v>
       </c>
       <c r="C282">
-        <v>2769</v>
+        <v>2778</v>
       </c>
       <c r="D282" t="s">
         <v>12</v>
       </c>
       <c r="E282" t="s">
         <v>13</v>
       </c>
       <c r="F282" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G282" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>162</v>
+        <v>64</v>
       </c>
       <c r="B283" t="s">
         <v>11</v>
       </c>
       <c r="C283">
-        <v>2774</v>
+        <v>2808</v>
       </c>
       <c r="D283" t="s">
         <v>12</v>
       </c>
-      <c r="E283" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E283"/>
       <c r="F283" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G283" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>162</v>
+        <v>64</v>
       </c>
       <c r="B284" t="s">
         <v>11</v>
       </c>
       <c r="C284">
-        <v>2775</v>
+        <v>2809</v>
       </c>
       <c r="D284" t="s">
         <v>12</v>
       </c>
       <c r="E284"/>
       <c r="F284" t="s">
-        <v>253</v>
+        <v>212</v>
       </c>
       <c r="G284" t="s">
-        <v>254</v>
+        <v>213</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>162</v>
+        <v>64</v>
       </c>
       <c r="B285" t="s">
         <v>11</v>
       </c>
       <c r="C285">
-        <v>2778</v>
+        <v>2810</v>
       </c>
       <c r="D285" t="s">
         <v>12</v>
       </c>
-      <c r="E285" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E285"/>
       <c r="F285" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
       <c r="G285" t="s">
-        <v>229</v>
+        <v>213</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>64</v>
       </c>
       <c r="B286" t="s">
         <v>11</v>
       </c>
       <c r="C286">
-        <v>2808</v>
+        <v>2811</v>
       </c>
       <c r="D286" t="s">
         <v>12</v>
       </c>
       <c r="E286"/>
       <c r="F286" t="s">
-        <v>302</v>
+        <v>212</v>
       </c>
       <c r="G286" t="s">
-        <v>303</v>
+        <v>213</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>64</v>
+        <v>303</v>
       </c>
       <c r="B287" t="s">
         <v>11</v>
       </c>
       <c r="C287">
-        <v>2809</v>
+        <v>3576</v>
       </c>
       <c r="D287" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E287"/>
+        <v>28</v>
+      </c>
+      <c r="E287" t="s">
+        <v>102</v>
+      </c>
       <c r="F287" t="s">
-        <v>214</v>
+        <v>304</v>
       </c>
       <c r="G287" t="s">
-        <v>215</v>
+        <v>305</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>64</v>
+        <v>162</v>
       </c>
       <c r="B288" t="s">
         <v>11</v>
       </c>
       <c r="C288">
-        <v>2810</v>
+        <v>3859</v>
       </c>
       <c r="D288" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="E288"/>
       <c r="F288" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="G288" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>64</v>
+        <v>306</v>
       </c>
       <c r="B289" t="s">
         <v>11</v>
       </c>
       <c r="C289">
-        <v>2811</v>
+        <v>4018</v>
       </c>
       <c r="D289" t="s">
         <v>12</v>
       </c>
       <c r="E289"/>
       <c r="F289" t="s">
-        <v>214</v>
+        <v>307</v>
       </c>
       <c r="G289" t="s">
-        <v>215</v>
+        <v>308</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B290" t="s">
         <v>11</v>
       </c>
       <c r="C290">
-        <v>3576</v>
+        <v>4019</v>
       </c>
       <c r="D290" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E290"/>
       <c r="F290" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="G290" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>162</v>
+        <v>312</v>
       </c>
       <c r="B291" t="s">
         <v>11</v>
       </c>
       <c r="C291">
-        <v>3859</v>
+        <v>4135</v>
       </c>
       <c r="D291" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="E291"/>
       <c r="F291" t="s">
-        <v>228</v>
+        <v>313</v>
       </c>
       <c r="G291" t="s">
-        <v>229</v>
+        <v>314</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="B292" t="s">
         <v>11</v>
       </c>
       <c r="C292">
-        <v>4018</v>
+        <v>4158</v>
       </c>
       <c r="D292" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="E292"/>
       <c r="F292" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="G292" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="B293" t="s">
         <v>11</v>
       </c>
       <c r="C293">
-        <v>4019</v>
+        <v>4162</v>
       </c>
       <c r="D293" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="E293"/>
       <c r="F293" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="G293" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="B294" t="s">
         <v>11</v>
       </c>
       <c r="C294">
-        <v>4135</v>
+        <v>4297</v>
       </c>
       <c r="D294" t="s">
-        <v>28</v>
+        <v>156</v>
       </c>
       <c r="E294"/>
       <c r="F294" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="G294" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B295" t="s">
         <v>11</v>
       </c>
       <c r="C295">
-        <v>4158</v>
+        <v>4298</v>
       </c>
       <c r="D295" t="s">
-        <v>94</v>
+        <v>156</v>
       </c>
       <c r="E295"/>
       <c r="F295" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="G295" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>319</v>
       </c>
       <c r="B296" t="s">
         <v>11</v>
       </c>
       <c r="C296">
-        <v>4162</v>
+        <v>4299</v>
       </c>
       <c r="D296" t="s">
-        <v>94</v>
+        <v>156</v>
       </c>
       <c r="E296"/>
       <c r="F296" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="G296" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>320</v>
+        <v>162</v>
       </c>
       <c r="B297" t="s">
         <v>11</v>
       </c>
       <c r="C297">
-        <v>4297</v>
+        <v>4613</v>
       </c>
       <c r="D297" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="E297"/>
+        <v>12</v>
+      </c>
+      <c r="E297" t="s">
+        <v>13</v>
+      </c>
       <c r="F297" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="G297" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="B298" t="s">
         <v>11</v>
       </c>
       <c r="C298">
-        <v>4298</v>
+        <v>4632</v>
       </c>
       <c r="D298" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="E298"/>
+        <v>31</v>
+      </c>
+      <c r="E298" t="s">
+        <v>13</v>
+      </c>
       <c r="F298" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="G298" t="s">
-        <v>323</v>
+        <v>294</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="B299" t="s">
         <v>11</v>
       </c>
       <c r="C299">
-        <v>4299</v>
+        <v>4690</v>
       </c>
       <c r="D299" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="E299"/>
+        <v>12</v>
+      </c>
+      <c r="E299" t="s">
+        <v>13</v>
+      </c>
       <c r="F299" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="G299" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>162</v>
+        <v>330</v>
       </c>
       <c r="B300" t="s">
         <v>11</v>
       </c>
       <c r="C300">
-        <v>4613</v>
+        <v>4725</v>
       </c>
       <c r="D300" t="s">
         <v>12</v>
       </c>
-      <c r="E300" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E300"/>
       <c r="F300" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="G300" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>326</v>
+        <v>69</v>
       </c>
       <c r="B301" t="s">
         <v>11</v>
       </c>
       <c r="C301">
-        <v>4632</v>
+        <v>4728</v>
       </c>
       <c r="D301" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E301" t="s">
         <v>13</v>
       </c>
       <c r="F301" t="s">
-        <v>327</v>
+        <v>81</v>
       </c>
       <c r="G301" t="s">
-        <v>183</v>
+        <v>82</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>328</v>
+        <v>69</v>
       </c>
       <c r="B302" t="s">
         <v>11</v>
       </c>
       <c r="C302">
-        <v>4690</v>
+        <v>4729</v>
       </c>
       <c r="D302" t="s">
         <v>12</v>
       </c>
       <c r="E302" t="s">
         <v>13</v>
       </c>
       <c r="F302" t="s">
-        <v>329</v>
+        <v>81</v>
       </c>
       <c r="G302" t="s">
-        <v>330</v>
+        <v>82</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B303" t="s">
         <v>11</v>
       </c>
       <c r="C303">
-        <v>4725</v>
+        <v>4731</v>
       </c>
       <c r="D303" t="s">
         <v>12</v>
       </c>
       <c r="E303"/>
       <c r="F303" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="G303" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="B304" t="s">
         <v>11</v>
       </c>
       <c r="C304">
-        <v>4728</v>
+        <v>4871</v>
       </c>
       <c r="D304" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="E304"/>
       <c r="F304" t="s">
-        <v>81</v>
+        <v>336</v>
       </c>
       <c r="G304" t="s">
-        <v>82</v>
+        <v>337</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="B305" t="s">
         <v>11</v>
       </c>
       <c r="C305">
-        <v>4729</v>
+        <v>4872</v>
       </c>
       <c r="D305" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="E305"/>
       <c r="F305" t="s">
-        <v>81</v>
+        <v>336</v>
       </c>
       <c r="G305" t="s">
-        <v>82</v>
+        <v>337</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B306" t="s">
         <v>11</v>
       </c>
       <c r="C306">
-        <v>4731</v>
+        <v>4881</v>
       </c>
       <c r="D306" t="s">
         <v>12</v>
       </c>
       <c r="E306"/>
       <c r="F306" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="G306" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>84</v>
+        <v>341</v>
       </c>
       <c r="B307" t="s">
         <v>11</v>
       </c>
       <c r="C307">
-        <v>4871</v>
+        <v>4884</v>
       </c>
       <c r="D307" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E307"/>
       <c r="F307" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="G307" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>84</v>
+        <v>64</v>
       </c>
       <c r="B308" t="s">
         <v>11</v>
       </c>
       <c r="C308">
-        <v>4872</v>
+        <v>4886</v>
       </c>
       <c r="D308" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E308"/>
       <c r="F308" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="G308" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="B309" t="s">
         <v>11</v>
       </c>
       <c r="C309">
-        <v>4881</v>
+        <v>4925</v>
       </c>
       <c r="D309" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E309"/>
+        <v>28</v>
+      </c>
+      <c r="E309" t="s">
+        <v>80</v>
+      </c>
       <c r="F309" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="G309" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="B310" t="s">
         <v>11</v>
       </c>
       <c r="C310">
-        <v>4884</v>
+        <v>4926</v>
       </c>
       <c r="D310" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E310"/>
+        <v>28</v>
+      </c>
+      <c r="E310" t="s">
+        <v>21</v>
+      </c>
       <c r="F310" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="G310" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>64</v>
       </c>
       <c r="B311" t="s">
         <v>11</v>
       </c>
       <c r="C311">
-        <v>4886</v>
+        <v>4958</v>
       </c>
       <c r="D311" t="s">
         <v>12</v>
       </c>
-      <c r="E311"/>
+      <c r="E311" t="s">
+        <v>13</v>
+      </c>
       <c r="F311" t="s">
-        <v>345</v>
+        <v>141</v>
       </c>
       <c r="G311" t="s">
-        <v>346</v>
+        <v>145</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="B312" t="s">
         <v>11</v>
       </c>
       <c r="C312">
-        <v>4925</v>
+        <v>4959</v>
       </c>
       <c r="D312" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E312" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="F312" t="s">
-        <v>348</v>
+        <v>144</v>
       </c>
       <c r="G312" t="s">
-        <v>349</v>
+        <v>145</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>350</v>
+        <v>149</v>
       </c>
       <c r="B313" t="s">
         <v>11</v>
       </c>
       <c r="C313">
-        <v>4926</v>
+        <v>4960</v>
       </c>
       <c r="D313" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E313" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F313" t="s">
-        <v>351</v>
+        <v>137</v>
       </c>
       <c r="G313" t="s">
-        <v>352</v>
+        <v>145</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>64</v>
+        <v>149</v>
       </c>
       <c r="B314" t="s">
         <v>11</v>
       </c>
       <c r="C314">
-        <v>4958</v>
+        <v>4961</v>
       </c>
       <c r="D314" t="s">
         <v>12</v>
       </c>
       <c r="E314" t="s">
         <v>13</v>
       </c>
       <c r="F314" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="G314" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>182</v>
+        <v>64</v>
       </c>
       <c r="B315" t="s">
         <v>11</v>
       </c>
       <c r="C315">
-        <v>4959</v>
+        <v>4962</v>
       </c>
       <c r="D315" t="s">
         <v>12</v>
       </c>
       <c r="E315" t="s">
         <v>13</v>
       </c>
       <c r="F315" t="s">
-        <v>144</v>
+        <v>344</v>
       </c>
       <c r="G315" t="s">
-        <v>145</v>
+        <v>345</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>149</v>
       </c>
       <c r="B316" t="s">
         <v>11</v>
       </c>
       <c r="C316">
-        <v>4960</v>
+        <v>4963</v>
       </c>
       <c r="D316" t="s">
         <v>12</v>
       </c>
       <c r="E316" t="s">
         <v>13</v>
       </c>
       <c r="F316" t="s">
         <v>137</v>
       </c>
       <c r="G316" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>149</v>
+        <v>353</v>
       </c>
       <c r="B317" t="s">
         <v>11</v>
       </c>
       <c r="C317">
-        <v>4961</v>
+        <v>4981</v>
       </c>
       <c r="D317" t="s">
         <v>12</v>
       </c>
-      <c r="E317" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E317"/>
       <c r="F317" t="s">
-        <v>137</v>
+        <v>354</v>
       </c>
       <c r="G317" t="s">
-        <v>145</v>
+        <v>355</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>64</v>
+        <v>356</v>
       </c>
       <c r="B318" t="s">
         <v>11</v>
       </c>
       <c r="C318">
-        <v>4962</v>
+        <v>5046</v>
       </c>
       <c r="D318" t="s">
         <v>12</v>
       </c>
-      <c r="E318" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E318"/>
       <c r="F318" t="s">
-        <v>345</v>
+        <v>357</v>
       </c>
       <c r="G318" t="s">
-        <v>346</v>
+        <v>358</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>149</v>
+        <v>359</v>
       </c>
       <c r="B319" t="s">
         <v>11</v>
       </c>
       <c r="C319">
-        <v>4963</v>
+        <v>5047</v>
       </c>
       <c r="D319" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="E319"/>
       <c r="F319" t="s">
-        <v>137</v>
+        <v>360</v>
       </c>
       <c r="G319" t="s">
-        <v>145</v>
+        <v>361</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="B320" t="s">
         <v>11</v>
       </c>
       <c r="C320">
-        <v>4981</v>
+        <v>5049</v>
       </c>
       <c r="D320" t="s">
         <v>12</v>
       </c>
       <c r="E320"/>
       <c r="F320" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="G320" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="B321" t="s">
         <v>11</v>
       </c>
       <c r="C321">
-        <v>5046</v>
+        <v>5052</v>
       </c>
       <c r="D321" t="s">
         <v>12</v>
       </c>
       <c r="E321"/>
       <c r="F321" t="s">
         <v>357</v>
       </c>
       <c r="G321" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>359</v>
       </c>
       <c r="B322" t="s">
         <v>11</v>
       </c>
       <c r="C322">
-        <v>5047</v>
+        <v>5057</v>
       </c>
       <c r="D322" t="s">
         <v>156</v>
       </c>
       <c r="E322"/>
       <c r="F322" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="G322" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="B323" t="s">
         <v>11</v>
       </c>
       <c r="C323">
-        <v>5049</v>
+        <v>5073</v>
       </c>
       <c r="D323" t="s">
         <v>12</v>
       </c>
       <c r="E323"/>
       <c r="F323" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="G323" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B324" t="s">
         <v>11</v>
       </c>
       <c r="C324">
-        <v>5052</v>
+        <v>5077</v>
       </c>
       <c r="D324" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E324"/>
+        <v>28</v>
+      </c>
+      <c r="E324" t="s">
+        <v>80</v>
+      </c>
       <c r="F324" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="G324" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="B325" t="s">
         <v>11</v>
       </c>
       <c r="C325">
-        <v>5057</v>
+        <v>5078</v>
       </c>
       <c r="D325" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="E325"/>
+        <v>12</v>
+      </c>
+      <c r="E325" t="s">
+        <v>80</v>
+      </c>
       <c r="F325" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="G325" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B326" t="s">
         <v>11</v>
       </c>
       <c r="C326">
-        <v>5073</v>
+        <v>5079</v>
       </c>
       <c r="D326" t="s">
         <v>12</v>
       </c>
-      <c r="E326"/>
+      <c r="E326" t="s">
+        <v>80</v>
+      </c>
       <c r="F326" t="s">
-        <v>357</v>
+        <v>368</v>
       </c>
       <c r="G326" t="s">
-        <v>358</v>
+        <v>369</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>364</v>
       </c>
       <c r="B327" t="s">
         <v>11</v>
       </c>
       <c r="C327">
-        <v>5077</v>
+        <v>5080</v>
       </c>
       <c r="D327" t="s">
         <v>28</v>
       </c>
       <c r="E327" t="s">
         <v>80</v>
       </c>
       <c r="F327" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="G327" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>365</v>
       </c>
       <c r="B328" t="s">
         <v>11</v>
       </c>
       <c r="C328">
-        <v>5078</v>
+        <v>5081</v>
       </c>
       <c r="D328" t="s">
         <v>12</v>
       </c>
       <c r="E328" t="s">
         <v>80</v>
       </c>
       <c r="F328" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="G328" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B329" t="s">
         <v>11</v>
       </c>
       <c r="C329">
-        <v>5079</v>
+        <v>5082</v>
       </c>
       <c r="D329" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E329" t="s">
         <v>80</v>
       </c>
       <c r="F329" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="G329" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>364</v>
       </c>
       <c r="B330" t="s">
         <v>11</v>
       </c>
       <c r="C330">
-        <v>5080</v>
+        <v>5083</v>
       </c>
       <c r="D330" t="s">
         <v>28</v>
       </c>
       <c r="E330" t="s">
         <v>80</v>
       </c>
       <c r="F330" t="s">
         <v>370</v>
       </c>
       <c r="G330" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B331" t="s">
         <v>11</v>
       </c>
       <c r="C331">
-        <v>5081</v>
+        <v>5084</v>
       </c>
       <c r="D331" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E331" t="s">
         <v>80</v>
       </c>
       <c r="F331" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="G331" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>364</v>
       </c>
       <c r="B332" t="s">
         <v>11</v>
       </c>
       <c r="C332">
-        <v>5082</v>
+        <v>5086</v>
       </c>
       <c r="D332" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="E332"/>
       <c r="F332" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="G332" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="B333" t="s">
         <v>11</v>
       </c>
       <c r="C333">
-        <v>5083</v>
+        <v>5088</v>
       </c>
       <c r="D333" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E333"/>
       <c r="F333" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="G333" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="B334" t="s">
         <v>11</v>
       </c>
       <c r="C334">
-        <v>5084</v>
+        <v>5105</v>
       </c>
       <c r="D334" t="s">
         <v>28</v>
       </c>
       <c r="E334" t="s">
         <v>80</v>
       </c>
       <c r="F334" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="G334" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="B335" t="s">
         <v>11</v>
       </c>
       <c r="C335">
-        <v>5086</v>
+        <v>5106</v>
       </c>
       <c r="D335" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="E335"/>
+        <v>28</v>
+      </c>
+      <c r="E335" t="s">
+        <v>80</v>
+      </c>
       <c r="F335" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="G335" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>363</v>
+        <v>376</v>
       </c>
       <c r="B336" t="s">
         <v>11</v>
       </c>
       <c r="C336">
-        <v>5088</v>
+        <v>5108</v>
       </c>
       <c r="D336" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E336"/>
+        <v>28</v>
+      </c>
+      <c r="E336" t="s">
+        <v>80</v>
+      </c>
       <c r="F336" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="G336" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
       <c r="B337" t="s">
         <v>11</v>
       </c>
       <c r="C337">
-        <v>5105</v>
+        <v>5110</v>
       </c>
       <c r="D337" t="s">
         <v>28</v>
       </c>
       <c r="E337" t="s">
         <v>80</v>
       </c>
       <c r="F337" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="G337" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>376</v>
       </c>
       <c r="B338" t="s">
         <v>11</v>
       </c>
       <c r="C338">
-        <v>5106</v>
+        <v>5114</v>
       </c>
       <c r="D338" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="E338" t="s">
         <v>80</v>
       </c>
       <c r="F338" t="s">
-        <v>377</v>
+        <v>357</v>
       </c>
       <c r="G338" t="s">
-        <v>378</v>
+        <v>358</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>376</v>
       </c>
       <c r="B339" t="s">
         <v>11</v>
       </c>
       <c r="C339">
-        <v>5108</v>
+        <v>5119</v>
       </c>
       <c r="D339" t="s">
         <v>28</v>
       </c>
       <c r="E339" t="s">
         <v>80</v>
       </c>
       <c r="F339" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="G339" t="s">
-        <v>369</v>
+        <v>358</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="B340" t="s">
         <v>11</v>
       </c>
       <c r="C340">
-        <v>5110</v>
+        <v>5120</v>
       </c>
       <c r="D340" t="s">
         <v>28</v>
       </c>
       <c r="E340" t="s">
         <v>80</v>
       </c>
       <c r="F340" t="s">
-        <v>370</v>
+        <v>357</v>
       </c>
       <c r="G340" t="s">
-        <v>371</v>
+        <v>358</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B341" t="s">
         <v>11</v>
       </c>
       <c r="C341">
-        <v>5114</v>
+        <v>5143</v>
       </c>
       <c r="D341" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E341"/>
       <c r="F341" t="s">
-        <v>357</v>
+        <v>380</v>
       </c>
       <c r="G341" t="s">
-        <v>358</v>
+        <v>381</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B342" t="s">
         <v>11</v>
       </c>
       <c r="C342">
-        <v>5119</v>
+        <v>5144</v>
       </c>
       <c r="D342" t="s">
         <v>28</v>
       </c>
-      <c r="E342" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E342"/>
       <c r="F342" t="s">
-        <v>357</v>
+        <v>380</v>
       </c>
       <c r="G342" t="s">
-        <v>358</v>
+        <v>381</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B343" t="s">
         <v>11</v>
       </c>
       <c r="C343">
-        <v>5120</v>
+        <v>5145</v>
       </c>
       <c r="D343" t="s">
         <v>28</v>
       </c>
-      <c r="E343" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E343"/>
       <c r="F343" t="s">
-        <v>357</v>
+        <v>380</v>
       </c>
       <c r="G343" t="s">
-        <v>358</v>
+        <v>381</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>379</v>
       </c>
       <c r="B344" t="s">
         <v>11</v>
       </c>
       <c r="C344">
-        <v>5143</v>
+        <v>5146</v>
       </c>
       <c r="D344" t="s">
         <v>28</v>
       </c>
       <c r="E344"/>
       <c r="F344" t="s">
         <v>380</v>
       </c>
       <c r="G344" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B345" t="s">
         <v>11</v>
       </c>
       <c r="C345">
-        <v>5144</v>
+        <v>5148</v>
       </c>
       <c r="D345" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E345"/>
       <c r="F345" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="G345" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="B346" t="s">
         <v>11</v>
       </c>
       <c r="C346">
-        <v>5145</v>
+        <v>5152</v>
       </c>
       <c r="D346" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E346"/>
       <c r="F346" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="G346" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="B347" t="s">
         <v>11</v>
       </c>
       <c r="C347">
-        <v>5146</v>
+        <v>5154</v>
       </c>
       <c r="D347" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E347"/>
       <c r="F347" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="G347" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>382</v>
+        <v>258</v>
       </c>
       <c r="B348" t="s">
         <v>11</v>
       </c>
       <c r="C348">
-        <v>5148</v>
+        <v>5236</v>
       </c>
       <c r="D348" t="s">
         <v>12</v>
       </c>
       <c r="E348"/>
       <c r="F348" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="G348" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="B349" t="s">
         <v>11</v>
       </c>
       <c r="C349">
-        <v>5152</v>
+        <v>5276</v>
       </c>
       <c r="D349" t="s">
         <v>12</v>
       </c>
       <c r="E349"/>
       <c r="F349" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
       <c r="G349" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B350" t="s">
         <v>11</v>
       </c>
       <c r="C350">
-        <v>5154</v>
+        <v>5278</v>
       </c>
       <c r="D350" t="s">
         <v>12</v>
       </c>
       <c r="E350"/>
       <c r="F350" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="G350" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>260</v>
+        <v>397</v>
       </c>
       <c r="B351" t="s">
         <v>11</v>
       </c>
       <c r="C351">
-        <v>5236</v>
+        <v>5320</v>
       </c>
       <c r="D351" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E351"/>
+        <v>28</v>
+      </c>
+      <c r="E351" t="s">
+        <v>21</v>
+      </c>
       <c r="F351" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="G351" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="B352" t="s">
         <v>11</v>
       </c>
       <c r="C352">
-        <v>5276</v>
+        <v>5321</v>
       </c>
       <c r="D352" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E352"/>
+        <v>28</v>
+      </c>
+      <c r="E352" t="s">
+        <v>21</v>
+      </c>
       <c r="F352" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="G352" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="B353" t="s">
         <v>11</v>
       </c>
       <c r="C353">
-        <v>5278</v>
+        <v>5338</v>
       </c>
       <c r="D353" t="s">
-        <v>12</v>
+        <v>247</v>
       </c>
       <c r="E353"/>
       <c r="F353" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="G353" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="B354" t="s">
         <v>11</v>
       </c>
       <c r="C354">
-        <v>5320</v>
+        <v>5480</v>
       </c>
       <c r="D354" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E354"/>
       <c r="F354" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G354" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="B355" t="s">
         <v>11</v>
       </c>
       <c r="C355">
-        <v>5321</v>
+        <v>5696</v>
       </c>
       <c r="D355" t="s">
         <v>28</v>
       </c>
       <c r="E355" t="s">
         <v>21</v>
       </c>
       <c r="F355" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="G355" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B356" t="s">
         <v>11</v>
       </c>
       <c r="C356">
-        <v>5338</v>
+        <v>5699</v>
       </c>
       <c r="D356" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="E356"/>
+        <v>28</v>
+      </c>
+      <c r="E356" t="s">
+        <v>21</v>
+      </c>
       <c r="F356" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="G356" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="B357" t="s">
         <v>11</v>
       </c>
       <c r="C357">
-        <v>5480</v>
+        <v>5851</v>
       </c>
       <c r="D357" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E357"/>
       <c r="F357" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="G357" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="B358" t="s">
         <v>11</v>
       </c>
       <c r="C358">
-        <v>5696</v>
+        <v>6337</v>
       </c>
       <c r="D358" t="s">
         <v>28</v>
       </c>
-      <c r="E358" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E358"/>
       <c r="F358" t="s">
-        <v>405</v>
+        <v>374</v>
       </c>
       <c r="G358" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="B359" t="s">
         <v>11</v>
       </c>
       <c r="C359">
-        <v>5699</v>
+        <v>6646</v>
       </c>
       <c r="D359" t="s">
         <v>28</v>
       </c>
-      <c r="E359" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E359"/>
       <c r="F359" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="G359" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="B360" t="s">
         <v>11</v>
       </c>
       <c r="C360">
-        <v>5851</v>
+        <v>6968</v>
       </c>
       <c r="D360" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E360"/>
+        <v>12</v>
+      </c>
+      <c r="E360" t="s">
+        <v>29</v>
+      </c>
       <c r="F360" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="G360" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>394</v>
+        <v>414</v>
       </c>
       <c r="B361" t="s">
         <v>11</v>
       </c>
       <c r="C361">
-        <v>6337</v>
+        <v>6969</v>
       </c>
       <c r="D361" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E361"/>
+        <v>12</v>
+      </c>
+      <c r="E361" t="s">
+        <v>29</v>
+      </c>
       <c r="F361" t="s">
-        <v>374</v>
+        <v>415</v>
       </c>
       <c r="G361" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B362" t="s">
         <v>11</v>
       </c>
       <c r="C362">
-        <v>6646</v>
+        <v>6970</v>
       </c>
       <c r="D362" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E362"/>
+        <v>12</v>
+      </c>
+      <c r="E362" t="s">
+        <v>29</v>
+      </c>
       <c r="F362" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="G362" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>414</v>
+        <v>64</v>
       </c>
       <c r="B363" t="s">
         <v>11</v>
       </c>
       <c r="C363">
-        <v>6968</v>
+        <v>7044</v>
       </c>
       <c r="D363" t="s">
         <v>12</v>
       </c>
       <c r="E363" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F363" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="G363" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="B364" t="s">
         <v>11</v>
       </c>
       <c r="C364">
-        <v>6969</v>
+        <v>7113</v>
       </c>
       <c r="D364" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E364"/>
       <c r="F364" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="G364" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>414</v>
+        <v>64</v>
       </c>
       <c r="B365" t="s">
         <v>11</v>
       </c>
       <c r="C365">
-        <v>6970</v>
+        <v>7571</v>
       </c>
       <c r="D365" t="s">
         <v>12</v>
       </c>
-      <c r="E365" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E365"/>
       <c r="F365" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="G365" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>64</v>
+        <v>424</v>
       </c>
       <c r="B366" t="s">
         <v>11</v>
       </c>
       <c r="C366">
-        <v>7044</v>
+        <v>7626</v>
       </c>
       <c r="D366" t="s">
         <v>12</v>
       </c>
       <c r="E366" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="F366" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="G366" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="B367" t="s">
         <v>11</v>
       </c>
       <c r="C367">
-        <v>7113</v>
+        <v>7651</v>
       </c>
       <c r="D367" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E367"/>
+        <v>12</v>
+      </c>
+      <c r="E367" t="s">
+        <v>80</v>
+      </c>
       <c r="F367" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="G367" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>64</v>
+        <v>427</v>
       </c>
       <c r="B368" t="s">
         <v>11</v>
       </c>
       <c r="C368">
-        <v>7571</v>
+        <v>7657</v>
       </c>
       <c r="D368" t="s">
         <v>12</v>
       </c>
-      <c r="E368"/>
+      <c r="E368" t="s">
+        <v>80</v>
+      </c>
       <c r="F368" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="G368" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="B369" t="s">
         <v>11</v>
       </c>
       <c r="C369">
-        <v>7626</v>
+        <v>7757</v>
       </c>
       <c r="D369" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E369"/>
       <c r="F369" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="G369" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B370" t="s">
         <v>11</v>
       </c>
       <c r="C370">
-        <v>7651</v>
+        <v>7758</v>
       </c>
       <c r="D370" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E370"/>
       <c r="F370" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="G370" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>427</v>
+        <v>411</v>
       </c>
       <c r="B371" t="s">
         <v>11</v>
       </c>
       <c r="C371">
-        <v>7657</v>
+        <v>8184</v>
       </c>
       <c r="D371" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E371"/>
       <c r="F371" t="s">
-        <v>428</v>
+        <v>412</v>
       </c>
       <c r="G371" t="s">
-        <v>429</v>
+        <v>413</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B372" t="s">
         <v>11</v>
       </c>
       <c r="C372">
-        <v>7757</v>
+        <v>8251</v>
       </c>
       <c r="D372" t="s">
         <v>28</v>
       </c>
       <c r="E372"/>
       <c r="F372" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="G372" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>430</v>
+        <v>64</v>
       </c>
       <c r="B373" t="s">
         <v>11</v>
       </c>
       <c r="C373">
-        <v>7758</v>
+        <v>8841</v>
       </c>
       <c r="D373" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E373"/>
+        <v>12</v>
+      </c>
+      <c r="E373" t="s">
+        <v>13</v>
+      </c>
       <c r="F373" t="s">
-        <v>431</v>
+        <v>141</v>
       </c>
       <c r="G373" t="s">
-        <v>432</v>
+        <v>145</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>411</v>
+        <v>436</v>
       </c>
       <c r="B374" t="s">
         <v>11</v>
       </c>
       <c r="C374">
-        <v>8184</v>
+        <v>9090</v>
       </c>
       <c r="D374" t="s">
         <v>28</v>
       </c>
-      <c r="E374"/>
+      <c r="E374" t="s">
+        <v>13</v>
+      </c>
       <c r="F374" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="G374" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="B375" t="s">
         <v>11</v>
       </c>
       <c r="C375">
-        <v>8251</v>
+        <v>9468</v>
       </c>
       <c r="D375" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E375"/>
+        <v>12</v>
+      </c>
+      <c r="E375" t="s">
+        <v>13</v>
+      </c>
       <c r="F375" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="G375" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>64</v>
+        <v>442</v>
       </c>
       <c r="B376" t="s">
         <v>11</v>
       </c>
       <c r="C376">
-        <v>8841</v>
+        <v>9469</v>
       </c>
       <c r="D376" t="s">
         <v>12</v>
       </c>
       <c r="E376" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="F376" t="s">
-        <v>141</v>
+        <v>443</v>
       </c>
       <c r="G376" t="s">
-        <v>145</v>
+        <v>444</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="B377" t="s">
         <v>11</v>
       </c>
       <c r="C377">
-        <v>9090</v>
+        <v>9681</v>
       </c>
       <c r="D377" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E377" t="s">
         <v>13</v>
       </c>
       <c r="F377" t="s">
-        <v>437</v>
+        <v>150</v>
       </c>
       <c r="G377" t="s">
-        <v>438</v>
+        <v>145</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="B378" t="s">
         <v>11</v>
       </c>
       <c r="C378">
-        <v>9468</v>
+        <v>9682</v>
       </c>
       <c r="D378" t="s">
         <v>12</v>
       </c>
       <c r="E378" t="s">
         <v>13</v>
       </c>
       <c r="F378" t="s">
-        <v>440</v>
+        <v>150</v>
       </c>
       <c r="G378" t="s">
-        <v>441</v>
+        <v>145</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>442</v>
+        <v>79</v>
       </c>
       <c r="B379" t="s">
         <v>11</v>
       </c>
       <c r="C379">
-        <v>9469</v>
+        <v>9691</v>
       </c>
       <c r="D379" t="s">
         <v>12</v>
       </c>
       <c r="E379" t="s">
-        <v>98</v>
+        <v>80</v>
       </c>
       <c r="F379" t="s">
-        <v>443</v>
+        <v>77</v>
       </c>
       <c r="G379" t="s">
-        <v>444</v>
+        <v>78</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>445</v>
+        <v>79</v>
       </c>
       <c r="B380" t="s">
         <v>11</v>
       </c>
       <c r="C380">
-        <v>9681</v>
+        <v>9692</v>
       </c>
       <c r="D380" t="s">
         <v>12</v>
       </c>
-      <c r="E380" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E380"/>
       <c r="F380" t="s">
-        <v>150</v>
+        <v>77</v>
       </c>
       <c r="G380" t="s">
-        <v>145</v>
+        <v>78</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>445</v>
+        <v>75</v>
       </c>
       <c r="B381" t="s">
         <v>11</v>
       </c>
       <c r="C381">
-        <v>9682</v>
+        <v>9693</v>
       </c>
       <c r="D381" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E381" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="F381" t="s">
-        <v>150</v>
+        <v>77</v>
       </c>
       <c r="G381" t="s">
-        <v>145</v>
+        <v>78</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B382" t="s">
         <v>11</v>
       </c>
       <c r="C382">
-        <v>9691</v>
+        <v>9694</v>
       </c>
       <c r="D382" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E382"/>
       <c r="F382" t="s">
         <v>77</v>
       </c>
       <c r="G382" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>79</v>
       </c>
       <c r="B383" t="s">
         <v>11</v>
       </c>
       <c r="C383">
-        <v>9692</v>
+        <v>9695</v>
       </c>
       <c r="D383" t="s">
         <v>12</v>
       </c>
-      <c r="E383"/>
+      <c r="E383" t="s">
+        <v>80</v>
+      </c>
       <c r="F383" t="s">
         <v>77</v>
       </c>
       <c r="G383" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="B384" t="s">
         <v>11</v>
       </c>
       <c r="C384">
-        <v>9693</v>
+        <v>9707</v>
       </c>
       <c r="D384" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E384" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="F384" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G384" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="B385" t="s">
         <v>11</v>
       </c>
       <c r="C385">
-        <v>9694</v>
+        <v>9708</v>
       </c>
       <c r="D385" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E385"/>
+        <v>12</v>
+      </c>
+      <c r="E385" t="s">
+        <v>13</v>
+      </c>
       <c r="F385" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G385" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>79</v>
+        <v>446</v>
       </c>
       <c r="B386" t="s">
         <v>11</v>
       </c>
       <c r="C386">
-        <v>9695</v>
+        <v>9781</v>
       </c>
       <c r="D386" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E386"/>
       <c r="F386" t="s">
-        <v>77</v>
+        <v>447</v>
       </c>
       <c r="G386" t="s">
-        <v>78</v>
+        <v>448</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>69</v>
+        <v>446</v>
       </c>
       <c r="B387" t="s">
         <v>11</v>
       </c>
       <c r="C387">
-        <v>9707</v>
+        <v>9783</v>
       </c>
       <c r="D387" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E387"/>
       <c r="F387" t="s">
-        <v>70</v>
+        <v>447</v>
       </c>
       <c r="G387" t="s">
-        <v>71</v>
+        <v>448</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>69</v>
+        <v>449</v>
       </c>
       <c r="B388" t="s">
         <v>11</v>
       </c>
       <c r="C388">
-        <v>9708</v>
+        <v>9827</v>
       </c>
       <c r="D388" t="s">
         <v>12</v>
       </c>
-      <c r="E388" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E388"/>
       <c r="F388" t="s">
-        <v>70</v>
+        <v>450</v>
       </c>
       <c r="G388" t="s">
-        <v>71</v>
+        <v>451</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>446</v>
+        <v>64</v>
       </c>
       <c r="B389" t="s">
         <v>11</v>
       </c>
       <c r="C389">
-        <v>9781</v>
+        <v>10384</v>
       </c>
       <c r="D389" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E389"/>
+        <v>12</v>
+      </c>
+      <c r="E389" t="s">
+        <v>13</v>
+      </c>
       <c r="F389" t="s">
-        <v>447</v>
+        <v>219</v>
       </c>
       <c r="G389" t="s">
-        <v>448</v>
+        <v>220</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="B390" t="s">
         <v>11</v>
       </c>
       <c r="C390">
-        <v>9783</v>
+        <v>10385</v>
       </c>
       <c r="D390" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E390"/>
       <c r="F390" t="s">
-        <v>447</v>
+        <v>219</v>
       </c>
       <c r="G390" t="s">
-        <v>448</v>
+        <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>449</v>
+        <v>64</v>
       </c>
       <c r="B391" t="s">
         <v>11</v>
       </c>
       <c r="C391">
-        <v>9827</v>
+        <v>10387</v>
       </c>
       <c r="D391" t="s">
         <v>12</v>
       </c>
       <c r="E391"/>
       <c r="F391" t="s">
-        <v>450</v>
+        <v>285</v>
       </c>
       <c r="G391" t="s">
-        <v>451</v>
+        <v>286</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>64</v>
       </c>
       <c r="B392" t="s">
         <v>11</v>
       </c>
       <c r="C392">
-        <v>10384</v>
+        <v>10388</v>
       </c>
       <c r="D392" t="s">
         <v>12</v>
       </c>
-      <c r="E392" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E392"/>
       <c r="F392" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="G392" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>452</v>
+        <v>64</v>
       </c>
       <c r="B393" t="s">
         <v>11</v>
       </c>
       <c r="C393">
-        <v>10385</v>
+        <v>10389</v>
       </c>
       <c r="D393" t="s">
         <v>12</v>
       </c>
       <c r="E393"/>
       <c r="F393" t="s">
-        <v>221</v>
+        <v>285</v>
       </c>
       <c r="G393" t="s">
-        <v>222</v>
+        <v>286</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>64</v>
+        <v>446</v>
       </c>
       <c r="B394" t="s">
         <v>11</v>
       </c>
       <c r="C394">
-        <v>10387</v>
+        <v>10682</v>
       </c>
       <c r="D394" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E394"/>
       <c r="F394" t="s">
-        <v>287</v>
+        <v>447</v>
       </c>
       <c r="G394" t="s">
-        <v>288</v>
+        <v>448</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>64</v>
+        <v>453</v>
       </c>
       <c r="B395" t="s">
         <v>11</v>
       </c>
       <c r="C395">
-        <v>10388</v>
+        <v>10770</v>
       </c>
       <c r="D395" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E395"/>
+        <v>28</v>
+      </c>
+      <c r="E395" t="s">
+        <v>13</v>
+      </c>
       <c r="F395" t="s">
-        <v>221</v>
+        <v>454</v>
       </c>
       <c r="G395" t="s">
-        <v>222</v>
+        <v>455</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>64</v>
       </c>
       <c r="B396" t="s">
         <v>11</v>
       </c>
       <c r="C396">
-        <v>10389</v>
+        <v>11229</v>
       </c>
       <c r="D396" t="s">
         <v>12</v>
       </c>
-      <c r="E396"/>
+      <c r="E396" t="s">
+        <v>13</v>
+      </c>
       <c r="F396" t="s">
-        <v>287</v>
+        <v>456</v>
       </c>
       <c r="G396" t="s">
-        <v>288</v>
+        <v>145</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>446</v>
+        <v>151</v>
       </c>
       <c r="B397" t="s">
         <v>11</v>
       </c>
       <c r="C397">
-        <v>10682</v>
+        <v>11367</v>
       </c>
       <c r="D397" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E397"/>
       <c r="F397" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="G397" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>453</v>
+        <v>64</v>
       </c>
       <c r="B398" t="s">
         <v>11</v>
       </c>
       <c r="C398">
-        <v>10770</v>
+        <v>11382</v>
       </c>
       <c r="D398" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E398"/>
       <c r="F398" t="s">
-        <v>454</v>
+        <v>212</v>
       </c>
       <c r="G398" t="s">
-        <v>455</v>
+        <v>213</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>64</v>
+        <v>153</v>
       </c>
       <c r="B399" t="s">
         <v>11</v>
       </c>
       <c r="C399">
-        <v>11229</v>
+        <v>11383</v>
       </c>
       <c r="D399" t="s">
         <v>12</v>
       </c>
-      <c r="E399" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E399"/>
       <c r="F399" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="G399" t="s">
-        <v>145</v>
+        <v>460</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B400" t="s">
         <v>11</v>
       </c>
       <c r="C400">
-        <v>11367</v>
+        <v>11384</v>
       </c>
       <c r="D400" t="s">
         <v>12</v>
       </c>
       <c r="E400"/>
       <c r="F400" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="G400" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>64</v>
+        <v>153</v>
       </c>
       <c r="B401" t="s">
         <v>11</v>
       </c>
       <c r="C401">
-        <v>11382</v>
+        <v>11385</v>
       </c>
       <c r="D401" t="s">
         <v>12</v>
       </c>
       <c r="E401"/>
       <c r="F401" t="s">
-        <v>214</v>
+        <v>459</v>
       </c>
       <c r="G401" t="s">
-        <v>215</v>
+        <v>460</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>153</v>
       </c>
       <c r="B402" t="s">
         <v>11</v>
       </c>
       <c r="C402">
-        <v>11383</v>
+        <v>11386</v>
       </c>
       <c r="D402" t="s">
         <v>12</v>
       </c>
       <c r="E402"/>
       <c r="F402" t="s">
         <v>459</v>
       </c>
       <c r="G402" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>153</v>
       </c>
       <c r="B403" t="s">
         <v>11</v>
       </c>
       <c r="C403">
-        <v>11384</v>
+        <v>11387</v>
       </c>
       <c r="D403" t="s">
         <v>12</v>
       </c>
       <c r="E403"/>
       <c r="F403" t="s">
         <v>459</v>
       </c>
       <c r="G403" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>153</v>
+        <v>363</v>
       </c>
       <c r="B404" t="s">
         <v>11</v>
       </c>
       <c r="C404">
-        <v>11385</v>
+        <v>11447</v>
       </c>
       <c r="D404" t="s">
         <v>12</v>
       </c>
       <c r="E404"/>
       <c r="F404" t="s">
-        <v>459</v>
+        <v>357</v>
       </c>
       <c r="G404" t="s">
-        <v>460</v>
+        <v>358</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>153</v>
+        <v>363</v>
       </c>
       <c r="B405" t="s">
         <v>11</v>
       </c>
       <c r="C405">
-        <v>11386</v>
+        <v>11467</v>
       </c>
       <c r="D405" t="s">
         <v>12</v>
       </c>
       <c r="E405"/>
       <c r="F405" t="s">
-        <v>459</v>
+        <v>357</v>
       </c>
       <c r="G405" t="s">
-        <v>460</v>
+        <v>358</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>153</v>
+        <v>363</v>
       </c>
       <c r="B406" t="s">
         <v>11</v>
       </c>
       <c r="C406">
-        <v>11387</v>
+        <v>11468</v>
       </c>
       <c r="D406" t="s">
         <v>12</v>
       </c>
       <c r="E406"/>
       <c r="F406" t="s">
-        <v>459</v>
+        <v>357</v>
       </c>
       <c r="G406" t="s">
-        <v>460</v>
+        <v>358</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>363</v>
       </c>
       <c r="B407" t="s">
         <v>11</v>
       </c>
       <c r="C407">
-        <v>11447</v>
+        <v>11469</v>
       </c>
       <c r="D407" t="s">
         <v>12</v>
       </c>
       <c r="E407"/>
       <c r="F407" t="s">
-        <v>357</v>
+        <v>461</v>
       </c>
       <c r="G407" t="s">
-        <v>358</v>
+        <v>462</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>363</v>
       </c>
       <c r="B408" t="s">
         <v>11</v>
       </c>
       <c r="C408">
-        <v>11467</v>
+        <v>11470</v>
       </c>
       <c r="D408" t="s">
         <v>12</v>
       </c>
       <c r="E408"/>
       <c r="F408" t="s">
-        <v>357</v>
+        <v>374</v>
       </c>
       <c r="G408" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>363</v>
       </c>
       <c r="B409" t="s">
         <v>11</v>
       </c>
       <c r="C409">
-        <v>11468</v>
+        <v>11471</v>
       </c>
       <c r="D409" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E409"/>
       <c r="F409" t="s">
         <v>357</v>
       </c>
       <c r="G409" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>363</v>
       </c>
       <c r="B410" t="s">
         <v>11</v>
       </c>
       <c r="C410">
-        <v>11469</v>
+        <v>11472</v>
       </c>
       <c r="D410" t="s">
         <v>12</v>
       </c>
       <c r="E410"/>
       <c r="F410" t="s">
-        <v>461</v>
+        <v>374</v>
       </c>
       <c r="G410" t="s">
-        <v>462</v>
+        <v>375</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>363</v>
+        <v>463</v>
       </c>
       <c r="B411" t="s">
         <v>11</v>
       </c>
       <c r="C411">
-        <v>11470</v>
+        <v>11516</v>
       </c>
       <c r="D411" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E411"/>
       <c r="F411" t="s">
-        <v>374</v>
+        <v>464</v>
       </c>
       <c r="G411" t="s">
-        <v>375</v>
+        <v>143</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>363</v>
+        <v>463</v>
       </c>
       <c r="B412" t="s">
         <v>11</v>
       </c>
       <c r="C412">
-        <v>11471</v>
+        <v>11517</v>
       </c>
       <c r="D412" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E412"/>
       <c r="F412" t="s">
-        <v>357</v>
+        <v>464</v>
       </c>
       <c r="G412" t="s">
-        <v>358</v>
+        <v>143</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>363</v>
+        <v>64</v>
       </c>
       <c r="B413" t="s">
         <v>11</v>
       </c>
       <c r="C413">
-        <v>11472</v>
+        <v>11522</v>
       </c>
       <c r="D413" t="s">
         <v>12</v>
       </c>
-      <c r="E413"/>
+      <c r="E413" t="s">
+        <v>13</v>
+      </c>
       <c r="F413" t="s">
-        <v>374</v>
+        <v>141</v>
       </c>
       <c r="G413" t="s">
-        <v>375</v>
+        <v>138</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>463</v>
+        <v>162</v>
       </c>
       <c r="B414" t="s">
         <v>11</v>
       </c>
       <c r="C414">
-        <v>11516</v>
+        <v>11557</v>
       </c>
       <c r="D414" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="E414"/>
+        <v>139</v>
+      </c>
+      <c r="E414" t="s">
+        <v>13</v>
+      </c>
       <c r="F414" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="G414" t="s">
-        <v>143</v>
+        <v>466</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>463</v>
+        <v>64</v>
       </c>
       <c r="B415" t="s">
         <v>11</v>
       </c>
       <c r="C415">
-        <v>11517</v>
+        <v>11599</v>
       </c>
       <c r="D415" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="E415"/>
+        <v>12</v>
+      </c>
+      <c r="E415" t="s">
+        <v>13</v>
+      </c>
       <c r="F415" t="s">
-        <v>464</v>
+        <v>141</v>
       </c>
       <c r="G415" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>64</v>
       </c>
       <c r="B416" t="s">
         <v>11</v>
       </c>
       <c r="C416">
-        <v>11522</v>
+        <v>11600</v>
       </c>
       <c r="D416" t="s">
         <v>12</v>
       </c>
       <c r="E416" t="s">
         <v>13</v>
       </c>
       <c r="F416" t="s">
         <v>141</v>
       </c>
       <c r="G416" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>162</v>
+        <v>149</v>
       </c>
       <c r="B417" t="s">
         <v>11</v>
       </c>
       <c r="C417">
-        <v>11557</v>
+        <v>11601</v>
       </c>
       <c r="D417" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="E417" t="s">
         <v>13</v>
       </c>
       <c r="F417" t="s">
-        <v>465</v>
+        <v>141</v>
       </c>
       <c r="G417" t="s">
-        <v>466</v>
+        <v>418</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>64</v>
+        <v>149</v>
       </c>
       <c r="B418" t="s">
         <v>11</v>
       </c>
       <c r="C418">
-        <v>11599</v>
+        <v>11602</v>
       </c>
       <c r="D418" t="s">
         <v>12</v>
       </c>
       <c r="E418" t="s">
         <v>13</v>
       </c>
       <c r="F418" t="s">
         <v>141</v>
       </c>
       <c r="G418" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>64</v>
+        <v>165</v>
       </c>
       <c r="B419" t="s">
         <v>11</v>
       </c>
       <c r="C419">
-        <v>11600</v>
+        <v>11751</v>
       </c>
       <c r="D419" t="s">
         <v>12</v>
       </c>
-      <c r="E419" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E419"/>
       <c r="F419" t="s">
-        <v>141</v>
+        <v>467</v>
       </c>
       <c r="G419" t="s">
-        <v>145</v>
+        <v>468</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>149</v>
+        <v>124</v>
       </c>
       <c r="B420" t="s">
         <v>11</v>
       </c>
       <c r="C420">
-        <v>11601</v>
+        <v>11861</v>
       </c>
       <c r="D420" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E420"/>
       <c r="F420" t="s">
-        <v>141</v>
+        <v>469</v>
       </c>
       <c r="G420" t="s">
-        <v>418</v>
+        <v>470</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>149</v>
+        <v>471</v>
       </c>
       <c r="B421" t="s">
         <v>11</v>
       </c>
       <c r="C421">
-        <v>11602</v>
+        <v>11923</v>
       </c>
       <c r="D421" t="s">
         <v>12</v>
       </c>
-      <c r="E421" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E421"/>
       <c r="F421" t="s">
-        <v>141</v>
+        <v>472</v>
       </c>
       <c r="G421" t="s">
-        <v>145</v>
+        <v>473</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>165</v>
+        <v>471</v>
       </c>
       <c r="B422" t="s">
         <v>11</v>
       </c>
       <c r="C422">
-        <v>11751</v>
+        <v>11924</v>
       </c>
       <c r="D422" t="s">
         <v>12</v>
       </c>
       <c r="E422"/>
       <c r="F422" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="G422" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>124</v>
+        <v>376</v>
       </c>
       <c r="B423" t="s">
         <v>11</v>
       </c>
       <c r="C423">
-        <v>11861</v>
+        <v>12022</v>
       </c>
       <c r="D423" t="s">
         <v>28</v>
       </c>
-      <c r="E423"/>
+      <c r="E423" t="s">
+        <v>80</v>
+      </c>
       <c r="F423" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="G423" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>471</v>
+        <v>376</v>
       </c>
       <c r="B424" t="s">
         <v>11</v>
       </c>
       <c r="C424">
-        <v>11923</v>
+        <v>12023</v>
       </c>
       <c r="D424" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E424"/>
+        <v>28</v>
+      </c>
+      <c r="E424" t="s">
+        <v>80</v>
+      </c>
       <c r="F424" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="G424" t="s">
-        <v>473</v>
+        <v>371</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>471</v>
+        <v>376</v>
       </c>
       <c r="B425" t="s">
         <v>11</v>
       </c>
       <c r="C425">
-        <v>11924</v>
+        <v>12024</v>
       </c>
       <c r="D425" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E425"/>
+        <v>28</v>
+      </c>
+      <c r="E425" t="s">
+        <v>80</v>
+      </c>
       <c r="F425" t="s">
-        <v>472</v>
+        <v>368</v>
       </c>
       <c r="G425" t="s">
-        <v>473</v>
+        <v>369</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>376</v>
       </c>
       <c r="B426" t="s">
         <v>11</v>
       </c>
       <c r="C426">
-        <v>12022</v>
+        <v>12025</v>
       </c>
       <c r="D426" t="s">
         <v>28</v>
       </c>
       <c r="E426" t="s">
         <v>80</v>
       </c>
       <c r="F426" t="s">
-        <v>474</v>
+        <v>368</v>
       </c>
       <c r="G426" t="s">
-        <v>475</v>
+        <v>369</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>376</v>
       </c>
       <c r="B427" t="s">
         <v>11</v>
       </c>
       <c r="C427">
-        <v>12023</v>
+        <v>12026</v>
       </c>
       <c r="D427" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="E427" t="s">
         <v>80</v>
       </c>
       <c r="F427" t="s">
-        <v>474</v>
+        <v>368</v>
       </c>
       <c r="G427" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>376</v>
       </c>
       <c r="B428" t="s">
         <v>11</v>
       </c>
       <c r="C428">
-        <v>12024</v>
+        <v>12027</v>
       </c>
       <c r="D428" t="s">
         <v>28</v>
       </c>
       <c r="E428" t="s">
         <v>80</v>
       </c>
       <c r="F428" t="s">
         <v>368</v>
       </c>
       <c r="G428" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>376</v>
       </c>
       <c r="B429" t="s">
         <v>11</v>
       </c>
       <c r="C429">
-        <v>12025</v>
+        <v>12028</v>
       </c>
       <c r="D429" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="E429" t="s">
         <v>80</v>
       </c>
       <c r="F429" t="s">
-        <v>368</v>
+        <v>91</v>
       </c>
       <c r="G429" t="s">
-        <v>369</v>
+        <v>476</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>376</v>
       </c>
       <c r="B430" t="s">
         <v>11</v>
       </c>
       <c r="C430">
-        <v>12026</v>
+        <v>12029</v>
       </c>
       <c r="D430" t="s">
         <v>121</v>
       </c>
       <c r="E430" t="s">
         <v>80</v>
       </c>
       <c r="F430" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="G430" t="s">
-        <v>369</v>
+        <v>358</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>376</v>
       </c>
       <c r="B431" t="s">
         <v>11</v>
       </c>
       <c r="C431">
-        <v>12027</v>
+        <v>12032</v>
       </c>
       <c r="D431" t="s">
         <v>28</v>
       </c>
       <c r="E431" t="s">
         <v>80</v>
       </c>
       <c r="F431" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="G431" t="s">
-        <v>369</v>
+        <v>358</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>376</v>
       </c>
       <c r="B432" t="s">
         <v>11</v>
       </c>
       <c r="C432">
-        <v>12028</v>
+        <v>12033</v>
       </c>
       <c r="D432" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="E432" t="s">
         <v>80</v>
       </c>
       <c r="F432" t="s">
-        <v>91</v>
+        <v>357</v>
       </c>
       <c r="G432" t="s">
-        <v>476</v>
+        <v>358</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>376</v>
+        <v>477</v>
       </c>
       <c r="B433" t="s">
         <v>11</v>
       </c>
       <c r="C433">
-        <v>12029</v>
+        <v>12092</v>
       </c>
       <c r="D433" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="E433" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="F433" t="s">
-        <v>357</v>
+        <v>478</v>
       </c>
       <c r="G433" t="s">
-        <v>358</v>
+        <v>145</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>376</v>
+        <v>477</v>
       </c>
       <c r="B434" t="s">
         <v>11</v>
       </c>
       <c r="C434">
-        <v>12032</v>
+        <v>12093</v>
       </c>
       <c r="D434" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E434" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="F434" t="s">
-        <v>357</v>
+        <v>478</v>
       </c>
       <c r="G434" t="s">
-        <v>358</v>
+        <v>145</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>376</v>
+        <v>64</v>
       </c>
       <c r="B435" t="s">
         <v>11</v>
       </c>
       <c r="C435">
-        <v>12033</v>
+        <v>12094</v>
       </c>
       <c r="D435" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E435"/>
       <c r="F435" t="s">
-        <v>357</v>
+        <v>137</v>
       </c>
       <c r="G435" t="s">
-        <v>358</v>
+        <v>138</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B436" t="s">
         <v>11</v>
       </c>
       <c r="C436">
-        <v>12092</v>
+        <v>12112</v>
       </c>
       <c r="D436" t="s">
         <v>12</v>
       </c>
       <c r="E436" t="s">
         <v>13</v>
       </c>
       <c r="F436" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G436" t="s">
-        <v>145</v>
+        <v>481</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>477</v>
+        <v>162</v>
       </c>
       <c r="B437" t="s">
         <v>11</v>
       </c>
       <c r="C437">
-        <v>12093</v>
+        <v>12113</v>
       </c>
       <c r="D437" t="s">
         <v>12</v>
       </c>
-      <c r="E437" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E437"/>
       <c r="F437" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="G437" t="s">
-        <v>145</v>
+        <v>483</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>64</v>
+        <v>484</v>
       </c>
       <c r="B438" t="s">
         <v>11</v>
       </c>
       <c r="C438">
-        <v>12094</v>
+        <v>12114</v>
       </c>
       <c r="D438" t="s">
         <v>12</v>
       </c>
       <c r="E438"/>
       <c r="F438" t="s">
-        <v>137</v>
+        <v>485</v>
       </c>
       <c r="G438" t="s">
-        <v>138</v>
+        <v>486</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="B439" t="s">
         <v>11</v>
       </c>
       <c r="C439">
-        <v>12112</v>
+        <v>12115</v>
       </c>
       <c r="D439" t="s">
         <v>12</v>
       </c>
       <c r="E439" t="s">
         <v>13</v>
       </c>
       <c r="F439" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="G439" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>162</v>
+        <v>490</v>
       </c>
       <c r="B440" t="s">
         <v>11</v>
       </c>
       <c r="C440">
-        <v>12113</v>
+        <v>12117</v>
       </c>
       <c r="D440" t="s">
         <v>12</v>
       </c>
       <c r="E440"/>
       <c r="F440" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="G440" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>484</v>
+        <v>263</v>
       </c>
       <c r="B441" t="s">
         <v>11</v>
       </c>
       <c r="C441">
-        <v>12114</v>
+        <v>12123</v>
       </c>
       <c r="D441" t="s">
         <v>12</v>
       </c>
-      <c r="E441"/>
+      <c r="E441" t="s">
+        <v>13</v>
+      </c>
       <c r="F441" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="G441" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>487</v>
+        <v>64</v>
       </c>
       <c r="B442" t="s">
         <v>11</v>
       </c>
       <c r="C442">
-        <v>12115</v>
+        <v>12133</v>
       </c>
       <c r="D442" t="s">
         <v>12</v>
       </c>
       <c r="E442" t="s">
         <v>13</v>
       </c>
       <c r="F442" t="s">
-        <v>488</v>
+        <v>141</v>
       </c>
       <c r="G442" t="s">
-        <v>489</v>
+        <v>145</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B443" t="s">
         <v>11</v>
       </c>
       <c r="C443">
-        <v>12117</v>
+        <v>12198</v>
       </c>
       <c r="D443" t="s">
         <v>12</v>
       </c>
-      <c r="E443"/>
+      <c r="E443" t="s">
+        <v>13</v>
+      </c>
       <c r="F443" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="G443" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="B444" t="s">
         <v>11</v>
       </c>
       <c r="C444">
-        <v>12123</v>
+        <v>12263</v>
       </c>
       <c r="D444" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E444"/>
       <c r="F444" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="G444" t="s">
-        <v>494</v>
+        <v>63</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>64</v>
+        <v>258</v>
       </c>
       <c r="B445" t="s">
         <v>11</v>
       </c>
       <c r="C445">
-        <v>12133</v>
+        <v>12264</v>
       </c>
       <c r="D445" t="s">
         <v>12</v>
       </c>
-      <c r="E445" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E445"/>
       <c r="F445" t="s">
-        <v>141</v>
+        <v>99</v>
       </c>
       <c r="G445" t="s">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>495</v>
+        <v>64</v>
       </c>
       <c r="B446" t="s">
         <v>11</v>
       </c>
       <c r="C446">
-        <v>12198</v>
+        <v>12270</v>
       </c>
       <c r="D446" t="s">
         <v>12</v>
       </c>
-      <c r="E446" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E446"/>
       <c r="F446" t="s">
-        <v>496</v>
+        <v>141</v>
       </c>
       <c r="G446" t="s">
-        <v>497</v>
+        <v>138</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>260</v>
+        <v>452</v>
       </c>
       <c r="B447" t="s">
         <v>11</v>
       </c>
       <c r="C447">
-        <v>12263</v>
+        <v>12271</v>
       </c>
       <c r="D447" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E447"/>
       <c r="F447" t="s">
-        <v>498</v>
+        <v>141</v>
       </c>
       <c r="G447" t="s">
-        <v>63</v>
+        <v>138</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>260</v>
+        <v>452</v>
       </c>
       <c r="B448" t="s">
         <v>11</v>
       </c>
       <c r="C448">
-        <v>12264</v>
+        <v>12272</v>
       </c>
       <c r="D448" t="s">
         <v>12</v>
       </c>
       <c r="E448"/>
       <c r="F448" t="s">
-        <v>99</v>
+        <v>141</v>
       </c>
       <c r="G448" t="s">
-        <v>100</v>
+        <v>138</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>64</v>
+        <v>452</v>
       </c>
       <c r="B449" t="s">
         <v>11</v>
       </c>
       <c r="C449">
-        <v>12270</v>
+        <v>12273</v>
       </c>
       <c r="D449" t="s">
         <v>12</v>
       </c>
       <c r="E449"/>
       <c r="F449" t="s">
-        <v>141</v>
+        <v>499</v>
       </c>
       <c r="G449" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>452</v>
+        <v>64</v>
       </c>
       <c r="B450" t="s">
         <v>11</v>
       </c>
       <c r="C450">
-        <v>12271</v>
+        <v>12274</v>
       </c>
       <c r="D450" t="s">
         <v>12</v>
       </c>
       <c r="E450"/>
       <c r="F450" t="s">
         <v>141</v>
       </c>
       <c r="G450" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>452</v>
+        <v>64</v>
       </c>
       <c r="B451" t="s">
         <v>11</v>
       </c>
       <c r="C451">
-        <v>12272</v>
+        <v>12275</v>
       </c>
       <c r="D451" t="s">
         <v>12</v>
       </c>
       <c r="E451"/>
       <c r="F451" t="s">
         <v>141</v>
       </c>
       <c r="G451" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>452</v>
+        <v>64</v>
       </c>
       <c r="B452" t="s">
         <v>11</v>
       </c>
       <c r="C452">
-        <v>12273</v>
+        <v>12276</v>
       </c>
       <c r="D452" t="s">
         <v>12</v>
       </c>
       <c r="E452"/>
       <c r="F452" t="s">
-        <v>499</v>
+        <v>141</v>
       </c>
       <c r="G452" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>64</v>
+        <v>452</v>
       </c>
       <c r="B453" t="s">
         <v>11</v>
       </c>
       <c r="C453">
-        <v>12274</v>
+        <v>12277</v>
       </c>
       <c r="D453" t="s">
         <v>12</v>
       </c>
       <c r="E453"/>
       <c r="F453" t="s">
         <v>141</v>
       </c>
       <c r="G453" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>64</v>
+        <v>258</v>
       </c>
       <c r="B454" t="s">
         <v>11</v>
       </c>
       <c r="C454">
-        <v>12275</v>
+        <v>12286</v>
       </c>
       <c r="D454" t="s">
         <v>12</v>
       </c>
-      <c r="E454"/>
+      <c r="E454" t="s">
+        <v>13</v>
+      </c>
       <c r="F454" t="s">
-        <v>141</v>
+        <v>500</v>
       </c>
       <c r="G454" t="s">
-        <v>138</v>
+        <v>501</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>64</v>
+        <v>502</v>
       </c>
       <c r="B455" t="s">
         <v>11</v>
       </c>
       <c r="C455">
-        <v>12276</v>
+        <v>12329</v>
       </c>
       <c r="D455" t="s">
         <v>12</v>
       </c>
       <c r="E455"/>
       <c r="F455" t="s">
-        <v>141</v>
+        <v>503</v>
       </c>
       <c r="G455" t="s">
-        <v>138</v>
+        <v>504</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>452</v>
+        <v>502</v>
       </c>
       <c r="B456" t="s">
         <v>11</v>
       </c>
       <c r="C456">
-        <v>12277</v>
+        <v>12330</v>
       </c>
       <c r="D456" t="s">
         <v>12</v>
       </c>
       <c r="E456"/>
       <c r="F456" t="s">
-        <v>141</v>
+        <v>503</v>
       </c>
       <c r="G456" t="s">
-        <v>138</v>
+        <v>504</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>260</v>
+        <v>505</v>
       </c>
       <c r="B457" t="s">
         <v>11</v>
       </c>
       <c r="C457">
-        <v>12286</v>
+        <v>12337</v>
       </c>
       <c r="D457" t="s">
         <v>12</v>
       </c>
       <c r="E457" t="s">
         <v>13</v>
       </c>
       <c r="F457" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="G457" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="B458" t="s">
         <v>11</v>
       </c>
       <c r="C458">
-        <v>12329</v>
+        <v>12355</v>
       </c>
       <c r="D458" t="s">
         <v>12</v>
       </c>
       <c r="E458"/>
       <c r="F458" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="G458" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="B459" t="s">
         <v>11</v>
       </c>
       <c r="C459">
-        <v>12330</v>
+        <v>12386</v>
       </c>
       <c r="D459" t="s">
         <v>12</v>
       </c>
       <c r="E459"/>
       <c r="F459" t="s">
-        <v>503</v>
+        <v>408</v>
       </c>
       <c r="G459" t="s">
-        <v>504</v>
+        <v>409</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="B460" t="s">
         <v>11</v>
       </c>
       <c r="C460">
-        <v>12337</v>
+        <v>12387</v>
       </c>
       <c r="D460" t="s">
         <v>12</v>
       </c>
-      <c r="E460" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E460"/>
       <c r="F460" t="s">
-        <v>506</v>
+        <v>408</v>
       </c>
       <c r="G460" t="s">
-        <v>507</v>
+        <v>409</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="B461" t="s">
         <v>11</v>
       </c>
       <c r="C461">
-        <v>12355</v>
+        <v>12422</v>
       </c>
       <c r="D461" t="s">
-        <v>12</v>
+        <v>121</v>
       </c>
       <c r="E461"/>
       <c r="F461" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="G461" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="B462" t="s">
         <v>11</v>
       </c>
       <c r="C462">
-        <v>12386</v>
+        <v>12423</v>
       </c>
       <c r="D462" t="s">
         <v>12</v>
       </c>
-      <c r="E462"/>
+      <c r="E462" t="s">
+        <v>13</v>
+      </c>
       <c r="F462" t="s">
-        <v>408</v>
+        <v>516</v>
       </c>
       <c r="G462" t="s">
-        <v>409</v>
+        <v>517</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="B463" t="s">
         <v>11</v>
       </c>
       <c r="C463">
-        <v>12387</v>
+        <v>12434</v>
       </c>
       <c r="D463" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="E463"/>
       <c r="F463" t="s">
-        <v>408</v>
+        <v>519</v>
       </c>
       <c r="G463" t="s">
-        <v>409</v>
+        <v>145</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="B464" t="s">
         <v>11</v>
       </c>
       <c r="C464">
-        <v>12422</v>
+        <v>12436</v>
       </c>
       <c r="D464" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="E464"/>
       <c r="F464" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="G464" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
       <c r="B465" t="s">
         <v>11</v>
       </c>
       <c r="C465">
-        <v>12423</v>
+        <v>12449</v>
       </c>
       <c r="D465" t="s">
         <v>12</v>
       </c>
-      <c r="E465" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E465"/>
       <c r="F465" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="G465" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B466" t="s">
         <v>11</v>
       </c>
       <c r="C466">
-        <v>12434</v>
+        <v>12450</v>
       </c>
       <c r="D466" t="s">
-        <v>156</v>
+        <v>12</v>
       </c>
       <c r="E466"/>
       <c r="F466" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="G466" t="s">
-        <v>145</v>
+        <v>522</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="B467" t="s">
         <v>11</v>
       </c>
       <c r="C467">
-        <v>12436</v>
+        <v>12453</v>
       </c>
       <c r="D467" t="s">
         <v>12</v>
       </c>
       <c r="E467"/>
       <c r="F467" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="G467" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B468" t="s">
         <v>11</v>
       </c>
       <c r="C468">
-        <v>12449</v>
+        <v>12457</v>
       </c>
       <c r="D468" t="s">
         <v>12</v>
       </c>
       <c r="E468"/>
       <c r="F468" t="s">
-        <v>521</v>
+        <v>491</v>
       </c>
       <c r="G468" t="s">
-        <v>522</v>
+        <v>492</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="B469" t="s">
         <v>11</v>
       </c>
       <c r="C469">
-        <v>12450</v>
+        <v>12469</v>
       </c>
       <c r="D469" t="s">
         <v>12</v>
       </c>
       <c r="E469"/>
       <c r="F469" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="G469" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>524</v>
+        <v>162</v>
       </c>
       <c r="B470" t="s">
         <v>11</v>
       </c>
       <c r="C470">
-        <v>12453</v>
+        <v>12489</v>
       </c>
       <c r="D470" t="s">
         <v>12</v>
       </c>
-      <c r="E470"/>
+      <c r="E470" t="s">
+        <v>13</v>
+      </c>
       <c r="F470" t="s">
-        <v>525</v>
+        <v>230</v>
       </c>
       <c r="G470" t="s">
-        <v>526</v>
+        <v>231</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="B471" t="s">
         <v>11</v>
       </c>
       <c r="C471">
-        <v>12457</v>
+        <v>12517</v>
       </c>
       <c r="D471" t="s">
         <v>12</v>
       </c>
       <c r="E471"/>
       <c r="F471" t="s">
-        <v>491</v>
+        <v>531</v>
       </c>
       <c r="G471" t="s">
-        <v>492</v>
+        <v>532</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>527</v>
+        <v>58</v>
       </c>
       <c r="B472" t="s">
         <v>11</v>
       </c>
       <c r="C472">
-        <v>12469</v>
+        <v>12548</v>
       </c>
       <c r="D472" t="s">
         <v>12</v>
       </c>
       <c r="E472"/>
       <c r="F472" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="G472" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>162</v>
+        <v>511</v>
       </c>
       <c r="B473" t="s">
         <v>11</v>
       </c>
       <c r="C473">
-        <v>12489</v>
+        <v>12562</v>
       </c>
       <c r="D473" t="s">
         <v>12</v>
       </c>
-      <c r="E473" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E473"/>
       <c r="F473" t="s">
-        <v>232</v>
+        <v>535</v>
       </c>
       <c r="G473" t="s">
-        <v>233</v>
+        <v>536</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="B474" t="s">
         <v>11</v>
       </c>
       <c r="C474">
-        <v>12517</v>
+        <v>12606</v>
       </c>
       <c r="D474" t="s">
         <v>12</v>
       </c>
       <c r="E474"/>
       <c r="F474" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="G474" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>58</v>
+        <v>537</v>
       </c>
       <c r="B475" t="s">
         <v>11</v>
       </c>
       <c r="C475">
-        <v>12548</v>
+        <v>12607</v>
       </c>
       <c r="D475" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="E475"/>
       <c r="F475" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="G475" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>511</v>
+        <v>542</v>
       </c>
       <c r="B476" t="s">
         <v>11</v>
       </c>
       <c r="C476">
-        <v>12562</v>
+        <v>12623</v>
       </c>
       <c r="D476" t="s">
         <v>12</v>
       </c>
-      <c r="E476"/>
+      <c r="E476" t="s">
+        <v>13</v>
+      </c>
       <c r="F476" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="G476" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>537</v>
+        <v>359</v>
       </c>
       <c r="B477" t="s">
         <v>11</v>
       </c>
       <c r="C477">
-        <v>12606</v>
+        <v>12709</v>
       </c>
       <c r="D477" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="E477"/>
       <c r="F477" t="s">
-        <v>538</v>
+        <v>357</v>
       </c>
       <c r="G477" t="s">
-        <v>539</v>
+        <v>358</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>537</v>
+        <v>359</v>
       </c>
       <c r="B478" t="s">
         <v>11</v>
       </c>
       <c r="C478">
-        <v>12607</v>
+        <v>12710</v>
       </c>
       <c r="D478" t="s">
-        <v>94</v>
+        <v>156</v>
       </c>
       <c r="E478"/>
       <c r="F478" t="s">
-        <v>540</v>
+        <v>357</v>
       </c>
       <c r="G478" t="s">
-        <v>541</v>
+        <v>358</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>542</v>
+        <v>359</v>
       </c>
       <c r="B479" t="s">
         <v>11</v>
       </c>
       <c r="C479">
-        <v>12623</v>
+        <v>12711</v>
       </c>
       <c r="D479" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="E479"/>
       <c r="F479" t="s">
-        <v>543</v>
+        <v>357</v>
       </c>
       <c r="G479" t="s">
-        <v>544</v>
+        <v>358</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>359</v>
       </c>
       <c r="B480" t="s">
         <v>11</v>
       </c>
       <c r="C480">
-        <v>12709</v>
+        <v>12712</v>
       </c>
       <c r="D480" t="s">
         <v>156</v>
       </c>
       <c r="E480"/>
       <c r="F480" t="s">
         <v>357</v>
       </c>
       <c r="G480" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>359</v>
+        <v>502</v>
       </c>
       <c r="B481" t="s">
         <v>11</v>
       </c>
       <c r="C481">
-        <v>12710</v>
+        <v>12713</v>
       </c>
       <c r="D481" t="s">
-        <v>156</v>
+        <v>12</v>
       </c>
       <c r="E481"/>
       <c r="F481" t="s">
-        <v>357</v>
+        <v>540</v>
       </c>
       <c r="G481" t="s">
-        <v>358</v>
+        <v>541</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>359</v>
+        <v>325</v>
       </c>
       <c r="B482" t="s">
         <v>11</v>
       </c>
       <c r="C482">
-        <v>12711</v>
+        <v>12714</v>
       </c>
       <c r="D482" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="E482"/>
+        <v>31</v>
+      </c>
+      <c r="E482" t="s">
+        <v>13</v>
+      </c>
       <c r="F482" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="G482" t="s">
-        <v>358</v>
+        <v>294</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>359</v>
+        <v>293</v>
       </c>
       <c r="B483" t="s">
         <v>11</v>
       </c>
       <c r="C483">
-        <v>12712</v>
+        <v>12715</v>
       </c>
       <c r="D483" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="E483"/>
+        <v>20</v>
+      </c>
+      <c r="E483" t="s">
+        <v>13</v>
+      </c>
       <c r="F483" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="G483" t="s">
-        <v>358</v>
+        <v>294</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>502</v>
+        <v>436</v>
       </c>
       <c r="B484" t="s">
         <v>11</v>
       </c>
       <c r="C484">
-        <v>12713</v>
+        <v>12717</v>
       </c>
       <c r="D484" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E484"/>
+        <v>28</v>
+      </c>
+      <c r="E484" t="s">
+        <v>13</v>
+      </c>
       <c r="F484" t="s">
-        <v>540</v>
+        <v>437</v>
       </c>
       <c r="G484" t="s">
-        <v>541</v>
+        <v>438</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>326</v>
+        <v>162</v>
       </c>
       <c r="B485" t="s">
         <v>11</v>
       </c>
       <c r="C485">
-        <v>12714</v>
+        <v>12745</v>
       </c>
       <c r="D485" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E485"/>
       <c r="F485" t="s">
-        <v>351</v>
+        <v>226</v>
       </c>
       <c r="G485" t="s">
-        <v>183</v>
+        <v>227</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>295</v>
+        <v>545</v>
       </c>
       <c r="B486" t="s">
         <v>11</v>
       </c>
       <c r="C486">
-        <v>12715</v>
+        <v>12850</v>
       </c>
       <c r="D486" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E486"/>
       <c r="F486" t="s">
-        <v>351</v>
+        <v>546</v>
       </c>
       <c r="G486" t="s">
-        <v>183</v>
+        <v>547</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>436</v>
+        <v>545</v>
       </c>
       <c r="B487" t="s">
         <v>11</v>
       </c>
       <c r="C487">
-        <v>12717</v>
+        <v>12851</v>
       </c>
       <c r="D487" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E487"/>
       <c r="F487" t="s">
-        <v>437</v>
+        <v>546</v>
       </c>
       <c r="G487" t="s">
-        <v>438</v>
+        <v>547</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>162</v>
+        <v>548</v>
       </c>
       <c r="B488" t="s">
         <v>11</v>
       </c>
       <c r="C488">
-        <v>12745</v>
+        <v>12873</v>
       </c>
       <c r="D488" t="s">
         <v>12</v>
       </c>
-      <c r="E488"/>
+      <c r="E488" t="s">
+        <v>13</v>
+      </c>
       <c r="F488" t="s">
-        <v>228</v>
+        <v>549</v>
       </c>
       <c r="G488" t="s">
-        <v>229</v>
+        <v>550</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="B489" t="s">
         <v>11</v>
       </c>
       <c r="C489">
-        <v>12850</v>
+        <v>13025</v>
       </c>
       <c r="D489" t="s">
         <v>12</v>
       </c>
-      <c r="E489"/>
+      <c r="E489" t="s">
+        <v>13</v>
+      </c>
       <c r="F489" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="G489" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="B490" t="s">
         <v>11</v>
       </c>
       <c r="C490">
-        <v>12851</v>
+        <v>13026</v>
       </c>
       <c r="D490" t="s">
         <v>12</v>
       </c>
-      <c r="E490"/>
+      <c r="E490" t="s">
+        <v>13</v>
+      </c>
       <c r="F490" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="G490" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="B491" t="s">
         <v>11</v>
       </c>
       <c r="C491">
-        <v>12873</v>
+        <v>13065</v>
       </c>
       <c r="D491" t="s">
         <v>12</v>
       </c>
-      <c r="E491" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E491"/>
       <c r="F491" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="G491" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="B492" t="s">
         <v>11</v>
       </c>
       <c r="C492">
-        <v>13025</v>
+        <v>13080</v>
       </c>
       <c r="D492" t="s">
         <v>12</v>
       </c>
-      <c r="E492" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E492"/>
       <c r="F492" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="G492" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>548</v>
+        <v>557</v>
       </c>
       <c r="B493" t="s">
         <v>11</v>
       </c>
       <c r="C493">
-        <v>13026</v>
+        <v>13081</v>
       </c>
       <c r="D493" t="s">
         <v>12</v>
       </c>
-      <c r="E493" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E493"/>
       <c r="F493" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="G493" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
       <c r="B494" t="s">
         <v>11</v>
       </c>
       <c r="C494">
-        <v>13065</v>
+        <v>13082</v>
       </c>
       <c r="D494" t="s">
         <v>12</v>
       </c>
       <c r="E494"/>
       <c r="F494" t="s">
-        <v>552</v>
+        <v>401</v>
       </c>
       <c r="G494" t="s">
-        <v>553</v>
+        <v>402</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>554</v>
+        <v>165</v>
       </c>
       <c r="B495" t="s">
         <v>11</v>
       </c>
       <c r="C495">
-        <v>13080</v>
+        <v>13083</v>
       </c>
       <c r="D495" t="s">
         <v>12</v>
       </c>
-      <c r="E495"/>
+      <c r="E495" t="s">
+        <v>13</v>
+      </c>
       <c r="F495" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="G495" t="s">
-        <v>556</v>
+        <v>145</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="B496" t="s">
         <v>11</v>
       </c>
       <c r="C496">
-        <v>13081</v>
+        <v>13085</v>
       </c>
       <c r="D496" t="s">
         <v>12</v>
       </c>
       <c r="E496"/>
       <c r="F496" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="G496" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>560</v>
+        <v>511</v>
       </c>
       <c r="B497" t="s">
         <v>11</v>
       </c>
       <c r="C497">
-        <v>13082</v>
+        <v>13089</v>
       </c>
       <c r="D497" t="s">
         <v>12</v>
       </c>
       <c r="E497"/>
       <c r="F497" t="s">
-        <v>401</v>
+        <v>279</v>
       </c>
       <c r="G497" t="s">
-        <v>402</v>
+        <v>280</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>165</v>
+        <v>537</v>
       </c>
       <c r="B498" t="s">
         <v>11</v>
       </c>
       <c r="C498">
-        <v>13083</v>
+        <v>13090</v>
       </c>
       <c r="D498" t="s">
         <v>12</v>
       </c>
-      <c r="E498" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E498"/>
       <c r="F498" t="s">
-        <v>561</v>
+        <v>279</v>
       </c>
       <c r="G498" t="s">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>562</v>
+        <v>68</v>
       </c>
       <c r="B499" t="s">
         <v>11</v>
       </c>
       <c r="C499">
-        <v>13085</v>
+        <v>13092</v>
       </c>
       <c r="D499" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E499"/>
       <c r="F499" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="G499" t="s">
-        <v>564</v>
+        <v>66</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>511</v>
+        <v>566</v>
       </c>
       <c r="B500" t="s">
         <v>11</v>
       </c>
       <c r="C500">
-        <v>13089</v>
+        <v>13093</v>
       </c>
       <c r="D500" t="s">
         <v>12</v>
       </c>
       <c r="E500"/>
       <c r="F500" t="s">
-        <v>281</v>
+        <v>567</v>
       </c>
       <c r="G500" t="s">
-        <v>282</v>
+        <v>568</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>537</v>
+        <v>162</v>
       </c>
       <c r="B501" t="s">
         <v>11</v>
       </c>
       <c r="C501">
-        <v>13090</v>
+        <v>13097</v>
       </c>
       <c r="D501" t="s">
         <v>12</v>
       </c>
       <c r="E501"/>
       <c r="F501" t="s">
-        <v>281</v>
+        <v>569</v>
       </c>
       <c r="G501" t="s">
-        <v>282</v>
+        <v>570</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>68</v>
+        <v>162</v>
       </c>
       <c r="B502" t="s">
         <v>11</v>
       </c>
       <c r="C502">
-        <v>13092</v>
+        <v>13098</v>
       </c>
       <c r="D502" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E502"/>
       <c r="F502" t="s">
-        <v>565</v>
+        <v>316</v>
       </c>
       <c r="G502" t="s">
-        <v>66</v>
+        <v>317</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>566</v>
+        <v>263</v>
       </c>
       <c r="B503" t="s">
         <v>11</v>
       </c>
       <c r="C503">
-        <v>13093</v>
+        <v>13114</v>
       </c>
       <c r="D503" t="s">
         <v>12</v>
       </c>
-      <c r="E503"/>
+      <c r="E503" t="s">
+        <v>13</v>
+      </c>
       <c r="F503" t="s">
-        <v>567</v>
+        <v>316</v>
       </c>
       <c r="G503" t="s">
-        <v>568</v>
+        <v>317</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>162</v>
+        <v>537</v>
       </c>
       <c r="B504" t="s">
         <v>11</v>
       </c>
       <c r="C504">
-        <v>13097</v>
+        <v>13118</v>
       </c>
       <c r="D504" t="s">
         <v>12</v>
       </c>
       <c r="E504"/>
       <c r="F504" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="G504" t="s">
-        <v>570</v>
+        <v>536</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>162</v>
+        <v>572</v>
       </c>
       <c r="B505" t="s">
         <v>11</v>
       </c>
       <c r="C505">
-        <v>13098</v>
+        <v>13119</v>
       </c>
       <c r="D505" t="s">
         <v>12</v>
       </c>
       <c r="E505"/>
       <c r="F505" t="s">
-        <v>317</v>
+        <v>342</v>
       </c>
       <c r="G505" t="s">
-        <v>318</v>
+        <v>343</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>265</v>
+        <v>573</v>
       </c>
       <c r="B506" t="s">
         <v>11</v>
       </c>
       <c r="C506">
-        <v>13114</v>
+        <v>13120</v>
       </c>
       <c r="D506" t="s">
         <v>12</v>
       </c>
-      <c r="E506" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E506"/>
       <c r="F506" t="s">
-        <v>317</v>
+        <v>574</v>
       </c>
       <c r="G506" t="s">
-        <v>318</v>
+        <v>213</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>537</v>
+        <v>64</v>
       </c>
       <c r="B507" t="s">
         <v>11</v>
       </c>
       <c r="C507">
-        <v>13118</v>
+        <v>13121</v>
       </c>
       <c r="D507" t="s">
         <v>12</v>
       </c>
       <c r="E507"/>
       <c r="F507" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="G507" t="s">
-        <v>536</v>
+        <v>213</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="B508" t="s">
         <v>11</v>
       </c>
       <c r="C508">
-        <v>13119</v>
+        <v>13122</v>
       </c>
       <c r="D508" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E508"/>
+        <v>28</v>
+      </c>
+      <c r="E508" t="s">
+        <v>13</v>
+      </c>
       <c r="F508" t="s">
-        <v>343</v>
+        <v>576</v>
       </c>
       <c r="G508" t="s">
-        <v>344</v>
+        <v>577</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B509" t="s">
         <v>11</v>
       </c>
       <c r="C509">
-        <v>13120</v>
+        <v>13123</v>
       </c>
       <c r="D509" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E509"/>
+        <v>28</v>
+      </c>
+      <c r="E509" t="s">
+        <v>13</v>
+      </c>
       <c r="F509" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G509" t="s">
-        <v>215</v>
+        <v>577</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>64</v>
+        <v>575</v>
       </c>
       <c r="B510" t="s">
         <v>11</v>
       </c>
       <c r="C510">
-        <v>13121</v>
+        <v>13124</v>
       </c>
       <c r="D510" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E510"/>
+        <v>28</v>
+      </c>
+      <c r="E510" t="s">
+        <v>13</v>
+      </c>
       <c r="F510" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G510" t="s">
-        <v>215</v>
+        <v>577</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>575</v>
       </c>
       <c r="B511" t="s">
         <v>11</v>
       </c>
       <c r="C511">
-        <v>13122</v>
+        <v>13125</v>
       </c>
       <c r="D511" t="s">
         <v>28</v>
       </c>
       <c r="E511" t="s">
         <v>13</v>
       </c>
       <c r="F511" t="s">
         <v>576</v>
       </c>
       <c r="G511" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="B512" t="s">
         <v>11</v>
       </c>
       <c r="C512">
-        <v>13123</v>
+        <v>13155</v>
       </c>
       <c r="D512" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E512"/>
       <c r="F512" t="s">
-        <v>576</v>
+        <v>261</v>
       </c>
       <c r="G512" t="s">
-        <v>577</v>
+        <v>262</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>575</v>
+        <v>258</v>
       </c>
       <c r="B513" t="s">
         <v>11</v>
       </c>
       <c r="C513">
-        <v>13124</v>
+        <v>13157</v>
       </c>
       <c r="D513" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E513"/>
       <c r="F513" t="s">
-        <v>576</v>
+        <v>316</v>
       </c>
       <c r="G513" t="s">
-        <v>577</v>
+        <v>317</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>575</v>
+        <v>258</v>
       </c>
       <c r="B514" t="s">
         <v>11</v>
       </c>
       <c r="C514">
-        <v>13125</v>
+        <v>13158</v>
       </c>
       <c r="D514" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E514"/>
       <c r="F514" t="s">
-        <v>576</v>
+        <v>316</v>
       </c>
       <c r="G514" t="s">
-        <v>577</v>
+        <v>317</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>578</v>
+        <v>258</v>
       </c>
       <c r="B515" t="s">
         <v>11</v>
       </c>
       <c r="C515">
-        <v>13155</v>
+        <v>13159</v>
       </c>
       <c r="D515" t="s">
         <v>12</v>
       </c>
       <c r="E515"/>
       <c r="F515" t="s">
-        <v>263</v>
+        <v>316</v>
       </c>
       <c r="G515" t="s">
-        <v>264</v>
+        <v>317</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="B516" t="s">
         <v>11</v>
       </c>
       <c r="C516">
-        <v>13157</v>
+        <v>13160</v>
       </c>
       <c r="D516" t="s">
         <v>12</v>
       </c>
       <c r="E516"/>
       <c r="F516" t="s">
+        <v>316</v>
+      </c>
+      <c r="G516" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>260</v>
+        <v>471</v>
       </c>
       <c r="B517" t="s">
         <v>11</v>
       </c>
       <c r="C517">
-        <v>13158</v>
+        <v>13161</v>
       </c>
       <c r="D517" t="s">
-        <v>12</v>
+        <v>247</v>
       </c>
       <c r="E517"/>
       <c r="F517" t="s">
-        <v>317</v>
+        <v>579</v>
       </c>
       <c r="G517" t="s">
-        <v>318</v>
+        <v>580</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>260</v>
+        <v>471</v>
       </c>
       <c r="B518" t="s">
         <v>11</v>
       </c>
       <c r="C518">
-        <v>13159</v>
+        <v>13162</v>
       </c>
       <c r="D518" t="s">
-        <v>12</v>
+        <v>247</v>
       </c>
       <c r="E518"/>
       <c r="F518" t="s">
-        <v>317</v>
+        <v>579</v>
       </c>
       <c r="G518" t="s">
-        <v>318</v>
+        <v>580</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>260</v>
+        <v>471</v>
       </c>
       <c r="B519" t="s">
         <v>11</v>
       </c>
       <c r="C519">
-        <v>13160</v>
+        <v>13163</v>
       </c>
       <c r="D519" t="s">
-        <v>12</v>
+        <v>247</v>
       </c>
       <c r="E519"/>
       <c r="F519" t="s">
-        <v>317</v>
+        <v>579</v>
       </c>
       <c r="G519" t="s">
-        <v>318</v>
+        <v>580</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>471</v>
       </c>
       <c r="B520" t="s">
         <v>11</v>
       </c>
       <c r="C520">
-        <v>13161</v>
+        <v>13164</v>
       </c>
       <c r="D520" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="E520"/>
       <c r="F520" t="s">
         <v>579</v>
       </c>
       <c r="G520" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>471</v>
       </c>
       <c r="B521" t="s">
         <v>11</v>
       </c>
       <c r="C521">
-        <v>13162</v>
+        <v>13165</v>
       </c>
       <c r="D521" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="E521"/>
       <c r="F521" t="s">
         <v>579</v>
       </c>
       <c r="G521" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>471</v>
       </c>
       <c r="B522" t="s">
         <v>11</v>
       </c>
       <c r="C522">
-        <v>13163</v>
+        <v>13166</v>
       </c>
       <c r="D522" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="E522"/>
       <c r="F522" t="s">
         <v>579</v>
       </c>
       <c r="G522" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>471</v>
+        <v>364</v>
       </c>
       <c r="B523" t="s">
         <v>11</v>
       </c>
       <c r="C523">
-        <v>13164</v>
+        <v>13176</v>
       </c>
       <c r="D523" t="s">
-        <v>249</v>
+        <v>28</v>
       </c>
       <c r="E523"/>
       <c r="F523" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="G523" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>471</v>
+        <v>583</v>
       </c>
       <c r="B524" t="s">
         <v>11</v>
       </c>
       <c r="C524">
-        <v>13165</v>
+        <v>13177</v>
       </c>
       <c r="D524" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="E524"/>
+        <v>12</v>
+      </c>
+      <c r="E524" t="s">
+        <v>29</v>
+      </c>
       <c r="F524" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="G524" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>471</v>
+        <v>583</v>
       </c>
       <c r="B525" t="s">
         <v>11</v>
       </c>
       <c r="C525">
-        <v>13166</v>
+        <v>13178</v>
       </c>
       <c r="D525" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="E525"/>
+        <v>12</v>
+      </c>
+      <c r="E525" t="s">
+        <v>29</v>
+      </c>
       <c r="F525" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="G525" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>364</v>
+        <v>583</v>
       </c>
       <c r="B526" t="s">
         <v>11</v>
       </c>
       <c r="C526">
-        <v>13176</v>
+        <v>13179</v>
       </c>
       <c r="D526" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E526"/>
+        <v>12</v>
+      </c>
+      <c r="E526" t="s">
+        <v>29</v>
+      </c>
       <c r="F526" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="G526" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="B527" t="s">
         <v>11</v>
       </c>
       <c r="C527">
-        <v>13177</v>
+        <v>13185</v>
       </c>
       <c r="D527" t="s">
-        <v>12</v>
+        <v>587</v>
       </c>
       <c r="E527" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="F527" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="G527" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="B528" t="s">
         <v>11</v>
       </c>
       <c r="C528">
-        <v>13178</v>
+        <v>13226</v>
       </c>
       <c r="D528" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E528"/>
       <c r="F528" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="G528" t="s">
-        <v>585</v>
+        <v>63</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>583</v>
+        <v>64</v>
       </c>
       <c r="B529" t="s">
         <v>11</v>
       </c>
       <c r="C529">
-        <v>13179</v>
+        <v>13234</v>
       </c>
       <c r="D529" t="s">
         <v>12</v>
       </c>
-      <c r="E529" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E529"/>
       <c r="F529" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="G529" t="s">
-        <v>585</v>
+        <v>138</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>586</v>
+        <v>64</v>
       </c>
       <c r="B530" t="s">
         <v>11</v>
       </c>
       <c r="C530">
-        <v>13185</v>
+        <v>13235</v>
       </c>
       <c r="D530" t="s">
-        <v>587</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E530"/>
       <c r="F530" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="G530" t="s">
-        <v>589</v>
+        <v>138</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>590</v>
+        <v>452</v>
       </c>
       <c r="B531" t="s">
         <v>11</v>
       </c>
       <c r="C531">
-        <v>13226</v>
+        <v>13236</v>
       </c>
       <c r="D531" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E531"/>
       <c r="F531" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="G531" t="s">
-        <v>63</v>
+        <v>138</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>64</v>
+        <v>452</v>
       </c>
       <c r="B532" t="s">
         <v>11</v>
       </c>
       <c r="C532">
-        <v>13234</v>
+        <v>13237</v>
       </c>
       <c r="D532" t="s">
         <v>12</v>
       </c>
       <c r="E532"/>
       <c r="F532" t="s">
         <v>592</v>
       </c>
       <c r="G532" t="s">
-        <v>138</v>
+        <v>282</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>64</v>
+        <v>452</v>
       </c>
       <c r="B533" t="s">
         <v>11</v>
       </c>
       <c r="C533">
-        <v>13235</v>
+        <v>13238</v>
       </c>
       <c r="D533" t="s">
         <v>12</v>
       </c>
       <c r="E533"/>
       <c r="F533" t="s">
         <v>592</v>
       </c>
       <c r="G533" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
         <v>452</v>
       </c>
       <c r="B534" t="s">
         <v>11</v>
       </c>
       <c r="C534">
-        <v>13236</v>
+        <v>13239</v>
       </c>
       <c r="D534" t="s">
         <v>12</v>
       </c>
       <c r="E534"/>
       <c r="F534" t="s">
         <v>592</v>
       </c>
       <c r="G534" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
         <v>452</v>
       </c>
       <c r="B535" t="s">
         <v>11</v>
       </c>
       <c r="C535">
-        <v>13237</v>
+        <v>13240</v>
       </c>
       <c r="D535" t="s">
         <v>12</v>
       </c>
       <c r="E535"/>
       <c r="F535" t="s">
         <v>592</v>
       </c>
       <c r="G535" t="s">
-        <v>284</v>
+        <v>138</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>452</v>
+        <v>593</v>
       </c>
       <c r="B536" t="s">
         <v>11</v>
       </c>
       <c r="C536">
-        <v>13238</v>
+        <v>13244</v>
       </c>
       <c r="D536" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E536"/>
       <c r="F536" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="G536" t="s">
-        <v>138</v>
+        <v>595</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>452</v>
+        <v>593</v>
       </c>
       <c r="B537" t="s">
         <v>11</v>
       </c>
       <c r="C537">
-        <v>13239</v>
+        <v>13245</v>
       </c>
       <c r="D537" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E537"/>
       <c r="F537" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="G537" t="s">
-        <v>138</v>
+        <v>595</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>452</v>
+        <v>593</v>
       </c>
       <c r="B538" t="s">
         <v>11</v>
       </c>
       <c r="C538">
-        <v>13240</v>
+        <v>13246</v>
       </c>
       <c r="D538" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E538"/>
       <c r="F538" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="G538" t="s">
-        <v>138</v>
+        <v>595</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>593</v>
+        <v>524</v>
       </c>
       <c r="B539" t="s">
         <v>11</v>
       </c>
       <c r="C539">
-        <v>13244</v>
+        <v>13247</v>
       </c>
       <c r="D539" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E539"/>
       <c r="F539" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="G539" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B540" t="s">
         <v>11</v>
       </c>
       <c r="C540">
-        <v>13245</v>
+        <v>13248</v>
       </c>
       <c r="D540" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E540"/>
       <c r="F540" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="G540" t="s">
-        <v>595</v>
+        <v>321</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>593</v>
+        <v>64</v>
       </c>
       <c r="B541" t="s">
         <v>11</v>
       </c>
       <c r="C541">
-        <v>13246</v>
+        <v>13254</v>
       </c>
       <c r="D541" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E541"/>
       <c r="F541" t="s">
-        <v>594</v>
+        <v>301</v>
       </c>
       <c r="G541" t="s">
-        <v>595</v>
+        <v>138</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>524</v>
+        <v>600</v>
       </c>
       <c r="B542" t="s">
         <v>11</v>
       </c>
       <c r="C542">
-        <v>13247</v>
+        <v>13255</v>
       </c>
       <c r="D542" t="s">
         <v>12</v>
       </c>
       <c r="E542"/>
       <c r="F542" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="G542" t="s">
-        <v>597</v>
+        <v>209</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>598</v>
+        <v>64</v>
       </c>
       <c r="B543" t="s">
         <v>11</v>
       </c>
       <c r="C543">
-        <v>13248</v>
+        <v>13256</v>
       </c>
       <c r="D543" t="s">
         <v>12</v>
       </c>
       <c r="E543"/>
       <c r="F543" t="s">
-        <v>599</v>
+        <v>301</v>
       </c>
       <c r="G543" t="s">
-        <v>322</v>
+        <v>138</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>64</v>
+        <v>600</v>
       </c>
       <c r="B544" t="s">
         <v>11</v>
       </c>
       <c r="C544">
-        <v>13254</v>
+        <v>13257</v>
       </c>
       <c r="D544" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E544"/>
+        <v>67</v>
+      </c>
+      <c r="E544" t="s">
+        <v>13</v>
+      </c>
       <c r="F544" t="s">
-        <v>302</v>
+        <v>601</v>
       </c>
       <c r="G544" t="s">
-        <v>138</v>
+        <v>286</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>600</v>
       </c>
       <c r="B545" t="s">
         <v>11</v>
       </c>
       <c r="C545">
-        <v>13255</v>
+        <v>13259</v>
       </c>
       <c r="D545" t="s">
         <v>12</v>
       </c>
       <c r="E545"/>
       <c r="F545" t="s">
         <v>601</v>
       </c>
       <c r="G545" t="s">
-        <v>211</v>
+        <v>138</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>64</v>
+        <v>600</v>
       </c>
       <c r="B546" t="s">
         <v>11</v>
       </c>
       <c r="C546">
-        <v>13256</v>
+        <v>13260</v>
       </c>
       <c r="D546" t="s">
         <v>12</v>
       </c>
       <c r="E546"/>
       <c r="F546" t="s">
-        <v>302</v>
+        <v>601</v>
       </c>
       <c r="G546" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>600</v>
+        <v>64</v>
       </c>
       <c r="B547" t="s">
         <v>11</v>
       </c>
       <c r="C547">
-        <v>13257</v>
+        <v>13829</v>
       </c>
       <c r="D547" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E547"/>
       <c r="F547" t="s">
-        <v>601</v>
+        <v>210</v>
       </c>
       <c r="G547" t="s">
-        <v>288</v>
+        <v>138</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>600</v>
+        <v>64</v>
       </c>
       <c r="B548" t="s">
         <v>11</v>
       </c>
       <c r="C548">
-        <v>13259</v>
+        <v>13830</v>
       </c>
       <c r="D548" t="s">
         <v>12</v>
       </c>
       <c r="E548"/>
       <c r="F548" t="s">
-        <v>601</v>
+        <v>210</v>
       </c>
       <c r="G548" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>600</v>
+        <v>64</v>
       </c>
       <c r="B549" t="s">
         <v>11</v>
       </c>
       <c r="C549">
-        <v>13260</v>
+        <v>13831</v>
       </c>
       <c r="D549" t="s">
         <v>12</v>
       </c>
       <c r="E549"/>
       <c r="F549" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="G549" t="s">
-        <v>138</v>
+        <v>213</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>64</v>
+        <v>140</v>
       </c>
       <c r="B550" t="s">
         <v>11</v>
       </c>
       <c r="C550">
-        <v>13829</v>
+        <v>13832</v>
       </c>
       <c r="D550" t="s">
         <v>12</v>
       </c>
       <c r="E550"/>
       <c r="F550" t="s">
-        <v>212</v>
+        <v>602</v>
       </c>
       <c r="G550" t="s">
-        <v>138</v>
+        <v>213</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>64</v>
+        <v>603</v>
       </c>
       <c r="B551" t="s">
         <v>11</v>
       </c>
       <c r="C551">
-        <v>13830</v>
+        <v>13860</v>
       </c>
       <c r="D551" t="s">
         <v>12</v>
       </c>
       <c r="E551"/>
       <c r="F551" t="s">
-        <v>212</v>
+        <v>415</v>
       </c>
       <c r="G551" t="s">
-        <v>138</v>
+        <v>416</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>64</v>
+        <v>604</v>
       </c>
       <c r="B552" t="s">
         <v>11</v>
       </c>
       <c r="C552">
-        <v>13831</v>
+        <v>13888</v>
       </c>
       <c r="D552" t="s">
         <v>12</v>
       </c>
       <c r="E552"/>
       <c r="F552" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="G552" t="s">
-        <v>215</v>
+        <v>416</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>140</v>
+        <v>606</v>
       </c>
       <c r="B553" t="s">
         <v>11</v>
       </c>
       <c r="C553">
-        <v>13832</v>
+        <v>14044</v>
       </c>
       <c r="D553" t="s">
         <v>12</v>
       </c>
-      <c r="E553"/>
+      <c r="E553" t="s">
+        <v>13</v>
+      </c>
       <c r="F553" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="G553" t="s">
-        <v>215</v>
+        <v>608</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="B554" t="s">
         <v>11</v>
       </c>
       <c r="C554">
-        <v>13860</v>
+        <v>14050</v>
       </c>
       <c r="D554" t="s">
         <v>12</v>
       </c>
-      <c r="E554"/>
+      <c r="E554" t="s">
+        <v>13</v>
+      </c>
       <c r="F554" t="s">
-        <v>415</v>
+        <v>610</v>
       </c>
       <c r="G554" t="s">
-        <v>416</v>
+        <v>611</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>604</v>
+        <v>154</v>
       </c>
       <c r="B555" t="s">
         <v>11</v>
       </c>
       <c r="C555">
-        <v>13888</v>
+        <v>14051</v>
       </c>
       <c r="D555" t="s">
         <v>12</v>
       </c>
-      <c r="E555"/>
+      <c r="E555" t="s">
+        <v>13</v>
+      </c>
       <c r="F555" t="s">
-        <v>605</v>
+        <v>210</v>
       </c>
       <c r="G555" t="s">
-        <v>416</v>
+        <v>145</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>606</v>
+        <v>64</v>
       </c>
       <c r="B556" t="s">
         <v>11</v>
       </c>
       <c r="C556">
-        <v>14044</v>
+        <v>14052</v>
       </c>
       <c r="D556" t="s">
         <v>12</v>
       </c>
-      <c r="E556" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E556"/>
       <c r="F556" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="G556" t="s">
-        <v>608</v>
+        <v>282</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>609</v>
+        <v>154</v>
       </c>
       <c r="B557" t="s">
         <v>11</v>
       </c>
       <c r="C557">
-        <v>14050</v>
+        <v>14053</v>
       </c>
       <c r="D557" t="s">
         <v>12</v>
       </c>
-      <c r="E557" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E557"/>
       <c r="F557" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="G557" t="s">
-        <v>611</v>
+        <v>282</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>154</v>
+        <v>612</v>
       </c>
       <c r="B558" t="s">
         <v>11</v>
       </c>
       <c r="C558">
-        <v>14051</v>
+        <v>14092</v>
       </c>
       <c r="D558" t="s">
         <v>12</v>
       </c>
-      <c r="E558" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E558"/>
       <c r="F558" t="s">
-        <v>212</v>
+        <v>613</v>
       </c>
       <c r="G558" t="s">
-        <v>145</v>
+        <v>614</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>64</v>
+        <v>612</v>
       </c>
       <c r="B559" t="s">
         <v>11</v>
       </c>
       <c r="C559">
-        <v>14052</v>
+        <v>14093</v>
       </c>
       <c r="D559" t="s">
         <v>12</v>
       </c>
-      <c r="E559"/>
+      <c r="E559" t="s">
+        <v>29</v>
+      </c>
       <c r="F559" t="s">
-        <v>602</v>
+        <v>613</v>
       </c>
       <c r="G559" t="s">
-        <v>284</v>
+        <v>614</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>154</v>
+        <v>615</v>
       </c>
       <c r="B560" t="s">
         <v>11</v>
       </c>
       <c r="C560">
-        <v>14053</v>
+        <v>14131</v>
       </c>
       <c r="D560" t="s">
         <v>12</v>
       </c>
       <c r="E560"/>
       <c r="F560" t="s">
-        <v>602</v>
+        <v>616</v>
       </c>
       <c r="G560" t="s">
-        <v>284</v>
+        <v>617</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>612</v>
+        <v>583</v>
       </c>
       <c r="B561" t="s">
         <v>11</v>
       </c>
       <c r="C561">
-        <v>14092</v>
+        <v>14169</v>
       </c>
       <c r="D561" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E561"/>
       <c r="F561" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="G561" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="B562" t="s">
         <v>11</v>
       </c>
       <c r="C562">
-        <v>14093</v>
+        <v>14189</v>
       </c>
       <c r="D562" t="s">
         <v>12</v>
       </c>
-      <c r="E562" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E562"/>
       <c r="F562" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="G562" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>615</v>
+        <v>263</v>
       </c>
       <c r="B563" t="s">
         <v>11</v>
       </c>
       <c r="C563">
-        <v>14131</v>
+        <v>14247</v>
       </c>
       <c r="D563" t="s">
         <v>12</v>
       </c>
-      <c r="E563"/>
+      <c r="E563" t="s">
+        <v>13</v>
+      </c>
       <c r="F563" t="s">
-        <v>616</v>
+        <v>198</v>
       </c>
       <c r="G563" t="s">
-        <v>617</v>
+        <v>199</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>583</v>
+        <v>623</v>
       </c>
       <c r="B564" t="s">
         <v>11</v>
       </c>
       <c r="C564">
-        <v>14169</v>
+        <v>14276</v>
       </c>
       <c r="D564" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E564"/>
       <c r="F564" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="G564" t="s">
-        <v>619</v>
+        <v>86</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>620</v>
+        <v>64</v>
       </c>
       <c r="B565" t="s">
         <v>11</v>
       </c>
       <c r="C565">
-        <v>14189</v>
+        <v>14366</v>
       </c>
       <c r="D565" t="s">
         <v>12</v>
       </c>
       <c r="E565"/>
       <c r="F565" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="G565" t="s">
-        <v>622</v>
+        <v>138</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>265</v>
+        <v>191</v>
       </c>
       <c r="B566" t="s">
         <v>11</v>
       </c>
       <c r="C566">
-        <v>14247</v>
+        <v>14626</v>
       </c>
       <c r="D566" t="s">
         <v>12</v>
       </c>
       <c r="E566" t="s">
         <v>13</v>
       </c>
       <c r="F566" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="G566" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>623</v>
+        <v>191</v>
       </c>
       <c r="B567" t="s">
         <v>11</v>
       </c>
       <c r="C567">
-        <v>14276</v>
+        <v>14627</v>
       </c>
       <c r="D567" t="s">
         <v>12</v>
       </c>
-      <c r="E567"/>
+      <c r="E567" t="s">
+        <v>13</v>
+      </c>
       <c r="F567" t="s">
-        <v>624</v>
+        <v>192</v>
       </c>
       <c r="G567" t="s">
-        <v>86</v>
+        <v>193</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
         <v>64</v>
       </c>
       <c r="B568" t="s">
         <v>11</v>
       </c>
       <c r="C568">
-        <v>14366</v>
+        <v>14822</v>
       </c>
       <c r="D568" t="s">
         <v>12</v>
       </c>
       <c r="E568"/>
       <c r="F568" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="G568" t="s">
-        <v>138</v>
+        <v>209</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>193</v>
+        <v>64</v>
       </c>
       <c r="B569" t="s">
         <v>11</v>
       </c>
       <c r="C569">
-        <v>14626</v>
+        <v>14823</v>
       </c>
       <c r="D569" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="E569"/>
       <c r="F569" t="s">
-        <v>194</v>
+        <v>626</v>
       </c>
       <c r="G569" t="s">
-        <v>195</v>
+        <v>209</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>193</v>
+        <v>627</v>
       </c>
       <c r="B570" t="s">
         <v>11</v>
       </c>
       <c r="C570">
-        <v>14627</v>
+        <v>15597</v>
       </c>
       <c r="D570" t="s">
         <v>12</v>
       </c>
       <c r="E570" t="s">
         <v>13</v>
       </c>
       <c r="F570" t="s">
-        <v>194</v>
+        <v>628</v>
       </c>
       <c r="G570" t="s">
-        <v>195</v>
+        <v>466</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>64</v>
+        <v>255</v>
       </c>
       <c r="B571" t="s">
         <v>11</v>
       </c>
       <c r="C571">
-        <v>14822</v>
+        <v>2275</v>
       </c>
       <c r="D571" t="s">
         <v>12</v>
       </c>
-      <c r="E571"/>
+      <c r="E571" t="s">
+        <v>13</v>
+      </c>
       <c r="F571" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="G571" t="s">
-        <v>211</v>
-[...20 lines deleted...]
-        <v>211</v>
+        <v>630</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>