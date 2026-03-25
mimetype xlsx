--- v1 (2026-02-06)
+++ v2 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="631">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="638">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES TITRES MINIERS (PE)</t>
   </si>
   <si>
     <t>TITULAIRE</t>
   </si>
   <si>
     <t>TYPE</t>
   </si>
   <si>
     <t>NUMERO</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>CARRE MINIER</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
@@ -596,57 +596,78 @@
   <si>
     <t>G12 ENTREPRISE SARL</t>
   </si>
   <si>
     <t>2021/04/02</t>
   </si>
   <si>
     <t>2046/04/01</t>
   </si>
   <si>
     <t>2021/03/26</t>
   </si>
   <si>
     <t>2046/03/25</t>
   </si>
   <si>
     <t>REGAL EXPLORATION DRC SASU</t>
   </si>
   <si>
     <t>2020/09/30</t>
   </si>
   <si>
     <t>2045/09/29</t>
   </si>
   <si>
+    <t>MAKOKO SA</t>
+  </si>
+  <si>
+    <t>Actif-Transformation PR en PE</t>
+  </si>
+  <si>
+    <t>2020/11/09</t>
+  </si>
+  <si>
+    <t>2032/05/13</t>
+  </si>
+  <si>
+    <t>2021/09/02</t>
+  </si>
+  <si>
     <t>GICC Sarl</t>
   </si>
   <si>
     <t>2018/05/23</t>
   </si>
   <si>
     <t>2043/05/22</t>
+  </si>
+  <si>
+    <t>2035/11/07</t>
+  </si>
+  <si>
+    <t>2035/02/01</t>
   </si>
   <si>
     <t>SOCIETE D'EXPLORATION MINIERE DU HAUT KATANGA</t>
   </si>
   <si>
     <t>2019/01/31</t>
   </si>
   <si>
     <t>2044/01/30</t>
   </si>
   <si>
     <t>SURYA MINES SARL</t>
   </si>
   <si>
     <t>2018/09/28</t>
   </si>
   <si>
     <t>2043/09/27</t>
   </si>
   <si>
     <t>PHELPS DODGE CONGO SARL</t>
   </si>
   <si>
     <t>2017/03/15</t>
   </si>
@@ -2264,51 +2285,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H571"/>
+  <dimension ref="A1:H575"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H3" sqref="H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
@@ -6020,8812 +6041,8904 @@
       </c>
       <c r="C169">
         <v>702</v>
       </c>
       <c r="D169" t="s">
         <v>12</v>
       </c>
       <c r="E169" t="s">
         <v>13</v>
       </c>
       <c r="F169" t="s">
         <v>192</v>
       </c>
       <c r="G169" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>194</v>
       </c>
       <c r="B170" t="s">
         <v>11</v>
       </c>
       <c r="C170">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="D170" t="s">
-        <v>12</v>
+        <v>195</v>
       </c>
       <c r="E170" t="s">
         <v>13</v>
       </c>
       <c r="F170" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G170" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B171" t="s">
         <v>11</v>
       </c>
       <c r="C171">
-        <v>740</v>
+        <v>706</v>
       </c>
       <c r="D171" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E171"/>
+        <v>195</v>
+      </c>
+      <c r="E171" t="s">
+        <v>13</v>
+      </c>
       <c r="F171" t="s">
+        <v>196</v>
+      </c>
+      <c r="G171" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>199</v>
+      </c>
+      <c r="B172" t="s">
+        <v>11</v>
+      </c>
+      <c r="C172">
+        <v>707</v>
+      </c>
+      <c r="D172" t="s">
+        <v>12</v>
+      </c>
+      <c r="E172" t="s">
+        <v>13</v>
+      </c>
+      <c r="F172" t="s">
         <v>200</v>
       </c>
-      <c r="B172" t="s">
-[...9 lines deleted...]
-      <c r="F172" t="s">
+      <c r="G172" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B173" t="s">
         <v>11</v>
       </c>
       <c r="C173">
-        <v>754</v>
+        <v>708</v>
       </c>
       <c r="D173" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E173"/>
+        <v>195</v>
+      </c>
+      <c r="E173" t="s">
+        <v>13</v>
+      </c>
       <c r="F173" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="G173" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B174" t="s">
         <v>11</v>
       </c>
       <c r="C174">
-        <v>755</v>
+        <v>714</v>
       </c>
       <c r="D174" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E174"/>
+        <v>195</v>
+      </c>
+      <c r="E174" t="s">
+        <v>13</v>
+      </c>
       <c r="F174" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="G174" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="B175" t="s">
         <v>11</v>
       </c>
       <c r="C175">
-        <v>803</v>
+        <v>740</v>
       </c>
       <c r="D175" t="s">
         <v>12</v>
       </c>
-      <c r="E175" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E175"/>
       <c r="F175" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="G175" t="s">
-        <v>190</v>
+        <v>206</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="B176" t="s">
         <v>11</v>
       </c>
       <c r="C176">
-        <v>804</v>
+        <v>741</v>
       </c>
       <c r="D176" t="s">
         <v>12</v>
       </c>
-      <c r="E176" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E176"/>
       <c r="F176" t="s">
-        <v>189</v>
+        <v>208</v>
       </c>
       <c r="G176" t="s">
-        <v>190</v>
+        <v>209</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="B177" t="s">
         <v>11</v>
       </c>
       <c r="C177">
-        <v>805</v>
+        <v>754</v>
       </c>
       <c r="D177" t="s">
         <v>12</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>189</v>
+        <v>208</v>
       </c>
       <c r="G177" t="s">
-        <v>190</v>
+        <v>209</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="B178" t="s">
         <v>11</v>
       </c>
       <c r="C178">
-        <v>806</v>
+        <v>755</v>
       </c>
       <c r="D178" t="s">
         <v>12</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>189</v>
+        <v>208</v>
       </c>
       <c r="G178" t="s">
-        <v>190</v>
+        <v>209</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
       <c r="B179" t="s">
         <v>11</v>
       </c>
       <c r="C179">
-        <v>809</v>
+        <v>803</v>
       </c>
       <c r="D179" t="s">
         <v>12</v>
       </c>
-      <c r="E179"/>
+      <c r="E179" t="s">
+        <v>13</v>
+      </c>
       <c r="F179" t="s">
         <v>189</v>
       </c>
       <c r="G179" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
       <c r="B180" t="s">
         <v>11</v>
       </c>
       <c r="C180">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="D180" t="s">
         <v>12</v>
       </c>
-      <c r="E180"/>
+      <c r="E180" t="s">
+        <v>13</v>
+      </c>
       <c r="F180" t="s">
         <v>189</v>
       </c>
       <c r="G180" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B181" t="s">
         <v>11</v>
       </c>
       <c r="C181">
-        <v>815</v>
+        <v>805</v>
       </c>
       <c r="D181" t="s">
         <v>12</v>
       </c>
-      <c r="E181" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E181"/>
       <c r="F181" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="G181" t="s">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>64</v>
+        <v>199</v>
       </c>
       <c r="B182" t="s">
         <v>11</v>
       </c>
       <c r="C182">
-        <v>1050</v>
+        <v>806</v>
       </c>
       <c r="D182" t="s">
         <v>12</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="G182" t="s">
-        <v>207</v>
+        <v>190</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>64</v>
+        <v>186</v>
       </c>
       <c r="B183" t="s">
         <v>11</v>
       </c>
       <c r="C183">
-        <v>1052</v>
+        <v>809</v>
       </c>
       <c r="D183" t="s">
         <v>12</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="G183" t="s">
-        <v>209</v>
+        <v>190</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>64</v>
+        <v>186</v>
       </c>
       <c r="B184" t="s">
         <v>11</v>
       </c>
       <c r="C184">
-        <v>1054</v>
+        <v>811</v>
       </c>
       <c r="D184" t="s">
         <v>12</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>210</v>
+        <v>189</v>
       </c>
       <c r="G184" t="s">
-        <v>211</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>64</v>
+        <v>210</v>
       </c>
       <c r="B185" t="s">
         <v>11</v>
       </c>
       <c r="C185">
-        <v>1059</v>
+        <v>815</v>
       </c>
       <c r="D185" t="s">
         <v>12</v>
       </c>
-      <c r="E185"/>
+      <c r="E185" t="s">
+        <v>13</v>
+      </c>
       <c r="F185" t="s">
+        <v>211</v>
+      </c>
+      <c r="G185" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>64</v>
       </c>
       <c r="B186" t="s">
         <v>11</v>
       </c>
       <c r="C186">
-        <v>1060</v>
+        <v>1050</v>
       </c>
       <c r="D186" t="s">
         <v>12</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="G186" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>64</v>
       </c>
       <c r="B187" t="s">
         <v>11</v>
       </c>
       <c r="C187">
-        <v>1063</v>
+        <v>1052</v>
       </c>
       <c r="D187" t="s">
         <v>12</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="G187" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>64</v>
       </c>
       <c r="B188" t="s">
         <v>11</v>
       </c>
       <c r="C188">
-        <v>1065</v>
+        <v>1054</v>
       </c>
       <c r="D188" t="s">
         <v>12</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="G188" t="s">
-        <v>207</v>
+        <v>218</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>64</v>
       </c>
       <c r="B189" t="s">
         <v>11</v>
       </c>
       <c r="C189">
-        <v>1066</v>
+        <v>1059</v>
       </c>
       <c r="D189" t="s">
         <v>12</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="G189" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>64</v>
       </c>
       <c r="B190" t="s">
         <v>11</v>
       </c>
       <c r="C190">
-        <v>1072</v>
+        <v>1060</v>
       </c>
       <c r="D190" t="s">
         <v>12</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="G190" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>64</v>
       </c>
       <c r="B191" t="s">
         <v>11</v>
       </c>
       <c r="C191">
-        <v>1074</v>
+        <v>1063</v>
       </c>
       <c r="D191" t="s">
         <v>12</v>
       </c>
-      <c r="E191" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E191"/>
       <c r="F191" t="s">
-        <v>206</v>
+        <v>219</v>
       </c>
       <c r="G191" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>64</v>
       </c>
       <c r="B192" t="s">
         <v>11</v>
       </c>
       <c r="C192">
-        <v>1075</v>
+        <v>1065</v>
       </c>
       <c r="D192" t="s">
         <v>12</v>
       </c>
-      <c r="E192" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E192"/>
       <c r="F192" t="s">
+        <v>213</v>
+      </c>
+      <c r="G192" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>64</v>
       </c>
       <c r="B193" t="s">
         <v>11</v>
       </c>
       <c r="C193">
-        <v>1076</v>
+        <v>1066</v>
       </c>
       <c r="D193" t="s">
         <v>12</v>
       </c>
-      <c r="E193" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E193"/>
       <c r="F193" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="G193" t="s">
-        <v>207</v>
+        <v>218</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>64</v>
       </c>
       <c r="B194" t="s">
         <v>11</v>
       </c>
       <c r="C194">
-        <v>1077</v>
+        <v>1072</v>
       </c>
       <c r="D194" t="s">
-        <v>216</v>
+        <v>12</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="G194" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>64</v>
       </c>
       <c r="B195" t="s">
         <v>11</v>
       </c>
       <c r="C195">
-        <v>1078</v>
+        <v>1074</v>
       </c>
       <c r="D195" t="s">
         <v>12</v>
       </c>
-      <c r="E195"/>
+      <c r="E195" t="s">
+        <v>13</v>
+      </c>
       <c r="F195" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G195" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>64</v>
       </c>
       <c r="B196" t="s">
         <v>11</v>
       </c>
       <c r="C196">
-        <v>1079</v>
+        <v>1075</v>
       </c>
       <c r="D196" t="s">
         <v>12</v>
       </c>
       <c r="E196" t="s">
         <v>13</v>
       </c>
       <c r="F196" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="G196" t="s">
-        <v>209</v>
+        <v>222</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>64</v>
       </c>
       <c r="B197" t="s">
         <v>11</v>
       </c>
       <c r="C197">
-        <v>1084</v>
+        <v>1076</v>
       </c>
       <c r="D197" t="s">
         <v>12</v>
       </c>
-      <c r="E197"/>
+      <c r="E197" t="s">
+        <v>13</v>
+      </c>
       <c r="F197" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="G197" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>64</v>
       </c>
       <c r="B198" t="s">
         <v>11</v>
       </c>
       <c r="C198">
-        <v>1086</v>
+        <v>1077</v>
       </c>
       <c r="D198" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="E198"/>
       <c r="F198" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="G198" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>64</v>
       </c>
       <c r="B199" t="s">
         <v>11</v>
       </c>
       <c r="C199">
-        <v>1088</v>
+        <v>1078</v>
       </c>
       <c r="D199" t="s">
         <v>12</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="G199" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>64</v>
       </c>
       <c r="B200" t="s">
         <v>11</v>
       </c>
       <c r="C200">
-        <v>1089</v>
+        <v>1079</v>
       </c>
       <c r="D200" t="s">
         <v>12</v>
       </c>
-      <c r="E200"/>
+      <c r="E200" t="s">
+        <v>13</v>
+      </c>
       <c r="F200" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="G200" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>64</v>
       </c>
       <c r="B201" t="s">
         <v>11</v>
       </c>
       <c r="C201">
-        <v>1090</v>
+        <v>1084</v>
       </c>
       <c r="D201" t="s">
         <v>12</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>208</v>
+        <v>224</v>
       </c>
       <c r="G201" t="s">
-        <v>209</v>
+        <v>225</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>221</v>
+        <v>64</v>
       </c>
       <c r="B202" t="s">
         <v>11</v>
       </c>
       <c r="C202">
-        <v>1283</v>
+        <v>1086</v>
       </c>
       <c r="D202" t="s">
         <v>12</v>
       </c>
       <c r="E202" t="s">
         <v>13</v>
       </c>
       <c r="F202" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="G202" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>162</v>
+        <v>64</v>
       </c>
       <c r="B203" t="s">
         <v>11</v>
       </c>
       <c r="C203">
-        <v>1411</v>
+        <v>1088</v>
       </c>
       <c r="D203" t="s">
         <v>12</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
         <v>224</v>
       </c>
       <c r="G203" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>162</v>
+        <v>64</v>
       </c>
       <c r="B204" t="s">
         <v>11</v>
       </c>
       <c r="C204">
-        <v>1427</v>
+        <v>1089</v>
       </c>
       <c r="D204" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E204"/>
       <c r="F204" t="s">
         <v>226</v>
       </c>
       <c r="G204" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>162</v>
+        <v>64</v>
       </c>
       <c r="B205" t="s">
         <v>11</v>
       </c>
       <c r="C205">
-        <v>1430</v>
+        <v>1090</v>
       </c>
       <c r="D205" t="s">
         <v>12</v>
       </c>
-      <c r="E205" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E205"/>
       <c r="F205" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="G205" t="s">
-        <v>229</v>
+        <v>216</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>162</v>
+        <v>228</v>
       </c>
       <c r="B206" t="s">
         <v>11</v>
       </c>
       <c r="C206">
-        <v>1431</v>
+        <v>1283</v>
       </c>
       <c r="D206" t="s">
         <v>12</v>
       </c>
       <c r="E206" t="s">
         <v>13</v>
       </c>
       <c r="F206" t="s">
+        <v>229</v>
+      </c>
+      <c r="G206" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>162</v>
       </c>
       <c r="B207" t="s">
         <v>11</v>
       </c>
       <c r="C207">
-        <v>1432</v>
+        <v>1411</v>
       </c>
       <c r="D207" t="s">
         <v>12</v>
       </c>
-      <c r="E207" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E207"/>
       <c r="F207" t="s">
+        <v>231</v>
+      </c>
+      <c r="G207" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>162</v>
       </c>
       <c r="B208" t="s">
         <v>11</v>
       </c>
       <c r="C208">
-        <v>1434</v>
+        <v>1427</v>
       </c>
       <c r="D208" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="E208" t="s">
         <v>13</v>
       </c>
       <c r="F208" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="G208" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>162</v>
       </c>
       <c r="B209" t="s">
         <v>11</v>
       </c>
       <c r="C209">
-        <v>1435</v>
+        <v>1430</v>
       </c>
       <c r="D209" t="s">
         <v>12</v>
       </c>
       <c r="E209" t="s">
         <v>13</v>
       </c>
       <c r="F209" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="G209" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>236</v>
+        <v>162</v>
       </c>
       <c r="B210" t="s">
         <v>11</v>
       </c>
       <c r="C210">
-        <v>1447</v>
+        <v>1431</v>
       </c>
       <c r="D210" t="s">
         <v>12</v>
       </c>
       <c r="E210" t="s">
         <v>13</v>
       </c>
       <c r="F210" t="s">
         <v>237</v>
       </c>
       <c r="G210" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>105</v>
+        <v>162</v>
       </c>
       <c r="B211" t="s">
         <v>11</v>
       </c>
       <c r="C211">
-        <v>1496</v>
+        <v>1432</v>
       </c>
       <c r="D211" t="s">
         <v>12</v>
       </c>
       <c r="E211" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="F211" t="s">
-        <v>106</v>
+        <v>239</v>
       </c>
       <c r="G211" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>162</v>
       </c>
       <c r="B212" t="s">
         <v>11</v>
       </c>
       <c r="C212">
-        <v>1524</v>
+        <v>1434</v>
       </c>
       <c r="D212" t="s">
         <v>12</v>
       </c>
       <c r="E212" t="s">
         <v>13</v>
       </c>
       <c r="F212" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="G212" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>162</v>
       </c>
       <c r="B213" t="s">
         <v>11</v>
       </c>
       <c r="C213">
-        <v>1526</v>
+        <v>1435</v>
       </c>
       <c r="D213" t="s">
         <v>12</v>
       </c>
       <c r="E213" t="s">
         <v>13</v>
       </c>
       <c r="F213" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="G213" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>162</v>
+        <v>243</v>
       </c>
       <c r="B214" t="s">
         <v>11</v>
       </c>
       <c r="C214">
-        <v>1538</v>
+        <v>1447</v>
       </c>
       <c r="D214" t="s">
         <v>12</v>
       </c>
-      <c r="E214"/>
+      <c r="E214" t="s">
+        <v>13</v>
+      </c>
       <c r="F214" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G214" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>244</v>
+        <v>105</v>
       </c>
       <c r="B215" t="s">
         <v>11</v>
       </c>
       <c r="C215">
-        <v>1684</v>
+        <v>1496</v>
       </c>
       <c r="D215" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="E215"/>
+        <v>12</v>
+      </c>
+      <c r="E215" t="s">
+        <v>102</v>
+      </c>
       <c r="F215" t="s">
-        <v>245</v>
+        <v>106</v>
       </c>
       <c r="G215" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>244</v>
+        <v>162</v>
       </c>
       <c r="B216" t="s">
         <v>11</v>
       </c>
       <c r="C216">
-        <v>1686</v>
+        <v>1524</v>
       </c>
       <c r="D216" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E216"/>
+        <v>12</v>
+      </c>
+      <c r="E216" t="s">
+        <v>13</v>
+      </c>
       <c r="F216" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="G216" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>244</v>
+        <v>162</v>
       </c>
       <c r="B217" t="s">
         <v>11</v>
       </c>
       <c r="C217">
-        <v>1688</v>
+        <v>1526</v>
       </c>
       <c r="D217" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E217"/>
+        <v>12</v>
+      </c>
+      <c r="E217" t="s">
+        <v>13</v>
+      </c>
       <c r="F217" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="G217" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>244</v>
+        <v>162</v>
       </c>
       <c r="B218" t="s">
         <v>11</v>
       </c>
       <c r="C218">
-        <v>1689</v>
+        <v>1538</v>
       </c>
       <c r="D218" t="s">
         <v>12</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="G218" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="B219" t="s">
         <v>11</v>
       </c>
       <c r="C219">
-        <v>1693</v>
+        <v>1684</v>
       </c>
       <c r="D219" t="s">
-        <v>247</v>
+        <v>76</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="G219" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="B220" t="s">
         <v>11</v>
       </c>
       <c r="C220">
-        <v>1697</v>
+        <v>1686</v>
       </c>
       <c r="D220" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="G220" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="B221" t="s">
         <v>11</v>
       </c>
       <c r="C221">
-        <v>1700</v>
+        <v>1688</v>
       </c>
       <c r="D221" t="s">
         <v>67</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="G221" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B222" t="s">
         <v>11</v>
       </c>
       <c r="C222">
-        <v>1731</v>
+        <v>1689</v>
       </c>
       <c r="D222" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="G222" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>64</v>
+        <v>251</v>
       </c>
       <c r="B223" t="s">
         <v>11</v>
       </c>
       <c r="C223">
-        <v>1776</v>
+        <v>1693</v>
       </c>
       <c r="D223" t="s">
-        <v>12</v>
+        <v>254</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
+        <v>252</v>
+      </c>
+      <c r="G223" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="B224" t="s">
         <v>11</v>
       </c>
       <c r="C224">
-        <v>1785</v>
+        <v>1697</v>
       </c>
       <c r="D224" t="s">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="E224"/>
       <c r="F224" t="s">
+        <v>255</v>
+      </c>
+      <c r="G224" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="B225" t="s">
         <v>11</v>
       </c>
       <c r="C225">
-        <v>1884</v>
+        <v>1700</v>
       </c>
       <c r="D225" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="E225"/>
       <c r="F225" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="G225" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>162</v>
+        <v>257</v>
       </c>
       <c r="B226" t="s">
         <v>11</v>
       </c>
       <c r="C226">
-        <v>1891</v>
+        <v>1731</v>
       </c>
       <c r="D226" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E226"/>
       <c r="F226" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="G226" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>263</v>
+        <v>64</v>
       </c>
       <c r="B227" t="s">
         <v>11</v>
       </c>
       <c r="C227">
-        <v>1962</v>
+        <v>1776</v>
       </c>
       <c r="D227" t="s">
         <v>12</v>
       </c>
-      <c r="E227" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E227"/>
       <c r="F227" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="G227" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>162</v>
+        <v>262</v>
       </c>
       <c r="B228" t="s">
         <v>11</v>
       </c>
       <c r="C228">
-        <v>2115</v>
+        <v>1785</v>
       </c>
       <c r="D228" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="E228"/>
       <c r="F228" t="s">
-        <v>230</v>
+        <v>263</v>
       </c>
       <c r="G228" t="s">
-        <v>231</v>
+        <v>264</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>162</v>
+        <v>265</v>
       </c>
       <c r="B229" t="s">
         <v>11</v>
       </c>
       <c r="C229">
-        <v>2116</v>
+        <v>1884</v>
       </c>
       <c r="D229" t="s">
         <v>12</v>
       </c>
-      <c r="E229" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E229"/>
       <c r="F229" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="G229" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>162</v>
       </c>
       <c r="B230" t="s">
         <v>11</v>
       </c>
       <c r="C230">
-        <v>2121</v>
+        <v>1891</v>
       </c>
       <c r="D230" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="E230" t="s">
         <v>13</v>
       </c>
       <c r="F230" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="G230" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>255</v>
+        <v>270</v>
       </c>
       <c r="B231" t="s">
         <v>11</v>
       </c>
       <c r="C231">
-        <v>2129</v>
+        <v>1962</v>
       </c>
       <c r="D231" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="E231"/>
+        <v>12</v>
+      </c>
+      <c r="E231" t="s">
+        <v>13</v>
+      </c>
       <c r="F231" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="G231" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>270</v>
+        <v>162</v>
       </c>
       <c r="B232" t="s">
         <v>11</v>
       </c>
       <c r="C232">
-        <v>2214</v>
+        <v>2115</v>
       </c>
       <c r="D232" t="s">
         <v>12</v>
       </c>
-      <c r="E232"/>
+      <c r="E232" t="s">
+        <v>13</v>
+      </c>
       <c r="F232" t="s">
-        <v>271</v>
+        <v>237</v>
       </c>
       <c r="G232" t="s">
-        <v>272</v>
+        <v>238</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="B233" t="s">
         <v>11</v>
       </c>
       <c r="C233">
-        <v>2306</v>
+        <v>2116</v>
       </c>
       <c r="D233" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E233" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="F233" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="G233" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>275</v>
+        <v>162</v>
       </c>
       <c r="B234" t="s">
         <v>11</v>
       </c>
       <c r="C234">
-        <v>2315</v>
+        <v>2121</v>
       </c>
       <c r="D234" t="s">
-        <v>28</v>
+        <v>254</v>
       </c>
       <c r="E234" t="s">
         <v>13</v>
       </c>
       <c r="F234" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="G234" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>278</v>
+        <v>262</v>
       </c>
       <c r="B235" t="s">
         <v>11</v>
       </c>
       <c r="C235">
-        <v>2339</v>
+        <v>2129</v>
       </c>
       <c r="D235" t="s">
-        <v>12</v>
+        <v>139</v>
       </c>
       <c r="E235"/>
       <c r="F235" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="G235" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
+        <v>277</v>
+      </c>
+      <c r="B236" t="s">
+        <v>11</v>
+      </c>
+      <c r="C236">
+        <v>2214</v>
+      </c>
+      <c r="D236" t="s">
+        <v>12</v>
+      </c>
+      <c r="E236"/>
+      <c r="F236" t="s">
         <v>278</v>
       </c>
-      <c r="B236" t="s">
-[...11 lines deleted...]
-      <c r="F236" t="s">
+      <c r="G236" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>64</v>
+        <v>174</v>
       </c>
       <c r="B237" t="s">
         <v>11</v>
       </c>
       <c r="C237">
-        <v>2347</v>
+        <v>2306</v>
       </c>
       <c r="D237" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E237"/>
+        <v>28</v>
+      </c>
+      <c r="E237" t="s">
+        <v>102</v>
+      </c>
       <c r="F237" t="s">
+        <v>280</v>
+      </c>
+      <c r="G237" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>64</v>
+        <v>282</v>
       </c>
       <c r="B238" t="s">
         <v>11</v>
       </c>
       <c r="C238">
-        <v>2348</v>
+        <v>2315</v>
       </c>
       <c r="D238" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E238" t="s">
         <v>13</v>
       </c>
       <c r="F238" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="G238" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>64</v>
+        <v>285</v>
       </c>
       <c r="B239" t="s">
         <v>11</v>
       </c>
       <c r="C239">
-        <v>2349</v>
+        <v>2339</v>
       </c>
       <c r="D239" t="s">
         <v>12</v>
       </c>
       <c r="E239"/>
       <c r="F239" t="s">
-        <v>214</v>
+        <v>286</v>
       </c>
       <c r="G239" t="s">
-        <v>215</v>
+        <v>287</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>64</v>
+        <v>285</v>
       </c>
       <c r="B240" t="s">
         <v>11</v>
       </c>
       <c r="C240">
-        <v>2350</v>
+        <v>2342</v>
       </c>
       <c r="D240" t="s">
         <v>12</v>
       </c>
       <c r="E240" t="s">
         <v>13</v>
       </c>
       <c r="F240" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="G240" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>64</v>
       </c>
       <c r="B241" t="s">
         <v>11</v>
       </c>
       <c r="C241">
-        <v>2351</v>
+        <v>2347</v>
       </c>
       <c r="D241" t="s">
         <v>12</v>
       </c>
       <c r="E241"/>
       <c r="F241" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="G241" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>64</v>
       </c>
       <c r="B242" t="s">
         <v>11</v>
       </c>
       <c r="C242">
-        <v>2352</v>
+        <v>2348</v>
       </c>
       <c r="D242" t="s">
         <v>12</v>
       </c>
       <c r="E242" t="s">
         <v>13</v>
       </c>
       <c r="F242" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="G242" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>64</v>
       </c>
       <c r="B243" t="s">
         <v>11</v>
       </c>
       <c r="C243">
-        <v>2353</v>
+        <v>2349</v>
       </c>
       <c r="D243" t="s">
         <v>12</v>
       </c>
       <c r="E243"/>
       <c r="F243" t="s">
-        <v>281</v>
+        <v>221</v>
       </c>
       <c r="G243" t="s">
-        <v>282</v>
+        <v>222</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>64</v>
       </c>
       <c r="B244" t="s">
         <v>11</v>
       </c>
       <c r="C244">
-        <v>2354</v>
+        <v>2350</v>
       </c>
       <c r="D244" t="s">
         <v>12</v>
       </c>
-      <c r="E244"/>
+      <c r="E244" t="s">
+        <v>13</v>
+      </c>
       <c r="F244" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="G244" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>64</v>
       </c>
       <c r="B245" t="s">
         <v>11</v>
       </c>
       <c r="C245">
-        <v>2355</v>
+        <v>2351</v>
       </c>
       <c r="D245" t="s">
         <v>12</v>
       </c>
       <c r="E245"/>
       <c r="F245" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="G245" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>64</v>
       </c>
       <c r="B246" t="s">
         <v>11</v>
       </c>
       <c r="C246">
-        <v>2356</v>
+        <v>2352</v>
       </c>
       <c r="D246" t="s">
         <v>12</v>
       </c>
-      <c r="E246"/>
+      <c r="E246" t="s">
+        <v>13</v>
+      </c>
       <c r="F246" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="G246" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>64</v>
       </c>
       <c r="B247" t="s">
         <v>11</v>
       </c>
       <c r="C247">
-        <v>2357</v>
+        <v>2353</v>
       </c>
       <c r="D247" t="s">
         <v>12</v>
       </c>
       <c r="E247"/>
       <c r="F247" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="G247" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>64</v>
       </c>
       <c r="B248" t="s">
         <v>11</v>
       </c>
       <c r="C248">
-        <v>2358</v>
+        <v>2354</v>
       </c>
       <c r="D248" t="s">
         <v>12</v>
       </c>
       <c r="E248"/>
       <c r="F248" t="s">
-        <v>210</v>
+        <v>288</v>
       </c>
       <c r="G248" t="s">
-        <v>211</v>
+        <v>289</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>64</v>
       </c>
       <c r="B249" t="s">
         <v>11</v>
       </c>
       <c r="C249">
-        <v>2359</v>
+        <v>2355</v>
       </c>
       <c r="D249" t="s">
         <v>12</v>
       </c>
       <c r="E249"/>
       <c r="F249" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="G249" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>64</v>
       </c>
       <c r="B250" t="s">
         <v>11</v>
       </c>
       <c r="C250">
-        <v>2360</v>
+        <v>2356</v>
       </c>
       <c r="D250" t="s">
         <v>12</v>
       </c>
       <c r="E250"/>
       <c r="F250" t="s">
-        <v>208</v>
+        <v>288</v>
       </c>
       <c r="G250" t="s">
-        <v>209</v>
+        <v>289</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>64</v>
       </c>
       <c r="B251" t="s">
         <v>11</v>
       </c>
       <c r="C251">
-        <v>2361</v>
+        <v>2357</v>
       </c>
       <c r="D251" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E251"/>
       <c r="F251" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G251" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>64</v>
       </c>
       <c r="B252" t="s">
         <v>11</v>
       </c>
       <c r="C252">
-        <v>2362</v>
+        <v>2358</v>
       </c>
       <c r="D252" t="s">
         <v>12</v>
       </c>
       <c r="E252"/>
       <c r="F252" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="G252" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>136</v>
+        <v>64</v>
       </c>
       <c r="B253" t="s">
         <v>11</v>
       </c>
       <c r="C253">
-        <v>2589</v>
+        <v>2359</v>
       </c>
       <c r="D253" t="s">
         <v>12</v>
       </c>
-      <c r="E253" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E253"/>
       <c r="F253" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G253" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>64</v>
       </c>
       <c r="B254" t="s">
         <v>11</v>
       </c>
       <c r="C254">
-        <v>2590</v>
+        <v>2360</v>
       </c>
       <c r="D254" t="s">
         <v>12</v>
       </c>
       <c r="E254"/>
       <c r="F254" t="s">
-        <v>289</v>
+        <v>215</v>
       </c>
       <c r="G254" t="s">
-        <v>290</v>
+        <v>216</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="B255" t="s">
         <v>11</v>
       </c>
       <c r="C255">
-        <v>2591</v>
+        <v>2361</v>
       </c>
       <c r="D255" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="E255" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F255" t="s">
-        <v>26</v>
+        <v>292</v>
       </c>
       <c r="G255" t="s">
-        <v>23</v>
+        <v>293</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="B256" t="s">
         <v>11</v>
       </c>
       <c r="C256">
-        <v>2592</v>
+        <v>2362</v>
       </c>
       <c r="D256" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E256"/>
       <c r="F256" t="s">
-        <v>291</v>
+        <v>226</v>
       </c>
       <c r="G256" t="s">
-        <v>292</v>
+        <v>227</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>27</v>
+        <v>136</v>
       </c>
       <c r="B257" t="s">
         <v>11</v>
       </c>
       <c r="C257">
-        <v>2593</v>
+        <v>2589</v>
       </c>
       <c r="D257" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E257" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F257" t="s">
-        <v>26</v>
+        <v>294</v>
       </c>
       <c r="G257" t="s">
-        <v>33</v>
+        <v>295</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="B258" t="s">
         <v>11</v>
       </c>
       <c r="C258">
-        <v>2594</v>
+        <v>2590</v>
       </c>
       <c r="D258" t="s">
         <v>12</v>
       </c>
-      <c r="E258" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E258"/>
       <c r="F258" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="G258" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="B259" t="s">
         <v>11</v>
       </c>
       <c r="C259">
-        <v>2595</v>
+        <v>2591</v>
       </c>
       <c r="D259" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E259" t="s">
         <v>21</v>
       </c>
       <c r="F259" t="s">
-        <v>291</v>
+        <v>26</v>
       </c>
       <c r="G259" t="s">
-        <v>292</v>
+        <v>23</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>27</v>
       </c>
       <c r="B260" t="s">
         <v>11</v>
       </c>
       <c r="C260">
-        <v>2596</v>
+        <v>2592</v>
       </c>
       <c r="D260" t="s">
         <v>28</v>
       </c>
       <c r="E260" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F260" t="s">
-        <v>26</v>
+        <v>298</v>
       </c>
       <c r="G260" t="s">
-        <v>33</v>
+        <v>299</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>27</v>
       </c>
       <c r="B261" t="s">
         <v>11</v>
       </c>
       <c r="C261">
-        <v>2597</v>
+        <v>2593</v>
       </c>
       <c r="D261" t="s">
         <v>28</v>
       </c>
-      <c r="E261"/>
+      <c r="E261" t="s">
+        <v>21</v>
+      </c>
       <c r="F261" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="G261" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="B262" t="s">
         <v>11</v>
       </c>
       <c r="C262">
-        <v>2598</v>
+        <v>2594</v>
       </c>
       <c r="D262" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E262" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F262" t="s">
-        <v>50</v>
+        <v>298</v>
       </c>
       <c r="G262" t="s">
-        <v>51</v>
+        <v>299</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="B263" t="s">
         <v>11</v>
       </c>
       <c r="C263">
-        <v>2599</v>
+        <v>2595</v>
       </c>
       <c r="D263" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E263" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F263" t="s">
-        <v>50</v>
+        <v>298</v>
       </c>
       <c r="G263" t="s">
-        <v>51</v>
+        <v>299</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>27</v>
       </c>
       <c r="B264" t="s">
         <v>11</v>
       </c>
       <c r="C264">
-        <v>2600</v>
+        <v>2596</v>
       </c>
       <c r="D264" t="s">
         <v>28</v>
       </c>
       <c r="E264" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F264" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="G264" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="B265" t="s">
         <v>11</v>
       </c>
       <c r="C265">
-        <v>2601</v>
+        <v>2597</v>
       </c>
       <c r="D265" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E265"/>
       <c r="F265" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="G265" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="B266" t="s">
         <v>11</v>
       </c>
       <c r="C266">
-        <v>2603</v>
+        <v>2598</v>
       </c>
       <c r="D266" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E266"/>
+        <v>28</v>
+      </c>
+      <c r="E266" t="s">
+        <v>29</v>
+      </c>
       <c r="F266" t="s">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="G266" t="s">
-        <v>145</v>
+        <v>51</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="B267" t="s">
         <v>11</v>
       </c>
       <c r="C267">
-        <v>2604</v>
+        <v>2599</v>
       </c>
       <c r="D267" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E267" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="F267" t="s">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="G267" t="s">
-        <v>145</v>
+        <v>51</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="B268" t="s">
         <v>11</v>
       </c>
       <c r="C268">
-        <v>2605</v>
+        <v>2600</v>
       </c>
       <c r="D268" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E268" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F268" t="s">
-        <v>144</v>
+        <v>54</v>
       </c>
       <c r="G268" t="s">
-        <v>145</v>
+        <v>55</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>293</v>
+        <v>46</v>
       </c>
       <c r="B269" t="s">
         <v>11</v>
       </c>
       <c r="C269">
-        <v>2606</v>
+        <v>2601</v>
       </c>
       <c r="D269" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E269" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="F269" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="G269" t="s">
-        <v>294</v>
+        <v>37</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>293</v>
+        <v>64</v>
       </c>
       <c r="B270" t="s">
         <v>11</v>
       </c>
       <c r="C270">
-        <v>2607</v>
+        <v>2603</v>
       </c>
       <c r="D270" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E270"/>
       <c r="F270" t="s">
-        <v>14</v>
+        <v>144</v>
       </c>
       <c r="G270" t="s">
-        <v>294</v>
+        <v>145</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>293</v>
+        <v>64</v>
       </c>
       <c r="B271" t="s">
         <v>11</v>
       </c>
       <c r="C271">
-        <v>2608</v>
+        <v>2604</v>
       </c>
       <c r="D271" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E271" t="s">
         <v>13</v>
       </c>
       <c r="F271" t="s">
-        <v>14</v>
+        <v>144</v>
       </c>
       <c r="G271" t="s">
-        <v>294</v>
+        <v>145</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="B272" t="s">
         <v>11</v>
       </c>
       <c r="C272">
-        <v>2609</v>
+        <v>2605</v>
       </c>
       <c r="D272" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E272" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F272" t="s">
-        <v>54</v>
+        <v>144</v>
       </c>
       <c r="G272" t="s">
-        <v>55</v>
+        <v>145</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>27</v>
+        <v>300</v>
       </c>
       <c r="B273" t="s">
         <v>11</v>
       </c>
       <c r="C273">
-        <v>2610</v>
+        <v>2606</v>
       </c>
       <c r="D273" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E273" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F273" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G273" t="s">
-        <v>55</v>
+        <v>301</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>105</v>
+        <v>300</v>
       </c>
       <c r="B274" t="s">
         <v>11</v>
       </c>
       <c r="C274">
-        <v>2639</v>
+        <v>2607</v>
       </c>
       <c r="D274" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E274" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="F274" t="s">
-        <v>106</v>
+        <v>14</v>
       </c>
       <c r="G274" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>162</v>
+        <v>300</v>
       </c>
       <c r="B275" t="s">
         <v>11</v>
       </c>
       <c r="C275">
-        <v>2752</v>
+        <v>2608</v>
       </c>
       <c r="D275" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E275"/>
+        <v>20</v>
+      </c>
+      <c r="E275" t="s">
+        <v>13</v>
+      </c>
       <c r="F275" t="s">
-        <v>106</v>
+        <v>14</v>
       </c>
       <c r="G275" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>162</v>
+        <v>27</v>
       </c>
       <c r="B276" t="s">
         <v>11</v>
       </c>
       <c r="C276">
-        <v>2756</v>
+        <v>2609</v>
       </c>
       <c r="D276" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E276" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F276" t="s">
-        <v>228</v>
+        <v>54</v>
       </c>
       <c r="G276" t="s">
-        <v>229</v>
+        <v>55</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>162</v>
+        <v>27</v>
       </c>
       <c r="B277" t="s">
         <v>11</v>
       </c>
       <c r="C277">
-        <v>2758</v>
+        <v>2610</v>
       </c>
       <c r="D277" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="E277" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F277" t="s">
-        <v>242</v>
+        <v>54</v>
       </c>
       <c r="G277" t="s">
-        <v>243</v>
+        <v>55</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>162</v>
+        <v>105</v>
       </c>
       <c r="B278" t="s">
         <v>11</v>
       </c>
       <c r="C278">
-        <v>2760</v>
+        <v>2639</v>
       </c>
       <c r="D278" t="s">
         <v>12</v>
       </c>
       <c r="E278" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="F278" t="s">
-        <v>297</v>
+        <v>106</v>
       </c>
       <c r="G278" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>162</v>
       </c>
       <c r="B279" t="s">
         <v>11</v>
       </c>
       <c r="C279">
-        <v>2769</v>
+        <v>2752</v>
       </c>
       <c r="D279" t="s">
         <v>12</v>
       </c>
-      <c r="E279" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E279"/>
       <c r="F279" t="s">
-        <v>226</v>
+        <v>106</v>
       </c>
       <c r="G279" t="s">
-        <v>227</v>
+        <v>303</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>162</v>
       </c>
       <c r="B280" t="s">
         <v>11</v>
       </c>
       <c r="C280">
-        <v>2774</v>
+        <v>2756</v>
       </c>
       <c r="D280" t="s">
         <v>12</v>
       </c>
       <c r="E280" t="s">
         <v>13</v>
       </c>
       <c r="F280" t="s">
-        <v>299</v>
+        <v>235</v>
       </c>
       <c r="G280" t="s">
-        <v>300</v>
+        <v>236</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>162</v>
       </c>
       <c r="B281" t="s">
         <v>11</v>
       </c>
       <c r="C281">
-        <v>2775</v>
+        <v>2758</v>
       </c>
       <c r="D281" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E281"/>
+        <v>67</v>
+      </c>
+      <c r="E281" t="s">
+        <v>13</v>
+      </c>
       <c r="F281" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G281" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>162</v>
       </c>
       <c r="B282" t="s">
         <v>11</v>
       </c>
       <c r="C282">
-        <v>2778</v>
+        <v>2760</v>
       </c>
       <c r="D282" t="s">
         <v>12</v>
       </c>
       <c r="E282" t="s">
         <v>13</v>
       </c>
       <c r="F282" t="s">
-        <v>226</v>
+        <v>304</v>
       </c>
       <c r="G282" t="s">
-        <v>227</v>
+        <v>305</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>64</v>
+        <v>162</v>
       </c>
       <c r="B283" t="s">
         <v>11</v>
       </c>
       <c r="C283">
-        <v>2808</v>
+        <v>2769</v>
       </c>
       <c r="D283" t="s">
         <v>12</v>
       </c>
-      <c r="E283"/>
+      <c r="E283" t="s">
+        <v>13</v>
+      </c>
       <c r="F283" t="s">
-        <v>301</v>
+        <v>233</v>
       </c>
       <c r="G283" t="s">
-        <v>302</v>
+        <v>234</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>64</v>
+        <v>162</v>
       </c>
       <c r="B284" t="s">
         <v>11</v>
       </c>
       <c r="C284">
-        <v>2809</v>
+        <v>2774</v>
       </c>
       <c r="D284" t="s">
         <v>12</v>
       </c>
-      <c r="E284"/>
+      <c r="E284" t="s">
+        <v>13</v>
+      </c>
       <c r="F284" t="s">
-        <v>212</v>
+        <v>306</v>
       </c>
       <c r="G284" t="s">
-        <v>213</v>
+        <v>307</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>64</v>
+        <v>162</v>
       </c>
       <c r="B285" t="s">
         <v>11</v>
       </c>
       <c r="C285">
-        <v>2810</v>
+        <v>2775</v>
       </c>
       <c r="D285" t="s">
         <v>12</v>
       </c>
       <c r="E285"/>
       <c r="F285" t="s">
-        <v>212</v>
+        <v>258</v>
       </c>
       <c r="G285" t="s">
-        <v>213</v>
+        <v>259</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>64</v>
+        <v>162</v>
       </c>
       <c r="B286" t="s">
         <v>11</v>
       </c>
       <c r="C286">
-        <v>2811</v>
+        <v>2778</v>
       </c>
       <c r="D286" t="s">
         <v>12</v>
       </c>
-      <c r="E286"/>
+      <c r="E286" t="s">
+        <v>13</v>
+      </c>
       <c r="F286" t="s">
-        <v>212</v>
+        <v>233</v>
       </c>
       <c r="G286" t="s">
-        <v>213</v>
+        <v>234</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>303</v>
+        <v>64</v>
       </c>
       <c r="B287" t="s">
         <v>11</v>
       </c>
       <c r="C287">
-        <v>3576</v>
+        <v>2808</v>
       </c>
       <c r="D287" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E287"/>
       <c r="F287" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="G287" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>162</v>
+        <v>64</v>
       </c>
       <c r="B288" t="s">
         <v>11</v>
       </c>
       <c r="C288">
-        <v>3859</v>
+        <v>2809</v>
       </c>
       <c r="D288" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="E288"/>
       <c r="F288" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="G288" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>306</v>
+        <v>64</v>
       </c>
       <c r="B289" t="s">
         <v>11</v>
       </c>
       <c r="C289">
-        <v>4018</v>
+        <v>2810</v>
       </c>
       <c r="D289" t="s">
         <v>12</v>
       </c>
       <c r="E289"/>
       <c r="F289" t="s">
-        <v>307</v>
+        <v>219</v>
       </c>
       <c r="G289" t="s">
-        <v>308</v>
+        <v>220</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>309</v>
+        <v>64</v>
       </c>
       <c r="B290" t="s">
         <v>11</v>
       </c>
       <c r="C290">
-        <v>4019</v>
+        <v>2811</v>
       </c>
       <c r="D290" t="s">
         <v>12</v>
       </c>
       <c r="E290"/>
       <c r="F290" t="s">
-        <v>310</v>
+        <v>219</v>
       </c>
       <c r="G290" t="s">
-        <v>311</v>
+        <v>220</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B291" t="s">
         <v>11</v>
       </c>
       <c r="C291">
-        <v>4135</v>
+        <v>3576</v>
       </c>
       <c r="D291" t="s">
         <v>28</v>
       </c>
-      <c r="E291"/>
+      <c r="E291" t="s">
+        <v>102</v>
+      </c>
       <c r="F291" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="G291" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>315</v>
+        <v>162</v>
       </c>
       <c r="B292" t="s">
         <v>11</v>
       </c>
       <c r="C292">
-        <v>4158</v>
+        <v>3859</v>
       </c>
       <c r="D292" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="E292"/>
       <c r="F292" t="s">
-        <v>316</v>
+        <v>233</v>
       </c>
       <c r="G292" t="s">
-        <v>317</v>
+        <v>234</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="B293" t="s">
         <v>11</v>
       </c>
       <c r="C293">
-        <v>4162</v>
+        <v>4018</v>
       </c>
       <c r="D293" t="s">
-        <v>94</v>
+        <v>12</v>
       </c>
       <c r="E293"/>
       <c r="F293" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="G293" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="B294" t="s">
         <v>11</v>
       </c>
       <c r="C294">
-        <v>4297</v>
+        <v>4019</v>
       </c>
       <c r="D294" t="s">
-        <v>156</v>
+        <v>12</v>
       </c>
       <c r="E294"/>
       <c r="F294" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="G294" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>319</v>
       </c>
       <c r="B295" t="s">
         <v>11</v>
       </c>
       <c r="C295">
-        <v>4298</v>
+        <v>4135</v>
       </c>
       <c r="D295" t="s">
-        <v>156</v>
+        <v>28</v>
       </c>
       <c r="E295"/>
       <c r="F295" t="s">
         <v>320</v>
       </c>
       <c r="G295" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B296" t="s">
         <v>11</v>
       </c>
       <c r="C296">
-        <v>4299</v>
+        <v>4158</v>
       </c>
       <c r="D296" t="s">
-        <v>156</v>
+        <v>94</v>
       </c>
       <c r="E296"/>
       <c r="F296" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="G296" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>162</v>
+        <v>325</v>
       </c>
       <c r="B297" t="s">
         <v>11</v>
       </c>
       <c r="C297">
-        <v>4613</v>
+        <v>4162</v>
       </c>
       <c r="D297" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="E297"/>
       <c r="F297" t="s">
         <v>323</v>
       </c>
       <c r="G297" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B298" t="s">
         <v>11</v>
       </c>
       <c r="C298">
-        <v>4632</v>
+        <v>4297</v>
       </c>
       <c r="D298" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="E298"/>
       <c r="F298" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="G298" t="s">
-        <v>294</v>
+        <v>328</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
+        <v>326</v>
+      </c>
+      <c r="B299" t="s">
+        <v>11</v>
+      </c>
+      <c r="C299">
+        <v>4298</v>
+      </c>
+      <c r="D299" t="s">
+        <v>156</v>
+      </c>
+      <c r="E299"/>
+      <c r="F299" t="s">
         <v>327</v>
-      </c>
-[...13 lines deleted...]
-        <v>328</v>
       </c>
       <c r="G299" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B300" t="s">
         <v>11</v>
       </c>
       <c r="C300">
-        <v>4725</v>
+        <v>4299</v>
       </c>
       <c r="D300" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="E300"/>
       <c r="F300" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G300" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>69</v>
+        <v>162</v>
       </c>
       <c r="B301" t="s">
         <v>11</v>
       </c>
       <c r="C301">
-        <v>4728</v>
+        <v>4613</v>
       </c>
       <c r="D301" t="s">
         <v>12</v>
       </c>
       <c r="E301" t="s">
         <v>13</v>
       </c>
       <c r="F301" t="s">
-        <v>81</v>
+        <v>330</v>
       </c>
       <c r="G301" t="s">
-        <v>82</v>
+        <v>331</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>69</v>
+        <v>332</v>
       </c>
       <c r="B302" t="s">
         <v>11</v>
       </c>
       <c r="C302">
-        <v>4729</v>
+        <v>4632</v>
       </c>
       <c r="D302" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E302" t="s">
         <v>13</v>
       </c>
       <c r="F302" t="s">
-        <v>81</v>
+        <v>333</v>
       </c>
       <c r="G302" t="s">
-        <v>82</v>
+        <v>301</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B303" t="s">
         <v>11</v>
       </c>
       <c r="C303">
-        <v>4731</v>
+        <v>4690</v>
       </c>
       <c r="D303" t="s">
         <v>12</v>
       </c>
-      <c r="E303"/>
+      <c r="E303" t="s">
+        <v>13</v>
+      </c>
       <c r="F303" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="G303" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>84</v>
+        <v>337</v>
       </c>
       <c r="B304" t="s">
         <v>11</v>
       </c>
       <c r="C304">
-        <v>4871</v>
+        <v>4725</v>
       </c>
       <c r="D304" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E304"/>
       <c r="F304" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="G304" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="B305" t="s">
         <v>11</v>
       </c>
       <c r="C305">
-        <v>4872</v>
+        <v>4728</v>
       </c>
       <c r="D305" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="E305"/>
+        <v>12</v>
+      </c>
+      <c r="E305" t="s">
+        <v>13</v>
+      </c>
       <c r="F305" t="s">
-        <v>336</v>
+        <v>81</v>
       </c>
       <c r="G305" t="s">
-        <v>337</v>
+        <v>82</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>338</v>
+        <v>69</v>
       </c>
       <c r="B306" t="s">
         <v>11</v>
       </c>
       <c r="C306">
-        <v>4881</v>
+        <v>4729</v>
       </c>
       <c r="D306" t="s">
         <v>12</v>
       </c>
-      <c r="E306"/>
+      <c r="E306" t="s">
+        <v>13</v>
+      </c>
       <c r="F306" t="s">
-        <v>339</v>
+        <v>81</v>
       </c>
       <c r="G306" t="s">
-        <v>340</v>
+        <v>82</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="B307" t="s">
         <v>11</v>
       </c>
       <c r="C307">
-        <v>4884</v>
+        <v>4731</v>
       </c>
       <c r="D307" t="s">
         <v>12</v>
       </c>
       <c r="E307"/>
       <c r="F307" t="s">
+        <v>341</v>
+      </c>
+      <c r="G307" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="B308" t="s">
         <v>11</v>
       </c>
       <c r="C308">
-        <v>4886</v>
+        <v>4871</v>
       </c>
       <c r="D308" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E308"/>
       <c r="F308" t="s">
+        <v>343</v>
+      </c>
+      <c r="G308" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>346</v>
+        <v>84</v>
       </c>
       <c r="B309" t="s">
         <v>11</v>
       </c>
       <c r="C309">
-        <v>4925</v>
+        <v>4872</v>
       </c>
       <c r="D309" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="E309"/>
       <c r="F309" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="G309" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="B310" t="s">
         <v>11</v>
       </c>
       <c r="C310">
-        <v>4926</v>
+        <v>4881</v>
       </c>
       <c r="D310" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E310"/>
       <c r="F310" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="G310" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>64</v>
+        <v>348</v>
       </c>
       <c r="B311" t="s">
         <v>11</v>
       </c>
       <c r="C311">
-        <v>4958</v>
+        <v>4884</v>
       </c>
       <c r="D311" t="s">
         <v>12</v>
       </c>
-      <c r="E311" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E311"/>
       <c r="F311" t="s">
-        <v>141</v>
+        <v>349</v>
       </c>
       <c r="G311" t="s">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
+        <v>64</v>
+      </c>
+      <c r="B312" t="s">
+        <v>11</v>
+      </c>
+      <c r="C312">
+        <v>4886</v>
+      </c>
+      <c r="D312" t="s">
+        <v>12</v>
+      </c>
+      <c r="E312"/>
+      <c r="F312" t="s">
+        <v>351</v>
+      </c>
+      <c r="G312" t="s">
         <v>352</v>
-      </c>
-[...16 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>149</v>
+        <v>353</v>
       </c>
       <c r="B313" t="s">
         <v>11</v>
       </c>
       <c r="C313">
-        <v>4960</v>
+        <v>4925</v>
       </c>
       <c r="D313" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E313" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="F313" t="s">
-        <v>137</v>
+        <v>354</v>
       </c>
       <c r="G313" t="s">
-        <v>145</v>
+        <v>355</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>149</v>
+        <v>356</v>
       </c>
       <c r="B314" t="s">
         <v>11</v>
       </c>
       <c r="C314">
-        <v>4961</v>
+        <v>4926</v>
       </c>
       <c r="D314" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E314" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F314" t="s">
-        <v>137</v>
+        <v>357</v>
       </c>
       <c r="G314" t="s">
-        <v>145</v>
+        <v>358</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>64</v>
       </c>
       <c r="B315" t="s">
         <v>11</v>
       </c>
       <c r="C315">
-        <v>4962</v>
+        <v>4958</v>
       </c>
       <c r="D315" t="s">
         <v>12</v>
       </c>
       <c r="E315" t="s">
         <v>13</v>
       </c>
       <c r="F315" t="s">
-        <v>344</v>
+        <v>141</v>
       </c>
       <c r="G315" t="s">
-        <v>345</v>
+        <v>145</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>149</v>
+        <v>359</v>
       </c>
       <c r="B316" t="s">
         <v>11</v>
       </c>
       <c r="C316">
-        <v>4963</v>
+        <v>4959</v>
       </c>
       <c r="D316" t="s">
         <v>12</v>
       </c>
       <c r="E316" t="s">
         <v>13</v>
       </c>
       <c r="F316" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="G316" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>353</v>
+        <v>149</v>
       </c>
       <c r="B317" t="s">
         <v>11</v>
       </c>
       <c r="C317">
-        <v>4981</v>
+        <v>4960</v>
       </c>
       <c r="D317" t="s">
         <v>12</v>
       </c>
-      <c r="E317"/>
+      <c r="E317" t="s">
+        <v>13</v>
+      </c>
       <c r="F317" t="s">
-        <v>354</v>
+        <v>137</v>
       </c>
       <c r="G317" t="s">
-        <v>355</v>
+        <v>145</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>356</v>
+        <v>149</v>
       </c>
       <c r="B318" t="s">
         <v>11</v>
       </c>
       <c r="C318">
-        <v>5046</v>
+        <v>4961</v>
       </c>
       <c r="D318" t="s">
         <v>12</v>
       </c>
-      <c r="E318"/>
+      <c r="E318" t="s">
+        <v>13</v>
+      </c>
       <c r="F318" t="s">
-        <v>357</v>
+        <v>137</v>
       </c>
       <c r="G318" t="s">
-        <v>358</v>
+        <v>145</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>359</v>
+        <v>64</v>
       </c>
       <c r="B319" t="s">
         <v>11</v>
       </c>
       <c r="C319">
-        <v>5047</v>
+        <v>4962</v>
       </c>
       <c r="D319" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="E319"/>
+        <v>12</v>
+      </c>
+      <c r="E319" t="s">
+        <v>13</v>
+      </c>
       <c r="F319" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="G319" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>356</v>
+        <v>149</v>
       </c>
       <c r="B320" t="s">
         <v>11</v>
       </c>
       <c r="C320">
-        <v>5049</v>
+        <v>4963</v>
       </c>
       <c r="D320" t="s">
         <v>12</v>
       </c>
-      <c r="E320"/>
+      <c r="E320" t="s">
+        <v>13</v>
+      </c>
       <c r="F320" t="s">
-        <v>362</v>
+        <v>137</v>
       </c>
       <c r="G320" t="s">
-        <v>358</v>
+        <v>145</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="B321" t="s">
         <v>11</v>
       </c>
       <c r="C321">
-        <v>5052</v>
+        <v>4981</v>
       </c>
       <c r="D321" t="s">
         <v>12</v>
       </c>
       <c r="E321"/>
       <c r="F321" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="G321" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B322" t="s">
         <v>11</v>
       </c>
       <c r="C322">
-        <v>5057</v>
+        <v>5046</v>
       </c>
       <c r="D322" t="s">
-        <v>156</v>
+        <v>12</v>
       </c>
       <c r="E322"/>
       <c r="F322" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="G322" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B323" t="s">
         <v>11</v>
       </c>
       <c r="C323">
-        <v>5073</v>
+        <v>5047</v>
       </c>
       <c r="D323" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="E323"/>
       <c r="F323" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="G323" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="B324" t="s">
         <v>11</v>
       </c>
       <c r="C324">
-        <v>5077</v>
+        <v>5049</v>
       </c>
       <c r="D324" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E324"/>
       <c r="F324" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="G324" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
+        <v>370</v>
+      </c>
+      <c r="B325" t="s">
+        <v>11</v>
+      </c>
+      <c r="C325">
+        <v>5052</v>
+      </c>
+      <c r="D325" t="s">
+        <v>12</v>
+      </c>
+      <c r="E325"/>
+      <c r="F325" t="s">
+        <v>364</v>
+      </c>
+      <c r="G325" t="s">
         <v>365</v>
-      </c>
-[...16 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
+        <v>366</v>
+      </c>
+      <c r="B326" t="s">
+        <v>11</v>
+      </c>
+      <c r="C326">
+        <v>5057</v>
+      </c>
+      <c r="D326" t="s">
+        <v>156</v>
+      </c>
+      <c r="E326"/>
+      <c r="F326" t="s">
+        <v>364</v>
+      </c>
+      <c r="G326" t="s">
         <v>365</v>
-      </c>
-[...16 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
+        <v>370</v>
+      </c>
+      <c r="B327" t="s">
+        <v>11</v>
+      </c>
+      <c r="C327">
+        <v>5073</v>
+      </c>
+      <c r="D327" t="s">
+        <v>12</v>
+      </c>
+      <c r="E327"/>
+      <c r="F327" t="s">
         <v>364</v>
       </c>
-      <c r="B327" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G327" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="B328" t="s">
         <v>11</v>
       </c>
       <c r="C328">
-        <v>5081</v>
+        <v>5077</v>
       </c>
       <c r="D328" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E328" t="s">
         <v>80</v>
       </c>
       <c r="F328" t="s">
+        <v>367</v>
+      </c>
+      <c r="G328" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="B329" t="s">
         <v>11</v>
       </c>
       <c r="C329">
-        <v>5082</v>
+        <v>5078</v>
       </c>
       <c r="D329" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E329" t="s">
         <v>80</v>
       </c>
       <c r="F329" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="G329" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="B330" t="s">
         <v>11</v>
       </c>
       <c r="C330">
-        <v>5083</v>
+        <v>5079</v>
       </c>
       <c r="D330" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E330" t="s">
         <v>80</v>
       </c>
       <c r="F330" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="G330" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="B331" t="s">
         <v>11</v>
       </c>
       <c r="C331">
-        <v>5084</v>
+        <v>5080</v>
       </c>
       <c r="D331" t="s">
         <v>28</v>
       </c>
       <c r="E331" t="s">
         <v>80</v>
       </c>
       <c r="F331" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="G331" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="B332" t="s">
         <v>11</v>
       </c>
       <c r="C332">
-        <v>5086</v>
+        <v>5081</v>
       </c>
       <c r="D332" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="E332"/>
+        <v>12</v>
+      </c>
+      <c r="E332" t="s">
+        <v>80</v>
+      </c>
       <c r="F332" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="G332" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="B333" t="s">
         <v>11</v>
       </c>
       <c r="C333">
-        <v>5088</v>
+        <v>5082</v>
       </c>
       <c r="D333" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E333"/>
+        <v>28</v>
+      </c>
+      <c r="E333" t="s">
+        <v>80</v>
+      </c>
       <c r="F333" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="G333" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B334" t="s">
         <v>11</v>
       </c>
       <c r="C334">
-        <v>5105</v>
+        <v>5083</v>
       </c>
       <c r="D334" t="s">
         <v>28</v>
       </c>
       <c r="E334" t="s">
         <v>80</v>
       </c>
       <c r="F334" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="G334" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B335" t="s">
         <v>11</v>
       </c>
       <c r="C335">
-        <v>5106</v>
+        <v>5084</v>
       </c>
       <c r="D335" t="s">
         <v>28</v>
       </c>
       <c r="E335" t="s">
         <v>80</v>
       </c>
       <c r="F335" t="s">
         <v>377</v>
       </c>
       <c r="G335" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B336" t="s">
         <v>11</v>
       </c>
       <c r="C336">
-        <v>5108</v>
+        <v>5086</v>
       </c>
       <c r="D336" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="E336"/>
       <c r="F336" t="s">
-        <v>368</v>
+        <v>379</v>
       </c>
       <c r="G336" t="s">
-        <v>369</v>
+        <v>380</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="B337" t="s">
         <v>11</v>
       </c>
       <c r="C337">
-        <v>5110</v>
+        <v>5088</v>
       </c>
       <c r="D337" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E337"/>
       <c r="F337" t="s">
-        <v>370</v>
+        <v>381</v>
       </c>
       <c r="G337" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="B338" t="s">
         <v>11</v>
       </c>
       <c r="C338">
-        <v>5114</v>
+        <v>5105</v>
       </c>
       <c r="D338" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="E338" t="s">
         <v>80</v>
       </c>
       <c r="F338" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
       <c r="G338" t="s">
-        <v>358</v>
+        <v>376</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="B339" t="s">
         <v>11</v>
       </c>
       <c r="C339">
-        <v>5119</v>
+        <v>5106</v>
       </c>
       <c r="D339" t="s">
         <v>28</v>
       </c>
       <c r="E339" t="s">
         <v>80</v>
       </c>
       <c r="F339" t="s">
-        <v>357</v>
+        <v>384</v>
       </c>
       <c r="G339" t="s">
-        <v>358</v>
+        <v>385</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="B340" t="s">
         <v>11</v>
       </c>
       <c r="C340">
-        <v>5120</v>
+        <v>5108</v>
       </c>
       <c r="D340" t="s">
         <v>28</v>
       </c>
       <c r="E340" t="s">
         <v>80</v>
       </c>
       <c r="F340" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
       <c r="G340" t="s">
-        <v>358</v>
+        <v>376</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="B341" t="s">
         <v>11</v>
       </c>
       <c r="C341">
-        <v>5143</v>
+        <v>5110</v>
       </c>
       <c r="D341" t="s">
         <v>28</v>
       </c>
-      <c r="E341"/>
+      <c r="E341" t="s">
+        <v>80</v>
+      </c>
       <c r="F341" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="G341" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B342" t="s">
         <v>11</v>
       </c>
       <c r="C342">
-        <v>5144</v>
+        <v>5114</v>
       </c>
       <c r="D342" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E342"/>
+        <v>121</v>
+      </c>
+      <c r="E342" t="s">
+        <v>80</v>
+      </c>
       <c r="F342" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="G342" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B343" t="s">
         <v>11</v>
       </c>
       <c r="C343">
-        <v>5145</v>
+        <v>5119</v>
       </c>
       <c r="D343" t="s">
         <v>28</v>
       </c>
-      <c r="E343"/>
+      <c r="E343" t="s">
+        <v>80</v>
+      </c>
       <c r="F343" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="G343" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B344" t="s">
         <v>11</v>
       </c>
       <c r="C344">
-        <v>5146</v>
+        <v>5120</v>
       </c>
       <c r="D344" t="s">
         <v>28</v>
       </c>
-      <c r="E344"/>
+      <c r="E344" t="s">
+        <v>80</v>
+      </c>
       <c r="F344" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="G344" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B345" t="s">
         <v>11</v>
       </c>
       <c r="C345">
-        <v>5148</v>
+        <v>5143</v>
       </c>
       <c r="D345" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E345"/>
       <c r="F345" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="G345" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B346" t="s">
         <v>11</v>
       </c>
       <c r="C346">
-        <v>5152</v>
+        <v>5144</v>
       </c>
       <c r="D346" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E346"/>
       <c r="F346" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="G346" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>386</v>
       </c>
       <c r="B347" t="s">
         <v>11</v>
       </c>
       <c r="C347">
-        <v>5154</v>
+        <v>5145</v>
       </c>
       <c r="D347" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E347"/>
       <c r="F347" t="s">
         <v>387</v>
       </c>
       <c r="G347" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>258</v>
+        <v>386</v>
       </c>
       <c r="B348" t="s">
         <v>11</v>
       </c>
       <c r="C348">
-        <v>5236</v>
+        <v>5146</v>
       </c>
       <c r="D348" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E348"/>
       <c r="F348" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="G348" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B349" t="s">
         <v>11</v>
       </c>
       <c r="C349">
-        <v>5276</v>
+        <v>5148</v>
       </c>
       <c r="D349" t="s">
         <v>12</v>
       </c>
       <c r="E349"/>
       <c r="F349" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="G349" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B350" t="s">
         <v>11</v>
       </c>
       <c r="C350">
-        <v>5278</v>
+        <v>5152</v>
       </c>
       <c r="D350" t="s">
         <v>12</v>
       </c>
       <c r="E350"/>
       <c r="F350" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="G350" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B351" t="s">
         <v>11</v>
       </c>
       <c r="C351">
-        <v>5320</v>
+        <v>5154</v>
       </c>
       <c r="D351" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E351"/>
       <c r="F351" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="G351" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
+        <v>265</v>
+      </c>
+      <c r="B352" t="s">
+        <v>11</v>
+      </c>
+      <c r="C352">
+        <v>5236</v>
+      </c>
+      <c r="D352" t="s">
+        <v>12</v>
+      </c>
+      <c r="E352"/>
+      <c r="F352" t="s">
+        <v>396</v>
+      </c>
+      <c r="G352" t="s">
         <v>397</v>
-      </c>
-[...16 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B353" t="s">
         <v>11</v>
       </c>
       <c r="C353">
-        <v>5338</v>
+        <v>5276</v>
       </c>
       <c r="D353" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="E353"/>
       <c r="F353" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="G353" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B354" t="s">
         <v>11</v>
       </c>
       <c r="C354">
-        <v>5480</v>
+        <v>5278</v>
       </c>
       <c r="D354" t="s">
         <v>12</v>
       </c>
       <c r="E354"/>
       <c r="F354" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="G354" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>404</v>
       </c>
       <c r="B355" t="s">
         <v>11</v>
       </c>
       <c r="C355">
-        <v>5696</v>
+        <v>5320</v>
       </c>
       <c r="D355" t="s">
         <v>28</v>
       </c>
       <c r="E355" t="s">
         <v>21</v>
       </c>
       <c r="F355" t="s">
         <v>405</v>
       </c>
       <c r="G355" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>404</v>
       </c>
       <c r="B356" t="s">
         <v>11</v>
       </c>
       <c r="C356">
-        <v>5699</v>
+        <v>5321</v>
       </c>
       <c r="D356" t="s">
         <v>28</v>
       </c>
       <c r="E356" t="s">
         <v>21</v>
       </c>
       <c r="F356" t="s">
         <v>405</v>
       </c>
       <c r="G356" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>407</v>
       </c>
       <c r="B357" t="s">
         <v>11</v>
       </c>
       <c r="C357">
-        <v>5851</v>
+        <v>5338</v>
       </c>
       <c r="D357" t="s">
-        <v>28</v>
+        <v>254</v>
       </c>
       <c r="E357"/>
       <c r="F357" t="s">
         <v>408</v>
       </c>
       <c r="G357" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>394</v>
+        <v>410</v>
       </c>
       <c r="B358" t="s">
         <v>11</v>
       </c>
       <c r="C358">
-        <v>6337</v>
+        <v>5480</v>
       </c>
       <c r="D358" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E358"/>
       <c r="F358" t="s">
-        <v>374</v>
+        <v>408</v>
       </c>
       <c r="G358" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>411</v>
       </c>
       <c r="B359" t="s">
         <v>11</v>
       </c>
       <c r="C359">
-        <v>6646</v>
+        <v>5696</v>
       </c>
       <c r="D359" t="s">
         <v>28</v>
       </c>
-      <c r="E359"/>
+      <c r="E359" t="s">
+        <v>21</v>
+      </c>
       <c r="F359" t="s">
         <v>412</v>
       </c>
       <c r="G359" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="B360" t="s">
         <v>11</v>
       </c>
       <c r="C360">
-        <v>6968</v>
+        <v>5699</v>
       </c>
       <c r="D360" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E360" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F360" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="G360" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>414</v>
       </c>
       <c r="B361" t="s">
         <v>11</v>
       </c>
       <c r="C361">
-        <v>6969</v>
+        <v>5851</v>
       </c>
       <c r="D361" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E361"/>
       <c r="F361" t="s">
         <v>415</v>
       </c>
       <c r="G361" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>414</v>
+        <v>401</v>
       </c>
       <c r="B362" t="s">
         <v>11</v>
       </c>
       <c r="C362">
-        <v>6970</v>
+        <v>6337</v>
       </c>
       <c r="D362" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E362"/>
       <c r="F362" t="s">
-        <v>415</v>
+        <v>381</v>
       </c>
       <c r="G362" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>64</v>
+        <v>418</v>
       </c>
       <c r="B363" t="s">
         <v>11</v>
       </c>
       <c r="C363">
-        <v>7044</v>
+        <v>6646</v>
       </c>
       <c r="D363" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E363"/>
       <c r="F363" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="G363" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B364" t="s">
         <v>11</v>
       </c>
       <c r="C364">
-        <v>7113</v>
+        <v>6968</v>
       </c>
       <c r="D364" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E364"/>
+        <v>12</v>
+      </c>
+      <c r="E364" t="s">
+        <v>29</v>
+      </c>
       <c r="F364" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="G364" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>64</v>
+        <v>421</v>
       </c>
       <c r="B365" t="s">
         <v>11</v>
       </c>
       <c r="C365">
-        <v>7571</v>
+        <v>6969</v>
       </c>
       <c r="D365" t="s">
         <v>12</v>
       </c>
-      <c r="E365"/>
+      <c r="E365" t="s">
+        <v>29</v>
+      </c>
       <c r="F365" t="s">
         <v>422</v>
       </c>
       <c r="G365" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="B366" t="s">
         <v>11</v>
       </c>
       <c r="C366">
-        <v>7626</v>
+        <v>6970</v>
       </c>
       <c r="D366" t="s">
         <v>12</v>
       </c>
       <c r="E366" t="s">
-        <v>115</v>
+        <v>29</v>
       </c>
       <c r="F366" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="G366" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>427</v>
+        <v>64</v>
       </c>
       <c r="B367" t="s">
         <v>11</v>
       </c>
       <c r="C367">
-        <v>7651</v>
+        <v>7044</v>
       </c>
       <c r="D367" t="s">
         <v>12</v>
       </c>
       <c r="E367" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="F367" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="G367" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
+        <v>426</v>
+      </c>
+      <c r="B368" t="s">
+        <v>11</v>
+      </c>
+      <c r="C368">
+        <v>7113</v>
+      </c>
+      <c r="D368" t="s">
+        <v>28</v>
+      </c>
+      <c r="E368"/>
+      <c r="F368" t="s">
         <v>427</v>
       </c>
-      <c r="B368" t="s">
-[...11 lines deleted...]
-      <c r="F368" t="s">
+      <c r="G368" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>430</v>
+        <v>64</v>
       </c>
       <c r="B369" t="s">
         <v>11</v>
       </c>
       <c r="C369">
-        <v>7757</v>
+        <v>7571</v>
       </c>
       <c r="D369" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E369"/>
       <c r="F369" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="G369" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B370" t="s">
         <v>11</v>
       </c>
       <c r="C370">
-        <v>7758</v>
+        <v>7626</v>
       </c>
       <c r="D370" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E370"/>
+        <v>12</v>
+      </c>
+      <c r="E370" t="s">
+        <v>115</v>
+      </c>
       <c r="F370" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G370" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>411</v>
+        <v>434</v>
       </c>
       <c r="B371" t="s">
         <v>11</v>
       </c>
       <c r="C371">
-        <v>8184</v>
+        <v>7651</v>
       </c>
       <c r="D371" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E371"/>
+        <v>12</v>
+      </c>
+      <c r="E371" t="s">
+        <v>80</v>
+      </c>
       <c r="F371" t="s">
-        <v>412</v>
+        <v>435</v>
       </c>
       <c r="G371" t="s">
-        <v>413</v>
+        <v>436</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B372" t="s">
         <v>11</v>
       </c>
       <c r="C372">
-        <v>8251</v>
+        <v>7657</v>
       </c>
       <c r="D372" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E372"/>
+        <v>12</v>
+      </c>
+      <c r="E372" t="s">
+        <v>80</v>
+      </c>
       <c r="F372" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="G372" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>64</v>
+        <v>437</v>
       </c>
       <c r="B373" t="s">
         <v>11</v>
       </c>
       <c r="C373">
-        <v>8841</v>
+        <v>7757</v>
       </c>
       <c r="D373" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E373"/>
       <c r="F373" t="s">
-        <v>141</v>
+        <v>438</v>
       </c>
       <c r="G373" t="s">
-        <v>145</v>
+        <v>439</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B374" t="s">
         <v>11</v>
       </c>
       <c r="C374">
-        <v>9090</v>
+        <v>7758</v>
       </c>
       <c r="D374" t="s">
         <v>28</v>
       </c>
-      <c r="E374" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E374"/>
       <c r="F374" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="G374" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>439</v>
+        <v>418</v>
       </c>
       <c r="B375" t="s">
         <v>11</v>
       </c>
       <c r="C375">
-        <v>9468</v>
+        <v>8184</v>
       </c>
       <c r="D375" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E375"/>
       <c r="F375" t="s">
-        <v>440</v>
+        <v>419</v>
       </c>
       <c r="G375" t="s">
-        <v>441</v>
+        <v>420</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
+        <v>440</v>
+      </c>
+      <c r="B376" t="s">
+        <v>11</v>
+      </c>
+      <c r="C376">
+        <v>8251</v>
+      </c>
+      <c r="D376" t="s">
+        <v>28</v>
+      </c>
+      <c r="E376"/>
+      <c r="F376" t="s">
+        <v>441</v>
+      </c>
+      <c r="G376" t="s">
         <v>442</v>
-      </c>
-[...16 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>445</v>
+        <v>64</v>
       </c>
       <c r="B377" t="s">
         <v>11</v>
       </c>
       <c r="C377">
-        <v>9681</v>
+        <v>8841</v>
       </c>
       <c r="D377" t="s">
         <v>12</v>
       </c>
       <c r="E377" t="s">
         <v>13</v>
       </c>
       <c r="F377" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="G377" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B378" t="s">
         <v>11</v>
       </c>
       <c r="C378">
-        <v>9682</v>
+        <v>9090</v>
       </c>
       <c r="D378" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E378" t="s">
         <v>13</v>
       </c>
       <c r="F378" t="s">
-        <v>150</v>
+        <v>444</v>
       </c>
       <c r="G378" t="s">
-        <v>145</v>
+        <v>445</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>79</v>
+        <v>446</v>
       </c>
       <c r="B379" t="s">
         <v>11</v>
       </c>
       <c r="C379">
-        <v>9691</v>
+        <v>9468</v>
       </c>
       <c r="D379" t="s">
         <v>12</v>
       </c>
       <c r="E379" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="F379" t="s">
-        <v>77</v>
+        <v>447</v>
       </c>
       <c r="G379" t="s">
-        <v>78</v>
+        <v>448</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>79</v>
+        <v>449</v>
       </c>
       <c r="B380" t="s">
         <v>11</v>
       </c>
       <c r="C380">
-        <v>9692</v>
+        <v>9469</v>
       </c>
       <c r="D380" t="s">
         <v>12</v>
       </c>
-      <c r="E380"/>
+      <c r="E380" t="s">
+        <v>98</v>
+      </c>
       <c r="F380" t="s">
-        <v>77</v>
+        <v>450</v>
       </c>
       <c r="G380" t="s">
-        <v>78</v>
+        <v>451</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>75</v>
+        <v>452</v>
       </c>
       <c r="B381" t="s">
         <v>11</v>
       </c>
       <c r="C381">
-        <v>9693</v>
+        <v>9681</v>
       </c>
       <c r="D381" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E381" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="F381" t="s">
-        <v>77</v>
+        <v>150</v>
       </c>
       <c r="G381" t="s">
-        <v>78</v>
+        <v>145</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>75</v>
+        <v>452</v>
       </c>
       <c r="B382" t="s">
         <v>11</v>
       </c>
       <c r="C382">
-        <v>9694</v>
+        <v>9682</v>
       </c>
       <c r="D382" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E382"/>
+        <v>12</v>
+      </c>
+      <c r="E382" t="s">
+        <v>13</v>
+      </c>
       <c r="F382" t="s">
-        <v>77</v>
+        <v>150</v>
       </c>
       <c r="G382" t="s">
-        <v>78</v>
+        <v>145</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>79</v>
       </c>
       <c r="B383" t="s">
         <v>11</v>
       </c>
       <c r="C383">
-        <v>9695</v>
+        <v>9691</v>
       </c>
       <c r="D383" t="s">
         <v>12</v>
       </c>
       <c r="E383" t="s">
         <v>80</v>
       </c>
       <c r="F383" t="s">
         <v>77</v>
       </c>
       <c r="G383" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="B384" t="s">
         <v>11</v>
       </c>
       <c r="C384">
-        <v>9707</v>
+        <v>9692</v>
       </c>
       <c r="D384" t="s">
         <v>12</v>
       </c>
-      <c r="E384" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E384"/>
       <c r="F384" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="G384" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B385" t="s">
         <v>11</v>
       </c>
       <c r="C385">
-        <v>9708</v>
+        <v>9693</v>
       </c>
       <c r="D385" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E385" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="F385" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="G385" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>446</v>
+        <v>75</v>
       </c>
       <c r="B386" t="s">
         <v>11</v>
       </c>
       <c r="C386">
-        <v>9781</v>
+        <v>9694</v>
       </c>
       <c r="D386" t="s">
         <v>28</v>
       </c>
       <c r="E386"/>
       <c r="F386" t="s">
-        <v>447</v>
+        <v>77</v>
       </c>
       <c r="G386" t="s">
-        <v>448</v>
+        <v>78</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>446</v>
+        <v>79</v>
       </c>
       <c r="B387" t="s">
         <v>11</v>
       </c>
       <c r="C387">
-        <v>9783</v>
+        <v>9695</v>
       </c>
       <c r="D387" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E387"/>
+        <v>12</v>
+      </c>
+      <c r="E387" t="s">
+        <v>80</v>
+      </c>
       <c r="F387" t="s">
-        <v>447</v>
+        <v>77</v>
       </c>
       <c r="G387" t="s">
-        <v>448</v>
+        <v>78</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>449</v>
+        <v>69</v>
       </c>
       <c r="B388" t="s">
         <v>11</v>
       </c>
       <c r="C388">
-        <v>9827</v>
+        <v>9707</v>
       </c>
       <c r="D388" t="s">
         <v>12</v>
       </c>
-      <c r="E388"/>
+      <c r="E388" t="s">
+        <v>13</v>
+      </c>
       <c r="F388" t="s">
-        <v>450</v>
+        <v>70</v>
       </c>
       <c r="G388" t="s">
-        <v>451</v>
+        <v>71</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B389" t="s">
         <v>11</v>
       </c>
       <c r="C389">
-        <v>10384</v>
+        <v>9708</v>
       </c>
       <c r="D389" t="s">
         <v>12</v>
       </c>
       <c r="E389" t="s">
         <v>13</v>
       </c>
       <c r="F389" t="s">
-        <v>219</v>
+        <v>70</v>
       </c>
       <c r="G389" t="s">
-        <v>220</v>
+        <v>71</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B390" t="s">
         <v>11</v>
       </c>
       <c r="C390">
-        <v>10385</v>
+        <v>9781</v>
       </c>
       <c r="D390" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E390"/>
       <c r="F390" t="s">
-        <v>219</v>
+        <v>454</v>
       </c>
       <c r="G390" t="s">
-        <v>220</v>
+        <v>455</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>64</v>
+        <v>453</v>
       </c>
       <c r="B391" t="s">
         <v>11</v>
       </c>
       <c r="C391">
-        <v>10387</v>
+        <v>9783</v>
       </c>
       <c r="D391" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E391"/>
       <c r="F391" t="s">
-        <v>285</v>
+        <v>454</v>
       </c>
       <c r="G391" t="s">
-        <v>286</v>
+        <v>455</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>64</v>
+        <v>456</v>
       </c>
       <c r="B392" t="s">
         <v>11</v>
       </c>
       <c r="C392">
-        <v>10388</v>
+        <v>9827</v>
       </c>
       <c r="D392" t="s">
         <v>12</v>
       </c>
       <c r="E392"/>
       <c r="F392" t="s">
-        <v>219</v>
+        <v>457</v>
       </c>
       <c r="G392" t="s">
-        <v>220</v>
+        <v>458</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>64</v>
       </c>
       <c r="B393" t="s">
         <v>11</v>
       </c>
       <c r="C393">
-        <v>10389</v>
+        <v>10384</v>
       </c>
       <c r="D393" t="s">
         <v>12</v>
       </c>
-      <c r="E393"/>
+      <c r="E393" t="s">
+        <v>13</v>
+      </c>
       <c r="F393" t="s">
-        <v>285</v>
+        <v>226</v>
       </c>
       <c r="G393" t="s">
-        <v>286</v>
+        <v>227</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="B394" t="s">
         <v>11</v>
       </c>
       <c r="C394">
-        <v>10682</v>
+        <v>10385</v>
       </c>
       <c r="D394" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E394"/>
       <c r="F394" t="s">
-        <v>447</v>
+        <v>226</v>
       </c>
       <c r="G394" t="s">
-        <v>448</v>
+        <v>227</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>453</v>
+        <v>64</v>
       </c>
       <c r="B395" t="s">
         <v>11</v>
       </c>
       <c r="C395">
-        <v>10770</v>
+        <v>10387</v>
       </c>
       <c r="D395" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E395"/>
       <c r="F395" t="s">
-        <v>454</v>
+        <v>292</v>
       </c>
       <c r="G395" t="s">
-        <v>455</v>
+        <v>293</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>64</v>
       </c>
       <c r="B396" t="s">
         <v>11</v>
       </c>
       <c r="C396">
-        <v>11229</v>
+        <v>10388</v>
       </c>
       <c r="D396" t="s">
         <v>12</v>
       </c>
-      <c r="E396" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E396"/>
       <c r="F396" t="s">
-        <v>456</v>
+        <v>226</v>
       </c>
       <c r="G396" t="s">
-        <v>145</v>
+        <v>227</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>151</v>
+        <v>64</v>
       </c>
       <c r="B397" t="s">
         <v>11</v>
       </c>
       <c r="C397">
-        <v>11367</v>
+        <v>10389</v>
       </c>
       <c r="D397" t="s">
         <v>12</v>
       </c>
       <c r="E397"/>
       <c r="F397" t="s">
-        <v>457</v>
+        <v>292</v>
       </c>
       <c r="G397" t="s">
-        <v>458</v>
+        <v>293</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>64</v>
+        <v>453</v>
       </c>
       <c r="B398" t="s">
         <v>11</v>
       </c>
       <c r="C398">
-        <v>11382</v>
+        <v>10682</v>
       </c>
       <c r="D398" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E398"/>
       <c r="F398" t="s">
-        <v>212</v>
+        <v>454</v>
       </c>
       <c r="G398" t="s">
-        <v>213</v>
+        <v>455</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>153</v>
+        <v>460</v>
       </c>
       <c r="B399" t="s">
         <v>11</v>
       </c>
       <c r="C399">
-        <v>11383</v>
+        <v>10770</v>
       </c>
       <c r="D399" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E399"/>
+        <v>28</v>
+      </c>
+      <c r="E399" t="s">
+        <v>13</v>
+      </c>
       <c r="F399" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G399" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>153</v>
+        <v>64</v>
       </c>
       <c r="B400" t="s">
         <v>11</v>
       </c>
       <c r="C400">
-        <v>11384</v>
+        <v>11229</v>
       </c>
       <c r="D400" t="s">
         <v>12</v>
       </c>
-      <c r="E400"/>
+      <c r="E400" t="s">
+        <v>13</v>
+      </c>
       <c r="F400" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="G400" t="s">
-        <v>460</v>
+        <v>145</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B401" t="s">
         <v>11</v>
       </c>
       <c r="C401">
-        <v>11385</v>
+        <v>11367</v>
       </c>
       <c r="D401" t="s">
         <v>12</v>
       </c>
       <c r="E401"/>
       <c r="F401" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="G401" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>153</v>
+        <v>64</v>
       </c>
       <c r="B402" t="s">
         <v>11</v>
       </c>
       <c r="C402">
-        <v>11386</v>
+        <v>11382</v>
       </c>
       <c r="D402" t="s">
         <v>12</v>
       </c>
       <c r="E402"/>
       <c r="F402" t="s">
-        <v>459</v>
+        <v>219</v>
       </c>
       <c r="G402" t="s">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>153</v>
       </c>
       <c r="B403" t="s">
         <v>11</v>
       </c>
       <c r="C403">
-        <v>11387</v>
+        <v>11383</v>
       </c>
       <c r="D403" t="s">
         <v>12</v>
       </c>
       <c r="E403"/>
       <c r="F403" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="G403" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>363</v>
+        <v>153</v>
       </c>
       <c r="B404" t="s">
         <v>11</v>
       </c>
       <c r="C404">
-        <v>11447</v>
+        <v>11384</v>
       </c>
       <c r="D404" t="s">
         <v>12</v>
       </c>
       <c r="E404"/>
       <c r="F404" t="s">
-        <v>357</v>
+        <v>466</v>
       </c>
       <c r="G404" t="s">
-        <v>358</v>
+        <v>467</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>363</v>
+        <v>153</v>
       </c>
       <c r="B405" t="s">
         <v>11</v>
       </c>
       <c r="C405">
-        <v>11467</v>
+        <v>11385</v>
       </c>
       <c r="D405" t="s">
         <v>12</v>
       </c>
       <c r="E405"/>
       <c r="F405" t="s">
-        <v>357</v>
+        <v>466</v>
       </c>
       <c r="G405" t="s">
-        <v>358</v>
+        <v>467</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>363</v>
+        <v>153</v>
       </c>
       <c r="B406" t="s">
         <v>11</v>
       </c>
       <c r="C406">
-        <v>11468</v>
+        <v>11386</v>
       </c>
       <c r="D406" t="s">
         <v>12</v>
       </c>
       <c r="E406"/>
       <c r="F406" t="s">
-        <v>357</v>
+        <v>466</v>
       </c>
       <c r="G406" t="s">
-        <v>358</v>
+        <v>467</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>363</v>
+        <v>153</v>
       </c>
       <c r="B407" t="s">
         <v>11</v>
       </c>
       <c r="C407">
-        <v>11469</v>
+        <v>11387</v>
       </c>
       <c r="D407" t="s">
         <v>12</v>
       </c>
       <c r="E407"/>
       <c r="F407" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="G407" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="B408" t="s">
         <v>11</v>
       </c>
       <c r="C408">
-        <v>11470</v>
+        <v>11447</v>
       </c>
       <c r="D408" t="s">
         <v>12</v>
       </c>
       <c r="E408"/>
       <c r="F408" t="s">
-        <v>374</v>
+        <v>364</v>
       </c>
       <c r="G408" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="B409" t="s">
         <v>11</v>
       </c>
       <c r="C409">
-        <v>11471</v>
+        <v>11467</v>
       </c>
       <c r="D409" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E409"/>
       <c r="F409" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="G409" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="B410" t="s">
         <v>11</v>
       </c>
       <c r="C410">
-        <v>11472</v>
+        <v>11468</v>
       </c>
       <c r="D410" t="s">
         <v>12</v>
       </c>
       <c r="E410"/>
       <c r="F410" t="s">
-        <v>374</v>
+        <v>364</v>
       </c>
       <c r="G410" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>463</v>
+        <v>370</v>
       </c>
       <c r="B411" t="s">
         <v>11</v>
       </c>
       <c r="C411">
-        <v>11516</v>
+        <v>11469</v>
       </c>
       <c r="D411" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E411"/>
       <c r="F411" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="G411" t="s">
-        <v>143</v>
+        <v>469</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>463</v>
+        <v>370</v>
       </c>
       <c r="B412" t="s">
         <v>11</v>
       </c>
       <c r="C412">
-        <v>11517</v>
+        <v>11470</v>
       </c>
       <c r="D412" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E412"/>
       <c r="F412" t="s">
-        <v>464</v>
+        <v>381</v>
       </c>
       <c r="G412" t="s">
-        <v>143</v>
+        <v>382</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>64</v>
+        <v>370</v>
       </c>
       <c r="B413" t="s">
         <v>11</v>
       </c>
       <c r="C413">
-        <v>11522</v>
+        <v>11471</v>
       </c>
       <c r="D413" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E413"/>
       <c r="F413" t="s">
-        <v>141</v>
+        <v>364</v>
       </c>
       <c r="G413" t="s">
-        <v>138</v>
+        <v>365</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>162</v>
+        <v>370</v>
       </c>
       <c r="B414" t="s">
         <v>11</v>
       </c>
       <c r="C414">
-        <v>11557</v>
+        <v>11472</v>
       </c>
       <c r="D414" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E414"/>
       <c r="F414" t="s">
-        <v>465</v>
+        <v>381</v>
       </c>
       <c r="G414" t="s">
-        <v>466</v>
+        <v>382</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>64</v>
+        <v>470</v>
       </c>
       <c r="B415" t="s">
         <v>11</v>
       </c>
       <c r="C415">
-        <v>11599</v>
+        <v>11516</v>
       </c>
       <c r="D415" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E415"/>
       <c r="F415" t="s">
-        <v>141</v>
+        <v>471</v>
       </c>
       <c r="G415" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>64</v>
+        <v>470</v>
       </c>
       <c r="B416" t="s">
         <v>11</v>
       </c>
       <c r="C416">
-        <v>11600</v>
+        <v>11517</v>
       </c>
       <c r="D416" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E416"/>
       <c r="F416" t="s">
-        <v>141</v>
+        <v>471</v>
       </c>
       <c r="G416" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>149</v>
+        <v>64</v>
       </c>
       <c r="B417" t="s">
         <v>11</v>
       </c>
       <c r="C417">
-        <v>11601</v>
+        <v>11522</v>
       </c>
       <c r="D417" t="s">
         <v>12</v>
       </c>
       <c r="E417" t="s">
         <v>13</v>
       </c>
       <c r="F417" t="s">
         <v>141</v>
       </c>
       <c r="G417" t="s">
-        <v>418</v>
+        <v>138</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="B418" t="s">
         <v>11</v>
       </c>
       <c r="C418">
-        <v>11602</v>
+        <v>11557</v>
       </c>
       <c r="D418" t="s">
-        <v>12</v>
+        <v>139</v>
       </c>
       <c r="E418" t="s">
         <v>13</v>
       </c>
       <c r="F418" t="s">
-        <v>141</v>
+        <v>472</v>
       </c>
       <c r="G418" t="s">
-        <v>145</v>
+        <v>473</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>165</v>
+        <v>64</v>
       </c>
       <c r="B419" t="s">
         <v>11</v>
       </c>
       <c r="C419">
-        <v>11751</v>
+        <v>11599</v>
       </c>
       <c r="D419" t="s">
         <v>12</v>
       </c>
-      <c r="E419"/>
+      <c r="E419" t="s">
+        <v>13</v>
+      </c>
       <c r="F419" t="s">
-        <v>467</v>
+        <v>141</v>
       </c>
       <c r="G419" t="s">
-        <v>468</v>
+        <v>145</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>124</v>
+        <v>64</v>
       </c>
       <c r="B420" t="s">
         <v>11</v>
       </c>
       <c r="C420">
-        <v>11861</v>
+        <v>11600</v>
       </c>
       <c r="D420" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E420"/>
+        <v>12</v>
+      </c>
+      <c r="E420" t="s">
+        <v>13</v>
+      </c>
       <c r="F420" t="s">
-        <v>469</v>
+        <v>141</v>
       </c>
       <c r="G420" t="s">
-        <v>470</v>
+        <v>145</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>471</v>
+        <v>149</v>
       </c>
       <c r="B421" t="s">
         <v>11</v>
       </c>
       <c r="C421">
-        <v>11923</v>
+        <v>11601</v>
       </c>
       <c r="D421" t="s">
         <v>12</v>
       </c>
-      <c r="E421"/>
+      <c r="E421" t="s">
+        <v>13</v>
+      </c>
       <c r="F421" t="s">
-        <v>472</v>
+        <v>141</v>
       </c>
       <c r="G421" t="s">
-        <v>473</v>
+        <v>425</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>471</v>
+        <v>149</v>
       </c>
       <c r="B422" t="s">
         <v>11</v>
       </c>
       <c r="C422">
-        <v>11924</v>
+        <v>11602</v>
       </c>
       <c r="D422" t="s">
         <v>12</v>
       </c>
-      <c r="E422"/>
+      <c r="E422" t="s">
+        <v>13</v>
+      </c>
       <c r="F422" t="s">
-        <v>472</v>
+        <v>141</v>
       </c>
       <c r="G422" t="s">
-        <v>473</v>
+        <v>145</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>376</v>
+        <v>165</v>
       </c>
       <c r="B423" t="s">
         <v>11</v>
       </c>
       <c r="C423">
-        <v>12022</v>
+        <v>11751</v>
       </c>
       <c r="D423" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E423"/>
       <c r="F423" t="s">
         <v>474</v>
       </c>
       <c r="G423" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>376</v>
+        <v>124</v>
       </c>
       <c r="B424" t="s">
         <v>11</v>
       </c>
       <c r="C424">
-        <v>12023</v>
+        <v>11861</v>
       </c>
       <c r="D424" t="s">
         <v>28</v>
       </c>
-      <c r="E424" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E424"/>
       <c r="F424" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="G424" t="s">
-        <v>371</v>
+        <v>477</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>376</v>
+        <v>478</v>
       </c>
       <c r="B425" t="s">
         <v>11</v>
       </c>
       <c r="C425">
-        <v>12024</v>
+        <v>11923</v>
       </c>
       <c r="D425" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E425"/>
       <c r="F425" t="s">
-        <v>368</v>
+        <v>479</v>
       </c>
       <c r="G425" t="s">
-        <v>369</v>
+        <v>480</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>376</v>
+        <v>478</v>
       </c>
       <c r="B426" t="s">
         <v>11</v>
       </c>
       <c r="C426">
-        <v>12025</v>
+        <v>11924</v>
       </c>
       <c r="D426" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E426"/>
       <c r="F426" t="s">
-        <v>368</v>
+        <v>479</v>
       </c>
       <c r="G426" t="s">
-        <v>369</v>
+        <v>480</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="B427" t="s">
         <v>11</v>
       </c>
       <c r="C427">
-        <v>12026</v>
+        <v>12022</v>
       </c>
       <c r="D427" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="E427" t="s">
         <v>80</v>
       </c>
       <c r="F427" t="s">
-        <v>368</v>
+        <v>481</v>
       </c>
       <c r="G427" t="s">
-        <v>369</v>
+        <v>482</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="B428" t="s">
         <v>11</v>
       </c>
       <c r="C428">
-        <v>12027</v>
+        <v>12023</v>
       </c>
       <c r="D428" t="s">
         <v>28</v>
       </c>
       <c r="E428" t="s">
         <v>80</v>
       </c>
       <c r="F428" t="s">
-        <v>368</v>
+        <v>481</v>
       </c>
       <c r="G428" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="B429" t="s">
         <v>11</v>
       </c>
       <c r="C429">
-        <v>12028</v>
+        <v>12024</v>
       </c>
       <c r="D429" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="E429" t="s">
         <v>80</v>
       </c>
       <c r="F429" t="s">
-        <v>91</v>
+        <v>375</v>
       </c>
       <c r="G429" t="s">
-        <v>476</v>
+        <v>376</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="B430" t="s">
         <v>11</v>
       </c>
       <c r="C430">
-        <v>12029</v>
+        <v>12025</v>
       </c>
       <c r="D430" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="E430" t="s">
         <v>80</v>
       </c>
       <c r="F430" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
       <c r="G430" t="s">
-        <v>358</v>
+        <v>376</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="B431" t="s">
         <v>11</v>
       </c>
       <c r="C431">
-        <v>12032</v>
+        <v>12026</v>
       </c>
       <c r="D431" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="E431" t="s">
         <v>80</v>
       </c>
       <c r="F431" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
       <c r="G431" t="s">
-        <v>358</v>
+        <v>376</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="B432" t="s">
         <v>11</v>
       </c>
       <c r="C432">
-        <v>12033</v>
+        <v>12027</v>
       </c>
       <c r="D432" t="s">
         <v>28</v>
       </c>
       <c r="E432" t="s">
         <v>80</v>
       </c>
       <c r="F432" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
       <c r="G432" t="s">
-        <v>358</v>
+        <v>376</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>477</v>
+        <v>383</v>
       </c>
       <c r="B433" t="s">
         <v>11</v>
       </c>
       <c r="C433">
-        <v>12092</v>
+        <v>12028</v>
       </c>
       <c r="D433" t="s">
-        <v>12</v>
+        <v>121</v>
       </c>
       <c r="E433" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="F433" t="s">
-        <v>478</v>
+        <v>91</v>
       </c>
       <c r="G433" t="s">
-        <v>145</v>
+        <v>483</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>477</v>
+        <v>383</v>
       </c>
       <c r="B434" t="s">
         <v>11</v>
       </c>
       <c r="C434">
-        <v>12093</v>
+        <v>12029</v>
       </c>
       <c r="D434" t="s">
-        <v>12</v>
+        <v>121</v>
       </c>
       <c r="E434" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="F434" t="s">
-        <v>478</v>
+        <v>364</v>
       </c>
       <c r="G434" t="s">
-        <v>145</v>
+        <v>365</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>64</v>
+        <v>383</v>
       </c>
       <c r="B435" t="s">
         <v>11</v>
       </c>
       <c r="C435">
-        <v>12094</v>
+        <v>12032</v>
       </c>
       <c r="D435" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E435"/>
+        <v>28</v>
+      </c>
+      <c r="E435" t="s">
+        <v>80</v>
+      </c>
       <c r="F435" t="s">
-        <v>137</v>
+        <v>364</v>
       </c>
       <c r="G435" t="s">
-        <v>138</v>
+        <v>365</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>479</v>
+        <v>383</v>
       </c>
       <c r="B436" t="s">
         <v>11</v>
       </c>
       <c r="C436">
-        <v>12112</v>
+        <v>12033</v>
       </c>
       <c r="D436" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E436" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="F436" t="s">
-        <v>480</v>
+        <v>364</v>
       </c>
       <c r="G436" t="s">
-        <v>481</v>
+        <v>365</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>162</v>
+        <v>484</v>
       </c>
       <c r="B437" t="s">
         <v>11</v>
       </c>
       <c r="C437">
-        <v>12113</v>
+        <v>12092</v>
       </c>
       <c r="D437" t="s">
         <v>12</v>
       </c>
-      <c r="E437"/>
+      <c r="E437" t="s">
+        <v>13</v>
+      </c>
       <c r="F437" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="G437" t="s">
-        <v>483</v>
+        <v>145</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>484</v>
       </c>
       <c r="B438" t="s">
         <v>11</v>
       </c>
       <c r="C438">
-        <v>12114</v>
+        <v>12093</v>
       </c>
       <c r="D438" t="s">
         <v>12</v>
       </c>
-      <c r="E438"/>
+      <c r="E438" t="s">
+        <v>13</v>
+      </c>
       <c r="F438" t="s">
         <v>485</v>
       </c>
       <c r="G438" t="s">
-        <v>486</v>
+        <v>145</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>487</v>
+        <v>64</v>
       </c>
       <c r="B439" t="s">
         <v>11</v>
       </c>
       <c r="C439">
-        <v>12115</v>
+        <v>12094</v>
       </c>
       <c r="D439" t="s">
         <v>12</v>
       </c>
-      <c r="E439" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E439"/>
       <c r="F439" t="s">
-        <v>488</v>
+        <v>137</v>
       </c>
       <c r="G439" t="s">
-        <v>489</v>
+        <v>138</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="B440" t="s">
         <v>11</v>
       </c>
       <c r="C440">
-        <v>12117</v>
+        <v>12112</v>
       </c>
       <c r="D440" t="s">
         <v>12</v>
       </c>
-      <c r="E440"/>
+      <c r="E440" t="s">
+        <v>13</v>
+      </c>
       <c r="F440" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="G440" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>263</v>
+        <v>162</v>
       </c>
       <c r="B441" t="s">
         <v>11</v>
       </c>
       <c r="C441">
-        <v>12123</v>
+        <v>12113</v>
       </c>
       <c r="D441" t="s">
         <v>12</v>
       </c>
-      <c r="E441" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E441"/>
       <c r="F441" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="G441" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>64</v>
+        <v>491</v>
       </c>
       <c r="B442" t="s">
         <v>11</v>
       </c>
       <c r="C442">
-        <v>12133</v>
+        <v>12114</v>
       </c>
       <c r="D442" t="s">
         <v>12</v>
       </c>
-      <c r="E442" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E442"/>
       <c r="F442" t="s">
-        <v>141</v>
+        <v>492</v>
       </c>
       <c r="G442" t="s">
-        <v>145</v>
+        <v>493</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="B443" t="s">
         <v>11</v>
       </c>
       <c r="C443">
-        <v>12198</v>
+        <v>12115</v>
       </c>
       <c r="D443" t="s">
         <v>12</v>
       </c>
       <c r="E443" t="s">
         <v>13</v>
       </c>
       <c r="F443" t="s">
+        <v>495</v>
+      </c>
+      <c r="G443" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>258</v>
+        <v>497</v>
       </c>
       <c r="B444" t="s">
         <v>11</v>
       </c>
       <c r="C444">
-        <v>12263</v>
+        <v>12117</v>
       </c>
       <c r="D444" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E444"/>
       <c r="F444" t="s">
         <v>498</v>
       </c>
       <c r="G444" t="s">
-        <v>63</v>
+        <v>499</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="B445" t="s">
         <v>11</v>
       </c>
       <c r="C445">
-        <v>12264</v>
+        <v>12123</v>
       </c>
       <c r="D445" t="s">
         <v>12</v>
       </c>
-      <c r="E445"/>
+      <c r="E445" t="s">
+        <v>13</v>
+      </c>
       <c r="F445" t="s">
-        <v>99</v>
+        <v>500</v>
       </c>
       <c r="G445" t="s">
-        <v>100</v>
+        <v>501</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>64</v>
       </c>
       <c r="B446" t="s">
         <v>11</v>
       </c>
       <c r="C446">
-        <v>12270</v>
+        <v>12133</v>
       </c>
       <c r="D446" t="s">
         <v>12</v>
       </c>
-      <c r="E446"/>
+      <c r="E446" t="s">
+        <v>13</v>
+      </c>
       <c r="F446" t="s">
         <v>141</v>
       </c>
       <c r="G446" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>452</v>
+        <v>502</v>
       </c>
       <c r="B447" t="s">
         <v>11</v>
       </c>
       <c r="C447">
-        <v>12271</v>
+        <v>12198</v>
       </c>
       <c r="D447" t="s">
         <v>12</v>
       </c>
-      <c r="E447"/>
+      <c r="E447" t="s">
+        <v>13</v>
+      </c>
       <c r="F447" t="s">
-        <v>141</v>
+        <v>503</v>
       </c>
       <c r="G447" t="s">
-        <v>138</v>
+        <v>504</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>452</v>
+        <v>265</v>
       </c>
       <c r="B448" t="s">
         <v>11</v>
       </c>
       <c r="C448">
-        <v>12272</v>
+        <v>12263</v>
       </c>
       <c r="D448" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E448"/>
       <c r="F448" t="s">
-        <v>141</v>
+        <v>505</v>
       </c>
       <c r="G448" t="s">
-        <v>138</v>
+        <v>63</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>452</v>
+        <v>265</v>
       </c>
       <c r="B449" t="s">
         <v>11</v>
       </c>
       <c r="C449">
-        <v>12273</v>
+        <v>12264</v>
       </c>
       <c r="D449" t="s">
         <v>12</v>
       </c>
       <c r="E449"/>
       <c r="F449" t="s">
-        <v>499</v>
+        <v>99</v>
       </c>
       <c r="G449" t="s">
-        <v>138</v>
+        <v>100</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>64</v>
       </c>
       <c r="B450" t="s">
         <v>11</v>
       </c>
       <c r="C450">
-        <v>12274</v>
+        <v>12270</v>
       </c>
       <c r="D450" t="s">
         <v>12</v>
       </c>
       <c r="E450"/>
       <c r="F450" t="s">
         <v>141</v>
       </c>
       <c r="G450" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>64</v>
+        <v>459</v>
       </c>
       <c r="B451" t="s">
         <v>11</v>
       </c>
       <c r="C451">
-        <v>12275</v>
+        <v>12271</v>
       </c>
       <c r="D451" t="s">
         <v>12</v>
       </c>
       <c r="E451"/>
       <c r="F451" t="s">
         <v>141</v>
       </c>
       <c r="G451" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>64</v>
+        <v>459</v>
       </c>
       <c r="B452" t="s">
         <v>11</v>
       </c>
       <c r="C452">
-        <v>12276</v>
+        <v>12272</v>
       </c>
       <c r="D452" t="s">
         <v>12</v>
       </c>
       <c r="E452"/>
       <c r="F452" t="s">
         <v>141</v>
       </c>
       <c r="G452" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="B453" t="s">
         <v>11</v>
       </c>
       <c r="C453">
-        <v>12277</v>
+        <v>12273</v>
       </c>
       <c r="D453" t="s">
         <v>12</v>
       </c>
       <c r="E453"/>
       <c r="F453" t="s">
-        <v>141</v>
+        <v>506</v>
       </c>
       <c r="G453" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>258</v>
+        <v>64</v>
       </c>
       <c r="B454" t="s">
         <v>11</v>
       </c>
       <c r="C454">
-        <v>12286</v>
+        <v>12274</v>
       </c>
       <c r="D454" t="s">
         <v>12</v>
       </c>
-      <c r="E454" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E454"/>
       <c r="F454" t="s">
-        <v>500</v>
+        <v>141</v>
       </c>
       <c r="G454" t="s">
-        <v>501</v>
+        <v>138</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>502</v>
+        <v>64</v>
       </c>
       <c r="B455" t="s">
         <v>11</v>
       </c>
       <c r="C455">
-        <v>12329</v>
+        <v>12275</v>
       </c>
       <c r="D455" t="s">
         <v>12</v>
       </c>
       <c r="E455"/>
       <c r="F455" t="s">
-        <v>503</v>
+        <v>141</v>
       </c>
       <c r="G455" t="s">
-        <v>504</v>
+        <v>138</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>502</v>
+        <v>64</v>
       </c>
       <c r="B456" t="s">
         <v>11</v>
       </c>
       <c r="C456">
-        <v>12330</v>
+        <v>12276</v>
       </c>
       <c r="D456" t="s">
         <v>12</v>
       </c>
       <c r="E456"/>
       <c r="F456" t="s">
-        <v>503</v>
+        <v>141</v>
       </c>
       <c r="G456" t="s">
-        <v>504</v>
+        <v>138</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>505</v>
+        <v>459</v>
       </c>
       <c r="B457" t="s">
         <v>11</v>
       </c>
       <c r="C457">
-        <v>12337</v>
+        <v>12277</v>
       </c>
       <c r="D457" t="s">
         <v>12</v>
       </c>
-      <c r="E457" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E457"/>
       <c r="F457" t="s">
-        <v>506</v>
+        <v>141</v>
       </c>
       <c r="G457" t="s">
-        <v>507</v>
+        <v>138</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
+        <v>265</v>
+      </c>
+      <c r="B458" t="s">
+        <v>11</v>
+      </c>
+      <c r="C458">
+        <v>12286</v>
+      </c>
+      <c r="D458" t="s">
+        <v>12</v>
+      </c>
+      <c r="E458" t="s">
+        <v>13</v>
+      </c>
+      <c r="F458" t="s">
+        <v>507</v>
+      </c>
+      <c r="G458" t="s">
         <v>508</v>
-      </c>
-[...14 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B459" t="s">
         <v>11</v>
       </c>
       <c r="C459">
-        <v>12386</v>
+        <v>12329</v>
       </c>
       <c r="D459" t="s">
         <v>12</v>
       </c>
       <c r="E459"/>
       <c r="F459" t="s">
-        <v>408</v>
+        <v>510</v>
       </c>
       <c r="G459" t="s">
-        <v>409</v>
+        <v>511</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B460" t="s">
         <v>11</v>
       </c>
       <c r="C460">
-        <v>12387</v>
+        <v>12330</v>
       </c>
       <c r="D460" t="s">
         <v>12</v>
       </c>
       <c r="E460"/>
       <c r="F460" t="s">
-        <v>408</v>
+        <v>510</v>
       </c>
       <c r="G460" t="s">
-        <v>409</v>
+        <v>511</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>512</v>
       </c>
       <c r="B461" t="s">
         <v>11</v>
       </c>
       <c r="C461">
-        <v>12422</v>
+        <v>12337</v>
       </c>
       <c r="D461" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="E461"/>
+        <v>12</v>
+      </c>
+      <c r="E461" t="s">
+        <v>13</v>
+      </c>
       <c r="F461" t="s">
         <v>513</v>
       </c>
       <c r="G461" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>515</v>
       </c>
       <c r="B462" t="s">
         <v>11</v>
       </c>
       <c r="C462">
-        <v>12423</v>
+        <v>12355</v>
       </c>
       <c r="D462" t="s">
         <v>12</v>
       </c>
-      <c r="E462" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E462"/>
       <c r="F462" t="s">
         <v>516</v>
       </c>
       <c r="G462" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>518</v>
       </c>
       <c r="B463" t="s">
         <v>11</v>
       </c>
       <c r="C463">
-        <v>12434</v>
+        <v>12386</v>
       </c>
       <c r="D463" t="s">
-        <v>156</v>
+        <v>12</v>
       </c>
       <c r="E463"/>
       <c r="F463" t="s">
-        <v>519</v>
+        <v>415</v>
       </c>
       <c r="G463" t="s">
-        <v>145</v>
+        <v>416</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="B464" t="s">
         <v>11</v>
       </c>
       <c r="C464">
-        <v>12436</v>
+        <v>12387</v>
       </c>
       <c r="D464" t="s">
         <v>12</v>
       </c>
       <c r="E464"/>
       <c r="F464" t="s">
-        <v>521</v>
+        <v>415</v>
       </c>
       <c r="G464" t="s">
-        <v>522</v>
+        <v>416</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="B465" t="s">
         <v>11</v>
       </c>
       <c r="C465">
-        <v>12449</v>
+        <v>12422</v>
       </c>
       <c r="D465" t="s">
-        <v>12</v>
+        <v>121</v>
       </c>
       <c r="E465"/>
       <c r="F465" t="s">
+        <v>520</v>
+      </c>
+      <c r="G465" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B466" t="s">
         <v>11</v>
       </c>
       <c r="C466">
-        <v>12450</v>
+        <v>12423</v>
       </c>
       <c r="D466" t="s">
         <v>12</v>
       </c>
-      <c r="E466"/>
+      <c r="E466" t="s">
+        <v>13</v>
+      </c>
       <c r="F466" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="G466" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B467" t="s">
         <v>11</v>
       </c>
       <c r="C467">
-        <v>12453</v>
+        <v>12434</v>
       </c>
       <c r="D467" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="E467"/>
       <c r="F467" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="G467" t="s">
-        <v>526</v>
+        <v>145</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B468" t="s">
         <v>11</v>
       </c>
       <c r="C468">
-        <v>12457</v>
+        <v>12436</v>
       </c>
       <c r="D468" t="s">
         <v>12</v>
       </c>
       <c r="E468"/>
       <c r="F468" t="s">
-        <v>491</v>
+        <v>528</v>
       </c>
       <c r="G468" t="s">
-        <v>492</v>
+        <v>529</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B469" t="s">
         <v>11</v>
       </c>
       <c r="C469">
-        <v>12469</v>
+        <v>12449</v>
       </c>
       <c r="D469" t="s">
         <v>12</v>
       </c>
       <c r="E469"/>
       <c r="F469" t="s">
         <v>528</v>
       </c>
       <c r="G469" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>162</v>
+        <v>527</v>
       </c>
       <c r="B470" t="s">
         <v>11</v>
       </c>
       <c r="C470">
-        <v>12489</v>
+        <v>12450</v>
       </c>
       <c r="D470" t="s">
         <v>12</v>
       </c>
-      <c r="E470" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E470"/>
       <c r="F470" t="s">
-        <v>230</v>
+        <v>528</v>
       </c>
       <c r="G470" t="s">
-        <v>231</v>
+        <v>529</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B471" t="s">
         <v>11</v>
       </c>
       <c r="C471">
-        <v>12517</v>
+        <v>12453</v>
       </c>
       <c r="D471" t="s">
         <v>12</v>
       </c>
       <c r="E471"/>
       <c r="F471" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="G471" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>58</v>
+        <v>531</v>
       </c>
       <c r="B472" t="s">
         <v>11</v>
       </c>
       <c r="C472">
-        <v>12548</v>
+        <v>12457</v>
       </c>
       <c r="D472" t="s">
         <v>12</v>
       </c>
       <c r="E472"/>
       <c r="F472" t="s">
-        <v>533</v>
+        <v>498</v>
       </c>
       <c r="G472" t="s">
-        <v>534</v>
+        <v>499</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>511</v>
+        <v>534</v>
       </c>
       <c r="B473" t="s">
         <v>11</v>
       </c>
       <c r="C473">
-        <v>12562</v>
+        <v>12469</v>
       </c>
       <c r="D473" t="s">
         <v>12</v>
       </c>
       <c r="E473"/>
       <c r="F473" t="s">
         <v>535</v>
       </c>
       <c r="G473" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>537</v>
+        <v>162</v>
       </c>
       <c r="B474" t="s">
         <v>11</v>
       </c>
       <c r="C474">
-        <v>12606</v>
+        <v>12489</v>
       </c>
       <c r="D474" t="s">
         <v>12</v>
       </c>
-      <c r="E474"/>
+      <c r="E474" t="s">
+        <v>13</v>
+      </c>
       <c r="F474" t="s">
-        <v>538</v>
+        <v>237</v>
       </c>
       <c r="G474" t="s">
-        <v>539</v>
+        <v>238</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>537</v>
       </c>
       <c r="B475" t="s">
         <v>11</v>
       </c>
       <c r="C475">
-        <v>12607</v>
+        <v>12517</v>
       </c>
       <c r="D475" t="s">
-        <v>94</v>
+        <v>12</v>
       </c>
       <c r="E475"/>
       <c r="F475" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="G475" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>542</v>
+        <v>58</v>
       </c>
       <c r="B476" t="s">
         <v>11</v>
       </c>
       <c r="C476">
-        <v>12623</v>
+        <v>12548</v>
       </c>
       <c r="D476" t="s">
         <v>12</v>
       </c>
-      <c r="E476" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E476"/>
       <c r="F476" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="G476" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>359</v>
+        <v>518</v>
       </c>
       <c r="B477" t="s">
         <v>11</v>
       </c>
       <c r="C477">
-        <v>12709</v>
+        <v>12562</v>
       </c>
       <c r="D477" t="s">
-        <v>156</v>
+        <v>12</v>
       </c>
       <c r="E477"/>
       <c r="F477" t="s">
-        <v>357</v>
+        <v>542</v>
       </c>
       <c r="G477" t="s">
-        <v>358</v>
+        <v>543</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>359</v>
+        <v>544</v>
       </c>
       <c r="B478" t="s">
         <v>11</v>
       </c>
       <c r="C478">
-        <v>12710</v>
+        <v>12606</v>
       </c>
       <c r="D478" t="s">
-        <v>156</v>
+        <v>12</v>
       </c>
       <c r="E478"/>
       <c r="F478" t="s">
-        <v>357</v>
+        <v>545</v>
       </c>
       <c r="G478" t="s">
-        <v>358</v>
+        <v>546</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>359</v>
+        <v>544</v>
       </c>
       <c r="B479" t="s">
         <v>11</v>
       </c>
       <c r="C479">
-        <v>12711</v>
+        <v>12607</v>
       </c>
       <c r="D479" t="s">
-        <v>156</v>
+        <v>94</v>
       </c>
       <c r="E479"/>
       <c r="F479" t="s">
-        <v>357</v>
+        <v>547</v>
       </c>
       <c r="G479" t="s">
-        <v>358</v>
+        <v>548</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>359</v>
+        <v>549</v>
       </c>
       <c r="B480" t="s">
         <v>11</v>
       </c>
       <c r="C480">
-        <v>12712</v>
+        <v>12623</v>
       </c>
       <c r="D480" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="E480"/>
+        <v>12</v>
+      </c>
+      <c r="E480" t="s">
+        <v>13</v>
+      </c>
       <c r="F480" t="s">
-        <v>357</v>
+        <v>550</v>
       </c>
       <c r="G480" t="s">
-        <v>358</v>
+        <v>551</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>502</v>
+        <v>366</v>
       </c>
       <c r="B481" t="s">
         <v>11</v>
       </c>
       <c r="C481">
-        <v>12713</v>
+        <v>12709</v>
       </c>
       <c r="D481" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="E481"/>
       <c r="F481" t="s">
-        <v>540</v>
+        <v>364</v>
       </c>
       <c r="G481" t="s">
-        <v>541</v>
+        <v>365</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>325</v>
+        <v>366</v>
       </c>
       <c r="B482" t="s">
         <v>11</v>
       </c>
       <c r="C482">
-        <v>12714</v>
+        <v>12710</v>
       </c>
       <c r="D482" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="E482"/>
       <c r="F482" t="s">
-        <v>350</v>
+        <v>364</v>
       </c>
       <c r="G482" t="s">
-        <v>294</v>
+        <v>365</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>293</v>
+        <v>366</v>
       </c>
       <c r="B483" t="s">
         <v>11</v>
       </c>
       <c r="C483">
-        <v>12715</v>
+        <v>12711</v>
       </c>
       <c r="D483" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="E483"/>
       <c r="F483" t="s">
-        <v>350</v>
+        <v>364</v>
       </c>
       <c r="G483" t="s">
-        <v>294</v>
+        <v>365</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>436</v>
+        <v>366</v>
       </c>
       <c r="B484" t="s">
         <v>11</v>
       </c>
       <c r="C484">
-        <v>12717</v>
+        <v>12712</v>
       </c>
       <c r="D484" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="E484"/>
       <c r="F484" t="s">
-        <v>437</v>
+        <v>364</v>
       </c>
       <c r="G484" t="s">
-        <v>438</v>
+        <v>365</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>162</v>
+        <v>509</v>
       </c>
       <c r="B485" t="s">
         <v>11</v>
       </c>
       <c r="C485">
-        <v>12745</v>
+        <v>12713</v>
       </c>
       <c r="D485" t="s">
         <v>12</v>
       </c>
       <c r="E485"/>
       <c r="F485" t="s">
-        <v>226</v>
+        <v>547</v>
       </c>
       <c r="G485" t="s">
-        <v>227</v>
+        <v>548</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>545</v>
+        <v>332</v>
       </c>
       <c r="B486" t="s">
         <v>11</v>
       </c>
       <c r="C486">
-        <v>12850</v>
+        <v>12714</v>
       </c>
       <c r="D486" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E486"/>
+        <v>31</v>
+      </c>
+      <c r="E486" t="s">
+        <v>13</v>
+      </c>
       <c r="F486" t="s">
-        <v>546</v>
+        <v>357</v>
       </c>
       <c r="G486" t="s">
-        <v>547</v>
+        <v>301</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>545</v>
+        <v>300</v>
       </c>
       <c r="B487" t="s">
         <v>11</v>
       </c>
       <c r="C487">
-        <v>12851</v>
+        <v>12715</v>
       </c>
       <c r="D487" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E487"/>
+        <v>20</v>
+      </c>
+      <c r="E487" t="s">
+        <v>13</v>
+      </c>
       <c r="F487" t="s">
-        <v>546</v>
+        <v>357</v>
       </c>
       <c r="G487" t="s">
-        <v>547</v>
+        <v>301</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>548</v>
+        <v>443</v>
       </c>
       <c r="B488" t="s">
         <v>11</v>
       </c>
       <c r="C488">
-        <v>12873</v>
+        <v>12717</v>
       </c>
       <c r="D488" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E488" t="s">
         <v>13</v>
       </c>
       <c r="F488" t="s">
-        <v>549</v>
+        <v>444</v>
       </c>
       <c r="G488" t="s">
-        <v>550</v>
+        <v>445</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>548</v>
+        <v>162</v>
       </c>
       <c r="B489" t="s">
         <v>11</v>
       </c>
       <c r="C489">
-        <v>13025</v>
+        <v>12745</v>
       </c>
       <c r="D489" t="s">
         <v>12</v>
       </c>
-      <c r="E489" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E489"/>
       <c r="F489" t="s">
-        <v>549</v>
+        <v>233</v>
       </c>
       <c r="G489" t="s">
-        <v>550</v>
+        <v>234</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="B490" t="s">
         <v>11</v>
       </c>
       <c r="C490">
-        <v>13026</v>
+        <v>12850</v>
       </c>
       <c r="D490" t="s">
         <v>12</v>
       </c>
-      <c r="E490" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E490"/>
       <c r="F490" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="G490" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B491" t="s">
         <v>11</v>
       </c>
       <c r="C491">
-        <v>13065</v>
+        <v>12851</v>
       </c>
       <c r="D491" t="s">
         <v>12</v>
       </c>
       <c r="E491"/>
       <c r="F491" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="G491" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B492" t="s">
         <v>11</v>
       </c>
       <c r="C492">
-        <v>13080</v>
+        <v>12873</v>
       </c>
       <c r="D492" t="s">
         <v>12</v>
       </c>
-      <c r="E492"/>
+      <c r="E492" t="s">
+        <v>13</v>
+      </c>
       <c r="F492" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="G492" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
+        <v>555</v>
+      </c>
+      <c r="B493" t="s">
+        <v>11</v>
+      </c>
+      <c r="C493">
+        <v>13025</v>
+      </c>
+      <c r="D493" t="s">
+        <v>12</v>
+      </c>
+      <c r="E493" t="s">
+        <v>13</v>
+      </c>
+      <c r="F493" t="s">
+        <v>556</v>
+      </c>
+      <c r="G493" t="s">
         <v>557</v>
-      </c>
-[...14 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B494" t="s">
         <v>11</v>
       </c>
       <c r="C494">
-        <v>13082</v>
+        <v>13026</v>
       </c>
       <c r="D494" t="s">
         <v>12</v>
       </c>
-      <c r="E494"/>
+      <c r="E494" t="s">
+        <v>13</v>
+      </c>
       <c r="F494" t="s">
-        <v>401</v>
+        <v>556</v>
       </c>
       <c r="G494" t="s">
-        <v>402</v>
+        <v>557</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>165</v>
+        <v>558</v>
       </c>
       <c r="B495" t="s">
         <v>11</v>
       </c>
       <c r="C495">
-        <v>13083</v>
+        <v>13065</v>
       </c>
       <c r="D495" t="s">
         <v>12</v>
       </c>
-      <c r="E495" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E495"/>
       <c r="F495" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="G495" t="s">
-        <v>145</v>
+        <v>560</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="B496" t="s">
         <v>11</v>
       </c>
       <c r="C496">
-        <v>13085</v>
+        <v>13080</v>
       </c>
       <c r="D496" t="s">
         <v>12</v>
       </c>
       <c r="E496"/>
       <c r="F496" t="s">
+        <v>562</v>
+      </c>
+      <c r="G496" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>511</v>
+        <v>564</v>
       </c>
       <c r="B497" t="s">
         <v>11</v>
       </c>
       <c r="C497">
-        <v>13089</v>
+        <v>13081</v>
       </c>
       <c r="D497" t="s">
         <v>12</v>
       </c>
       <c r="E497"/>
       <c r="F497" t="s">
-        <v>279</v>
+        <v>565</v>
       </c>
       <c r="G497" t="s">
-        <v>280</v>
+        <v>566</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>537</v>
+        <v>567</v>
       </c>
       <c r="B498" t="s">
         <v>11</v>
       </c>
       <c r="C498">
-        <v>13090</v>
+        <v>13082</v>
       </c>
       <c r="D498" t="s">
         <v>12</v>
       </c>
       <c r="E498"/>
       <c r="F498" t="s">
-        <v>279</v>
+        <v>408</v>
       </c>
       <c r="G498" t="s">
-        <v>280</v>
+        <v>409</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>68</v>
+        <v>165</v>
       </c>
       <c r="B499" t="s">
         <v>11</v>
       </c>
       <c r="C499">
-        <v>13092</v>
+        <v>13083</v>
       </c>
       <c r="D499" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="E499"/>
+        <v>12</v>
+      </c>
+      <c r="E499" t="s">
+        <v>13</v>
+      </c>
       <c r="F499" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="G499" t="s">
-        <v>66</v>
+        <v>145</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="B500" t="s">
         <v>11</v>
       </c>
       <c r="C500">
-        <v>13093</v>
+        <v>13085</v>
       </c>
       <c r="D500" t="s">
         <v>12</v>
       </c>
       <c r="E500"/>
       <c r="F500" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="G500" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>162</v>
+        <v>518</v>
       </c>
       <c r="B501" t="s">
         <v>11</v>
       </c>
       <c r="C501">
-        <v>13097</v>
+        <v>13089</v>
       </c>
       <c r="D501" t="s">
         <v>12</v>
       </c>
       <c r="E501"/>
       <c r="F501" t="s">
-        <v>569</v>
+        <v>286</v>
       </c>
       <c r="G501" t="s">
-        <v>570</v>
+        <v>287</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>162</v>
+        <v>544</v>
       </c>
       <c r="B502" t="s">
         <v>11</v>
       </c>
       <c r="C502">
-        <v>13098</v>
+        <v>13090</v>
       </c>
       <c r="D502" t="s">
         <v>12</v>
       </c>
       <c r="E502"/>
       <c r="F502" t="s">
-        <v>316</v>
+        <v>286</v>
       </c>
       <c r="G502" t="s">
-        <v>317</v>
+        <v>287</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>263</v>
+        <v>68</v>
       </c>
       <c r="B503" t="s">
         <v>11</v>
       </c>
       <c r="C503">
-        <v>13114</v>
+        <v>13092</v>
       </c>
       <c r="D503" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E503"/>
       <c r="F503" t="s">
-        <v>316</v>
+        <v>572</v>
       </c>
       <c r="G503" t="s">
-        <v>317</v>
+        <v>66</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>537</v>
+        <v>573</v>
       </c>
       <c r="B504" t="s">
         <v>11</v>
       </c>
       <c r="C504">
-        <v>13118</v>
+        <v>13093</v>
       </c>
       <c r="D504" t="s">
         <v>12</v>
       </c>
       <c r="E504"/>
       <c r="F504" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="G504" t="s">
-        <v>536</v>
+        <v>575</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>572</v>
+        <v>162</v>
       </c>
       <c r="B505" t="s">
         <v>11</v>
       </c>
       <c r="C505">
-        <v>13119</v>
+        <v>13097</v>
       </c>
       <c r="D505" t="s">
         <v>12</v>
       </c>
       <c r="E505"/>
       <c r="F505" t="s">
-        <v>342</v>
+        <v>576</v>
       </c>
       <c r="G505" t="s">
-        <v>343</v>
+        <v>577</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>573</v>
+        <v>162</v>
       </c>
       <c r="B506" t="s">
         <v>11</v>
       </c>
       <c r="C506">
-        <v>13120</v>
+        <v>13098</v>
       </c>
       <c r="D506" t="s">
         <v>12</v>
       </c>
       <c r="E506"/>
       <c r="F506" t="s">
-        <v>574</v>
+        <v>323</v>
       </c>
       <c r="G506" t="s">
-        <v>213</v>
+        <v>324</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>64</v>
+        <v>270</v>
       </c>
       <c r="B507" t="s">
         <v>11</v>
       </c>
       <c r="C507">
-        <v>13121</v>
+        <v>13114</v>
       </c>
       <c r="D507" t="s">
         <v>12</v>
       </c>
-      <c r="E507"/>
+      <c r="E507" t="s">
+        <v>13</v>
+      </c>
       <c r="F507" t="s">
-        <v>574</v>
+        <v>323</v>
       </c>
       <c r="G507" t="s">
-        <v>213</v>
+        <v>324</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>575</v>
+        <v>544</v>
       </c>
       <c r="B508" t="s">
         <v>11</v>
       </c>
       <c r="C508">
-        <v>13122</v>
+        <v>13118</v>
       </c>
       <c r="D508" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E508"/>
       <c r="F508" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="G508" t="s">
-        <v>577</v>
+        <v>543</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="B509" t="s">
         <v>11</v>
       </c>
       <c r="C509">
-        <v>13123</v>
+        <v>13119</v>
       </c>
       <c r="D509" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E509"/>
       <c r="F509" t="s">
-        <v>576</v>
+        <v>349</v>
       </c>
       <c r="G509" t="s">
-        <v>577</v>
+        <v>350</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="B510" t="s">
         <v>11</v>
       </c>
       <c r="C510">
-        <v>13124</v>
+        <v>13120</v>
       </c>
       <c r="D510" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E510"/>
       <c r="F510" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="G510" t="s">
-        <v>577</v>
+        <v>220</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>575</v>
+        <v>64</v>
       </c>
       <c r="B511" t="s">
         <v>11</v>
       </c>
       <c r="C511">
-        <v>13125</v>
+        <v>13121</v>
       </c>
       <c r="D511" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E511"/>
       <c r="F511" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="G511" t="s">
-        <v>577</v>
+        <v>220</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="B512" t="s">
         <v>11</v>
       </c>
       <c r="C512">
-        <v>13155</v>
+        <v>13122</v>
       </c>
       <c r="D512" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E512"/>
+        <v>28</v>
+      </c>
+      <c r="E512" t="s">
+        <v>13</v>
+      </c>
       <c r="F512" t="s">
-        <v>261</v>
+        <v>583</v>
       </c>
       <c r="G512" t="s">
-        <v>262</v>
+        <v>584</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>258</v>
+        <v>582</v>
       </c>
       <c r="B513" t="s">
         <v>11</v>
       </c>
       <c r="C513">
-        <v>13157</v>
+        <v>13123</v>
       </c>
       <c r="D513" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E513"/>
+        <v>28</v>
+      </c>
+      <c r="E513" t="s">
+        <v>13</v>
+      </c>
       <c r="F513" t="s">
-        <v>316</v>
+        <v>583</v>
       </c>
       <c r="G513" t="s">
-        <v>317</v>
+        <v>584</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>258</v>
+        <v>582</v>
       </c>
       <c r="B514" t="s">
         <v>11</v>
       </c>
       <c r="C514">
-        <v>13158</v>
+        <v>13124</v>
       </c>
       <c r="D514" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E514"/>
+        <v>28</v>
+      </c>
+      <c r="E514" t="s">
+        <v>13</v>
+      </c>
       <c r="F514" t="s">
-        <v>316</v>
+        <v>583</v>
       </c>
       <c r="G514" t="s">
-        <v>317</v>
+        <v>584</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>258</v>
+        <v>582</v>
       </c>
       <c r="B515" t="s">
         <v>11</v>
       </c>
       <c r="C515">
-        <v>13159</v>
+        <v>13125</v>
       </c>
       <c r="D515" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E515"/>
+        <v>28</v>
+      </c>
+      <c r="E515" t="s">
+        <v>13</v>
+      </c>
       <c r="F515" t="s">
-        <v>316</v>
+        <v>583</v>
       </c>
       <c r="G515" t="s">
-        <v>317</v>
+        <v>584</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>258</v>
+        <v>585</v>
       </c>
       <c r="B516" t="s">
         <v>11</v>
       </c>
       <c r="C516">
-        <v>13160</v>
+        <v>13155</v>
       </c>
       <c r="D516" t="s">
         <v>12</v>
       </c>
       <c r="E516"/>
       <c r="F516" t="s">
-        <v>316</v>
+        <v>268</v>
       </c>
       <c r="G516" t="s">
-        <v>317</v>
+        <v>269</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>471</v>
+        <v>265</v>
       </c>
       <c r="B517" t="s">
         <v>11</v>
       </c>
       <c r="C517">
-        <v>13161</v>
+        <v>13157</v>
       </c>
       <c r="D517" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="E517"/>
       <c r="F517" t="s">
-        <v>579</v>
+        <v>323</v>
       </c>
       <c r="G517" t="s">
-        <v>580</v>
+        <v>324</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>471</v>
+        <v>265</v>
       </c>
       <c r="B518" t="s">
         <v>11</v>
       </c>
       <c r="C518">
-        <v>13162</v>
+        <v>13158</v>
       </c>
       <c r="D518" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="E518"/>
       <c r="F518" t="s">
-        <v>579</v>
+        <v>323</v>
       </c>
       <c r="G518" t="s">
-        <v>580</v>
+        <v>324</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>471</v>
+        <v>265</v>
       </c>
       <c r="B519" t="s">
         <v>11</v>
       </c>
       <c r="C519">
-        <v>13163</v>
+        <v>13159</v>
       </c>
       <c r="D519" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="E519"/>
       <c r="F519" t="s">
-        <v>579</v>
+        <v>323</v>
       </c>
       <c r="G519" t="s">
-        <v>580</v>
+        <v>324</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>471</v>
+        <v>265</v>
       </c>
       <c r="B520" t="s">
         <v>11</v>
       </c>
       <c r="C520">
-        <v>13164</v>
+        <v>13160</v>
       </c>
       <c r="D520" t="s">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="E520"/>
       <c r="F520" t="s">
-        <v>579</v>
+        <v>323</v>
       </c>
       <c r="G520" t="s">
-        <v>580</v>
+        <v>324</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="B521" t="s">
         <v>11</v>
       </c>
       <c r="C521">
-        <v>13165</v>
+        <v>13161</v>
       </c>
       <c r="D521" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="E521"/>
       <c r="F521" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="G521" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="B522" t="s">
         <v>11</v>
       </c>
       <c r="C522">
-        <v>13166</v>
+        <v>13162</v>
       </c>
       <c r="D522" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="E522"/>
       <c r="F522" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="G522" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>364</v>
+        <v>478</v>
       </c>
       <c r="B523" t="s">
         <v>11</v>
       </c>
       <c r="C523">
-        <v>13176</v>
+        <v>13163</v>
       </c>
       <c r="D523" t="s">
-        <v>28</v>
+        <v>254</v>
       </c>
       <c r="E523"/>
       <c r="F523" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="G523" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>583</v>
+        <v>478</v>
       </c>
       <c r="B524" t="s">
         <v>11</v>
       </c>
       <c r="C524">
-        <v>13177</v>
+        <v>13164</v>
       </c>
       <c r="D524" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="E524"/>
       <c r="F524" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="G524" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>583</v>
+        <v>478</v>
       </c>
       <c r="B525" t="s">
         <v>11</v>
       </c>
       <c r="C525">
-        <v>13178</v>
+        <v>13165</v>
       </c>
       <c r="D525" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="E525"/>
       <c r="F525" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="G525" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>583</v>
+        <v>478</v>
       </c>
       <c r="B526" t="s">
         <v>11</v>
       </c>
       <c r="C526">
-        <v>13179</v>
+        <v>13166</v>
       </c>
       <c r="D526" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="E526"/>
       <c r="F526" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="G526" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>586</v>
+        <v>371</v>
       </c>
       <c r="B527" t="s">
         <v>11</v>
       </c>
       <c r="C527">
-        <v>13185</v>
+        <v>13176</v>
       </c>
       <c r="D527" t="s">
-        <v>587</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E527"/>
       <c r="F527" t="s">
         <v>588</v>
       </c>
       <c r="G527" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>590</v>
       </c>
       <c r="B528" t="s">
         <v>11</v>
       </c>
       <c r="C528">
-        <v>13226</v>
+        <v>13177</v>
       </c>
       <c r="D528" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E528"/>
+        <v>12</v>
+      </c>
+      <c r="E528" t="s">
+        <v>29</v>
+      </c>
       <c r="F528" t="s">
         <v>591</v>
       </c>
       <c r="G528" t="s">
-        <v>63</v>
+        <v>592</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>64</v>
+        <v>590</v>
       </c>
       <c r="B529" t="s">
         <v>11</v>
       </c>
       <c r="C529">
-        <v>13234</v>
+        <v>13178</v>
       </c>
       <c r="D529" t="s">
         <v>12</v>
       </c>
-      <c r="E529"/>
+      <c r="E529" t="s">
+        <v>29</v>
+      </c>
       <c r="F529" t="s">
+        <v>591</v>
+      </c>
+      <c r="G529" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>64</v>
+        <v>590</v>
       </c>
       <c r="B530" t="s">
         <v>11</v>
       </c>
       <c r="C530">
-        <v>13235</v>
+        <v>13179</v>
       </c>
       <c r="D530" t="s">
         <v>12</v>
       </c>
-      <c r="E530"/>
+      <c r="E530" t="s">
+        <v>29</v>
+      </c>
       <c r="F530" t="s">
+        <v>591</v>
+      </c>
+      <c r="G530" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>452</v>
+        <v>593</v>
       </c>
       <c r="B531" t="s">
         <v>11</v>
       </c>
       <c r="C531">
-        <v>13236</v>
+        <v>13185</v>
       </c>
       <c r="D531" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E531"/>
+        <v>594</v>
+      </c>
+      <c r="E531" t="s">
+        <v>125</v>
+      </c>
       <c r="F531" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="G531" t="s">
-        <v>138</v>
+        <v>596</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>452</v>
+        <v>597</v>
       </c>
       <c r="B532" t="s">
         <v>11</v>
       </c>
       <c r="C532">
-        <v>13237</v>
+        <v>13226</v>
       </c>
       <c r="D532" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E532"/>
       <c r="F532" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="G532" t="s">
-        <v>282</v>
+        <v>63</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>452</v>
+        <v>64</v>
       </c>
       <c r="B533" t="s">
         <v>11</v>
       </c>
       <c r="C533">
-        <v>13238</v>
+        <v>13234</v>
       </c>
       <c r="D533" t="s">
         <v>12</v>
       </c>
       <c r="E533"/>
       <c r="F533" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="G533" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>452</v>
+        <v>64</v>
       </c>
       <c r="B534" t="s">
         <v>11</v>
       </c>
       <c r="C534">
-        <v>13239</v>
+        <v>13235</v>
       </c>
       <c r="D534" t="s">
         <v>12</v>
       </c>
       <c r="E534"/>
       <c r="F534" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="G534" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="B535" t="s">
         <v>11</v>
       </c>
       <c r="C535">
-        <v>13240</v>
+        <v>13236</v>
       </c>
       <c r="D535" t="s">
         <v>12</v>
       </c>
       <c r="E535"/>
       <c r="F535" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="G535" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>593</v>
+        <v>459</v>
       </c>
       <c r="B536" t="s">
         <v>11</v>
       </c>
       <c r="C536">
-        <v>13244</v>
+        <v>13237</v>
       </c>
       <c r="D536" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E536"/>
       <c r="F536" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="G536" t="s">
-        <v>595</v>
+        <v>289</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>593</v>
+        <v>459</v>
       </c>
       <c r="B537" t="s">
         <v>11</v>
       </c>
       <c r="C537">
-        <v>13245</v>
+        <v>13238</v>
       </c>
       <c r="D537" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E537"/>
       <c r="F537" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="G537" t="s">
-        <v>595</v>
+        <v>138</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>593</v>
+        <v>459</v>
       </c>
       <c r="B538" t="s">
         <v>11</v>
       </c>
       <c r="C538">
-        <v>13246</v>
+        <v>13239</v>
       </c>
       <c r="D538" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E538"/>
       <c r="F538" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="G538" t="s">
-        <v>595</v>
+        <v>138</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>524</v>
+        <v>459</v>
       </c>
       <c r="B539" t="s">
         <v>11</v>
       </c>
       <c r="C539">
-        <v>13247</v>
+        <v>13240</v>
       </c>
       <c r="D539" t="s">
         <v>12</v>
       </c>
       <c r="E539"/>
       <c r="F539" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="G539" t="s">
-        <v>597</v>
+        <v>138</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B540" t="s">
         <v>11</v>
       </c>
       <c r="C540">
-        <v>13248</v>
+        <v>13244</v>
       </c>
       <c r="D540" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E540"/>
       <c r="F540" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="G540" t="s">
-        <v>321</v>
+        <v>602</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>64</v>
+        <v>600</v>
       </c>
       <c r="B541" t="s">
         <v>11</v>
       </c>
       <c r="C541">
-        <v>13254</v>
+        <v>13245</v>
       </c>
       <c r="D541" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E541"/>
       <c r="F541" t="s">
-        <v>301</v>
+        <v>601</v>
       </c>
       <c r="G541" t="s">
-        <v>138</v>
+        <v>602</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>600</v>
       </c>
       <c r="B542" t="s">
         <v>11</v>
       </c>
       <c r="C542">
-        <v>13255</v>
+        <v>13246</v>
       </c>
       <c r="D542" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E542"/>
       <c r="F542" t="s">
         <v>601</v>
       </c>
       <c r="G542" t="s">
-        <v>209</v>
+        <v>602</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>64</v>
+        <v>531</v>
       </c>
       <c r="B543" t="s">
         <v>11</v>
       </c>
       <c r="C543">
-        <v>13256</v>
+        <v>13247</v>
       </c>
       <c r="D543" t="s">
         <v>12</v>
       </c>
       <c r="E543"/>
       <c r="F543" t="s">
-        <v>301</v>
+        <v>603</v>
       </c>
       <c r="G543" t="s">
-        <v>138</v>
+        <v>604</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="B544" t="s">
         <v>11</v>
       </c>
       <c r="C544">
-        <v>13257</v>
+        <v>13248</v>
       </c>
       <c r="D544" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="E544"/>
       <c r="F544" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="G544" t="s">
-        <v>286</v>
+        <v>328</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>600</v>
+        <v>64</v>
       </c>
       <c r="B545" t="s">
         <v>11</v>
       </c>
       <c r="C545">
-        <v>13259</v>
+        <v>13254</v>
       </c>
       <c r="D545" t="s">
         <v>12</v>
       </c>
       <c r="E545"/>
       <c r="F545" t="s">
-        <v>601</v>
+        <v>308</v>
       </c>
       <c r="G545" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="B546" t="s">
         <v>11</v>
       </c>
       <c r="C546">
-        <v>13260</v>
+        <v>13255</v>
       </c>
       <c r="D546" t="s">
         <v>12</v>
       </c>
       <c r="E546"/>
       <c r="F546" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="G546" t="s">
-        <v>138</v>
+        <v>216</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>64</v>
       </c>
       <c r="B547" t="s">
         <v>11</v>
       </c>
       <c r="C547">
-        <v>13829</v>
+        <v>13256</v>
       </c>
       <c r="D547" t="s">
         <v>12</v>
       </c>
       <c r="E547"/>
       <c r="F547" t="s">
-        <v>210</v>
+        <v>308</v>
       </c>
       <c r="G547" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>64</v>
+        <v>607</v>
       </c>
       <c r="B548" t="s">
         <v>11</v>
       </c>
       <c r="C548">
-        <v>13830</v>
+        <v>13257</v>
       </c>
       <c r="D548" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E548"/>
+        <v>67</v>
+      </c>
+      <c r="E548" t="s">
+        <v>13</v>
+      </c>
       <c r="F548" t="s">
-        <v>210</v>
+        <v>608</v>
       </c>
       <c r="G548" t="s">
-        <v>138</v>
+        <v>293</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>64</v>
+        <v>607</v>
       </c>
       <c r="B549" t="s">
         <v>11</v>
       </c>
       <c r="C549">
-        <v>13831</v>
+        <v>13259</v>
       </c>
       <c r="D549" t="s">
         <v>12</v>
       </c>
       <c r="E549"/>
       <c r="F549" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="G549" t="s">
-        <v>213</v>
+        <v>138</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>140</v>
+        <v>607</v>
       </c>
       <c r="B550" t="s">
         <v>11</v>
       </c>
       <c r="C550">
-        <v>13832</v>
+        <v>13260</v>
       </c>
       <c r="D550" t="s">
         <v>12</v>
       </c>
       <c r="E550"/>
       <c r="F550" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="G550" t="s">
-        <v>213</v>
+        <v>138</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>603</v>
+        <v>64</v>
       </c>
       <c r="B551" t="s">
         <v>11</v>
       </c>
       <c r="C551">
-        <v>13860</v>
+        <v>13829</v>
       </c>
       <c r="D551" t="s">
         <v>12</v>
       </c>
       <c r="E551"/>
       <c r="F551" t="s">
-        <v>415</v>
+        <v>217</v>
       </c>
       <c r="G551" t="s">
-        <v>416</v>
+        <v>138</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>604</v>
+        <v>64</v>
       </c>
       <c r="B552" t="s">
         <v>11</v>
       </c>
       <c r="C552">
-        <v>13888</v>
+        <v>13830</v>
       </c>
       <c r="D552" t="s">
         <v>12</v>
       </c>
       <c r="E552"/>
       <c r="F552" t="s">
-        <v>605</v>
+        <v>217</v>
       </c>
       <c r="G552" t="s">
-        <v>416</v>
+        <v>138</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>606</v>
+        <v>64</v>
       </c>
       <c r="B553" t="s">
         <v>11</v>
       </c>
       <c r="C553">
-        <v>14044</v>
+        <v>13831</v>
       </c>
       <c r="D553" t="s">
         <v>12</v>
       </c>
-      <c r="E553" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E553"/>
       <c r="F553" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="G553" t="s">
-        <v>608</v>
+        <v>220</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
+        <v>140</v>
+      </c>
+      <c r="B554" t="s">
+        <v>11</v>
+      </c>
+      <c r="C554">
+        <v>13832</v>
+      </c>
+      <c r="D554" t="s">
+        <v>12</v>
+      </c>
+      <c r="E554"/>
+      <c r="F554" t="s">
         <v>609</v>
       </c>
-      <c r="B554" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G554" t="s">
-        <v>611</v>
+        <v>220</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>154</v>
+        <v>610</v>
       </c>
       <c r="B555" t="s">
         <v>11</v>
       </c>
       <c r="C555">
-        <v>14051</v>
+        <v>13860</v>
       </c>
       <c r="D555" t="s">
         <v>12</v>
       </c>
-      <c r="E555" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E555"/>
       <c r="F555" t="s">
-        <v>210</v>
+        <v>422</v>
       </c>
       <c r="G555" t="s">
-        <v>145</v>
+        <v>423</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>64</v>
+        <v>611</v>
       </c>
       <c r="B556" t="s">
         <v>11</v>
       </c>
       <c r="C556">
-        <v>14052</v>
+        <v>13888</v>
       </c>
       <c r="D556" t="s">
         <v>12</v>
       </c>
       <c r="E556"/>
       <c r="F556" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
       <c r="G556" t="s">
-        <v>282</v>
+        <v>423</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>154</v>
+        <v>613</v>
       </c>
       <c r="B557" t="s">
         <v>11</v>
       </c>
       <c r="C557">
-        <v>14053</v>
+        <v>14044</v>
       </c>
       <c r="D557" t="s">
         <v>12</v>
       </c>
-      <c r="E557"/>
+      <c r="E557" t="s">
+        <v>13</v>
+      </c>
       <c r="F557" t="s">
-        <v>602</v>
+        <v>614</v>
       </c>
       <c r="G557" t="s">
-        <v>282</v>
+        <v>615</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="B558" t="s">
         <v>11</v>
       </c>
       <c r="C558">
-        <v>14092</v>
+        <v>14050</v>
       </c>
       <c r="D558" t="s">
         <v>12</v>
       </c>
-      <c r="E558"/>
+      <c r="E558" t="s">
+        <v>13</v>
+      </c>
       <c r="F558" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="G558" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>612</v>
+        <v>154</v>
       </c>
       <c r="B559" t="s">
         <v>11</v>
       </c>
       <c r="C559">
-        <v>14093</v>
+        <v>14051</v>
       </c>
       <c r="D559" t="s">
         <v>12</v>
       </c>
       <c r="E559" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F559" t="s">
-        <v>613</v>
+        <v>217</v>
       </c>
       <c r="G559" t="s">
-        <v>614</v>
+        <v>145</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>615</v>
+        <v>64</v>
       </c>
       <c r="B560" t="s">
         <v>11</v>
       </c>
       <c r="C560">
-        <v>14131</v>
+        <v>14052</v>
       </c>
       <c r="D560" t="s">
         <v>12</v>
       </c>
       <c r="E560"/>
       <c r="F560" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="G560" t="s">
-        <v>617</v>
+        <v>289</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>583</v>
+        <v>154</v>
       </c>
       <c r="B561" t="s">
         <v>11</v>
       </c>
       <c r="C561">
-        <v>14169</v>
+        <v>14053</v>
       </c>
       <c r="D561" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E561"/>
       <c r="F561" t="s">
-        <v>618</v>
+        <v>609</v>
       </c>
       <c r="G561" t="s">
-        <v>619</v>
+        <v>289</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="B562" t="s">
         <v>11</v>
       </c>
       <c r="C562">
-        <v>14189</v>
+        <v>14092</v>
       </c>
       <c r="D562" t="s">
         <v>12</v>
       </c>
       <c r="E562"/>
       <c r="F562" t="s">
+        <v>620</v>
+      </c>
+      <c r="G562" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>263</v>
+        <v>619</v>
       </c>
       <c r="B563" t="s">
         <v>11</v>
       </c>
       <c r="C563">
-        <v>14247</v>
+        <v>14093</v>
       </c>
       <c r="D563" t="s">
         <v>12</v>
       </c>
       <c r="E563" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="F563" t="s">
-        <v>198</v>
+        <v>620</v>
       </c>
       <c r="G563" t="s">
-        <v>199</v>
+        <v>621</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="B564" t="s">
         <v>11</v>
       </c>
       <c r="C564">
-        <v>14276</v>
+        <v>14131</v>
       </c>
       <c r="D564" t="s">
         <v>12</v>
       </c>
       <c r="E564"/>
       <c r="F564" t="s">
+        <v>623</v>
+      </c>
+      <c r="G564" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>64</v>
+        <v>590</v>
       </c>
       <c r="B565" t="s">
         <v>11</v>
       </c>
       <c r="C565">
-        <v>14366</v>
+        <v>14169</v>
       </c>
       <c r="D565" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E565"/>
       <c r="F565" t="s">
         <v>625</v>
       </c>
       <c r="G565" t="s">
-        <v>138</v>
+        <v>626</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>191</v>
+        <v>627</v>
       </c>
       <c r="B566" t="s">
         <v>11</v>
       </c>
       <c r="C566">
-        <v>14626</v>
+        <v>14189</v>
       </c>
       <c r="D566" t="s">
         <v>12</v>
       </c>
-      <c r="E566" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E566"/>
       <c r="F566" t="s">
-        <v>192</v>
+        <v>628</v>
       </c>
       <c r="G566" t="s">
-        <v>193</v>
+        <v>629</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>191</v>
+        <v>270</v>
       </c>
       <c r="B567" t="s">
         <v>11</v>
       </c>
       <c r="C567">
-        <v>14627</v>
+        <v>14247</v>
       </c>
       <c r="D567" t="s">
         <v>12</v>
       </c>
       <c r="E567" t="s">
         <v>13</v>
       </c>
       <c r="F567" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="G567" t="s">
-        <v>193</v>
+        <v>206</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>64</v>
+        <v>630</v>
       </c>
       <c r="B568" t="s">
         <v>11</v>
       </c>
       <c r="C568">
-        <v>14822</v>
+        <v>14276</v>
       </c>
       <c r="D568" t="s">
         <v>12</v>
       </c>
       <c r="E568"/>
       <c r="F568" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="G568" t="s">
-        <v>209</v>
+        <v>86</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
         <v>64</v>
       </c>
       <c r="B569" t="s">
         <v>11</v>
       </c>
       <c r="C569">
-        <v>14823</v>
+        <v>14366</v>
       </c>
       <c r="D569" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E569"/>
       <c r="F569" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="G569" t="s">
-        <v>209</v>
+        <v>138</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>627</v>
+        <v>191</v>
       </c>
       <c r="B570" t="s">
         <v>11</v>
       </c>
       <c r="C570">
-        <v>15597</v>
+        <v>14626</v>
       </c>
       <c r="D570" t="s">
         <v>12</v>
       </c>
       <c r="E570" t="s">
         <v>13</v>
       </c>
       <c r="F570" t="s">
-        <v>628</v>
+        <v>192</v>
       </c>
       <c r="G570" t="s">
-        <v>466</v>
+        <v>193</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>255</v>
+        <v>191</v>
       </c>
       <c r="B571" t="s">
         <v>11</v>
       </c>
       <c r="C571">
-        <v>2275</v>
+        <v>14627</v>
       </c>
       <c r="D571" t="s">
         <v>12</v>
       </c>
       <c r="E571" t="s">
         <v>13</v>
       </c>
       <c r="F571" t="s">
-        <v>629</v>
+        <v>192</v>
       </c>
       <c r="G571" t="s">
-        <v>630</v>
+        <v>193</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>64</v>
+      </c>
+      <c r="B572" t="s">
+        <v>11</v>
+      </c>
+      <c r="C572">
+        <v>14822</v>
+      </c>
+      <c r="D572" t="s">
+        <v>12</v>
+      </c>
+      <c r="E572"/>
+      <c r="F572" t="s">
+        <v>633</v>
+      </c>
+      <c r="G572" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>64</v>
+      </c>
+      <c r="B573" t="s">
+        <v>11</v>
+      </c>
+      <c r="C573">
+        <v>14823</v>
+      </c>
+      <c r="D573" t="s">
+        <v>31</v>
+      </c>
+      <c r="E573"/>
+      <c r="F573" t="s">
+        <v>633</v>
+      </c>
+      <c r="G573" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>634</v>
+      </c>
+      <c r="B574" t="s">
+        <v>11</v>
+      </c>
+      <c r="C574">
+        <v>15597</v>
+      </c>
+      <c r="D574" t="s">
+        <v>12</v>
+      </c>
+      <c r="E574" t="s">
+        <v>13</v>
+      </c>
+      <c r="F574" t="s">
+        <v>635</v>
+      </c>
+      <c r="G574" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>262</v>
+      </c>
+      <c r="B575" t="s">
+        <v>11</v>
+      </c>
+      <c r="C575">
+        <v>2275</v>
+      </c>
+      <c r="D575" t="s">
+        <v>12</v>
+      </c>
+      <c r="E575" t="s">
+        <v>13</v>
+      </c>
+      <c r="F575" t="s">
+        <v>636</v>
+      </c>
+      <c r="G575" t="s">
+        <v>637</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>