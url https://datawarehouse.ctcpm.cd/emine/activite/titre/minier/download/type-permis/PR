--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -4331,92 +4331,77 @@
   <si>
     <t>2026/11/10</t>
   </si>
   <si>
     <t>CONGO MINING CORPORATION SARL</t>
   </si>
   <si>
     <t>2021/12/28</t>
   </si>
   <si>
     <t>2026/12/27</t>
   </si>
   <si>
     <t>SOCIETE D’EXPLOITATION DE LA CASSITERITE AU KATANGA</t>
   </si>
   <si>
     <t>Actif-En Convention</t>
   </si>
   <si>
     <t>Haut-Katanga</t>
   </si>
   <si>
     <t>2005/03/10</t>
   </si>
   <si>
-    <t>TENKE FUNGURUME MINING</t>
-[...7 lines deleted...]
-  <si>
     <t>CARRIGRES</t>
   </si>
   <si>
     <t>2015/05/05</t>
   </si>
   <si>
     <t>2020/05/04</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DE LUBUTU</t>
   </si>
   <si>
     <t>2008/12/03</t>
   </si>
   <si>
     <t>2023/12/02</t>
   </si>
   <si>
     <t>SOCIETE AFRICAINE DE CONSTRUCTION AU CONGO</t>
   </si>
   <si>
     <t>2010/12/09</t>
   </si>
   <si>
     <t>2015/12/08</t>
   </si>
   <si>
-    <t>2011/08/13</t>
-[...4 lines deleted...]
-  <si>
     <t>INTERLACS SARL</t>
   </si>
   <si>
     <t>2014/05/23</t>
   </si>
   <si>
     <t>2029/05/22</t>
   </si>
   <si>
     <t>Equateur</t>
   </si>
   <si>
     <t>2008/01/30</t>
   </si>
   <si>
     <t>LUGUSHWA MINING</t>
   </si>
   <si>
     <t>1994/11/07</t>
   </si>
   <si>
     <t>SOCIETE DE PROSPECTION ET D’EXPLOITATION</t>
   </si>
   <si>
     <t>1998/02/14</t>
@@ -4461,50 +4446,65 @@
     <t>2001/04/16</t>
   </si>
   <si>
     <t>2016/04/15</t>
   </si>
   <si>
     <t>2005/11/03</t>
   </si>
   <si>
     <t>2009/11/02</t>
   </si>
   <si>
     <t>GEMCO</t>
   </si>
   <si>
     <t>2016/02/11</t>
   </si>
   <si>
     <t>2046/02/10</t>
   </si>
   <si>
     <t>2001/12/05</t>
   </si>
   <si>
     <t>2016/12/04</t>
+  </si>
+  <si>
+    <t>KISANFU MINING SARL</t>
+  </si>
+  <si>
+    <t>KOBOLD</t>
+  </si>
+  <si>
+    <t>Tanganyika</t>
+  </si>
+  <si>
+    <t>2025/08/15</t>
+  </si>
+  <si>
+    <t>2030/08/15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4820,51 +4820,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1923"/>
+  <dimension ref="A1:H1922"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H3" sqref="H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
@@ -43740,3377 +43740,3354 @@
     <row r="1773" spans="1:8">
       <c r="A1773" t="s">
         <v>1054</v>
       </c>
       <c r="B1773" t="s">
         <v>11</v>
       </c>
       <c r="C1773">
         <v>14891</v>
       </c>
       <c r="D1773" t="s">
         <v>798</v>
       </c>
       <c r="E1773" t="s">
         <v>21</v>
       </c>
       <c r="F1773" t="s">
         <v>1298</v>
       </c>
       <c r="G1773" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="1774" spans="1:8">
       <c r="A1774" t="s">
-        <v>1054</v>
+        <v>1218</v>
       </c>
       <c r="B1774" t="s">
         <v>11</v>
       </c>
       <c r="C1774">
-        <v>14892</v>
+        <v>14893</v>
       </c>
       <c r="D1774" t="s">
-        <v>798</v>
+        <v>121</v>
       </c>
       <c r="E1774" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="F1774" t="s">
-        <v>1298</v>
+        <v>1294</v>
       </c>
       <c r="G1774" t="s">
-        <v>1299</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="1775" spans="1:8">
       <c r="A1775" t="s">
-        <v>1218</v>
+        <v>1287</v>
       </c>
       <c r="B1775" t="s">
         <v>11</v>
       </c>
       <c r="C1775">
-        <v>14893</v>
+        <v>14897</v>
       </c>
       <c r="D1775" t="s">
         <v>121</v>
       </c>
       <c r="E1775" t="s">
-        <v>122</v>
+        <v>46</v>
       </c>
       <c r="F1775" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="G1775" t="s">
-        <v>1295</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="1776" spans="1:8">
       <c r="A1776" t="s">
         <v>1287</v>
       </c>
       <c r="B1776" t="s">
         <v>11</v>
       </c>
       <c r="C1776">
-        <v>14897</v>
+        <v>14898</v>
       </c>
       <c r="D1776" t="s">
         <v>121</v>
       </c>
       <c r="E1776" t="s">
         <v>46</v>
       </c>
       <c r="F1776" t="s">
         <v>1291</v>
       </c>
       <c r="G1776" t="s">
         <v>1292</v>
       </c>
     </row>
     <row r="1777" spans="1:8">
       <c r="A1777" t="s">
-        <v>1287</v>
+        <v>1300</v>
       </c>
       <c r="B1777" t="s">
         <v>11</v>
       </c>
       <c r="C1777">
-        <v>14898</v>
+        <v>14899</v>
       </c>
       <c r="D1777" t="s">
         <v>121</v>
       </c>
       <c r="E1777" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="F1777" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="G1777" t="s">
-        <v>1292</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="1778" spans="1:8">
       <c r="A1778" t="s">
         <v>1300</v>
       </c>
       <c r="B1778" t="s">
         <v>11</v>
       </c>
       <c r="C1778">
-        <v>14899</v>
+        <v>14900</v>
       </c>
       <c r="D1778" t="s">
         <v>121</v>
       </c>
       <c r="E1778" t="s">
         <v>21</v>
       </c>
       <c r="F1778" t="s">
-        <v>1288</v>
+        <v>1301</v>
       </c>
       <c r="G1778" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="1779" spans="1:8">
       <c r="A1779" t="s">
-        <v>1300</v>
+        <v>857</v>
       </c>
       <c r="B1779" t="s">
         <v>11</v>
       </c>
       <c r="C1779">
-        <v>14900</v>
+        <v>14906</v>
       </c>
       <c r="D1779" t="s">
         <v>121</v>
       </c>
       <c r="E1779" t="s">
         <v>21</v>
       </c>
       <c r="F1779" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="G1779" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="1780" spans="1:8">
       <c r="A1780" t="s">
-        <v>857</v>
+        <v>1305</v>
       </c>
       <c r="B1780" t="s">
         <v>11</v>
       </c>
       <c r="C1780">
-        <v>14906</v>
+        <v>14907</v>
       </c>
       <c r="D1780" t="s">
         <v>121</v>
       </c>
-      <c r="E1780" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1780"/>
       <c r="F1780" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="G1780" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="1781" spans="1:8">
       <c r="A1781" t="s">
-        <v>1305</v>
+        <v>613</v>
       </c>
       <c r="B1781" t="s">
         <v>11</v>
       </c>
       <c r="C1781">
-        <v>14907</v>
+        <v>14916</v>
       </c>
       <c r="D1781" t="s">
         <v>121</v>
       </c>
       <c r="E1781"/>
       <c r="F1781" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="G1781" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="1782" spans="1:8">
       <c r="A1782" t="s">
-        <v>613</v>
+        <v>1310</v>
       </c>
       <c r="B1782" t="s">
         <v>11</v>
       </c>
       <c r="C1782">
-        <v>14916</v>
+        <v>14919</v>
       </c>
       <c r="D1782" t="s">
         <v>121</v>
       </c>
       <c r="E1782"/>
       <c r="F1782" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="G1782" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="1783" spans="1:8">
       <c r="A1783" t="s">
-        <v>1310</v>
+        <v>1287</v>
       </c>
       <c r="B1783" t="s">
         <v>11</v>
       </c>
       <c r="C1783">
-        <v>14919</v>
+        <v>14920</v>
       </c>
       <c r="D1783" t="s">
         <v>121</v>
       </c>
-      <c r="E1783"/>
+      <c r="E1783" t="s">
+        <v>122</v>
+      </c>
       <c r="F1783" t="s">
-        <v>1311</v>
+        <v>738</v>
       </c>
       <c r="G1783" t="s">
-        <v>1312</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="1784" spans="1:8">
       <c r="A1784" t="s">
         <v>1287</v>
       </c>
       <c r="B1784" t="s">
         <v>11</v>
       </c>
       <c r="C1784">
-        <v>14920</v>
+        <v>14921</v>
       </c>
       <c r="D1784" t="s">
         <v>121</v>
       </c>
       <c r="E1784" t="s">
         <v>122</v>
       </c>
       <c r="F1784" t="s">
         <v>738</v>
       </c>
       <c r="G1784" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="1785" spans="1:8">
       <c r="A1785" t="s">
-        <v>1287</v>
+        <v>1197</v>
       </c>
       <c r="B1785" t="s">
         <v>11</v>
       </c>
       <c r="C1785">
-        <v>14921</v>
+        <v>14922</v>
       </c>
       <c r="D1785" t="s">
         <v>121</v>
       </c>
-      <c r="E1785" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1785"/>
       <c r="F1785" t="s">
-        <v>738</v>
+        <v>1313</v>
       </c>
       <c r="G1785" t="s">
-        <v>1293</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="1786" spans="1:8">
       <c r="A1786" t="s">
-        <v>1197</v>
+        <v>1315</v>
       </c>
       <c r="B1786" t="s">
         <v>11</v>
       </c>
       <c r="C1786">
-        <v>14922</v>
+        <v>14923</v>
       </c>
       <c r="D1786" t="s">
         <v>121</v>
       </c>
       <c r="E1786"/>
       <c r="F1786" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="G1786" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="1787" spans="1:8">
       <c r="A1787" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="B1787" t="s">
         <v>11</v>
       </c>
       <c r="C1787">
-        <v>14923</v>
+        <v>14924</v>
       </c>
       <c r="D1787" t="s">
         <v>121</v>
       </c>
       <c r="E1787"/>
       <c r="F1787" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="G1787" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1788" spans="1:8">
       <c r="A1788" t="s">
         <v>1318</v>
       </c>
       <c r="B1788" t="s">
         <v>11</v>
       </c>
       <c r="C1788">
-        <v>14924</v>
+        <v>14925</v>
       </c>
       <c r="D1788" t="s">
-        <v>121</v>
+        <v>1278</v>
       </c>
       <c r="E1788"/>
       <c r="F1788" t="s">
-        <v>1319</v>
+        <v>505</v>
       </c>
       <c r="G1788" t="s">
-        <v>1320</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1789" spans="1:8">
       <c r="A1789" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="B1789" t="s">
         <v>11</v>
       </c>
       <c r="C1789">
-        <v>14925</v>
+        <v>14927</v>
       </c>
       <c r="D1789" t="s">
-        <v>1278</v>
+        <v>25</v>
       </c>
       <c r="E1789"/>
       <c r="F1789" t="s">
-        <v>505</v>
+        <v>1308</v>
       </c>
       <c r="G1789" t="s">
-        <v>505</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="1790" spans="1:8">
       <c r="A1790" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B1790" t="s">
         <v>11</v>
       </c>
       <c r="C1790">
-        <v>14927</v>
+        <v>14928</v>
       </c>
       <c r="D1790" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="E1790"/>
+        <v>121</v>
+      </c>
+      <c r="E1790" t="s">
+        <v>122</v>
+      </c>
       <c r="F1790" t="s">
-        <v>1308</v>
+        <v>567</v>
       </c>
       <c r="G1790" t="s">
-        <v>1309</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="1791" spans="1:8">
       <c r="A1791" t="s">
-        <v>1322</v>
+        <v>613</v>
       </c>
       <c r="B1791" t="s">
         <v>11</v>
       </c>
       <c r="C1791">
-        <v>14928</v>
+        <v>14929</v>
       </c>
       <c r="D1791" t="s">
         <v>121</v>
       </c>
-      <c r="E1791" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1791"/>
       <c r="F1791" t="s">
-        <v>567</v>
+        <v>1308</v>
       </c>
       <c r="G1791" t="s">
-        <v>1253</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="1792" spans="1:8">
       <c r="A1792" t="s">
-        <v>613</v>
+        <v>1323</v>
       </c>
       <c r="B1792" t="s">
         <v>11</v>
       </c>
       <c r="C1792">
-        <v>14929</v>
+        <v>14933</v>
       </c>
       <c r="D1792" t="s">
         <v>121</v>
       </c>
       <c r="E1792"/>
       <c r="F1792" t="s">
-        <v>1308</v>
+        <v>617</v>
       </c>
       <c r="G1792" t="s">
-        <v>1309</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="1793" spans="1:8">
       <c r="A1793" t="s">
         <v>1323</v>
       </c>
       <c r="B1793" t="s">
         <v>11</v>
       </c>
       <c r="C1793">
-        <v>14933</v>
+        <v>14934</v>
       </c>
       <c r="D1793" t="s">
         <v>121</v>
       </c>
       <c r="E1793"/>
       <c r="F1793" t="s">
         <v>617</v>
       </c>
       <c r="G1793" t="s">
         <v>1324</v>
       </c>
     </row>
     <row r="1794" spans="1:8">
       <c r="A1794" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="B1794" t="s">
         <v>11</v>
       </c>
       <c r="C1794">
-        <v>14934</v>
+        <v>14935</v>
       </c>
       <c r="D1794" t="s">
         <v>121</v>
       </c>
       <c r="E1794"/>
       <c r="F1794" t="s">
-        <v>617</v>
+        <v>1265</v>
       </c>
       <c r="G1794" t="s">
-        <v>1324</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="1795" spans="1:8">
       <c r="A1795" t="s">
-        <v>1325</v>
+        <v>1264</v>
       </c>
       <c r="B1795" t="s">
         <v>11</v>
       </c>
       <c r="C1795">
-        <v>14935</v>
+        <v>14936</v>
       </c>
       <c r="D1795" t="s">
         <v>121</v>
       </c>
-      <c r="E1795"/>
+      <c r="E1795" t="s">
+        <v>21</v>
+      </c>
       <c r="F1795" t="s">
-        <v>1265</v>
+        <v>1326</v>
       </c>
       <c r="G1795" t="s">
-        <v>1266</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="1796" spans="1:8">
       <c r="A1796" t="s">
-        <v>1264</v>
+        <v>1328</v>
       </c>
       <c r="B1796" t="s">
         <v>11</v>
       </c>
       <c r="C1796">
-        <v>14936</v>
+        <v>14937</v>
       </c>
       <c r="D1796" t="s">
         <v>121</v>
       </c>
       <c r="E1796" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="F1796" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="G1796" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="1797" spans="1:8">
       <c r="A1797" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="B1797" t="s">
         <v>11</v>
       </c>
       <c r="C1797">
-        <v>14937</v>
+        <v>14942</v>
       </c>
       <c r="D1797" t="s">
         <v>121</v>
       </c>
       <c r="E1797" t="s">
         <v>46</v>
       </c>
       <c r="F1797" t="s">
-        <v>1329</v>
+        <v>1248</v>
       </c>
       <c r="G1797" t="s">
-        <v>1330</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="1798" spans="1:8">
       <c r="A1798" t="s">
-        <v>1331</v>
+        <v>842</v>
       </c>
       <c r="B1798" t="s">
         <v>11</v>
       </c>
       <c r="C1798">
-        <v>14942</v>
+        <v>14943</v>
       </c>
       <c r="D1798" t="s">
         <v>121</v>
       </c>
       <c r="E1798" t="s">
         <v>46</v>
       </c>
       <c r="F1798" t="s">
-        <v>1248</v>
+        <v>505</v>
       </c>
       <c r="G1798" t="s">
-        <v>1249</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1799" spans="1:8">
       <c r="A1799" t="s">
         <v>842</v>
       </c>
       <c r="B1799" t="s">
         <v>11</v>
       </c>
       <c r="C1799">
-        <v>14943</v>
+        <v>14945</v>
       </c>
       <c r="D1799" t="s">
         <v>121</v>
       </c>
-      <c r="E1799" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1799"/>
       <c r="F1799" t="s">
-        <v>505</v>
+        <v>1332</v>
       </c>
       <c r="G1799" t="s">
-        <v>505</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="1800" spans="1:8">
       <c r="A1800" t="s">
         <v>842</v>
       </c>
       <c r="B1800" t="s">
         <v>11</v>
       </c>
       <c r="C1800">
-        <v>14945</v>
+        <v>14946</v>
       </c>
       <c r="D1800" t="s">
         <v>121</v>
       </c>
-      <c r="E1800"/>
+      <c r="E1800" t="s">
+        <v>46</v>
+      </c>
       <c r="F1800" t="s">
         <v>1332</v>
       </c>
       <c r="G1800" t="s">
         <v>1333</v>
       </c>
     </row>
     <row r="1801" spans="1:8">
       <c r="A1801" t="s">
-        <v>842</v>
+        <v>1325</v>
       </c>
       <c r="B1801" t="s">
         <v>11</v>
       </c>
       <c r="C1801">
-        <v>14946</v>
+        <v>14948</v>
       </c>
       <c r="D1801" t="s">
         <v>121</v>
       </c>
-      <c r="E1801" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1801"/>
       <c r="F1801" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="G1801" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="1802" spans="1:8">
       <c r="A1802" t="s">
         <v>1325</v>
       </c>
       <c r="B1802" t="s">
         <v>11</v>
       </c>
       <c r="C1802">
-        <v>14948</v>
+        <v>14949</v>
       </c>
       <c r="D1802" t="s">
         <v>121</v>
       </c>
       <c r="E1802"/>
       <c r="F1802" t="s">
         <v>1334</v>
       </c>
       <c r="G1802" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="1803" spans="1:8">
       <c r="A1803" t="s">
         <v>1325</v>
       </c>
       <c r="B1803" t="s">
         <v>11</v>
       </c>
       <c r="C1803">
-        <v>14949</v>
+        <v>14950</v>
       </c>
       <c r="D1803" t="s">
         <v>121</v>
       </c>
       <c r="E1803"/>
       <c r="F1803" t="s">
         <v>1334</v>
       </c>
       <c r="G1803" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="1804" spans="1:8">
       <c r="A1804" t="s">
-        <v>1325</v>
+        <v>1336</v>
       </c>
       <c r="B1804" t="s">
         <v>11</v>
       </c>
       <c r="C1804">
-        <v>14950</v>
+        <v>14951</v>
       </c>
       <c r="D1804" t="s">
         <v>121</v>
       </c>
       <c r="E1804"/>
       <c r="F1804" t="s">
-        <v>1334</v>
+        <v>1326</v>
       </c>
       <c r="G1804" t="s">
-        <v>1335</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="1805" spans="1:8">
       <c r="A1805" t="s">
-        <v>1336</v>
+        <v>37</v>
       </c>
       <c r="B1805" t="s">
         <v>11</v>
       </c>
       <c r="C1805">
-        <v>14951</v>
+        <v>14952</v>
       </c>
       <c r="D1805" t="s">
         <v>121</v>
       </c>
       <c r="E1805"/>
       <c r="F1805" t="s">
-        <v>1326</v>
+        <v>1337</v>
       </c>
       <c r="G1805" t="s">
-        <v>1327</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="1806" spans="1:8">
       <c r="A1806" t="s">
-        <v>37</v>
+        <v>1281</v>
       </c>
       <c r="B1806" t="s">
         <v>11</v>
       </c>
       <c r="C1806">
-        <v>14952</v>
+        <v>14956</v>
       </c>
       <c r="D1806" t="s">
         <v>121</v>
       </c>
-      <c r="E1806"/>
+      <c r="E1806" t="s">
+        <v>21</v>
+      </c>
       <c r="F1806" t="s">
-        <v>1337</v>
+        <v>1316</v>
       </c>
       <c r="G1806" t="s">
-        <v>1193</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="1807" spans="1:8">
       <c r="A1807" t="s">
-        <v>1281</v>
+        <v>842</v>
       </c>
       <c r="B1807" t="s">
         <v>11</v>
       </c>
       <c r="C1807">
-        <v>14956</v>
+        <v>14958</v>
       </c>
       <c r="D1807" t="s">
         <v>121</v>
       </c>
       <c r="E1807" t="s">
-        <v>21</v>
+        <v>192</v>
       </c>
       <c r="F1807" t="s">
-        <v>1316</v>
+        <v>1332</v>
       </c>
       <c r="G1807" t="s">
-        <v>1317</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="1808" spans="1:8">
       <c r="A1808" t="s">
-        <v>842</v>
+        <v>1338</v>
       </c>
       <c r="B1808" t="s">
         <v>11</v>
       </c>
       <c r="C1808">
-        <v>14958</v>
+        <v>14960</v>
       </c>
       <c r="D1808" t="s">
         <v>121</v>
       </c>
       <c r="E1808" t="s">
-        <v>192</v>
+        <v>1075</v>
       </c>
       <c r="F1808" t="s">
-        <v>1332</v>
+        <v>1339</v>
       </c>
       <c r="G1808" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1809" spans="1:8">
       <c r="A1809" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
       <c r="B1809" t="s">
         <v>11</v>
       </c>
       <c r="C1809">
-        <v>14960</v>
+        <v>14961</v>
       </c>
       <c r="D1809" t="s">
         <v>121</v>
       </c>
-      <c r="E1809" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1809"/>
       <c r="F1809" t="s">
-        <v>1339</v>
+        <v>1329</v>
       </c>
       <c r="G1809" t="s">
-        <v>1340</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="1810" spans="1:8">
       <c r="A1810" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="B1810" t="s">
         <v>11</v>
       </c>
       <c r="C1810">
-        <v>14961</v>
+        <v>14963</v>
       </c>
       <c r="D1810" t="s">
         <v>121</v>
       </c>
-      <c r="E1810"/>
+      <c r="E1810" t="s">
+        <v>509</v>
+      </c>
       <c r="F1810" t="s">
-        <v>1329</v>
+        <v>1343</v>
       </c>
       <c r="G1810" t="s">
-        <v>1330</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="1811" spans="1:8">
       <c r="A1811" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B1811" t="s">
         <v>11</v>
       </c>
       <c r="C1811">
-        <v>14963</v>
+        <v>14964</v>
       </c>
       <c r="D1811" t="s">
         <v>121</v>
       </c>
       <c r="E1811" t="s">
-        <v>509</v>
+        <v>21</v>
       </c>
       <c r="F1811" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="G1811" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="1812" spans="1:8">
       <c r="A1812" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
       <c r="B1812" t="s">
         <v>11</v>
       </c>
       <c r="C1812">
-        <v>14964</v>
+        <v>14965</v>
       </c>
       <c r="D1812" t="s">
         <v>121</v>
       </c>
-      <c r="E1812" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1812"/>
       <c r="F1812" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="G1812" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1813" spans="1:8">
       <c r="A1813" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="B1813" t="s">
         <v>11</v>
       </c>
       <c r="C1813">
-        <v>14965</v>
+        <v>14966</v>
       </c>
       <c r="D1813" t="s">
         <v>121</v>
       </c>
       <c r="E1813"/>
       <c r="F1813" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="G1813" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="1814" spans="1:8">
       <c r="A1814" t="s">
         <v>1351</v>
       </c>
       <c r="B1814" t="s">
         <v>11</v>
       </c>
       <c r="C1814">
-        <v>14966</v>
+        <v>14967</v>
       </c>
       <c r="D1814" t="s">
         <v>121</v>
       </c>
-      <c r="E1814"/>
+      <c r="E1814" t="s">
+        <v>21</v>
+      </c>
       <c r="F1814" t="s">
         <v>1352</v>
       </c>
       <c r="G1814" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="1815" spans="1:8">
       <c r="A1815" t="s">
         <v>1351</v>
       </c>
       <c r="B1815" t="s">
         <v>11</v>
       </c>
       <c r="C1815">
-        <v>14967</v>
+        <v>14968</v>
       </c>
       <c r="D1815" t="s">
         <v>121</v>
       </c>
-      <c r="E1815" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1815"/>
       <c r="F1815" t="s">
         <v>1352</v>
       </c>
       <c r="G1815" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="1816" spans="1:8">
       <c r="A1816" t="s">
         <v>1351</v>
       </c>
       <c r="B1816" t="s">
         <v>11</v>
       </c>
       <c r="C1816">
-        <v>14968</v>
+        <v>14969</v>
       </c>
       <c r="D1816" t="s">
         <v>121</v>
       </c>
       <c r="E1816"/>
       <c r="F1816" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="G1816" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1817" spans="1:8">
       <c r="A1817" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="B1817" t="s">
         <v>11</v>
       </c>
       <c r="C1817">
-        <v>14969</v>
+        <v>14971</v>
       </c>
       <c r="D1817" t="s">
         <v>121</v>
       </c>
-      <c r="E1817"/>
+      <c r="E1817" t="s">
+        <v>21</v>
+      </c>
       <c r="F1817" t="s">
-        <v>1354</v>
+        <v>1301</v>
       </c>
       <c r="G1817" t="s">
-        <v>1355</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="1818" spans="1:8">
       <c r="A1818" t="s">
         <v>1356</v>
       </c>
       <c r="B1818" t="s">
         <v>11</v>
       </c>
       <c r="C1818">
-        <v>14971</v>
+        <v>14972</v>
       </c>
       <c r="D1818" t="s">
         <v>121</v>
       </c>
       <c r="E1818" t="s">
-        <v>21</v>
+        <v>509</v>
       </c>
       <c r="F1818" t="s">
         <v>1301</v>
       </c>
       <c r="G1818" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="1819" spans="1:8">
       <c r="A1819" t="s">
         <v>1356</v>
       </c>
       <c r="B1819" t="s">
         <v>11</v>
       </c>
       <c r="C1819">
-        <v>14972</v>
+        <v>14973</v>
       </c>
       <c r="D1819" t="s">
         <v>121</v>
       </c>
       <c r="E1819" t="s">
-        <v>509</v>
+        <v>21</v>
       </c>
       <c r="F1819" t="s">
         <v>1301</v>
       </c>
       <c r="G1819" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="1820" spans="1:8">
       <c r="A1820" t="s">
         <v>1356</v>
       </c>
       <c r="B1820" t="s">
         <v>11</v>
       </c>
       <c r="C1820">
-        <v>14973</v>
+        <v>14974</v>
       </c>
       <c r="D1820" t="s">
         <v>121</v>
       </c>
-      <c r="E1820" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1820"/>
       <c r="F1820" t="s">
         <v>1301</v>
       </c>
       <c r="G1820" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="1821" spans="1:8">
       <c r="A1821" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="B1821" t="s">
         <v>11</v>
       </c>
       <c r="C1821">
-        <v>14974</v>
+        <v>14980</v>
       </c>
       <c r="D1821" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="E1821"/>
+        <v>1278</v>
+      </c>
+      <c r="E1821" t="s">
+        <v>21</v>
+      </c>
       <c r="F1821" t="s">
-        <v>1301</v>
+        <v>505</v>
       </c>
       <c r="G1821" t="s">
-        <v>1302</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1822" spans="1:8">
       <c r="A1822" t="s">
-        <v>1357</v>
+        <v>1351</v>
       </c>
       <c r="B1822" t="s">
         <v>11</v>
       </c>
       <c r="C1822">
-        <v>14980</v>
+        <v>14985</v>
       </c>
       <c r="D1822" t="s">
-        <v>1278</v>
+        <v>121</v>
       </c>
       <c r="E1822" t="s">
         <v>21</v>
       </c>
       <c r="F1822" t="s">
-        <v>505</v>
+        <v>1358</v>
       </c>
       <c r="G1822" t="s">
-        <v>505</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="1823" spans="1:8">
       <c r="A1823" t="s">
-        <v>1351</v>
+        <v>1360</v>
       </c>
       <c r="B1823" t="s">
         <v>11</v>
       </c>
       <c r="C1823">
-        <v>14985</v>
+        <v>14986</v>
       </c>
       <c r="D1823" t="s">
         <v>121</v>
       </c>
       <c r="E1823" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="F1823" t="s">
         <v>1358</v>
       </c>
       <c r="G1823" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="1824" spans="1:8">
       <c r="A1824" t="s">
         <v>1360</v>
       </c>
       <c r="B1824" t="s">
         <v>11</v>
       </c>
       <c r="C1824">
-        <v>14986</v>
+        <v>14987</v>
       </c>
       <c r="D1824" t="s">
         <v>121</v>
       </c>
-      <c r="E1824" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1824"/>
       <c r="F1824" t="s">
         <v>1358</v>
       </c>
       <c r="G1824" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="1825" spans="1:8">
       <c r="A1825" t="s">
         <v>1360</v>
       </c>
       <c r="B1825" t="s">
         <v>11</v>
       </c>
       <c r="C1825">
-        <v>14987</v>
+        <v>14988</v>
       </c>
       <c r="D1825" t="s">
         <v>121</v>
       </c>
-      <c r="E1825"/>
+      <c r="E1825" t="s">
+        <v>116</v>
+      </c>
       <c r="F1825" t="s">
         <v>1358</v>
       </c>
       <c r="G1825" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="1826" spans="1:8">
       <c r="A1826" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="B1826" t="s">
         <v>11</v>
       </c>
       <c r="C1826">
-        <v>14988</v>
+        <v>14990</v>
       </c>
       <c r="D1826" t="s">
         <v>121</v>
       </c>
-      <c r="E1826" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1826"/>
       <c r="F1826" t="s">
-        <v>1358</v>
+        <v>111</v>
       </c>
       <c r="G1826" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="1827" spans="1:8">
       <c r="A1827" t="s">
-        <v>1361</v>
+        <v>1322</v>
       </c>
       <c r="B1827" t="s">
         <v>11</v>
       </c>
       <c r="C1827">
-        <v>14990</v>
+        <v>14991</v>
       </c>
       <c r="D1827" t="s">
         <v>121</v>
       </c>
-      <c r="E1827"/>
+      <c r="E1827" t="s">
+        <v>122</v>
+      </c>
       <c r="F1827" t="s">
-        <v>111</v>
+        <v>1363</v>
       </c>
       <c r="G1827" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="1828" spans="1:8">
       <c r="A1828" t="s">
-        <v>1322</v>
+        <v>1365</v>
       </c>
       <c r="B1828" t="s">
         <v>11</v>
       </c>
       <c r="C1828">
-        <v>14991</v>
+        <v>14992</v>
       </c>
       <c r="D1828" t="s">
         <v>121</v>
       </c>
-      <c r="E1828" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1828"/>
       <c r="F1828" t="s">
-        <v>1363</v>
+        <v>1316</v>
       </c>
       <c r="G1828" t="s">
-        <v>1364</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="1829" spans="1:8">
       <c r="A1829" t="s">
         <v>1365</v>
       </c>
       <c r="B1829" t="s">
         <v>11</v>
       </c>
       <c r="C1829">
-        <v>14992</v>
+        <v>14993</v>
       </c>
       <c r="D1829" t="s">
         <v>121</v>
       </c>
       <c r="E1829"/>
       <c r="F1829" t="s">
         <v>1316</v>
       </c>
       <c r="G1829" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="1830" spans="1:8">
       <c r="A1830" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="B1830" t="s">
         <v>11</v>
       </c>
       <c r="C1830">
-        <v>14993</v>
+        <v>14994</v>
       </c>
       <c r="D1830" t="s">
         <v>121</v>
       </c>
-      <c r="E1830"/>
+      <c r="E1830" t="s">
+        <v>46</v>
+      </c>
       <c r="F1830" t="s">
-        <v>1316</v>
+        <v>1343</v>
       </c>
       <c r="G1830" t="s">
-        <v>1317</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="1831" spans="1:8">
       <c r="A1831" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="B1831" t="s">
         <v>11</v>
       </c>
       <c r="C1831">
-        <v>14994</v>
+        <v>14995</v>
       </c>
       <c r="D1831" t="s">
         <v>121</v>
       </c>
-      <c r="E1831" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1831"/>
       <c r="F1831" t="s">
-        <v>1343</v>
+        <v>1363</v>
       </c>
       <c r="G1831" t="s">
-        <v>1344</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="1832" spans="1:8">
       <c r="A1832" t="s">
-        <v>1367</v>
+        <v>860</v>
       </c>
       <c r="B1832" t="s">
         <v>11</v>
       </c>
       <c r="C1832">
-        <v>14995</v>
+        <v>14997</v>
       </c>
       <c r="D1832" t="s">
         <v>121</v>
       </c>
-      <c r="E1832"/>
+      <c r="E1832" t="s">
+        <v>21</v>
+      </c>
       <c r="F1832" t="s">
-        <v>1363</v>
+        <v>1339</v>
       </c>
       <c r="G1832" t="s">
-        <v>1364</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1833" spans="1:8">
       <c r="A1833" t="s">
-        <v>860</v>
+        <v>1368</v>
       </c>
       <c r="B1833" t="s">
         <v>11</v>
       </c>
       <c r="C1833">
-        <v>14997</v>
+        <v>15001</v>
       </c>
       <c r="D1833" t="s">
         <v>121</v>
       </c>
       <c r="E1833" t="s">
-        <v>21</v>
+        <v>192</v>
       </c>
       <c r="F1833" t="s">
         <v>1339</v>
       </c>
       <c r="G1833" t="s">
         <v>1340</v>
       </c>
     </row>
     <row r="1834" spans="1:8">
       <c r="A1834" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="B1834" t="s">
         <v>11</v>
       </c>
       <c r="C1834">
-        <v>15001</v>
+        <v>15002</v>
       </c>
       <c r="D1834" t="s">
         <v>121</v>
       </c>
-      <c r="E1834" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1834"/>
       <c r="F1834" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="G1834" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="1835" spans="1:8">
       <c r="A1835" t="s">
-        <v>1369</v>
+        <v>1144</v>
       </c>
       <c r="B1835" t="s">
         <v>11</v>
       </c>
       <c r="C1835">
-        <v>15002</v>
+        <v>15003</v>
       </c>
       <c r="D1835" t="s">
         <v>121</v>
       </c>
-      <c r="E1835"/>
+      <c r="E1835" t="s">
+        <v>46</v>
+      </c>
       <c r="F1835" t="s">
-        <v>1343</v>
+        <v>1339</v>
       </c>
       <c r="G1835" t="s">
-        <v>1344</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1836" spans="1:8">
       <c r="A1836" t="s">
-        <v>1144</v>
+        <v>1370</v>
       </c>
       <c r="B1836" t="s">
         <v>11</v>
       </c>
       <c r="C1836">
-        <v>15003</v>
+        <v>15004</v>
       </c>
       <c r="D1836" t="s">
         <v>121</v>
       </c>
-      <c r="E1836" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1836"/>
       <c r="F1836" t="s">
-        <v>1339</v>
+        <v>1308</v>
       </c>
       <c r="G1836" t="s">
-        <v>1340</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="1837" spans="1:8">
       <c r="A1837" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="B1837" t="s">
         <v>11</v>
       </c>
       <c r="C1837">
-        <v>15004</v>
+        <v>15005</v>
       </c>
       <c r="D1837" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="E1837"/>
+        <v>1278</v>
+      </c>
+      <c r="E1837" t="s">
+        <v>21</v>
+      </c>
       <c r="F1837" t="s">
-        <v>1308</v>
+        <v>505</v>
       </c>
       <c r="G1837" t="s">
-        <v>1309</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1838" spans="1:8">
       <c r="A1838" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="B1838" t="s">
         <v>11</v>
       </c>
       <c r="C1838">
-        <v>15005</v>
+        <v>15007</v>
       </c>
       <c r="D1838" t="s">
         <v>1278</v>
       </c>
-      <c r="E1838" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1838"/>
       <c r="F1838" t="s">
         <v>505</v>
       </c>
       <c r="G1838" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="1839" spans="1:8">
       <c r="A1839" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="B1839" t="s">
         <v>11</v>
       </c>
       <c r="C1839">
-        <v>15007</v>
+        <v>15010</v>
       </c>
       <c r="D1839" t="s">
-        <v>1278</v>
-[...1 lines deleted...]
-      <c r="E1839"/>
+        <v>121</v>
+      </c>
+      <c r="E1839" t="s">
+        <v>21</v>
+      </c>
       <c r="F1839" t="s">
-        <v>505</v>
+        <v>1339</v>
       </c>
       <c r="G1839" t="s">
-        <v>505</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1840" spans="1:8">
       <c r="A1840" t="s">
         <v>1373</v>
       </c>
       <c r="B1840" t="s">
         <v>11</v>
       </c>
       <c r="C1840">
-        <v>15010</v>
+        <v>15011</v>
       </c>
       <c r="D1840" t="s">
         <v>121</v>
       </c>
       <c r="E1840" t="s">
         <v>21</v>
       </c>
       <c r="F1840" t="s">
         <v>1339</v>
       </c>
       <c r="G1840" t="s">
         <v>1340</v>
       </c>
     </row>
     <row r="1841" spans="1:8">
       <c r="A1841" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B1841" t="s">
         <v>11</v>
       </c>
       <c r="C1841">
-        <v>15011</v>
+        <v>15012</v>
       </c>
       <c r="D1841" t="s">
         <v>121</v>
       </c>
-      <c r="E1841" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1841"/>
       <c r="F1841" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="G1841" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="1842" spans="1:8">
       <c r="A1842" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="B1842" t="s">
         <v>11</v>
       </c>
       <c r="C1842">
-        <v>15012</v>
+        <v>15013</v>
       </c>
       <c r="D1842" t="s">
         <v>121</v>
       </c>
-      <c r="E1842"/>
+      <c r="E1842" t="s">
+        <v>21</v>
+      </c>
       <c r="F1842" t="s">
-        <v>1343</v>
+        <v>1354</v>
       </c>
       <c r="G1842" t="s">
-        <v>1344</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1843" spans="1:8">
       <c r="A1843" t="s">
         <v>1375</v>
       </c>
       <c r="B1843" t="s">
         <v>11</v>
       </c>
       <c r="C1843">
-        <v>15013</v>
+        <v>15014</v>
       </c>
       <c r="D1843" t="s">
         <v>121</v>
       </c>
       <c r="E1843" t="s">
         <v>21</v>
       </c>
       <c r="F1843" t="s">
         <v>1354</v>
       </c>
       <c r="G1843" t="s">
         <v>1355</v>
       </c>
     </row>
     <row r="1844" spans="1:8">
       <c r="A1844" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="B1844" t="s">
         <v>11</v>
       </c>
       <c r="C1844">
-        <v>15014</v>
+        <v>15015</v>
       </c>
       <c r="D1844" t="s">
         <v>121</v>
       </c>
       <c r="E1844" t="s">
-        <v>21</v>
+        <v>192</v>
       </c>
       <c r="F1844" t="s">
-        <v>1354</v>
+        <v>1377</v>
       </c>
       <c r="G1844" t="s">
-        <v>1355</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="1845" spans="1:8">
       <c r="A1845" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="B1845" t="s">
         <v>11</v>
       </c>
       <c r="C1845">
-        <v>15015</v>
+        <v>15019</v>
       </c>
       <c r="D1845" t="s">
         <v>121</v>
       </c>
-      <c r="E1845" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1845"/>
       <c r="F1845" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="G1845" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="1846" spans="1:8">
       <c r="A1846" t="s">
-        <v>1379</v>
+        <v>1315</v>
       </c>
       <c r="B1846" t="s">
         <v>11</v>
       </c>
       <c r="C1846">
-        <v>15019</v>
+        <v>15021</v>
       </c>
       <c r="D1846" t="s">
         <v>121</v>
       </c>
       <c r="E1846"/>
       <c r="F1846" t="s">
-        <v>1380</v>
+        <v>1339</v>
       </c>
       <c r="G1846" t="s">
-        <v>1381</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1847" spans="1:8">
       <c r="A1847" t="s">
         <v>1315</v>
       </c>
       <c r="B1847" t="s">
         <v>11</v>
       </c>
       <c r="C1847">
-        <v>15021</v>
+        <v>15022</v>
       </c>
       <c r="D1847" t="s">
         <v>121</v>
       </c>
       <c r="E1847"/>
       <c r="F1847" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="G1847" t="s">
-        <v>1340</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1848" spans="1:8">
       <c r="A1848" t="s">
         <v>1315</v>
       </c>
       <c r="B1848" t="s">
         <v>11</v>
       </c>
       <c r="C1848">
-        <v>15022</v>
+        <v>15023</v>
       </c>
       <c r="D1848" t="s">
         <v>121</v>
       </c>
       <c r="E1848"/>
       <c r="F1848" t="s">
         <v>1349</v>
       </c>
       <c r="G1848" t="s">
         <v>1350</v>
       </c>
     </row>
     <row r="1849" spans="1:8">
       <c r="A1849" t="s">
         <v>1315</v>
       </c>
       <c r="B1849" t="s">
         <v>11</v>
       </c>
       <c r="C1849">
-        <v>15023</v>
+        <v>15024</v>
       </c>
       <c r="D1849" t="s">
         <v>121</v>
       </c>
       <c r="E1849"/>
       <c r="F1849" t="s">
-        <v>1349</v>
+        <v>1382</v>
       </c>
       <c r="G1849" t="s">
-        <v>1350</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="1850" spans="1:8">
       <c r="A1850" t="s">
         <v>1315</v>
       </c>
       <c r="B1850" t="s">
         <v>11</v>
       </c>
       <c r="C1850">
-        <v>15024</v>
+        <v>15025</v>
       </c>
       <c r="D1850" t="s">
         <v>121</v>
       </c>
       <c r="E1850"/>
       <c r="F1850" t="s">
         <v>1382</v>
       </c>
       <c r="G1850" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="1851" spans="1:8">
       <c r="A1851" t="s">
-        <v>1315</v>
+        <v>1384</v>
       </c>
       <c r="B1851" t="s">
         <v>11</v>
       </c>
       <c r="C1851">
-        <v>15025</v>
+        <v>15026</v>
       </c>
       <c r="D1851" t="s">
         <v>121</v>
       </c>
       <c r="E1851"/>
       <c r="F1851" t="s">
-        <v>1382</v>
+        <v>517</v>
       </c>
       <c r="G1851" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="1852" spans="1:8">
       <c r="A1852" t="s">
         <v>1384</v>
       </c>
       <c r="B1852" t="s">
         <v>11</v>
       </c>
       <c r="C1852">
-        <v>15026</v>
+        <v>15027</v>
       </c>
       <c r="D1852" t="s">
         <v>121</v>
       </c>
       <c r="E1852"/>
       <c r="F1852" t="s">
         <v>517</v>
       </c>
       <c r="G1852" t="s">
         <v>1385</v>
       </c>
     </row>
     <row r="1853" spans="1:8">
       <c r="A1853" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="B1853" t="s">
         <v>11</v>
       </c>
       <c r="C1853">
-        <v>15027</v>
+        <v>15029</v>
       </c>
       <c r="D1853" t="s">
         <v>121</v>
       </c>
-      <c r="E1853"/>
+      <c r="E1853" t="s">
+        <v>21</v>
+      </c>
       <c r="F1853" t="s">
-        <v>517</v>
+        <v>1387</v>
       </c>
       <c r="G1853" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="1854" spans="1:8">
       <c r="A1854" t="s">
-        <v>1386</v>
+        <v>1375</v>
       </c>
       <c r="B1854" t="s">
         <v>11</v>
       </c>
       <c r="C1854">
-        <v>15029</v>
+        <v>15032</v>
       </c>
       <c r="D1854" t="s">
         <v>121</v>
       </c>
-      <c r="E1854" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1854"/>
       <c r="F1854" t="s">
-        <v>1387</v>
+        <v>1339</v>
       </c>
       <c r="G1854" t="s">
-        <v>1388</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1855" spans="1:8">
       <c r="A1855" t="s">
-        <v>1375</v>
+        <v>1389</v>
       </c>
       <c r="B1855" t="s">
         <v>11</v>
       </c>
       <c r="C1855">
-        <v>15032</v>
+        <v>15033</v>
       </c>
       <c r="D1855" t="s">
         <v>121</v>
       </c>
-      <c r="E1855"/>
+      <c r="E1855" t="s">
+        <v>122</v>
+      </c>
       <c r="F1855" t="s">
-        <v>1339</v>
+        <v>1387</v>
       </c>
       <c r="G1855" t="s">
-        <v>1340</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="1856" spans="1:8">
       <c r="A1856" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B1856" t="s">
         <v>11</v>
       </c>
       <c r="C1856">
-        <v>15033</v>
+        <v>15034</v>
       </c>
       <c r="D1856" t="s">
         <v>121</v>
       </c>
-      <c r="E1856" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1856"/>
       <c r="F1856" t="s">
-        <v>1387</v>
+        <v>1311</v>
       </c>
       <c r="G1856" t="s">
-        <v>1388</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="1857" spans="1:8">
       <c r="A1857" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="B1857" t="s">
         <v>11</v>
       </c>
       <c r="C1857">
-        <v>15034</v>
+        <v>15036</v>
       </c>
       <c r="D1857" t="s">
         <v>121</v>
       </c>
       <c r="E1857"/>
       <c r="F1857" t="s">
-        <v>1311</v>
+        <v>1343</v>
       </c>
       <c r="G1857" t="s">
-        <v>1312</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="1858" spans="1:8">
       <c r="A1858" t="s">
         <v>1391</v>
       </c>
       <c r="B1858" t="s">
         <v>11</v>
       </c>
       <c r="C1858">
-        <v>15036</v>
+        <v>15037</v>
       </c>
       <c r="D1858" t="s">
         <v>121</v>
       </c>
       <c r="E1858"/>
       <c r="F1858" t="s">
         <v>1343</v>
       </c>
       <c r="G1858" t="s">
         <v>1344</v>
       </c>
     </row>
     <row r="1859" spans="1:8">
       <c r="A1859" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="B1859" t="s">
         <v>11</v>
       </c>
       <c r="C1859">
-        <v>15037</v>
+        <v>15042</v>
       </c>
       <c r="D1859" t="s">
         <v>121</v>
       </c>
-      <c r="E1859"/>
+      <c r="E1859" t="s">
+        <v>116</v>
+      </c>
       <c r="F1859" t="s">
-        <v>1343</v>
+        <v>769</v>
       </c>
       <c r="G1859" t="s">
-        <v>1344</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="1860" spans="1:8">
       <c r="A1860" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="B1860" t="s">
         <v>11</v>
       </c>
       <c r="C1860">
-        <v>15042</v>
+        <v>15046</v>
       </c>
       <c r="D1860" t="s">
         <v>121</v>
       </c>
       <c r="E1860" t="s">
-        <v>116</v>
+        <v>21</v>
       </c>
       <c r="F1860" t="s">
-        <v>769</v>
+        <v>1395</v>
       </c>
       <c r="G1860" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="1861" spans="1:8">
       <c r="A1861" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
       <c r="B1861" t="s">
         <v>11</v>
       </c>
       <c r="C1861">
-        <v>15046</v>
+        <v>15053</v>
       </c>
       <c r="D1861" t="s">
-        <v>121</v>
+        <v>1278</v>
       </c>
       <c r="E1861" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="F1861" t="s">
-        <v>1395</v>
+        <v>505</v>
       </c>
       <c r="G1861" t="s">
-        <v>1396</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1862" spans="1:8">
       <c r="A1862" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B1862" t="s">
         <v>11</v>
       </c>
       <c r="C1862">
-        <v>15053</v>
+        <v>15062</v>
       </c>
       <c r="D1862" t="s">
-        <v>1278</v>
+        <v>121</v>
       </c>
       <c r="E1862" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="F1862" t="s">
-        <v>505</v>
+        <v>753</v>
       </c>
       <c r="G1862" t="s">
-        <v>505</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="1863" spans="1:8">
       <c r="A1863" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="B1863" t="s">
         <v>11</v>
       </c>
       <c r="C1863">
-        <v>15062</v>
+        <v>15069</v>
       </c>
       <c r="D1863" t="s">
         <v>121</v>
       </c>
       <c r="E1863" t="s">
         <v>21</v>
       </c>
       <c r="F1863" t="s">
-        <v>753</v>
+        <v>1401</v>
       </c>
       <c r="G1863" t="s">
-        <v>1399</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="1864" spans="1:8">
       <c r="A1864" t="s">
-        <v>1400</v>
+        <v>1284</v>
       </c>
       <c r="B1864" t="s">
         <v>11</v>
       </c>
       <c r="C1864">
-        <v>15069</v>
+        <v>15094</v>
       </c>
       <c r="D1864" t="s">
         <v>121</v>
       </c>
-      <c r="E1864" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1864"/>
       <c r="F1864" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="G1864" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="1865" spans="1:8">
       <c r="A1865" t="s">
-        <v>1284</v>
+        <v>1405</v>
       </c>
       <c r="B1865" t="s">
         <v>11</v>
       </c>
       <c r="C1865">
-        <v>15094</v>
+        <v>15099</v>
       </c>
       <c r="D1865" t="s">
-        <v>121</v>
+        <v>1278</v>
       </c>
       <c r="E1865"/>
       <c r="F1865" t="s">
-        <v>1403</v>
+        <v>308</v>
       </c>
       <c r="G1865" t="s">
-        <v>1404</v>
+        <v>838</v>
       </c>
     </row>
     <row r="1866" spans="1:8">
       <c r="A1866" t="s">
-        <v>1405</v>
+        <v>1400</v>
       </c>
       <c r="B1866" t="s">
         <v>11</v>
       </c>
       <c r="C1866">
-        <v>15099</v>
+        <v>15102</v>
       </c>
       <c r="D1866" t="s">
-        <v>1278</v>
+        <v>121</v>
       </c>
       <c r="E1866"/>
       <c r="F1866" t="s">
-        <v>308</v>
+        <v>1401</v>
       </c>
       <c r="G1866" t="s">
-        <v>838</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="1867" spans="1:8">
       <c r="A1867" t="s">
         <v>1400</v>
       </c>
       <c r="B1867" t="s">
         <v>11</v>
       </c>
       <c r="C1867">
-        <v>15102</v>
+        <v>15103</v>
       </c>
       <c r="D1867" t="s">
         <v>121</v>
       </c>
       <c r="E1867"/>
       <c r="F1867" t="s">
         <v>1401</v>
       </c>
       <c r="G1867" t="s">
         <v>1402</v>
       </c>
     </row>
     <row r="1868" spans="1:8">
       <c r="A1868" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="B1868" t="s">
         <v>11</v>
       </c>
       <c r="C1868">
-        <v>15103</v>
+        <v>15104</v>
       </c>
       <c r="D1868" t="s">
         <v>121</v>
       </c>
       <c r="E1868"/>
       <c r="F1868" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="G1868" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="1869" spans="1:8">
       <c r="A1869" t="s">
         <v>1406</v>
       </c>
       <c r="B1869" t="s">
         <v>11</v>
       </c>
       <c r="C1869">
-        <v>15104</v>
+        <v>15105</v>
       </c>
       <c r="D1869" t="s">
         <v>121</v>
       </c>
       <c r="E1869"/>
       <c r="F1869" t="s">
         <v>1407</v>
       </c>
       <c r="G1869" t="s">
         <v>1408</v>
       </c>
     </row>
     <row r="1870" spans="1:8">
       <c r="A1870" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="B1870" t="s">
         <v>11</v>
       </c>
       <c r="C1870">
-        <v>15105</v>
+        <v>15106</v>
       </c>
       <c r="D1870" t="s">
         <v>121</v>
       </c>
       <c r="E1870"/>
       <c r="F1870" t="s">
         <v>1407</v>
       </c>
       <c r="G1870" t="s">
         <v>1408</v>
       </c>
     </row>
     <row r="1871" spans="1:8">
       <c r="A1871" t="s">
         <v>1409</v>
       </c>
       <c r="B1871" t="s">
         <v>11</v>
       </c>
       <c r="C1871">
-        <v>15106</v>
+        <v>15107</v>
       </c>
       <c r="D1871" t="s">
         <v>121</v>
       </c>
       <c r="E1871"/>
       <c r="F1871" t="s">
         <v>1407</v>
       </c>
       <c r="G1871" t="s">
         <v>1408</v>
       </c>
     </row>
     <row r="1872" spans="1:8">
       <c r="A1872" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="B1872" t="s">
         <v>11</v>
       </c>
       <c r="C1872">
-        <v>15107</v>
+        <v>15111</v>
       </c>
       <c r="D1872" t="s">
         <v>121</v>
       </c>
-      <c r="E1872"/>
+      <c r="E1872" t="s">
+        <v>21</v>
+      </c>
       <c r="F1872" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="G1872" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="1873" spans="1:8">
       <c r="A1873" t="s">
         <v>1410</v>
       </c>
       <c r="B1873" t="s">
         <v>11</v>
       </c>
       <c r="C1873">
-        <v>15111</v>
+        <v>15112</v>
       </c>
       <c r="D1873" t="s">
         <v>121</v>
       </c>
       <c r="E1873" t="s">
         <v>21</v>
       </c>
       <c r="F1873" t="s">
-        <v>1411</v>
+        <v>91</v>
       </c>
       <c r="G1873" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="1874" spans="1:8">
       <c r="A1874" t="s">
         <v>1410</v>
       </c>
       <c r="B1874" t="s">
         <v>11</v>
       </c>
       <c r="C1874">
-        <v>15112</v>
+        <v>15113</v>
       </c>
       <c r="D1874" t="s">
         <v>121</v>
       </c>
       <c r="E1874" t="s">
         <v>21</v>
       </c>
       <c r="F1874" t="s">
-        <v>91</v>
+        <v>1411</v>
       </c>
       <c r="G1874" t="s">
-        <v>1413</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="1875" spans="1:8">
       <c r="A1875" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="B1875" t="s">
         <v>11</v>
       </c>
       <c r="C1875">
-        <v>15113</v>
+        <v>15115</v>
       </c>
       <c r="D1875" t="s">
         <v>121</v>
       </c>
       <c r="E1875" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="F1875" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="G1875" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="1876" spans="1:8">
       <c r="A1876" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
       <c r="B1876" t="s">
         <v>11</v>
       </c>
       <c r="C1876">
-        <v>15115</v>
+        <v>15120</v>
       </c>
       <c r="D1876" t="s">
-        <v>121</v>
+        <v>1278</v>
       </c>
       <c r="E1876" t="s">
         <v>116</v>
       </c>
       <c r="F1876" t="s">
-        <v>1415</v>
+        <v>505</v>
       </c>
       <c r="G1876" t="s">
-        <v>1416</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1877" spans="1:8">
       <c r="A1877" t="s">
         <v>1417</v>
       </c>
       <c r="B1877" t="s">
         <v>11</v>
       </c>
       <c r="C1877">
-        <v>15120</v>
+        <v>15121</v>
       </c>
       <c r="D1877" t="s">
         <v>1278</v>
       </c>
       <c r="E1877" t="s">
         <v>116</v>
       </c>
       <c r="F1877" t="s">
         <v>505</v>
       </c>
       <c r="G1877" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="1878" spans="1:8">
       <c r="A1878" t="s">
         <v>1417</v>
       </c>
       <c r="B1878" t="s">
         <v>11</v>
       </c>
       <c r="C1878">
-        <v>15121</v>
+        <v>15122</v>
       </c>
       <c r="D1878" t="s">
         <v>1278</v>
       </c>
       <c r="E1878" t="s">
         <v>116</v>
       </c>
       <c r="F1878" t="s">
         <v>505</v>
       </c>
       <c r="G1878" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="1879" spans="1:8">
       <c r="A1879" t="s">
-        <v>1417</v>
+        <v>1093</v>
       </c>
       <c r="B1879" t="s">
         <v>11</v>
       </c>
       <c r="C1879">
-        <v>15122</v>
+        <v>15124</v>
       </c>
       <c r="D1879" t="s">
         <v>1278</v>
       </c>
-      <c r="E1879" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1879"/>
       <c r="F1879" t="s">
-        <v>505</v>
+        <v>1395</v>
       </c>
       <c r="G1879" t="s">
-        <v>505</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="1880" spans="1:8">
       <c r="A1880" t="s">
-        <v>1093</v>
+        <v>1418</v>
       </c>
       <c r="B1880" t="s">
         <v>11</v>
       </c>
       <c r="C1880">
-        <v>15124</v>
+        <v>15130</v>
       </c>
       <c r="D1880" t="s">
-        <v>1278</v>
+        <v>121</v>
       </c>
       <c r="E1880"/>
       <c r="F1880" t="s">
-        <v>1395</v>
+        <v>1419</v>
       </c>
       <c r="G1880" t="s">
-        <v>1396</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="1881" spans="1:8">
       <c r="A1881" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="B1881" t="s">
         <v>11</v>
       </c>
       <c r="C1881">
-        <v>15130</v>
+        <v>15143</v>
       </c>
       <c r="D1881" t="s">
         <v>121</v>
       </c>
       <c r="E1881"/>
       <c r="F1881" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="G1881" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="1882" spans="1:8">
       <c r="A1882" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="B1882" t="s">
         <v>11</v>
       </c>
       <c r="C1882">
-        <v>15143</v>
+        <v>15155</v>
       </c>
       <c r="D1882" t="s">
-        <v>121</v>
+        <v>1278</v>
       </c>
       <c r="E1882"/>
       <c r="F1882" t="s">
-        <v>1422</v>
+        <v>505</v>
       </c>
       <c r="G1882" t="s">
-        <v>1423</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1883" spans="1:8">
       <c r="A1883" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="B1883" t="s">
         <v>11</v>
       </c>
       <c r="C1883">
-        <v>15155</v>
+        <v>15164</v>
       </c>
       <c r="D1883" t="s">
         <v>1278</v>
       </c>
       <c r="E1883"/>
       <c r="F1883" t="s">
         <v>505</v>
       </c>
       <c r="G1883" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="1884" spans="1:8">
       <c r="A1884" t="s">
         <v>1425</v>
       </c>
       <c r="B1884" t="s">
         <v>11</v>
       </c>
       <c r="C1884">
-        <v>15164</v>
+        <v>15165</v>
       </c>
       <c r="D1884" t="s">
         <v>1278</v>
       </c>
       <c r="E1884"/>
       <c r="F1884" t="s">
         <v>505</v>
       </c>
       <c r="G1884" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="1885" spans="1:8">
       <c r="A1885" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="B1885" t="s">
         <v>11</v>
       </c>
       <c r="C1885">
-        <v>15165</v>
+        <v>15172</v>
       </c>
       <c r="D1885" t="s">
-        <v>1278</v>
-[...1 lines deleted...]
-      <c r="E1885"/>
+        <v>121</v>
+      </c>
+      <c r="E1885" t="s">
+        <v>64</v>
+      </c>
       <c r="F1885" t="s">
-        <v>505</v>
+        <v>1427</v>
       </c>
       <c r="G1885" t="s">
-        <v>505</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="1886" spans="1:8">
       <c r="A1886" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="B1886" t="s">
         <v>11</v>
       </c>
       <c r="C1886">
-        <v>15172</v>
+        <v>15181</v>
       </c>
       <c r="D1886" t="s">
         <v>121</v>
       </c>
       <c r="E1886" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="F1886" t="s">
-        <v>1427</v>
+        <v>1430</v>
       </c>
       <c r="G1886" t="s">
-        <v>1428</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="1887" spans="1:8">
       <c r="A1887" t="s">
         <v>1429</v>
       </c>
       <c r="B1887" t="s">
         <v>11</v>
       </c>
       <c r="C1887">
-        <v>15181</v>
+        <v>15182</v>
       </c>
       <c r="D1887" t="s">
-        <v>121</v>
+        <v>1278</v>
       </c>
       <c r="E1887" t="s">
         <v>46</v>
       </c>
       <c r="F1887" t="s">
-        <v>1430</v>
+        <v>505</v>
       </c>
       <c r="G1887" t="s">
-        <v>1431</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1888" spans="1:8">
       <c r="A1888" t="s">
         <v>1429</v>
       </c>
       <c r="B1888" t="s">
         <v>11</v>
       </c>
       <c r="C1888">
-        <v>15182</v>
+        <v>15183</v>
       </c>
       <c r="D1888" t="s">
-        <v>1278</v>
+        <v>121</v>
       </c>
       <c r="E1888" t="s">
         <v>46</v>
       </c>
       <c r="F1888" t="s">
-        <v>505</v>
+        <v>1430</v>
       </c>
       <c r="G1888" t="s">
-        <v>505</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="1889" spans="1:8">
       <c r="A1889" t="s">
-        <v>1429</v>
+        <v>1432</v>
       </c>
       <c r="B1889" t="s">
         <v>11</v>
       </c>
       <c r="C1889">
-        <v>15183</v>
+        <v>15188</v>
       </c>
       <c r="D1889" t="s">
         <v>121</v>
       </c>
       <c r="E1889" t="s">
         <v>46</v>
       </c>
       <c r="F1889" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="G1889" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="1890" spans="1:8">
       <c r="A1890" t="s">
         <v>1432</v>
       </c>
       <c r="B1890" t="s">
         <v>11</v>
       </c>
       <c r="C1890">
-        <v>15188</v>
+        <v>15189</v>
       </c>
       <c r="D1890" t="s">
         <v>121</v>
       </c>
       <c r="E1890" t="s">
         <v>46</v>
       </c>
       <c r="F1890" t="s">
         <v>1433</v>
       </c>
       <c r="G1890" t="s">
         <v>1434</v>
       </c>
     </row>
     <row r="1891" spans="1:8">
       <c r="A1891" t="s">
         <v>1432</v>
       </c>
       <c r="B1891" t="s">
         <v>11</v>
       </c>
       <c r="C1891">
-        <v>15189</v>
+        <v>15190</v>
       </c>
       <c r="D1891" t="s">
         <v>121</v>
       </c>
       <c r="E1891" t="s">
         <v>46</v>
       </c>
       <c r="F1891" t="s">
         <v>1433</v>
       </c>
       <c r="G1891" t="s">
         <v>1434</v>
       </c>
     </row>
     <row r="1892" spans="1:8">
       <c r="A1892" t="s">
-        <v>1432</v>
+        <v>1394</v>
       </c>
       <c r="B1892" t="s">
         <v>11</v>
       </c>
       <c r="C1892">
-        <v>15190</v>
+        <v>15230</v>
       </c>
       <c r="D1892" t="s">
         <v>121</v>
       </c>
       <c r="E1892" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="F1892" t="s">
-        <v>1433</v>
+        <v>1395</v>
       </c>
       <c r="G1892" t="s">
-        <v>1434</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="1893" spans="1:8">
       <c r="A1893" t="s">
-        <v>1394</v>
+        <v>1435</v>
       </c>
       <c r="B1893" t="s">
         <v>11</v>
       </c>
       <c r="C1893">
-        <v>15230</v>
+        <v>122</v>
       </c>
       <c r="D1893" t="s">
-        <v>121</v>
+        <v>1436</v>
       </c>
       <c r="E1893" t="s">
-        <v>21</v>
+        <v>1437</v>
       </c>
       <c r="F1893" t="s">
-        <v>1395</v>
+        <v>1438</v>
       </c>
       <c r="G1893" t="s">
-        <v>1396</v>
+        <v>487</v>
       </c>
     </row>
     <row r="1894" spans="1:8">
       <c r="A1894" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="B1894" t="s">
         <v>11</v>
       </c>
       <c r="C1894">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="D1894" t="s">
-        <v>1436</v>
+        <v>121</v>
       </c>
       <c r="E1894" t="s">
-        <v>1437</v>
+        <v>71</v>
       </c>
       <c r="F1894" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="G1894" t="s">
-        <v>487</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="1895" spans="1:8">
       <c r="A1895" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="B1895" t="s">
         <v>11</v>
       </c>
       <c r="C1895">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="D1895" t="s">
-        <v>162</v>
+        <v>121</v>
       </c>
       <c r="E1895" t="s">
-        <v>1437</v>
+        <v>192</v>
       </c>
       <c r="F1895" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="G1895" t="s">
-        <v>1441</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="1896" spans="1:8">
       <c r="A1896" t="s">
         <v>1442</v>
       </c>
       <c r="B1896" t="s">
         <v>11</v>
       </c>
       <c r="C1896">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D1896" t="s">
         <v>121</v>
       </c>
       <c r="E1896" t="s">
-        <v>71</v>
+        <v>192</v>
       </c>
       <c r="F1896" t="s">
         <v>1443</v>
       </c>
       <c r="G1896" t="s">
         <v>1444</v>
       </c>
     </row>
     <row r="1897" spans="1:8">
       <c r="A1897" t="s">
         <v>1445</v>
       </c>
       <c r="B1897" t="s">
         <v>11</v>
       </c>
       <c r="C1897">
-        <v>133</v>
+        <v>152</v>
       </c>
       <c r="D1897" t="s">
         <v>121</v>
       </c>
       <c r="E1897" t="s">
-        <v>192</v>
+        <v>71</v>
       </c>
       <c r="F1897" t="s">
         <v>1446</v>
       </c>
       <c r="G1897" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="1898" spans="1:8">
       <c r="A1898" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="B1898" t="s">
         <v>11</v>
       </c>
       <c r="C1898">
-        <v>134</v>
+        <v>185</v>
       </c>
       <c r="D1898" t="s">
         <v>121</v>
       </c>
       <c r="E1898" t="s">
-        <v>192</v>
+        <v>1437</v>
       </c>
       <c r="F1898" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="G1898" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="1899" spans="1:8">
       <c r="A1899" t="s">
         <v>1448</v>
       </c>
       <c r="B1899" t="s">
         <v>11</v>
       </c>
       <c r="C1899">
-        <v>152</v>
+        <v>186</v>
       </c>
       <c r="D1899" t="s">
         <v>121</v>
       </c>
       <c r="E1899" t="s">
-        <v>71</v>
+        <v>1437</v>
       </c>
       <c r="F1899" t="s">
         <v>1449</v>
       </c>
       <c r="G1899" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="1900" spans="1:8">
       <c r="A1900" t="s">
-        <v>1439</v>
+        <v>385</v>
       </c>
       <c r="B1900" t="s">
         <v>11</v>
       </c>
       <c r="C1900">
-        <v>159</v>
+        <v>203</v>
       </c>
       <c r="D1900" t="s">
         <v>121</v>
       </c>
       <c r="E1900" t="s">
-        <v>1437</v>
+        <v>1451</v>
       </c>
       <c r="F1900" t="s">
-        <v>1451</v>
+        <v>14</v>
       </c>
       <c r="G1900" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="1901" spans="1:8">
       <c r="A1901" t="s">
-        <v>1453</v>
+        <v>385</v>
       </c>
       <c r="B1901" t="s">
         <v>11</v>
       </c>
       <c r="C1901">
-        <v>185</v>
+        <v>211</v>
       </c>
       <c r="D1901" t="s">
         <v>121</v>
       </c>
       <c r="E1901" t="s">
-        <v>1437</v>
+        <v>1451</v>
       </c>
       <c r="F1901" t="s">
-        <v>1454</v>
+        <v>14</v>
       </c>
       <c r="G1901" t="s">
-        <v>1455</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1902" spans="1:8">
       <c r="A1902" t="s">
-        <v>1453</v>
+        <v>385</v>
       </c>
       <c r="B1902" t="s">
         <v>11</v>
       </c>
       <c r="C1902">
-        <v>186</v>
+        <v>212</v>
       </c>
       <c r="D1902" t="s">
         <v>121</v>
       </c>
       <c r="E1902" t="s">
-        <v>1437</v>
+        <v>1451</v>
       </c>
       <c r="F1902" t="s">
-        <v>1454</v>
+        <v>14</v>
       </c>
       <c r="G1902" t="s">
-        <v>1455</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1903" spans="1:8">
       <c r="A1903" t="s">
-        <v>385</v>
+        <v>1453</v>
       </c>
       <c r="B1903" t="s">
         <v>11</v>
       </c>
       <c r="C1903">
-        <v>203</v>
+        <v>238</v>
       </c>
       <c r="D1903" t="s">
         <v>121</v>
       </c>
       <c r="E1903" t="s">
-        <v>1456</v>
+        <v>46</v>
       </c>
       <c r="F1903" t="s">
-        <v>14</v>
+        <v>1454</v>
       </c>
       <c r="G1903" t="s">
-        <v>1457</v>
+        <v>924</v>
       </c>
     </row>
     <row r="1904" spans="1:8">
       <c r="A1904" t="s">
-        <v>385</v>
+        <v>1455</v>
       </c>
       <c r="B1904" t="s">
         <v>11</v>
       </c>
       <c r="C1904">
-        <v>211</v>
+        <v>254</v>
       </c>
       <c r="D1904" t="s">
         <v>121</v>
       </c>
       <c r="E1904" t="s">
-        <v>1456</v>
+        <v>55</v>
       </c>
       <c r="F1904" t="s">
-        <v>14</v>
+        <v>263</v>
       </c>
       <c r="G1904" t="s">
-        <v>1457</v>
+        <v>97</v>
       </c>
     </row>
     <row r="1905" spans="1:8">
       <c r="A1905" t="s">
-        <v>385</v>
+        <v>10</v>
       </c>
       <c r="B1905" t="s">
         <v>11</v>
       </c>
       <c r="C1905">
-        <v>212</v>
+        <v>257</v>
       </c>
       <c r="D1905" t="s">
         <v>121</v>
       </c>
       <c r="E1905" t="s">
+        <v>73</v>
+      </c>
+      <c r="F1905" t="s">
+        <v>17</v>
+      </c>
+      <c r="G1905" t="s">
         <v>1456</v>
-      </c>
-[...4 lines deleted...]
-        <v>1457</v>
       </c>
     </row>
     <row r="1906" spans="1:8">
       <c r="A1906" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1906" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1906">
+        <v>258</v>
+      </c>
+      <c r="D1906" t="s">
+        <v>121</v>
+      </c>
+      <c r="E1906" t="s">
+        <v>73</v>
+      </c>
+      <c r="F1906" t="s">
+        <v>1457</v>
+      </c>
+      <c r="G1906" t="s">
         <v>1458</v>
-      </c>
-[...16 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="1907" spans="1:8">
       <c r="A1907" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1907" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1907">
+        <v>259</v>
+      </c>
+      <c r="D1907" t="s">
+        <v>121</v>
+      </c>
+      <c r="E1907" t="s">
+        <v>73</v>
+      </c>
+      <c r="F1907" t="s">
+        <v>1459</v>
+      </c>
+      <c r="G1907" t="s">
         <v>1460</v>
-      </c>
-[...16 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="1908" spans="1:8">
       <c r="A1908" t="s">
         <v>10</v>
       </c>
       <c r="B1908" t="s">
         <v>11</v>
       </c>
       <c r="C1908">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D1908" t="s">
         <v>121</v>
       </c>
       <c r="E1908" t="s">
         <v>73</v>
       </c>
       <c r="F1908" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G1908" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="1909" spans="1:8">
       <c r="A1909" t="s">
         <v>10</v>
       </c>
       <c r="B1909" t="s">
         <v>11</v>
       </c>
       <c r="C1909">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="D1909" t="s">
         <v>121</v>
       </c>
       <c r="E1909" t="s">
         <v>73</v>
       </c>
       <c r="F1909" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
       <c r="G1909" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="1910" spans="1:8">
       <c r="A1910" t="s">
         <v>10</v>
       </c>
       <c r="B1910" t="s">
         <v>11</v>
       </c>
       <c r="C1910">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D1910" t="s">
         <v>121</v>
       </c>
       <c r="E1910" t="s">
         <v>73</v>
       </c>
       <c r="F1910" t="s">
-        <v>1464</v>
+        <v>17</v>
       </c>
       <c r="G1910" t="s">
-        <v>1465</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="1911" spans="1:8">
       <c r="A1911" t="s">
         <v>10</v>
       </c>
       <c r="B1911" t="s">
         <v>11</v>
       </c>
       <c r="C1911">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D1911" t="s">
         <v>121</v>
       </c>
       <c r="E1911" t="s">
         <v>73</v>
       </c>
       <c r="F1911" t="s">
-        <v>14</v>
+        <v>1459</v>
       </c>
       <c r="G1911" t="s">
-        <v>1466</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="1912" spans="1:8">
       <c r="A1912" t="s">
         <v>10</v>
       </c>
       <c r="B1912" t="s">
         <v>11</v>
       </c>
       <c r="C1912">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D1912" t="s">
         <v>121</v>
       </c>
       <c r="E1912" t="s">
         <v>73</v>
       </c>
       <c r="F1912" t="s">
-        <v>1464</v>
+        <v>1459</v>
       </c>
       <c r="G1912" t="s">
-        <v>1465</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="1913" spans="1:8">
       <c r="A1913" t="s">
         <v>10</v>
       </c>
       <c r="B1913" t="s">
         <v>11</v>
       </c>
       <c r="C1913">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D1913" t="s">
         <v>121</v>
       </c>
       <c r="E1913" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="F1913" t="s">
-        <v>17</v>
+        <v>1459</v>
       </c>
       <c r="G1913" t="s">
-        <v>1461</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="1914" spans="1:8">
       <c r="A1914" t="s">
         <v>10</v>
       </c>
       <c r="B1914" t="s">
         <v>11</v>
       </c>
       <c r="C1914">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D1914" t="s">
         <v>121</v>
       </c>
       <c r="E1914" t="s">
         <v>73</v>
       </c>
       <c r="F1914" t="s">
-        <v>1464</v>
+        <v>1459</v>
       </c>
       <c r="G1914" t="s">
-        <v>1465</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="1915" spans="1:8">
       <c r="A1915" t="s">
-        <v>10</v>
+        <v>1462</v>
       </c>
       <c r="B1915" t="s">
         <v>11</v>
       </c>
       <c r="C1915">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="D1915" t="s">
-        <v>121</v>
+        <v>179</v>
       </c>
       <c r="E1915" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="F1915" t="s">
+        <v>1463</v>
+      </c>
+      <c r="G1915" t="s">
         <v>1464</v>
-      </c>
-[...1 lines deleted...]
-        <v>1465</v>
       </c>
     </row>
     <row r="1916" spans="1:8">
       <c r="A1916" t="s">
-        <v>10</v>
+        <v>106</v>
       </c>
       <c r="B1916" t="s">
         <v>11</v>
       </c>
       <c r="C1916">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="D1916" t="s">
-        <v>121</v>
+        <v>1465</v>
       </c>
       <c r="E1916" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="F1916" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="G1916" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="1917" spans="1:8">
       <c r="A1917" t="s">
-        <v>10</v>
+        <v>1468</v>
       </c>
       <c r="B1917" t="s">
         <v>11</v>
       </c>
       <c r="C1917">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="D1917" t="s">
-        <v>121</v>
+        <v>1436</v>
       </c>
       <c r="E1917" t="s">
-        <v>73</v>
+        <v>1437</v>
       </c>
       <c r="F1917" t="s">
-        <v>1464</v>
+        <v>1469</v>
       </c>
       <c r="G1917" t="s">
-        <v>1465</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="1918" spans="1:8">
       <c r="A1918" t="s">
-        <v>1467</v>
+        <v>1455</v>
       </c>
       <c r="B1918" t="s">
         <v>11</v>
       </c>
       <c r="C1918">
-        <v>267</v>
+        <v>311</v>
       </c>
       <c r="D1918" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
       <c r="E1918" t="s">
         <v>55</v>
       </c>
       <c r="F1918" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="G1918" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="1919" spans="1:8">
       <c r="A1919" t="s">
-        <v>106</v>
+        <v>1473</v>
       </c>
       <c r="B1919" t="s">
         <v>11</v>
       </c>
       <c r="C1919">
-        <v>270</v>
+        <v>312</v>
       </c>
       <c r="D1919" t="s">
-        <v>1470</v>
+        <v>121</v>
       </c>
       <c r="E1919" t="s">
         <v>55</v>
       </c>
       <c r="F1919" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="G1919" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="1920" spans="1:8">
       <c r="A1920" t="s">
-        <v>1473</v>
+        <v>10</v>
       </c>
       <c r="B1920" t="s">
         <v>11</v>
       </c>
       <c r="C1920">
-        <v>271</v>
+        <v>317</v>
       </c>
       <c r="D1920" t="s">
-        <v>1436</v>
+        <v>227</v>
       </c>
       <c r="E1920" t="s">
-        <v>1437</v>
+        <v>73</v>
       </c>
       <c r="F1920" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="G1920" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="1921" spans="1:8">
       <c r="A1921" t="s">
-        <v>1460</v>
+        <v>1478</v>
       </c>
       <c r="B1921" t="s">
         <v>11</v>
       </c>
       <c r="C1921">
-        <v>311</v>
+        <v>14892</v>
       </c>
       <c r="D1921" t="s">
-        <v>90</v>
+        <v>1436</v>
       </c>
       <c r="E1921" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="F1921" t="s">
-        <v>1476</v>
+        <v>1298</v>
       </c>
       <c r="G1921" t="s">
-        <v>1477</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="1922" spans="1:8">
       <c r="A1922" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="B1922" t="s">
         <v>11</v>
       </c>
       <c r="C1922">
-        <v>312</v>
+        <v>16318</v>
       </c>
       <c r="D1922" t="s">
         <v>121</v>
       </c>
       <c r="E1922" t="s">
-        <v>55</v>
+        <v>1480</v>
       </c>
       <c r="F1922" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="G1922" t="s">
-        <v>1480</v>
-[...21 lines deleted...]
-      <c r="G1923" t="s">
         <v>1482</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">