--- v1 (2025-12-23)
+++ v2 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1483">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1487">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES TITRES MINIERS (PR)</t>
   </si>
   <si>
     <t>TITULAIRE</t>
   </si>
   <si>
     <t>TYPE</t>
   </si>
   <si>
     <t>NUMERO</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>CARRE MINIER</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
@@ -4461,50 +4461,62 @@
     <t>2016/02/11</t>
   </si>
   <si>
     <t>2046/02/10</t>
   </si>
   <si>
     <t>2001/12/05</t>
   </si>
   <si>
     <t>2016/12/04</t>
   </si>
   <si>
     <t>KISANFU MINING SARL</t>
   </si>
   <si>
     <t>KOBOLD</t>
   </si>
   <si>
     <t>Tanganyika</t>
   </si>
   <si>
     <t>2025/08/15</t>
   </si>
   <si>
     <t>2030/08/15</t>
+  </si>
+  <si>
+    <t>SOCIETE MINIERE DE BAKWANGA SA</t>
+  </si>
+  <si>
+    <t>Kasaï-Central</t>
+  </si>
+  <si>
+    <t>2022/12/15</t>
+  </si>
+  <si>
+    <t>2027/12/14</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4820,51 +4832,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1922"/>
+  <dimension ref="A1:H1923"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H3" sqref="H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="20.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
@@ -47045,50 +47057,73 @@
       <c r="G1921" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="1922" spans="1:8">
       <c r="A1922" t="s">
         <v>1479</v>
       </c>
       <c r="B1922" t="s">
         <v>11</v>
       </c>
       <c r="C1922">
         <v>16318</v>
       </c>
       <c r="D1922" t="s">
         <v>121</v>
       </c>
       <c r="E1922" t="s">
         <v>1480</v>
       </c>
       <c r="F1922" t="s">
         <v>1481</v>
       </c>
       <c r="G1922" t="s">
         <v>1482</v>
+      </c>
+    </row>
+    <row r="1923" spans="1:8">
+      <c r="A1923" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B1923" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1923">
+        <v>11880</v>
+      </c>
+      <c r="D1923" t="s">
+        <v>121</v>
+      </c>
+      <c r="E1923" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F1923" t="s">
+        <v>1485</v>
+      </c>
+      <c r="G1923" t="s">
+        <v>1486</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>