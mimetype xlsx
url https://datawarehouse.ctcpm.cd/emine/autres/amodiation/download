--- v0 (2025-11-06)
+++ v1 (2026-02-06)
@@ -12,80 +12,281 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES AMODIATIONS</t>
   </si>
   <si>
     <t>TITRE</t>
   </si>
   <si>
     <t>AMODIATAIRE</t>
   </si>
   <si>
     <t>AMODIANT</t>
   </si>
   <si>
-    <t>NUMERO ARRETE</t>
+    <t>CONTRAT</t>
   </si>
   <si>
     <t>DATE DE DEBUT</t>
   </si>
   <si>
     <t>DATE DE FIN</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>PHASE DE L'OPERATION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PE 2357; PE 2359; </t>
+  </si>
+  <si>
+    <t>AURUM</t>
+  </si>
+  <si>
+    <t>LA GENERALE DES CARRIERES ET DES MINES SA</t>
+  </si>
+  <si>
+    <t>CONTRAT D'AMODIATION ENTRE LA GENERALE DES CARRIERES ET DES MINES  S.A ET AURUM SARL RELATIF AUX DROITS MINIERS ATTACHES  AUX PERIMETRES COUVERTS PAR LES PE 2357 et 2359 APPARTENANT A GECAMINES S.A</t>
+  </si>
+  <si>
+    <t>2021/06/08</t>
+  </si>
+  <si>
+    <t>Actif</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PE 525; </t>
+  </si>
+  <si>
+    <t>KAMOTO COPPER COMPANY SARL</t>
+  </si>
+  <si>
+    <t>CONVENTION DE JOINT-VENTURE ENTRE LA GECAMINES ET KINROSS -FORREST LTD RELATIVE A L'EXPLOITATION DE LA FILIERE KAMOTO (MINE) - DIMA - KGMOTO CONCENTRATEUR-USINES HYDROMETALLURGIQUES DE LUILU</t>
+  </si>
+  <si>
+    <t>2023/04/15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PR 14165; </t>
+  </si>
+  <si>
+    <t>KASONGA MINING</t>
+  </si>
+  <si>
+    <t>SOCIETE MINIERE DU KATANGA SASU</t>
+  </si>
+  <si>
+    <t>2021/09/20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PE 12270; </t>
+  </si>
+  <si>
+    <t>NEW MINERALS INVESTMENT SARL</t>
+  </si>
+  <si>
+    <t>CONTRAT D'AMODIATION ENTRE LA GENERALE DES CARRIERES ET DES MINES S.A ET NEW MINERALS INVESTMENT SARL RELATIF A L'AMODIAATION PARTIELLE DE DROIT D'USAGE DE SURFACE DE CINQ (05) CARRES COUVERTS PAR LE PE 2353  DE GECAMINES S.A</t>
+  </si>
+  <si>
+    <t>2023/09/28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PE 2353; </t>
+  </si>
+  <si>
+    <t>K-YENE MULTI-SERVICES SARL</t>
+  </si>
+  <si>
+    <t>CONTRAT D'AMODIATION PARTIELLE ENTRE LA GENERALE DES CARRIERES ET DES MINES S.A. ET LA SOCIETE K-YENE MULTI-SERVICES SARL RELATIF AUX DROITS MINIERS ATTACHES AU PERIMETRE DE CINQ (5) CARRES COUVERTS PAR LE PE 2353 DE GECAMINES S.A</t>
+  </si>
+  <si>
+    <t>2023/08/23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PE 12286; </t>
+  </si>
+  <si>
+    <t>LA MINIERE DE KALUKUNDI</t>
+  </si>
+  <si>
+    <t>SOCIETE MINIERE DU KATANGA</t>
+  </si>
+  <si>
+    <t>2023/12/08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEPM 2275; </t>
+  </si>
+  <si>
+    <t>COMPAGNIE MINIERE DE MUSONOIE GLOBAL</t>
+  </si>
+  <si>
+    <t>TSM ENTREPRISE SARL</t>
+  </si>
+  <si>
+    <t>2023/10/30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PE 1074; </t>
+  </si>
+  <si>
+    <t>VIAHARA MINING SARL</t>
+  </si>
+  <si>
+    <t>CONTRAT D'AMODIATION ENTRE LA GENERALE DES CARRIERES ET DES MINES SA ET LA SOCIETE VIAHARA MINING SARL RELATIF AUX DROITS MINIERS ATTACHES AU PERIMETRE DE HUIT (8) CARRES COUVERTS PAR LE PE 1074 DE GECAMINES SA</t>
+  </si>
+  <si>
+    <t>2025/02/05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEPM 4004; PEPM 8139; PEPM 13079; </t>
+  </si>
+  <si>
+    <t>FMR DEVELOPMENT</t>
+  </si>
+  <si>
+    <t>EXCELLEN MINERALS SARL</t>
+  </si>
+  <si>
+    <t>CONTRAT D'AMODIATION ENTRE FMR DEVELOPMENT SARL ET EXCELLEN MINERALS SARL RELATIF AUX PEPM 4004, 8139 ET 13079 DE FMR</t>
+  </si>
+  <si>
+    <t>2021/03/30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PE 7044; </t>
+  </si>
+  <si>
+    <t>TAILINGS PROCESSING SOLUTION SAS</t>
+  </si>
+  <si>
+    <t>CONTRAT D'AMODIATION ENTRE LA GENERALE DES CARRIERES ET DES MINES SA ET LA SOCIETE TAILINGS PROCESSING SOLUTION SAS RELATIF AUX DROITS MINIERS ATTACHES AU PERIMETRE DES BASSINS DES REJETS LOCALISES A UCK/KOLWEZI SUR LE PE 7044  APPARTENANT A GECAMINES SA</t>
+  </si>
+  <si>
+    <t>2024/09/01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PE 409; </t>
+  </si>
+  <si>
+    <t>BIHSIU RESSOURCES SARL</t>
+  </si>
+  <si>
+    <t>SOCIETE MINIERE DE BAKWANGA SA</t>
+  </si>
+  <si>
+    <t>CONTRAT D'AMODIATION ENTRE LA MINIERE DE BAKWANGA SA ET LA SOCIETE BIHSIU RESSOURCES SARL RELATIF A L'AMODIATION DU DROIT MINIER ATTACHE AU PE 409</t>
+  </si>
+  <si>
+    <t>2025/12/28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PE 12276; </t>
+  </si>
+  <si>
+    <t>DESTINY AFRICA SAS</t>
+  </si>
+  <si>
+    <t>CONTRAT D'AMODIATION ENTRE LA GENERALE DES CARRIERES ET DES MINES SA ET LA SOCIETE DESTINY AFRICA SAS RELATIF AUX DROITS MINIERS ATTACHES AU PERIMETRE D'UN (1) CARRE COUVERT PAR LE PERMIS D'EXPLOITATION (PE) 12276 PARTIELLEMENT DE GECAMINES SA</t>
+  </si>
+  <si>
+    <t>2025/01/23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PR 779; </t>
+  </si>
+  <si>
+    <t>SURYA MINES SARL</t>
+  </si>
+  <si>
+    <t>YAMS MINING SARL</t>
+  </si>
+  <si>
+    <t>CONTRAT D'AMODIATION PARTIELLE ENTRE YAMS MINING SARL ET SURYA MINES SARL RELATIF AU PE 779</t>
+  </si>
+  <si>
+    <t>2025/03/06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PE 8841; PER 9683; PER 9685; PER 9687; PE 11229; </t>
+  </si>
+  <si>
+    <t>EVELYNE INVESTISSEMENT</t>
+  </si>
+  <si>
+    <t>CONTRAT D AMODIATION ENTRE LA GENERALE DES CARRIERES ET DES MINES SA ET  EVELYNE INVESTISSEMENT SAU  RELATIF AUX DROITS MINIERS ATTACHES AUX PERIMETRES DES REJETS DE MUPINE SUD, DE MUPINE NORD (NORD KOV), DIKULUWE NORD, DIKULUWE SUD, ET POTOPOTO COUVERTS PAR LES PER 9687, 9685 ET 9683  ET LES PE 8841 ET 11229 DE GECAMINES SA</t>
+  </si>
+  <si>
+    <t>2018/11/01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PE 12263; PE 12264; PE 13157; PE 13158; PE 13159; PE 13160; </t>
+  </si>
+  <si>
+    <t>SOCIETE DE DEVELOPPEMENT INDUSTRIEL ET MINIER DU CONGO SARL</t>
+  </si>
+  <si>
+    <t>CONTRAT D'AMODIATION ENTRE LA SOCIETE DE DEVELOPPEMENT INDUSTRIEL ET MINIER DU CONGO « SODIMICO SA »  ET  LA SOCIETE MINIERE DU KATANGA  "S0MIKA SARL"  RELATIF AUX PE 12263, 12264, 13157, 13158, 13159 ET 13160</t>
+  </si>
+  <si>
+    <t>2018/06/30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PE 2355; </t>
+  </si>
+  <si>
+    <t>CONTRAT D AMODIATION ENTRE LA GENERALE DES CARRIERES ET DES MINES SA ET NEW MINERALS INVESTMENT SARL RELATIF A L'AMODIATION PARTIELLE DU DROIT D'USAGE DE SIX (6) CARRES DONT UN (1) CARRE DU PE 12270 ET CINQ (5) CARRES DU PE 2355 DE GECAMINES SA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -401,117 +602,513 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H3" sqref="H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="385.62" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
     </row>
-    <row r="2" spans="1:8">
+    <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
     </row>
-    <row r="3" spans="1:8">
+    <row r="3" spans="1:9">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>9</v>
       </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4"/>
+      <c r="H4" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4"/>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" t="s">
+        <v>19</v>
+      </c>
+      <c r="G5"/>
+      <c r="H5" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5"/>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6"/>
+      <c r="F6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6"/>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" t="s">
+        <v>27</v>
+      </c>
+      <c r="G7"/>
+      <c r="H7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7"/>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" t="s">
+        <v>31</v>
+      </c>
+      <c r="G8"/>
+      <c r="H8" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8"/>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9"/>
+      <c r="F9" t="s">
+        <v>35</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9"/>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E10"/>
+      <c r="F10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10"/>
+      <c r="H10" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10"/>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11"/>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>44</v>
+      </c>
+      <c r="B12" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12" t="s">
+        <v>46</v>
+      </c>
+      <c r="E12" t="s">
+        <v>47</v>
+      </c>
+      <c r="F12" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12"/>
+      <c r="H12" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12"/>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13"/>
+      <c r="H13" t="s">
+        <v>15</v>
+      </c>
+      <c r="I13"/>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I14"/>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" t="s">
+        <v>59</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15"/>
+      <c r="H15" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15"/>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" t="s">
+        <v>63</v>
+      </c>
+      <c r="C16" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F16" t="s">
+        <v>66</v>
+      </c>
+      <c r="G16"/>
+      <c r="H16" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16"/>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" t="s">
+        <v>70</v>
+      </c>
+      <c r="G17"/>
+      <c r="H17" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17"/>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" t="s">
+        <v>74</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18" t="s">
+        <v>15</v>
+      </c>
+      <c r="I18"/>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>75</v>
+      </c>
+      <c r="B19" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>76</v>
+      </c>
+      <c r="F19" t="s">
+        <v>27</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19" t="s">
+        <v>15</v>
+      </c>
+      <c r="I19"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>