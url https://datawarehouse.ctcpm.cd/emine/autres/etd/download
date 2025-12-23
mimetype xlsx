--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -59,51 +59,51 @@
   <si>
     <t>FILIERE</t>
   </si>
   <si>
     <t>OPERATEUR</t>
   </si>
   <si>
     <t>KIBALI</t>
   </si>
   <si>
     <t>Secteur</t>
   </si>
   <si>
     <t>Haut-Uélé</t>
   </si>
   <si>
     <t>Industriel</t>
   </si>
   <si>
     <t>Watsa</t>
   </si>
   <si>
     <t>Aurifère</t>
   </si>
   <si>
-    <t>KIBALI GOLDMINES;COOPERATIVE LA PROVIDENCE MINING SAS;MOBILE MINING SARL;GLOBAL GOLD MINING SARL;RDC EN MARCHE SARLU;KAMPEMBA CORPORATION SAS;CONGO RIVER MINING SAS;COMPAGNIE MINIERE ORIENT INDUSTRIELLE SARL;RENZHEN CONGO SARL;MABANGA SHINING SARLU;PEVELE SARL;LUMIERE MINING SARL;MULENDA TRADING MINING SARL;CIVIL ET MINING SERVICES COMPANY SARL;CONGO MINING SARL;LUALABA MINING RESOURCES;MINING BUSINESS SERVICES CORPORATION SARLU;VIHAR MINING SARL;DILOLO METAL AND RESSOURCES SARL;GROUPE CONGO DEVELOPPEMENT SARLU;ETS KABONGO NGOY Fréderic;MAÏSHA MULTI-SERVICES MINING SARL;TALANTA;KATANGA MINERALS SARL;PIERRE D'OREE SARL;AMANI SARLU;MNAZI TRADING SARL;SEMKHAT SARL;SAFRICAS;TANGANYIKA BUSINESS CORPORATION SARL;NATIONAL METAL SARL;TIRAN MINING Sarl;SOCIETE D'EXPLOITATION MINIERES;SOCIÉTÉ MINIERE DU KASAÏ;RESHINE CONGO;JRI/BCP Sprl;COMPAGNIE MINIERE DE LA LUKAYA S.A;KIVU BUSINESS CORPORATION Sarl;JIN JUN LONG MINING SARL;</t>
+    <t>KIBALI GOLDMINES;AREVA;LONG TENG MINING SARL;</t>
   </si>
   <si>
     <t>BALAMBA</t>
   </si>
   <si>
     <t>Haut-Katanga</t>
   </si>
   <si>
     <t>SAKANIA</t>
   </si>
   <si>
     <t>Cupro-cobaltifère</t>
   </si>
   <si>
     <t>KAMPEMBA</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Lubumbashi</t>
   </si>
   <si>
     <t>LUBUMBASHI</t>
   </si>
@@ -487,51 +487,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G3" sqref="G3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="1097.018" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="64.841" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
     </row>
     <row r="3" spans="1:7">