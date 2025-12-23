--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DE GISEMENTS</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>OPERATEUR</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
     <t>MINERAIS</t>
   </si>
   <si>
     <t>PERMIS</t>
   </si>
   <si>
     <t>DEGRE CARRE</t>
   </si>
   <si>
@@ -306,50 +306,77 @@
     <t>l'Or est à l'état primaire</t>
   </si>
   <si>
     <t>MUYUMBE</t>
   </si>
   <si>
     <t>Diamant;</t>
   </si>
   <si>
     <t>On signale le diamant dans les alluvions des rivières (lukula, Mbavu, et dans le secteur de Luozi)</t>
   </si>
   <si>
     <t>MUANGO</t>
   </si>
   <si>
     <t>Sud-Kivu</t>
   </si>
   <si>
     <t>Fer;</t>
   </si>
   <si>
     <t>N5/26</t>
   </si>
   <si>
     <t>Sables minéralisés: oligiste qui provient des abords du lac Tangagnika</t>
+  </si>
+  <si>
+    <t>KAMOA</t>
+  </si>
+  <si>
+    <t>KAMOA COPPER SA</t>
+  </si>
+  <si>
+    <t>Exploité</t>
+  </si>
+  <si>
+    <t>KAKULA</t>
+  </si>
+  <si>
+    <t>Kinsevere Hill</t>
+  </si>
+  <si>
+    <t>MMG Kinsevere (ex Anvil Mining Concentrate Kinsevere) (MMG (ex-AMCK))</t>
+  </si>
+  <si>
+    <t>PE 528</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>Mashi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -665,60 +692,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I44"/>
+  <dimension ref="A1:I49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="211.091" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>1</v>
@@ -1557,50 +1584,161 @@
         <v>92</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>93</v>
       </c>
       <c r="B44"/>
       <c r="C44" t="s">
         <v>94</v>
       </c>
       <c r="D44" t="s">
         <v>95</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>96</v>
       </c>
       <c r="G44" t="s">
         <v>55</v>
       </c>
       <c r="H44"/>
       <c r="I44" t="s">
         <v>97</v>
       </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
+        <v>98</v>
+      </c>
+      <c r="B45" t="s">
+        <v>99</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45"/>
+      <c r="F45"/>
+      <c r="G45" t="s">
+        <v>100</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45"/>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" t="s">
+        <v>101</v>
+      </c>
+      <c r="B46" t="s">
+        <v>99</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>53</v>
+      </c>
+      <c r="E46"/>
+      <c r="F46"/>
+      <c r="G46" t="s">
+        <v>100</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46"/>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" t="s">
+        <v>102</v>
+      </c>
+      <c r="B47" t="s">
+        <v>103</v>
+      </c>
+      <c r="C47" t="s">
+        <v>29</v>
+      </c>
+      <c r="D47" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" t="s">
+        <v>104</v>
+      </c>
+      <c r="F47"/>
+      <c r="G47" t="s">
+        <v>100</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" t="s">
+        <v>105</v>
+      </c>
+      <c r="B48" t="s">
+        <v>103</v>
+      </c>
+      <c r="C48" t="s">
+        <v>29</v>
+      </c>
+      <c r="D48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E48" t="s">
+        <v>104</v>
+      </c>
+      <c r="F48"/>
+      <c r="G48" t="s">
+        <v>100</v>
+      </c>
+      <c r="H48"/>
+      <c r="I48"/>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" t="s">
+        <v>106</v>
+      </c>
+      <c r="B49" t="s">
+        <v>103</v>
+      </c>
+      <c r="C49" t="s">
+        <v>29</v>
+      </c>
+      <c r="D49" t="s">
+        <v>53</v>
+      </c>
+      <c r="E49" t="s">
+        <v>104</v>
+      </c>
+      <c r="F49"/>
+      <c r="G49" t="s">
+        <v>100</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>