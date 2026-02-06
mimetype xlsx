--- v1 (2025-12-23)
+++ v2 (2026-02-06)
@@ -125,51 +125,51 @@
   <si>
     <t>Haut-Katanga</t>
   </si>
   <si>
     <t>Kisengo</t>
   </si>
   <si>
     <t>KISENGO MINING</t>
   </si>
   <si>
     <t>Tanganyika</t>
   </si>
   <si>
     <t>Kinsevere</t>
   </si>
   <si>
     <t>KINSEVERE MINING RESSOURCES</t>
   </si>
   <si>
     <t>PE 643</t>
   </si>
   <si>
     <t>Kipushi</t>
   </si>
   <si>
-    <t>LA GENERALE DES CARRIERES ET DES MINES</t>
+    <t>LA GENERALE DES CARRIERES ET DES MINES SA</t>
   </si>
   <si>
     <t>FWAULU</t>
   </si>
   <si>
     <t>PE 9707</t>
   </si>
   <si>
     <t>KANSALAWILE</t>
   </si>
   <si>
     <t>KWATEBALA</t>
   </si>
   <si>
     <t>MAMBILIMA</t>
   </si>
   <si>
     <t>PE 159</t>
   </si>
   <si>
     <t>PUMPI</t>
   </si>
   <si>
     <t>SHINKUSU</t>
   </si>