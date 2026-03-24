--- v2 (2026-02-06)
+++ v3 (2026-03-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DE GISEMENTS</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>OPERATEUR</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
     <t>MINERAIS</t>
   </si>
   <si>
     <t>PERMIS</t>
   </si>
   <si>
     <t>DEGRE CARRE</t>
   </si>
   <si>
@@ -333,50 +333,77 @@
     <t>KAMOA</t>
   </si>
   <si>
     <t>KAMOA COPPER SA</t>
   </si>
   <si>
     <t>Exploité</t>
   </si>
   <si>
     <t>KAKULA</t>
   </si>
   <si>
     <t>Kinsevere Hill</t>
   </si>
   <si>
     <t>MMG Kinsevere (ex Anvil Mining Concentrate Kinsevere) (MMG (ex-AMCK))</t>
   </si>
   <si>
     <t>PE 528</t>
   </si>
   <si>
     <t>Central</t>
   </si>
   <si>
     <t>Mashi</t>
+  </si>
+  <si>
+    <t>Lubamba</t>
+  </si>
+  <si>
+    <t>MAKOKO SA</t>
+  </si>
+  <si>
+    <t>PE 704</t>
+  </si>
+  <si>
+    <t>Kiala</t>
+  </si>
+  <si>
+    <t>PE 706</t>
+  </si>
+  <si>
+    <t>Makoko Sud</t>
+  </si>
+  <si>
+    <t>PE 708</t>
+  </si>
+  <si>
+    <t>Makoko</t>
+  </si>
+  <si>
+    <t>PE 714</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -692,51 +719,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I49"/>
+  <dimension ref="A1:I53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="211.091" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
@@ -1695,50 +1722,142 @@
       <c r="H48"/>
       <c r="I48"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>106</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49" t="s">
         <v>29</v>
       </c>
       <c r="D49" t="s">
         <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>104</v>
       </c>
       <c r="F49"/>
       <c r="G49" t="s">
         <v>100</v>
       </c>
       <c r="H49"/>
       <c r="I49"/>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" t="s">
+        <v>107</v>
+      </c>
+      <c r="B50" t="s">
+        <v>108</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>53</v>
+      </c>
+      <c r="E50" t="s">
+        <v>109</v>
+      </c>
+      <c r="F50"/>
+      <c r="G50" t="s">
+        <v>100</v>
+      </c>
+      <c r="H50"/>
+      <c r="I50"/>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" t="s">
+        <v>110</v>
+      </c>
+      <c r="B51" t="s">
+        <v>108</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>53</v>
+      </c>
+      <c r="E51" t="s">
+        <v>111</v>
+      </c>
+      <c r="F51"/>
+      <c r="G51" t="s">
+        <v>55</v>
+      </c>
+      <c r="H51"/>
+      <c r="I51"/>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" t="s">
+        <v>112</v>
+      </c>
+      <c r="B52" t="s">
+        <v>108</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>113</v>
+      </c>
+      <c r="F52"/>
+      <c r="G52" t="s">
+        <v>55</v>
+      </c>
+      <c r="H52"/>
+      <c r="I52"/>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" t="s">
+        <v>114</v>
+      </c>
+      <c r="B53" t="s">
+        <v>108</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>53</v>
+      </c>
+      <c r="E53" t="s">
+        <v>115</v>
+      </c>
+      <c r="F53"/>
+      <c r="G53" t="s">
+        <v>55</v>
+      </c>
+      <c r="H53"/>
+      <c r="I53"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>