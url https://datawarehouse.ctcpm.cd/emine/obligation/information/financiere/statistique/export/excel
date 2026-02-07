--- v0 (2025-11-06)
+++ v1 (2026-02-07)
@@ -12,65 +12,143 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+  <si>
+    <t>EVOLUTION DE 0,3% DE CHIFFRE D'AFFAIRE POUR LA POPULATION LOCALE</t>
+  </si>
   <si>
     <t>STATISTIQUES SUR LES 0,3%</t>
   </si>
   <si>
-    <t>EVOLUTION DE 0,3% DE CHIFFRE D'AFFAIRE POUR LA POPULATION LOCALE</t>
-[...1 lines deleted...]
-  <si>
     <t>PERIODE</t>
   </si>
   <si>
     <t>MONTANT (USD)</t>
   </si>
   <si>
     <t>CUMUL</t>
+  </si>
+  <si>
+    <t>VOLUME TOTAL DE PROJETS DE DOT PAR DOMAINE</t>
+  </si>
+  <si>
+    <t>DOMAINE</t>
+  </si>
+  <si>
+    <t>NOMBRE DE PROJETS</t>
+  </si>
+  <si>
+    <t>socio culturel</t>
+  </si>
+  <si>
+    <t>Santé</t>
+  </si>
+  <si>
+    <t>Justice</t>
+  </si>
+  <si>
+    <t>Infrastructures</t>
+  </si>
+  <si>
+    <t>Industrie</t>
+  </si>
+  <si>
+    <t>Environnement</t>
+  </si>
+  <si>
+    <t>Education et formation professionnelle</t>
+  </si>
+  <si>
+    <t>eau et energie</t>
+  </si>
+  <si>
+    <t>Développement humain</t>
+  </si>
+  <si>
+    <t>Centre professionnelle</t>
+  </si>
+  <si>
+    <t>Agro-pastoral</t>
+  </si>
+  <si>
+    <t>VOLUME TOTAL DE LA DOT PAR PROVINCE</t>
+  </si>
+  <si>
+    <t>NOMBRE DE SOCIETES</t>
+  </si>
+  <si>
+    <t>Haut-Uélé</t>
+  </si>
+  <si>
+    <t>Nord-Kivu</t>
+  </si>
+  <si>
+    <t>Lualaba</t>
+  </si>
+  <si>
+    <t>Haut-Katanga</t>
+  </si>
+  <si>
+    <t>VOLUME TOTAL DE PROJET DE DOT PAR STADE DE PROJET</t>
+  </si>
+  <si>
+    <t>STADE</t>
+  </si>
+  <si>
+    <t>Projets non réalisés</t>
+  </si>
+  <si>
+    <t>Projets réalisés</t>
+  </si>
+  <si>
+    <t>Projets en cours</t>
+  </si>
+  <si>
+    <t>Aux arrêts</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -387,118 +465,459 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B7"/>
+  <dimension ref="A1:C43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B3" sqref="B3"/>
+      <selection activeCell="C37" sqref="C37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="11.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2">
+    <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
     </row>
-    <row r="2" spans="1:2">
+    <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2"/>
     </row>
-    <row r="3" spans="1:2">
+    <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
+    <row r="4" spans="1:3">
       <c r="A4">
+        <v>2018</v>
+      </c>
+      <c r="B4">
+        <v>6563080.55</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5">
+        <v>2019</v>
+      </c>
+      <c r="B5">
+        <v>12212029.21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6">
+        <v>2020</v>
+      </c>
+      <c r="B6">
+        <v>9494920.56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7">
+        <v>2021</v>
+      </c>
+      <c r="B7">
+        <v>33814472.68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8">
         <v>2022</v>
       </c>
-      <c r="B4">
-[...4 lines deleted...]
-      <c r="A5">
+      <c r="B8">
+        <v>137672349.42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9">
         <v>2023</v>
       </c>
-      <c r="B5">
-[...4 lines deleted...]
-      <c r="A6">
+      <c r="B9">
+        <v>60929595.94</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10">
         <v>2024</v>
       </c>
-      <c r="B6">
-[...4 lines deleted...]
-      <c r="A7" t="s">
+      <c r="B10">
+        <v>64803048.3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" t="s">
         <v>4</v>
       </c>
-      <c r="B7">
-        <v>33620983.46001</v>
+      <c r="B11">
+        <v>325489496.66</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" s="1"/>
+      <c r="C13" s="1"/>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15">
+        <v>30</v>
+      </c>
+      <c r="C15">
+        <v>14710538.44</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16">
+        <v>77</v>
+      </c>
+      <c r="C16">
+        <v>25566511.04</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17">
+        <v>1</v>
+      </c>
+      <c r="C17">
+        <v>125000.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B18">
+        <v>89</v>
+      </c>
+      <c r="C18">
+        <v>40451226.59</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B19">
+        <v>7</v>
+      </c>
+      <c r="C19">
+        <v>18364007.57</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" t="s">
+        <v>13</v>
+      </c>
+      <c r="B20">
+        <v>2</v>
+      </c>
+      <c r="C20">
+        <v>98688.82</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21">
+        <v>113</v>
+      </c>
+      <c r="C21">
+        <v>169148187.2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" t="s">
+        <v>15</v>
+      </c>
+      <c r="B22">
+        <v>86</v>
+      </c>
+      <c r="C22">
+        <v>44466399.78</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23">
+        <v>2</v>
+      </c>
+      <c r="C23">
+        <v>2558000.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B24">
+        <v>1</v>
+      </c>
+      <c r="C24">
+        <v>200000.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" t="s">
+        <v>18</v>
+      </c>
+      <c r="B25">
+        <v>71</v>
+      </c>
+      <c r="C25">
+        <v>22981098.69</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" t="s">
+        <v>4</v>
+      </c>
+      <c r="B26">
+        <v>479</v>
+      </c>
+      <c r="C26">
+        <v>338669658.13</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B28" s="1"/>
+      <c r="C28" s="1"/>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30"/>
+      <c r="B30">
+        <v>1</v>
+      </c>
+      <c r="C30">
+        <v>4828294.96</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31">
+        <v>1</v>
+      </c>
+      <c r="C31">
+        <v>22429115.0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" t="s">
+        <v>22</v>
+      </c>
+      <c r="B32">
+        <v>1</v>
+      </c>
+      <c r="C32">
+        <v>9484006.41</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" t="s">
+        <v>23</v>
+      </c>
+      <c r="B33">
+        <v>13</v>
+      </c>
+      <c r="C33">
+        <v>183160177.38</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" t="s">
+        <v>24</v>
+      </c>
+      <c r="B34">
+        <v>22</v>
+      </c>
+      <c r="C34">
+        <v>105587902.91</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" t="s">
+        <v>4</v>
+      </c>
+      <c r="B35">
+        <v>38</v>
+      </c>
+      <c r="C35">
+        <v>325489496.66</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B37" s="1"/>
+      <c r="C37" s="1"/>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" t="s">
+        <v>27</v>
+      </c>
+      <c r="B39">
+        <v>51</v>
+      </c>
+      <c r="C39">
+        <v>132977660.15</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" t="s">
+        <v>28</v>
+      </c>
+      <c r="B40">
+        <v>239</v>
+      </c>
+      <c r="C40">
+        <v>79444491.5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" t="s">
+        <v>29</v>
+      </c>
+      <c r="B41">
+        <v>185</v>
+      </c>
+      <c r="C41">
+        <v>123381598.48</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" t="s">
+        <v>30</v>
+      </c>
+      <c r="B42">
+        <v>4</v>
+      </c>
+      <c r="C42">
+        <v>2865908.0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" t="s">
+        <v>4</v>
+      </c>
+      <c r="B43">
+        <v>479</v>
+      </c>
+      <c r="C43">
+        <v>338669658.13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
+    <mergeCell ref="A13:C13"/>
+    <mergeCell ref="A28:C28"/>
+    <mergeCell ref="A37:C37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>