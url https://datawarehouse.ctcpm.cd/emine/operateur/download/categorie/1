--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,2479 +12,3448 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1702">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES OPERATEURS MINIERS (LES-TITULAIRES-DES-DROITS-MINIERS)</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
+    <t>SIGLE</t>
+  </si>
+  <si>
     <t>FILIERE</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>SECTEUR</t>
   </si>
   <si>
     <t>CATEGORIE</t>
   </si>
   <si>
     <t>PARTENARIAT</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
     <t>ABBA JEANS MINING</t>
   </si>
   <si>
     <t>A1304706F</t>
   </si>
   <si>
+    <t>AJM</t>
+  </si>
+  <si>
     <t>En recherche</t>
   </si>
   <si>
     <t>Industriel</t>
   </si>
   <si>
     <t>Les titulaires des droits miniers</t>
   </si>
   <si>
     <t>Entreprise privée</t>
   </si>
   <si>
     <t>Haut-Katanga</t>
   </si>
   <si>
     <t>KAMOA COPPER SA</t>
   </si>
   <si>
-    <t>A0901048A</t>
+    <t>A0901048A NIF</t>
+  </si>
+  <si>
+    <t>KAMOA COPPER S.A</t>
   </si>
   <si>
     <t>En production</t>
   </si>
   <si>
     <t>Public-privé</t>
   </si>
   <si>
     <t>Albert KAMPANGWE M. KALOBWA</t>
   </si>
   <si>
     <t>A1301796S</t>
   </si>
   <si>
     <t>ALLAMANDA TRADING LIMITED</t>
   </si>
   <si>
     <t>C05A6474E</t>
   </si>
   <si>
+    <t>ATL</t>
+  </si>
+  <si>
     <t>Privé-privé</t>
   </si>
   <si>
     <t>Kongo central</t>
   </si>
   <si>
     <t>AMBASE EXPLORATION AFRICA RDC SPRL</t>
   </si>
   <si>
     <t>A0701667W</t>
   </si>
   <si>
+    <t xml:space="preserve">AMBASE EXPLORATION AFRICA RDC </t>
+  </si>
+  <si>
     <t>Tanganyika</t>
   </si>
   <si>
     <t>MMG Kinsevere (ex Anvil Mining Concentrate Kinsevere) (MMG (ex-AMCK))</t>
   </si>
   <si>
     <t>A0700172W</t>
   </si>
   <si>
+    <t>MMG</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
     <t>AMENAGEMENT DES SITES MINIERS AURIFERES Sprl</t>
   </si>
   <si>
+    <t>AMENAGEMENT DES SITES MINIERS AURIFERES</t>
+  </si>
+  <si>
     <t>AMICAL KAKANA MINING Sprl</t>
   </si>
   <si>
     <t>A1209093Y</t>
   </si>
   <si>
+    <t>AKM</t>
+  </si>
+  <si>
     <t>AMIRA GOLD MINING</t>
   </si>
   <si>
     <t>A0815795D</t>
   </si>
   <si>
+    <t>AGM</t>
+  </si>
+  <si>
     <t>Tshopo</t>
   </si>
   <si>
     <t>Anders ILUNGA KALIMWANDA</t>
   </si>
   <si>
     <t>Lualaba</t>
   </si>
   <si>
     <t>AQUALOGZ SPRL</t>
   </si>
   <si>
+    <t>AQUALOGZ</t>
+  </si>
+  <si>
     <t>Kwango</t>
   </si>
   <si>
     <t>ASHANTI GOLDFIELDS KILO SARL</t>
   </si>
   <si>
     <t>A0700152Z</t>
   </si>
   <si>
+    <t>MGM/AGK</t>
+  </si>
+  <si>
     <t>Aubin MUANGU KABAMBA</t>
   </si>
   <si>
     <t xml:space="preserve">BALE MINING </t>
   </si>
   <si>
     <t>A1303409W</t>
   </si>
   <si>
+    <t>BM</t>
+  </si>
+  <si>
     <t>Maniema</t>
   </si>
   <si>
     <t>BAOBAB MINERALS Sprl</t>
   </si>
   <si>
+    <t>BAOBAB MINERALS</t>
+  </si>
+  <si>
     <t>BARAKA MINING</t>
   </si>
   <si>
     <t>A0814835K</t>
   </si>
   <si>
     <t>BONIFACE NZAU BUKETE</t>
   </si>
   <si>
     <t>A1304419T</t>
   </si>
   <si>
-    <t>001</t>
+    <t>BZB</t>
+  </si>
+  <si>
+    <t>BM SARL</t>
   </si>
   <si>
     <t>A0905972C</t>
   </si>
   <si>
     <t>Inactif</t>
   </si>
   <si>
-    <t>Public</t>
-[...1 lines deleted...]
-  <si>
     <t>BRIGITTE MBOMBA BOMPOLONGA</t>
   </si>
   <si>
     <t>A1301867U</t>
   </si>
   <si>
+    <t>BMBB</t>
+  </si>
+  <si>
     <t xml:space="preserve">BROADTEC CONGO MINING </t>
   </si>
   <si>
     <t>A1110945K</t>
   </si>
   <si>
+    <t>BCM</t>
+  </si>
+  <si>
     <t>BUNIA ENGINEERING</t>
   </si>
   <si>
     <t>A1203503X</t>
   </si>
   <si>
+    <t>BE</t>
+  </si>
+  <si>
     <t>Ituri</t>
   </si>
   <si>
     <t>BUNKEYA MINING SPRL</t>
   </si>
   <si>
     <t>BUREAU D'ETUDES ET DE COMMERCE</t>
   </si>
   <si>
     <t>A1005450L</t>
   </si>
   <si>
+    <t>BEC</t>
+  </si>
+  <si>
     <t>BYABOSHI MUYEYE</t>
   </si>
   <si>
     <t>A1106541Y</t>
   </si>
   <si>
     <t>Sud-Kivu</t>
   </si>
   <si>
     <t>CANADA SPRL</t>
   </si>
   <si>
     <t>Kasaï</t>
   </si>
   <si>
     <t>C.N.M.C HUACHIN MABENDE MINING B</t>
   </si>
   <si>
     <t>A1217593M</t>
   </si>
   <si>
+    <t>C.N.M.C HUACHIN MABENDE MINING</t>
+  </si>
+  <si>
     <t>CARRIERE DU LUALABA</t>
   </si>
   <si>
     <t>A1301660U</t>
   </si>
   <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>CHEMAF EXPLORATION SPRL</t>
+  </si>
+  <si>
+    <t>A0708211J</t>
+  </si>
+  <si>
+    <t>CHEMAF</t>
+  </si>
+  <si>
     <t>Clauvis KAJAMA SALAMBOTE</t>
   </si>
   <si>
     <t>A0707219F</t>
   </si>
   <si>
     <t>CLEARSURF NEW MEDIA</t>
   </si>
   <si>
+    <t>CNM</t>
+  </si>
+  <si>
     <t>COEXCO CONGO SPRL</t>
   </si>
   <si>
     <t>A0905433R</t>
   </si>
   <si>
+    <t>CC SARL</t>
+  </si>
+  <si>
     <t>COGE EBID</t>
   </si>
   <si>
     <t>Kinshasa</t>
   </si>
   <si>
     <t>COGETA</t>
   </si>
   <si>
     <t>COMPAGNIE DE DEVELOPPEMENT RURAL</t>
   </si>
   <si>
     <t>A1214509K</t>
   </si>
   <si>
     <t>COMPAGNIE DE TRAITEMENT DES REJETS DE KINGAMYAMBO</t>
   </si>
   <si>
     <t>COMPAGNIE D’ENGINEERING ET NEGOCE Sprl</t>
   </si>
   <si>
     <t>COMPAGNIE GENERALE DES MINES</t>
   </si>
   <si>
     <t>A0806229F</t>
   </si>
   <si>
+    <t>CGM</t>
+  </si>
+  <si>
     <t>COMPAGNIE DE DILALA</t>
   </si>
   <si>
     <t>A1203799T</t>
   </si>
   <si>
     <t>COMPAGNIE MINIERE DE KAMBOVE</t>
   </si>
   <si>
     <t>O1100211S</t>
   </si>
   <si>
+    <t>COMIKA SARL</t>
+  </si>
+  <si>
     <t>COMPAGNIE MINIERE DE LUISHA</t>
   </si>
   <si>
     <t>A0701147F</t>
   </si>
   <si>
+    <t>COMILU SARL</t>
+  </si>
+  <si>
     <t>COMPAGNIE MINIERE DE MUSONOIE GLOBAL</t>
   </si>
   <si>
     <t>A0815341K</t>
   </si>
   <si>
+    <t>COMMUS</t>
+  </si>
+  <si>
     <t>COMPAGNIE MINIERE DE SAKANIA</t>
   </si>
   <si>
     <t>A0906511N</t>
   </si>
   <si>
+    <t>COMISA SARL</t>
+  </si>
+  <si>
     <t>COMPAGNIE MINIERE DU SUD-KATANGA SPRL</t>
   </si>
   <si>
     <t>A0704877K</t>
   </si>
   <si>
+    <t>CMSK</t>
+  </si>
+  <si>
     <t>COMPAGNIE SUCRIERE Sarl</t>
   </si>
   <si>
     <t>CONGO COBALT CORPORATION Sprl</t>
   </si>
   <si>
     <t>A0811578U</t>
   </si>
   <si>
+    <t>COCOCO</t>
+  </si>
+  <si>
     <t>CONGO ECO-PROJECT</t>
   </si>
   <si>
     <t>AO7071219F</t>
   </si>
   <si>
+    <t>CEP</t>
+  </si>
+  <si>
     <t>CONGO GENERAL DEALERS Sprl</t>
   </si>
   <si>
     <t>CONGO METAL Sprl</t>
   </si>
   <si>
     <t>A1212505G</t>
   </si>
   <si>
+    <t>CM Sprl</t>
+  </si>
+  <si>
     <t>CONGO MINERALS EXPLORATION</t>
   </si>
   <si>
     <t>A1303343Z</t>
   </si>
   <si>
+    <t>CME</t>
+  </si>
+  <si>
     <t>CONGO MINING AND MINERAL RESOURCES</t>
   </si>
   <si>
     <t>A1001110T</t>
   </si>
   <si>
+    <t>CMAMR</t>
+  </si>
+  <si>
     <t>CONGO ROCHE Sprl</t>
   </si>
   <si>
     <t>A0905441A</t>
   </si>
   <si>
+    <t>CR</t>
+  </si>
+  <si>
     <t>CONGO UNITED MINING</t>
   </si>
   <si>
     <t>A1110944J</t>
   </si>
   <si>
+    <t>CUM</t>
+  </si>
+  <si>
     <t>CONGO WORLD INVESTMENT</t>
   </si>
   <si>
+    <t>CWI</t>
+  </si>
+  <si>
     <t>CONGOLESE EXPLORATION COMPAGNIE</t>
   </si>
   <si>
     <t>A1101668B</t>
   </si>
   <si>
+    <t>CEC</t>
+  </si>
+  <si>
     <t>CORNER STONES RESOURCES RDC</t>
   </si>
   <si>
     <t>A1104476D</t>
   </si>
   <si>
+    <t>CSR</t>
+  </si>
+  <si>
     <t>CI Sprl</t>
   </si>
   <si>
+    <t>COSHA INVESTMENT Sprl</t>
+  </si>
+  <si>
     <t>Haut-Lomami</t>
   </si>
   <si>
     <t>CM SPRL</t>
   </si>
   <si>
     <t>A1006506J</t>
   </si>
   <si>
+    <t>CROWN MINING SPRL</t>
+  </si>
+  <si>
     <t>EDUARD KAMBALE</t>
   </si>
   <si>
     <t>A1305276M</t>
   </si>
   <si>
+    <t>EK</t>
+  </si>
+  <si>
     <t>EL</t>
   </si>
   <si>
     <t>A1008280H</t>
   </si>
   <si>
+    <t>EFASTO LOGISTICS</t>
+  </si>
+  <si>
     <t>CYPRIEN KYAMUSOKE BAMUSALANGA NTA'BOTE</t>
   </si>
   <si>
+    <t>CKBN</t>
+  </si>
+  <si>
     <t>Emile KANENGELE NGOYA MUSUYA</t>
   </si>
   <si>
     <t>A1313743D</t>
   </si>
   <si>
     <t>DA FEI MINING Sprl</t>
   </si>
   <si>
     <t>A1217395X</t>
   </si>
   <si>
+    <t>DFM</t>
+  </si>
+  <si>
     <t>ENTREPRISE GENERALE MALTA FORREST</t>
   </si>
   <si>
     <t>A0700518X</t>
   </si>
   <si>
+    <t>EGMF</t>
+  </si>
+  <si>
     <t>ENTREPRISES SWANEPOEL Sarl</t>
   </si>
   <si>
     <t>Daniel MUZIMBE NGENGO BULULU</t>
   </si>
   <si>
     <t>EPHRATA MINING Sprl</t>
   </si>
   <si>
     <t>EM Sprl</t>
   </si>
   <si>
     <t>A0814823C</t>
   </si>
   <si>
+    <t>EQUITY MANAGEMENT Sprl</t>
+  </si>
+  <si>
     <t>DELILLE KIZANGA LUMBALA</t>
   </si>
   <si>
+    <t>DKL</t>
+  </si>
+  <si>
     <t>ETMCO SPRL</t>
   </si>
   <si>
     <t>DELRAND RESOURCES CONGO SPRL</t>
   </si>
   <si>
+    <t>D R C SPRL</t>
+  </si>
+  <si>
     <t>Déo KATULANYA ISU</t>
   </si>
   <si>
     <t>A0713323Q</t>
   </si>
   <si>
     <t>DEVELOPPEMENT TOUS AZIMUTS</t>
   </si>
   <si>
     <t>A1309314P</t>
   </si>
   <si>
+    <t>DTA</t>
+  </si>
+  <si>
     <t>FAUSTIN DUNIA BAKARANI</t>
   </si>
   <si>
     <t>A1305228Y</t>
   </si>
   <si>
+    <t>FDB</t>
+  </si>
+  <si>
     <t>Nord-Kivu</t>
   </si>
   <si>
     <t>DEZITA INVESTMENTS Sprl</t>
   </si>
   <si>
     <t>Dhanani AZIZ BADRUDIN</t>
   </si>
   <si>
     <t>FIRST AFRICAN GOLD DRC</t>
   </si>
   <si>
     <t>A1116158B</t>
   </si>
   <si>
+    <t>F A G DRC</t>
+  </si>
+  <si>
     <t>FLORENCE KALUMBU MWADI</t>
   </si>
   <si>
+    <t>FKM</t>
+  </si>
+  <si>
     <t>Dieudonné Banze Lubundji</t>
   </si>
   <si>
     <t>A0713183N</t>
   </si>
   <si>
     <t>GROUPE DES AMENAGEURS DU CONGO (RDC)  G.A.C</t>
   </si>
   <si>
     <t>DN</t>
   </si>
   <si>
     <t>A1300864E</t>
   </si>
   <si>
+    <t>DOKOLO NDONA</t>
+  </si>
+  <si>
     <t>Bas-Uélé</t>
   </si>
   <si>
     <t>S.G.S. MINERALS</t>
   </si>
   <si>
     <t>François MBATSHI NLIMBA</t>
   </si>
   <si>
     <t>A1118334R</t>
   </si>
   <si>
+    <t>FMN</t>
+  </si>
+  <si>
     <t>DRC RESOURCE HOLDINGS INC</t>
   </si>
   <si>
+    <t>DRC RH INC</t>
+  </si>
+  <si>
     <t>FBE</t>
   </si>
   <si>
     <t>A0702402U</t>
   </si>
   <si>
+    <t>FREDDY BOMPANZE ENGOMBE</t>
+  </si>
+  <si>
     <t>FRETIN CONSTRUCT Sprl</t>
   </si>
   <si>
     <t>A0705327Z</t>
   </si>
   <si>
+    <t>FC</t>
+  </si>
+  <si>
     <t>E29 RESSOURCES SARL</t>
   </si>
   <si>
     <t>A1302568G</t>
   </si>
   <si>
     <t>FRIDA MUNSHY YAYA</t>
   </si>
   <si>
+    <t>FMY</t>
+  </si>
+  <si>
     <t>EAGLE GROUP</t>
   </si>
   <si>
     <t>FRONTIER S.A</t>
   </si>
   <si>
     <t>A0905460W</t>
   </si>
   <si>
+    <t>FRONTIER</t>
+  </si>
+  <si>
     <t>GASTON KAHILU MBAKA</t>
   </si>
   <si>
     <t>A0806677S</t>
   </si>
   <si>
+    <t>GKM</t>
+  </si>
+  <si>
     <t>GORRION PROPERTIES SPRL</t>
   </si>
   <si>
     <t>GOUVERNORAT DE KINSHASA</t>
   </si>
   <si>
     <t>Gem Diamond Longatshimo Mining Company</t>
   </si>
   <si>
     <t>A1108382Z</t>
   </si>
   <si>
+    <t>GDLMC</t>
+  </si>
+  <si>
     <t>GOUVERNORAT DU BAS-CONGO</t>
   </si>
   <si>
     <t>GRANDE CIMENTERIE DU KATANGA</t>
   </si>
   <si>
     <t>A1202285Y</t>
   </si>
   <si>
+    <t>GCK</t>
+  </si>
+  <si>
     <t>Georges BOPE MIKO MBUDIMBO</t>
   </si>
   <si>
     <t>A1008249D</t>
   </si>
   <si>
     <t>Kasaï-Central</t>
   </si>
   <si>
+    <t>BAZANO</t>
+  </si>
+  <si>
+    <t>GROUPE BAZANO</t>
+  </si>
+  <si>
     <t>GEOSCIENCE CONGO SERVICE</t>
   </si>
   <si>
     <t>A1203067Y</t>
   </si>
   <si>
+    <t>GCS</t>
+  </si>
+  <si>
     <t>GERARD KALUMBA WA ANKERA</t>
   </si>
   <si>
     <t>A1301337T</t>
   </si>
   <si>
+    <t>GKWA</t>
+  </si>
+  <si>
     <t xml:space="preserve">GROUPE MINIER KASHALA </t>
   </si>
   <si>
     <t>A1402721Z</t>
   </si>
   <si>
     <t>GROUPE MWEMA BUSINESS Sprl</t>
   </si>
   <si>
     <t>HAI NAN INTERNATIONAL RESOURCES MINING DRC SPRL</t>
   </si>
   <si>
     <t>A0704871D</t>
   </si>
   <si>
+    <t>HNIRMD</t>
+  </si>
+  <si>
     <t>HAULCO HAULING COMPANY</t>
   </si>
   <si>
     <t>A1302310B</t>
   </si>
   <si>
+    <t>HHC</t>
+  </si>
+  <si>
     <t>GODEFROID MANKUMBWA YASUPA</t>
   </si>
   <si>
     <t>A0907598U</t>
   </si>
   <si>
+    <t>GMY</t>
+  </si>
+  <si>
     <t>Godefroy KAMBALE BAYOLI</t>
   </si>
   <si>
     <t>Heribert KABWE SABWA</t>
   </si>
   <si>
     <t>A1301224W</t>
   </si>
   <si>
     <t>GOMA MINING Sprl</t>
   </si>
   <si>
     <t>A1205285J</t>
   </si>
   <si>
+    <t>GM</t>
+  </si>
+  <si>
     <t>Hubert ABEN IDUKU</t>
   </si>
   <si>
     <t>A0815480L</t>
   </si>
   <si>
     <t>IMEC CONGO</t>
   </si>
   <si>
     <t>A0900126Y</t>
   </si>
   <si>
+    <t>IC</t>
+  </si>
+  <si>
     <t>INFINITY RESSOURCES</t>
   </si>
   <si>
     <t>INTERLACS Sarl</t>
   </si>
   <si>
     <t>A0704876J</t>
   </si>
   <si>
+    <t>INTERLACS</t>
+  </si>
+  <si>
     <t>Jean KAMBA KABULA</t>
   </si>
   <si>
     <t>INTERNATIONAL CONGO AFRICAN MINING</t>
   </si>
   <si>
     <t>A1110946L</t>
   </si>
   <si>
+    <t>ICAM</t>
+  </si>
+  <si>
     <t>INTERNATIONAL CUSTOMS AGENCY  Sprl</t>
   </si>
   <si>
     <t>A0705305A</t>
   </si>
   <si>
     <t>IME SPRL</t>
   </si>
   <si>
     <t>A1108022H</t>
   </si>
   <si>
+    <t>IRON MOUNTAIN ENTERPRISES SPRL</t>
+  </si>
+  <si>
     <t>Jacques MASANGU-A-MWANZA KYABUTA</t>
   </si>
   <si>
     <t>A1302556T</t>
   </si>
   <si>
     <t>JINSHAN AFRICA MINES SPRL</t>
   </si>
   <si>
     <t>A1302366M</t>
   </si>
   <si>
+    <t>JAM</t>
+  </si>
+  <si>
     <t>JACQUES SIKATENDA NEEMA</t>
   </si>
   <si>
     <t>A1009149G</t>
   </si>
   <si>
+    <t>JSN</t>
+  </si>
+  <si>
     <t>JONAS NGOIE MWEPU</t>
   </si>
   <si>
     <t>A1208550H</t>
   </si>
   <si>
+    <t>JNM</t>
+  </si>
+  <si>
     <t>JADAS SARL</t>
   </si>
   <si>
     <t>A1402990R</t>
   </si>
   <si>
+    <t xml:space="preserve">JADAS </t>
+  </si>
+  <si>
     <t>Janvier BATOKA BEMBA</t>
   </si>
   <si>
     <t>KABOYA MASHIMABI</t>
   </si>
   <si>
     <t>A1411836G</t>
   </si>
   <si>
+    <t>KM</t>
+  </si>
+  <si>
     <t>Medard MULANGALA LWAKABWANGA</t>
   </si>
   <si>
     <t>A0810545X</t>
   </si>
   <si>
     <t>KADI INTERNATIONAL</t>
   </si>
   <si>
     <t>A1115521J</t>
   </si>
   <si>
+    <t>KI</t>
+  </si>
+  <si>
     <t>METAL MINES Sprl</t>
   </si>
   <si>
     <t>A0814803A</t>
   </si>
   <si>
     <t>METALKOL</t>
   </si>
   <si>
     <t>A1007580B</t>
   </si>
   <si>
     <t>KAMBOVE OPERATING MINING Sprl</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>MEXPO MINERALS Sprl</t>
   </si>
   <si>
+    <t>MM</t>
+  </si>
+  <si>
     <t>KAMITUGA MINING</t>
   </si>
   <si>
     <t>A0700193T</t>
   </si>
   <si>
     <t>KAMOTO COPPER COMPANY SARL</t>
   </si>
   <si>
     <t>A0701041Q</t>
   </si>
   <si>
+    <t>KCC</t>
+  </si>
+  <si>
     <t xml:space="preserve">KAMPENE MINING </t>
   </si>
   <si>
     <t>A1219127E</t>
   </si>
   <si>
     <t>KANUKA MINING COMPANY</t>
   </si>
   <si>
     <t>A0802327P</t>
   </si>
   <si>
+    <t>KANUKA MINING</t>
+  </si>
+  <si>
     <t>KASAI MINING AND EXPLORATION LIMITED</t>
   </si>
   <si>
     <t>A0700054S</t>
   </si>
   <si>
+    <t>KMEL</t>
+  </si>
+  <si>
     <t>MIDAMINES Sprl</t>
   </si>
   <si>
     <t>A0800308U</t>
   </si>
   <si>
+    <t xml:space="preserve">MIDAMINES </t>
+  </si>
+  <si>
     <t>KASHALA N'SENDA</t>
   </si>
   <si>
     <t>A08055744D</t>
   </si>
   <si>
     <t>Sankuru</t>
   </si>
   <si>
     <t>KATANGA CONSULTING COMPANY</t>
   </si>
   <si>
     <t>A1008293B</t>
   </si>
   <si>
     <t>KATANGA MAJENGO Sprl</t>
   </si>
   <si>
     <t>A0806639B</t>
   </si>
   <si>
     <t>KATANGA RESSOURCES TRADING</t>
   </si>
   <si>
+    <t>KRT</t>
+  </si>
+  <si>
     <t>KIBALI GOLDMINES</t>
   </si>
   <si>
     <t>A0702049L</t>
   </si>
   <si>
+    <t>KIBALI</t>
+  </si>
+  <si>
     <t>Haut-Uélé</t>
   </si>
   <si>
     <t>KINSENDA COPPER COMPANY SA</t>
   </si>
   <si>
+    <t>KICC</t>
+  </si>
+  <si>
     <t>MINERAL RESSOURCES DEVELOPMENT</t>
   </si>
   <si>
+    <t>MRD</t>
+  </si>
+  <si>
     <t>MINES D'OR DE KISENGE SA</t>
   </si>
   <si>
+    <t>MDDK SA</t>
+  </si>
+  <si>
     <t>MINIERE DE MUSOSHI ET KINSENDA</t>
   </si>
   <si>
     <t>MINIERE DU MANIEMA Sprl</t>
   </si>
   <si>
     <t>A0827785C</t>
   </si>
   <si>
     <t>MINING AND MINERAL CONTRACTING SERVICES SPRL</t>
   </si>
   <si>
     <t>A1313500P</t>
   </si>
   <si>
+    <t>MAMCS</t>
+  </si>
+  <si>
     <t>KISENGO MINING</t>
   </si>
   <si>
     <t>A1113061K</t>
   </si>
   <si>
     <t>MINING AND PROCESSING CONGO Sarl</t>
   </si>
   <si>
     <t>A0705928C</t>
   </si>
   <si>
+    <t>ALPHAMINBISIE</t>
+  </si>
+  <si>
     <t>KIVU MINING Sprl</t>
   </si>
   <si>
     <t>KOPPA MINING SERVICES</t>
   </si>
   <si>
     <t>A0906376R</t>
   </si>
   <si>
+    <t>KMS</t>
+  </si>
+  <si>
     <t>KORAL MINING SPRL</t>
   </si>
   <si>
     <t>A1216334T</t>
   </si>
   <si>
     <t>MONDO MINING</t>
   </si>
   <si>
     <t>A0906902N</t>
   </si>
   <si>
     <t>Mr TSHINOTA WATALA</t>
   </si>
   <si>
     <t>A1314997R</t>
   </si>
   <si>
+    <t>TW</t>
+  </si>
+  <si>
     <t>MUKENDI LUESE</t>
   </si>
   <si>
+    <t>ML</t>
+  </si>
+  <si>
     <t>MUTANDA MINING</t>
   </si>
   <si>
     <t>A0704867Z</t>
   </si>
   <si>
+    <t>MUMI</t>
+  </si>
+  <si>
     <t xml:space="preserve">KUN TAI CONGO MINING </t>
   </si>
   <si>
     <t>A0906375Q</t>
   </si>
   <si>
+    <t>K.T.C.M</t>
+  </si>
+  <si>
     <t>MURUMBI MINERALS</t>
   </si>
   <si>
     <t>A1304079Z</t>
   </si>
   <si>
     <t>LA CONGOLAISE DES MINES ET DE DEVELOPPEMENT</t>
   </si>
   <si>
     <t>A1001383Q</t>
   </si>
   <si>
+    <t>COMIDE</t>
+  </si>
+  <si>
     <t>LA CONGOLAISE D'EXPLOITATION MINIERE</t>
   </si>
   <si>
     <t>A1113407L</t>
   </si>
   <si>
+    <t>COMINIERE</t>
+  </si>
+  <si>
     <t>NAKO MINES</t>
   </si>
   <si>
+    <t>NM</t>
+  </si>
+  <si>
     <t>LA MINIERE DE KALUKUNDI</t>
   </si>
   <si>
     <t>A0906438J</t>
   </si>
   <si>
+    <t>MK</t>
+  </si>
+  <si>
     <t>LA MINIERE DE KALUMBWE MYUNGA</t>
   </si>
   <si>
     <t>A0704883R</t>
   </si>
   <si>
+    <t>MKM</t>
+  </si>
+  <si>
     <t>LA MINIERE DE KASOMBO</t>
   </si>
   <si>
     <t>A0814790L</t>
   </si>
   <si>
+    <t xml:space="preserve">MIKAS </t>
+  </si>
+  <si>
     <t>NESSER YAHYA</t>
   </si>
   <si>
     <t>A1302519D</t>
   </si>
   <si>
     <t>LA MINIERE DE LA LUKUGA</t>
   </si>
   <si>
     <t>A1204671R</t>
   </si>
   <si>
+    <t>LAMILU</t>
+  </si>
+  <si>
     <t xml:space="preserve">LA MINIERE DU CONGO </t>
   </si>
   <si>
     <t>A1301245T</t>
   </si>
   <si>
+    <t>MDC</t>
+  </si>
+  <si>
     <t>LA MINIERE DU KATANGA</t>
   </si>
   <si>
+    <t>LMK</t>
+  </si>
+  <si>
     <t>LEDA MINING CONGO</t>
   </si>
   <si>
     <t>A0714789G</t>
   </si>
   <si>
+    <t>LMC</t>
+  </si>
+  <si>
     <t>LEK MINING SPRL</t>
   </si>
   <si>
+    <t>LEK MINING</t>
+  </si>
+  <si>
     <t>LIBERTY MINING AND INVESTMENTS</t>
   </si>
   <si>
     <t>A1210869D</t>
   </si>
   <si>
+    <t>LMI</t>
+  </si>
+  <si>
     <t>LIDA AFRIMING</t>
   </si>
   <si>
     <t>A0811089N</t>
   </si>
   <si>
+    <t>LA</t>
+  </si>
+  <si>
     <t>LOMAMI RESOURCES SARL</t>
   </si>
   <si>
     <t>A1210835R</t>
   </si>
   <si>
+    <t xml:space="preserve">LOMAMI RESOURCES </t>
+  </si>
+  <si>
     <t>LUALABA MINING COMPANY</t>
   </si>
   <si>
     <t>A0814837N</t>
   </si>
   <si>
     <t>LUBANGI MUTEBA</t>
   </si>
   <si>
     <t>A0709724D</t>
   </si>
   <si>
     <t>LUGUSHWA MINING</t>
   </si>
   <si>
     <t>A0700163L</t>
   </si>
   <si>
+    <t>LM</t>
+  </si>
+  <si>
     <t>LUISHA MINING ENTREPRISE</t>
   </si>
   <si>
     <t>A0906500B</t>
   </si>
   <si>
+    <t>LME</t>
+  </si>
+  <si>
     <t>LUWALE MUTETEKE</t>
   </si>
   <si>
     <t>A0909048W</t>
   </si>
   <si>
     <t>Artisanal</t>
   </si>
   <si>
     <t>M.D. CONSTRUCTION &amp; HIGHT TECHNOLOGY</t>
   </si>
   <si>
     <t>A0906986E</t>
   </si>
   <si>
+    <t>M.D.CHT</t>
+  </si>
+  <si>
     <t>MAADINI MINING</t>
   </si>
   <si>
     <t>A1301147M</t>
   </si>
   <si>
     <t>MABENDE MINING Sprl</t>
   </si>
   <si>
     <t>A1217594N</t>
   </si>
   <si>
     <t>MAHAVEER MINING Sprl</t>
   </si>
   <si>
     <t>A1403020Z</t>
   </si>
   <si>
     <t>MAONI MINING</t>
   </si>
   <si>
     <t>Marceline PALIMAU NAMADE</t>
   </si>
   <si>
     <t>A1301972J</t>
   </si>
   <si>
+    <t>M P N</t>
+  </si>
+  <si>
     <t>M</t>
   </si>
   <si>
     <t>A0704686C</t>
   </si>
   <si>
+    <t>MASTERS</t>
+  </si>
+  <si>
     <t>MATCHA CONSTRUCT Sprl</t>
   </si>
   <si>
     <t>A0910967G</t>
   </si>
   <si>
+    <t>MC</t>
+  </si>
+  <si>
     <t>NONO SUMBA MUGANZA</t>
   </si>
   <si>
     <t>A1301778Y</t>
   </si>
   <si>
+    <t>NSM</t>
+  </si>
+  <si>
     <t>NOVA MINING</t>
   </si>
   <si>
     <t>A0811654C</t>
   </si>
   <si>
     <t>NYUKI CONSTRUCT Sprl</t>
   </si>
   <si>
     <t>A1007237D</t>
   </si>
   <si>
+    <t>NC</t>
+  </si>
+  <si>
     <t>SOCIETE WANGA MINING COMPANY</t>
   </si>
   <si>
+    <t>S W M C</t>
+  </si>
+  <si>
     <t>SOMAF CORPORATION S.A</t>
   </si>
   <si>
     <t>A1400397Y</t>
   </si>
   <si>
+    <t>SC</t>
+  </si>
+  <si>
     <t>SOCIETE AURIFERE DU KIVU ET DU MANIEMA</t>
   </si>
   <si>
     <t>A1105861J</t>
   </si>
   <si>
+    <t>SAKIMA</t>
+  </si>
+  <si>
     <t>Sophie TUMALEO MWANGE</t>
   </si>
   <si>
     <t>A1303776U</t>
   </si>
   <si>
     <t>ORISA</t>
   </si>
   <si>
     <t>Nord-Ubangi</t>
   </si>
   <si>
     <t>SOCIETE COMMERCIALE LA MINIERE DE KISENGE MANGANESE</t>
   </si>
   <si>
+    <t>SCMK-Mn</t>
+  </si>
+  <si>
     <t>ORKA</t>
   </si>
   <si>
     <t>A1216744P</t>
   </si>
   <si>
     <t>SYLVAIN  PALUKU LOLWAKO</t>
   </si>
   <si>
     <t>A0713175E</t>
   </si>
   <si>
+    <t>SPL</t>
+  </si>
+  <si>
     <t>TANGANYIKA MINING COMPANY</t>
   </si>
   <si>
     <t>A0708266T</t>
   </si>
   <si>
+    <t>TMC</t>
+  </si>
+  <si>
     <t>SOCIETE DE DEVELOPPEMENT INDUSTRIEL ET MINIER DU CONGO SARL</t>
   </si>
   <si>
     <t>A0905363K</t>
   </si>
   <si>
+    <t>SODIMICO</t>
+  </si>
+  <si>
     <t>TANTALE MINING KATANGA</t>
   </si>
   <si>
     <t>A1302523H</t>
   </si>
   <si>
+    <t>TMK</t>
+  </si>
+  <si>
     <t>TECHNO BUILD</t>
   </si>
   <si>
     <t>A0703440Y</t>
   </si>
   <si>
+    <t>TB</t>
+  </si>
+  <si>
     <t>SOCIETE DE DEVELOPPEMENT INDUSTRIEL ET MINIER DU KATANGA</t>
   </si>
   <si>
     <t>A1007484X</t>
   </si>
   <si>
+    <t>SODIMIKA</t>
+  </si>
+  <si>
     <t>TENKE FUNGURUME MINING</t>
   </si>
   <si>
     <t>A0810758D</t>
   </si>
   <si>
+    <t>TFM SA</t>
+  </si>
+  <si>
     <t>SOCIETE D’ELEVAGE ET DE COMMERCE</t>
   </si>
   <si>
     <t>A0811104A</t>
   </si>
   <si>
     <t>THERMO METALS PROCESSER</t>
   </si>
   <si>
+    <t>TMP</t>
+  </si>
+  <si>
     <t xml:space="preserve">TIDIANE KONE </t>
   </si>
   <si>
     <t>A1109111R</t>
   </si>
   <si>
     <t>SOCIETE D'EXPLOITATION DE KIPOI  S.A</t>
   </si>
   <si>
     <t>A0811655 D</t>
   </si>
   <si>
+    <t>SEK</t>
+  </si>
+  <si>
     <t>SOCIETE D’EXPLOITATION DE LA CASSITERITE AU KATANGA</t>
   </si>
   <si>
     <t>A1200747B</t>
   </si>
   <si>
+    <t>SECAKAT</t>
+  </si>
+  <si>
     <t>TILU MINING</t>
   </si>
   <si>
     <t>A1301208D</t>
   </si>
   <si>
     <t>PHELPS DODGE CONGO</t>
   </si>
   <si>
     <t>A0906604P</t>
   </si>
   <si>
+    <t>PDC</t>
+  </si>
+  <si>
     <t>TSL</t>
   </si>
   <si>
     <t>A0709673Y</t>
   </si>
   <si>
+    <t>TRATNOR SERVICES LIMITED</t>
+  </si>
+  <si>
     <t>PISTIS MINING CORPORATION</t>
   </si>
   <si>
     <t>A0907027Z</t>
   </si>
   <si>
+    <t>PMC</t>
+  </si>
+  <si>
     <t>TWANGIZA MINING</t>
   </si>
   <si>
     <t>A0700073N</t>
   </si>
   <si>
     <t>PROXMIN</t>
   </si>
   <si>
     <t>VIRGINIKA MINING</t>
   </si>
   <si>
     <t>A0805721D</t>
   </si>
   <si>
     <t>VIRJI SHIRAZ</t>
   </si>
   <si>
     <t>A1301460C</t>
   </si>
   <si>
     <t>REGAL MANIEMA</t>
   </si>
   <si>
     <t>A1118165H</t>
   </si>
   <si>
     <t>WALNI MINERAL COMPANY SPRL</t>
   </si>
   <si>
     <t>A0815386J</t>
   </si>
   <si>
+    <t>WMC</t>
+  </si>
+  <si>
     <t>WALTER NOCA</t>
   </si>
   <si>
     <t>A1022105Y</t>
   </si>
   <si>
     <t>REGAL SUD KIVU</t>
   </si>
   <si>
     <t>A1116127S</t>
   </si>
   <si>
+    <t>SK</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE BAKWANGA</t>
   </si>
   <si>
     <t>A0700201C</t>
   </si>
   <si>
+    <t>MIBA</t>
+  </si>
+  <si>
     <t>Kasaï-Oriental</t>
   </si>
   <si>
     <t>WB KASAI INVESTMENTS SPRL</t>
   </si>
   <si>
     <t>A0701627C</t>
   </si>
   <si>
+    <t>WBKI</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE BISUNZU</t>
   </si>
   <si>
     <t>A1407282G</t>
   </si>
   <si>
+    <t xml:space="preserve"> BISUNZU</t>
+  </si>
+  <si>
     <t>XING DA MINING SARL</t>
   </si>
   <si>
     <t>A1400916 M</t>
   </si>
   <si>
+    <t>XING DA MINING</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE DEVELOPPEMENT</t>
   </si>
   <si>
     <t>A1304104B</t>
   </si>
   <si>
+    <t>SMD</t>
+  </si>
+  <si>
     <t>YA FEI MINING SPRL</t>
   </si>
   <si>
     <t>A1217376B</t>
   </si>
   <si>
+    <t>YFM</t>
+  </si>
+  <si>
     <t>REMEC</t>
   </si>
   <si>
     <t>A0801837G</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DE KASONTA</t>
   </si>
   <si>
     <t>A1500115S</t>
   </si>
   <si>
+    <t>SOMIKA</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE KILO-MOTO</t>
   </si>
   <si>
     <t>A0805833A</t>
   </si>
   <si>
+    <t>SOKIMO</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE KOLWEZI</t>
   </si>
   <si>
     <t>A0800395P</t>
   </si>
   <si>
+    <t>SMK</t>
+  </si>
+  <si>
     <t>Roger GANZUMBA SOGHI</t>
   </si>
   <si>
     <t>A0805299U</t>
   </si>
   <si>
+    <t>R G S</t>
+  </si>
+  <si>
     <t>Kwilu</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DE LUBUTU</t>
   </si>
   <si>
     <t>A1300047R</t>
   </si>
   <si>
     <t>RUASHI MINING</t>
   </si>
   <si>
     <t>A0704687D</t>
   </si>
   <si>
+    <t>RUMI</t>
+  </si>
+  <si>
     <t>RUBACO</t>
   </si>
   <si>
     <t>A0814809G</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DE SANDOA</t>
   </si>
   <si>
     <t>A1309195K</t>
   </si>
   <si>
+    <t>SMS</t>
+  </si>
+  <si>
     <t>SA DRC Mining</t>
   </si>
   <si>
     <t>A0905446F</t>
   </si>
   <si>
-    <t>SOCIETE MINIERE DU KATANGA</t>
-[...2 lines deleted...]
-    <t>A0704865X</t>
+    <t>SDM</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE MINIERE INTERNATIONALE </t>
   </si>
   <si>
     <t>A1112368G</t>
   </si>
   <si>
+    <t>SMI</t>
+  </si>
+  <si>
     <t>SOCIETE OLIVE</t>
   </si>
   <si>
     <t>A1105863L</t>
   </si>
   <si>
+    <t>SO</t>
+  </si>
+  <si>
     <t>SOCIETE ROTAX INTERNATIONAL Sarl</t>
   </si>
   <si>
     <t>A1207761A</t>
   </si>
   <si>
+    <t>SRI</t>
+  </si>
+  <si>
     <t>SASE MINING SARL</t>
   </si>
   <si>
     <t>A1236645M</t>
   </si>
   <si>
+    <t>SM</t>
+  </si>
+  <si>
     <t>SC NEGRO 2000 SRL</t>
   </si>
   <si>
     <t>A1219222H</t>
   </si>
   <si>
-    <t>SHITURU MINING CORPORATION</t>
-[...4 lines deleted...]
-  <si>
     <t>Siméon Tshisangama</t>
   </si>
   <si>
     <t>A1206590C</t>
   </si>
   <si>
     <t>SOCIETE AMIBOD IMPORT-EXPORT</t>
   </si>
   <si>
     <t>A1301803A</t>
   </si>
   <si>
-    <t>CONGO JIN JU CHENG MINING COMPANY SARL</t>
+    <t>SAIE</t>
   </si>
   <si>
     <t>KAI PENG MINING SARL</t>
   </si>
   <si>
     <t>A1206441Q</t>
   </si>
   <si>
+    <t>KPM</t>
+  </si>
+  <si>
     <t>DRAGON INTERNATIONAL MINING</t>
   </si>
   <si>
     <t>A1301003F</t>
   </si>
   <si>
+    <t>DIM</t>
+  </si>
+  <si>
     <t>CONGO DONG FANG</t>
   </si>
   <si>
     <t>A0712822W</t>
   </si>
   <si>
+    <t>CDM</t>
+  </si>
+  <si>
+    <t>TRUST MINING</t>
+  </si>
+  <si>
     <t>LUAMBO MINING</t>
   </si>
   <si>
     <t>A1004457G</t>
   </si>
   <si>
     <t>AURUM</t>
   </si>
   <si>
     <t>A0704864W</t>
   </si>
   <si>
     <t>SOCIETE  MUUNGANO NA MAENDELO SNC</t>
   </si>
   <si>
     <t>A1403402P</t>
   </si>
   <si>
+    <t>SOCIETE  MUUNGANO NA MAENDELO SNC; "SMM"</t>
+  </si>
+  <si>
     <t>SOCIÉTÉ NEW ALTERNATIVES FOR BUSINESS SOLUTIONS</t>
   </si>
   <si>
     <t>A1213741A</t>
   </si>
   <si>
+    <t>NABS SARL</t>
+  </si>
+  <si>
+    <t>UKRAINE POLOGNE CONGO Sarl</t>
+  </si>
+  <si>
+    <t>A1405323C</t>
+  </si>
+  <si>
+    <t>UPC Sarl</t>
+  </si>
+  <si>
+    <t>WORLD MINING COMPANY Sarl</t>
+  </si>
+  <si>
+    <t>A1301538M</t>
+  </si>
+  <si>
+    <t>WMC Sarl</t>
+  </si>
+  <si>
+    <t>MANIEMA MINING</t>
+  </si>
+  <si>
+    <t>MM SARL</t>
+  </si>
+  <si>
+    <t>SOCIETE MINIERE DU MANIEMA</t>
+  </si>
+  <si>
+    <t>SMM SARL</t>
+  </si>
+  <si>
     <t>METACHEM Sarl</t>
   </si>
   <si>
     <t>A1201610P</t>
   </si>
   <si>
+    <t>METACHEM Sarl; "M Sarl"</t>
+  </si>
+  <si>
     <t>FMR DEVELOPMENT</t>
   </si>
   <si>
     <t>A0814445L</t>
   </si>
   <si>
+    <t>FM</t>
+  </si>
+  <si>
     <t>MARCO PERIOTI</t>
   </si>
   <si>
+    <t>MP</t>
+  </si>
+  <si>
     <t>MIKUBA MINING</t>
   </si>
   <si>
     <t>A1002037B</t>
   </si>
   <si>
     <t>NIZAR KIBWE AMIRALLY</t>
   </si>
   <si>
     <t>PROMINES</t>
   </si>
   <si>
     <t>A0815176F</t>
   </si>
   <si>
     <t>DEVON RESOURCES</t>
   </si>
   <si>
     <t>A1602961M</t>
   </si>
   <si>
+    <t>DR</t>
+  </si>
+  <si>
+    <t>SOMIKA MINING COMPAGNY SARL</t>
+  </si>
+  <si>
+    <t>A070486 5X</t>
+  </si>
+  <si>
     <t>SEGMAL</t>
   </si>
   <si>
     <t>A1200750E</t>
   </si>
   <si>
     <t>ORAMA</t>
   </si>
   <si>
     <t>A0906459G</t>
   </si>
   <si>
     <t>Société Immobilière du Congo</t>
   </si>
   <si>
+    <t>SIMCO</t>
+  </si>
+  <si>
     <t>DMC</t>
   </si>
   <si>
     <t>FFE</t>
   </si>
   <si>
+    <t>FURNEIKO FIRE EXTRUCTIONS</t>
+  </si>
+  <si>
     <t xml:space="preserve">KWILU BRIQUES </t>
   </si>
   <si>
     <t>A0700314A</t>
   </si>
   <si>
+    <t>KB</t>
+  </si>
+  <si>
     <t>CONGO MANAGEMENT SARL</t>
   </si>
   <si>
+    <t>CM</t>
+  </si>
+  <si>
     <t>FIRST MINING COMPANY</t>
   </si>
   <si>
     <t>A1008601L</t>
   </si>
   <si>
-    <t>IMPORTATION REPRESENTATION CIMMERCIALE SPRL</t>
+    <t>FMC</t>
+  </si>
+  <si>
+    <t>IMPORTATION REPRESENTATION-COMMERCIALE SPRL</t>
   </si>
   <si>
     <t>A0704848D</t>
   </si>
   <si>
+    <t>IRC</t>
+  </si>
+  <si>
     <t>JEAN-CLAUDE MWEMA TSHILAY</t>
   </si>
   <si>
+    <t>JCMT</t>
+  </si>
+  <si>
     <t>KATANGA CLAYS MANUFACTORY</t>
   </si>
   <si>
     <t>A0810098L</t>
   </si>
   <si>
+    <t>KCM</t>
+  </si>
+  <si>
     <t>KATANGA EXPLORATION SARL</t>
   </si>
   <si>
     <t>A1500753L</t>
   </si>
   <si>
+    <t xml:space="preserve">KATANGA EXPLORATION SARL </t>
+  </si>
+  <si>
     <t xml:space="preserve">EMENTO MANUFACTURING </t>
   </si>
   <si>
     <t xml:space="preserve">FOSSIL FUEL </t>
   </si>
   <si>
     <t>KINSEVERE MINING RESSOURCES</t>
   </si>
   <si>
     <t>A0910912X</t>
   </si>
   <si>
+    <t>KMR</t>
+  </si>
+  <si>
     <t>SOCIETE CHINOISE POUR LE DEVELOPPEMENT DU CONGO SARL</t>
   </si>
   <si>
+    <t>SCDC</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION DE SHAMITUMBA SAS</t>
   </si>
   <si>
-    <t>KISANFU MINING SPRL</t>
+    <t>SES</t>
+  </si>
+  <si>
+    <t>KISANFU MINING SARL</t>
   </si>
   <si>
     <t>A1004150Y</t>
   </si>
   <si>
+    <t>KIMIN SARL</t>
+  </si>
+  <si>
     <t>SICOMINES, LA SINO-CONGOLAISE DES MINES SA</t>
   </si>
   <si>
     <t>A1007960P</t>
   </si>
   <si>
+    <t>SICOMINES</t>
+  </si>
+  <si>
     <t>SINO KATANGA TIN SARL</t>
   </si>
   <si>
     <t>A1111135R</t>
   </si>
   <si>
+    <t>SKT</t>
+  </si>
+  <si>
     <t>STR MINING SPRL</t>
   </si>
   <si>
     <t xml:space="preserve">A1301892X </t>
   </si>
   <si>
+    <t>STR MINING</t>
+  </si>
+  <si>
     <t>BP Sprl</t>
   </si>
   <si>
+    <t>BLACKSTONE PETRMINERALS SPRL</t>
+  </si>
+  <si>
     <t>TRANSVALE MINING SA</t>
   </si>
   <si>
+    <t>TM</t>
+  </si>
+  <si>
     <t xml:space="preserve">BELAIR MANIEMA </t>
   </si>
   <si>
     <t>GKMC SPRL</t>
   </si>
   <si>
     <t>A0713605X</t>
   </si>
   <si>
+    <t>GROUPE KEPPY MUKESH COORPORATION SPRL</t>
+  </si>
+  <si>
     <t>OLGA SARL</t>
   </si>
   <si>
     <t>CHADY APPART SARL</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
     <t>ELITE EARTH PRODUCTS SPRL</t>
   </si>
   <si>
+    <t>EEP</t>
+  </si>
+  <si>
     <t>EMON CHALWE NGWASHI</t>
   </si>
   <si>
     <t>A0907704K</t>
   </si>
   <si>
+    <t>ECN</t>
+  </si>
+  <si>
     <t>ENTREPRISE MINIERE DU KIVU</t>
   </si>
   <si>
+    <t>EMK</t>
+  </si>
+  <si>
     <t>HEATMELTO SMELTERS  Sprl</t>
   </si>
   <si>
+    <t>HS</t>
+  </si>
+  <si>
     <t>AR MINERALS AND MINING</t>
   </si>
   <si>
+    <t>AR MM</t>
+  </si>
+  <si>
     <t>SOCIETE D'APPUI LOGISTIQUE DU KATANGA</t>
   </si>
   <si>
+    <t>SALK</t>
+  </si>
+  <si>
     <t>MONGWALU GOLD MINES SA</t>
   </si>
   <si>
+    <t>MGM</t>
+  </si>
+  <si>
     <t>ETION GEMS AND METALS</t>
   </si>
   <si>
+    <t>EGM</t>
+  </si>
+  <si>
     <t>LUBA MINING</t>
   </si>
   <si>
     <t>MAI-MARIDI MINING SPRL</t>
   </si>
   <si>
+    <t>MMM</t>
+  </si>
+  <si>
     <t>MARTIN CHALAMESO</t>
   </si>
   <si>
     <t>A0908496W</t>
   </si>
   <si>
     <t>MUNONGA MIKUBA SARL</t>
   </si>
   <si>
     <t>NESTOR MUDERHWA KAMOLA</t>
   </si>
   <si>
+    <t>NMK</t>
+  </si>
+  <si>
     <t>COMPAGNIE D'ENGINEERING ET NEGOCE</t>
   </si>
   <si>
     <t>A1008638B</t>
   </si>
   <si>
+    <t>CEN</t>
+  </si>
+  <si>
     <t>SOLAIZE DRC</t>
   </si>
   <si>
     <t>TANTALE ET NIOBIUM DU TANGANYIKA</t>
   </si>
   <si>
     <t>A1207945A</t>
   </si>
   <si>
+    <t>TNT</t>
+  </si>
+  <si>
     <t>Coopérative de Développement des Exploitants Miniers Artisanaux de Mombasa</t>
   </si>
   <si>
+    <t xml:space="preserve">CODEMA </t>
+  </si>
+  <si>
     <t>ENTREPRISE MINIERE DE MUSOSHI S.A</t>
   </si>
   <si>
     <t>A1506604 W</t>
   </si>
   <si>
+    <t>EMM</t>
+  </si>
+  <si>
     <t>Sté DENSAHAL</t>
   </si>
   <si>
     <t>A1604036F</t>
   </si>
   <si>
+    <t>Sté DENSAHAL; "Sté D"</t>
+  </si>
+  <si>
     <t>Sté KALKO</t>
   </si>
   <si>
     <t>A1516652S</t>
   </si>
   <si>
+    <t>Sté KALKO; "Sté k"</t>
+  </si>
+  <si>
     <t>Sté KGS MINERAL CORPORATION</t>
   </si>
   <si>
     <t>A1521374A</t>
   </si>
   <si>
+    <t>Sté KGS MINERAL CORPORATION; "Sté KMC"</t>
+  </si>
+  <si>
     <t>Sté RSP ET ASSOCIES GROUP</t>
   </si>
   <si>
     <t>A1404844G</t>
   </si>
   <si>
+    <t>Sté RSP ET ASSOCIES GROUP; "Sté RAG"</t>
+  </si>
+  <si>
     <t>Sté SOLITAIRE</t>
   </si>
   <si>
     <t>A1110445R</t>
   </si>
   <si>
+    <t>Sté SOLITAIRE; "Sté S"</t>
+  </si>
+  <si>
     <t>Sté TANMIN</t>
   </si>
   <si>
     <t>A1310698T</t>
   </si>
   <si>
+    <t>Sté TANMIN; "Sté T"</t>
+  </si>
+  <si>
     <t>Sté TICHE</t>
   </si>
   <si>
     <t>A1315385N</t>
   </si>
   <si>
+    <t>Sté TICHE; "Sté T"</t>
+  </si>
+  <si>
     <t>Sté MAKRIS</t>
   </si>
   <si>
     <t>A1602341N</t>
   </si>
   <si>
+    <t>Sté MAKRIS; "Sté M"</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sté COMISERV </t>
   </si>
   <si>
     <t>A1416133J</t>
   </si>
   <si>
+    <t>Sté COMISERV; "Sté C"</t>
+  </si>
+  <si>
     <t>Sté CONTAIN</t>
   </si>
   <si>
     <t>A1517511B</t>
   </si>
   <si>
+    <t>Sté CONTAIN; "Sté C"</t>
+  </si>
+  <si>
+    <t>SOCIETE NORDKAT GROUP Sarl</t>
+  </si>
+  <si>
+    <t>A141721 8G</t>
+  </si>
+  <si>
+    <t>SOCIETE NORDKAT GROUP Sarl; "NK Sarl"</t>
+  </si>
+  <si>
+    <t>LUBUMBASHI MINING CGM Sarl</t>
+  </si>
+  <si>
+    <t>Minsevere Sarl</t>
+  </si>
+  <si>
+    <t>MING YVES Sarl</t>
+  </si>
+  <si>
+    <t>MY SARL</t>
+  </si>
+  <si>
+    <t>PM Sarl</t>
+  </si>
+  <si>
+    <t>PARAGON MINING Sarl</t>
+  </si>
+  <si>
+    <t>SK Sarl</t>
+  </si>
+  <si>
+    <t>SINO KATTIN Sarl</t>
+  </si>
+  <si>
+    <t>LM Sarl</t>
+  </si>
+  <si>
+    <t>LUFIRA MINING Sarl</t>
+  </si>
+  <si>
+    <t>TENGYAN COBALT COPPER RESSOURCES</t>
+  </si>
+  <si>
+    <t>A1608603U</t>
+  </si>
+  <si>
+    <t>TCCR</t>
+  </si>
+  <si>
+    <t>SOCIETENBB ET FRERES</t>
+  </si>
+  <si>
+    <t>SOCIETENBB ET FRERES; "SNF"</t>
+  </si>
+  <si>
+    <t>SOGECOM</t>
+  </si>
+  <si>
+    <t>SOCIETE TERRA KARRA</t>
+  </si>
+  <si>
+    <t>STK SARL</t>
+  </si>
+  <si>
     <t>KANSUKI SPRL</t>
   </si>
   <si>
     <t>A1002999U</t>
   </si>
   <si>
+    <t xml:space="preserve">KANSUKI </t>
+  </si>
+  <si>
     <t>Nature</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE  BDRS TRADING </t>
   </si>
   <si>
     <t>A1604593L</t>
   </si>
   <si>
+    <t>SOCIETE  BDRS TRADING; "SBT"</t>
+  </si>
+  <si>
     <t>Ets. MUNSAD</t>
   </si>
   <si>
-    <t>COSHA INVESTMENT Sprl</t>
+    <t>Ets. MUNSAD; "Ets M"</t>
   </si>
   <si>
     <t>A080669G</t>
   </si>
   <si>
+    <t xml:space="preserve">CI </t>
+  </si>
+  <si>
     <t xml:space="preserve">BLACKSTONE PETROMINERALS </t>
   </si>
   <si>
+    <t>BP</t>
+  </si>
+  <si>
     <t>SOCIETE RENZO</t>
   </si>
   <si>
+    <t>SR</t>
+  </si>
+  <si>
     <t>SODIFOR EXPLORATION SARL</t>
   </si>
   <si>
+    <t xml:space="preserve">SODIFOR </t>
+  </si>
+  <si>
     <t>THERESE KAZADI LUDIMBA</t>
   </si>
   <si>
     <t>A1305279D</t>
   </si>
   <si>
+    <t>TKL</t>
+  </si>
+  <si>
     <t>ALPHAMIN RESOURCES CONGO Sarl</t>
   </si>
   <si>
+    <t>ARC</t>
+  </si>
+  <si>
     <t xml:space="preserve">GLOBAL TRADING COMMODITIES </t>
   </si>
   <si>
+    <t xml:space="preserve"> G.T.C</t>
+  </si>
+  <si>
     <t>GOLIN MINING INVESTMENT SARL</t>
   </si>
   <si>
+    <t xml:space="preserve"> GOLIN MINING INVESTMENT SARL</t>
+  </si>
+  <si>
     <t>AFRICA EQUITY &amp; INVESTMENT GROUP SARL</t>
   </si>
   <si>
+    <t>AEI GROUP</t>
+  </si>
+  <si>
     <t>AGAPAO GLOBAL BUSINESS</t>
   </si>
   <si>
+    <t>A.G.B</t>
+  </si>
+  <si>
     <t>Partenariat</t>
   </si>
   <si>
     <t>AIR MARINE AFRICA SARL</t>
   </si>
   <si>
+    <t xml:space="preserve">AIR MARINE AFRICA </t>
+  </si>
+  <si>
     <t>SOCIETE INDUS- TRIELLE MINING-INTERNATIONAL</t>
   </si>
   <si>
     <t xml:space="preserve">AITEO MINING CONGO LIMITED SARL </t>
   </si>
   <si>
     <t>AFRIQUE RESSOURCES INTERNATIONAL</t>
   </si>
   <si>
     <t>En développement</t>
   </si>
   <si>
     <t>BANKERS COBALT MINING SASU</t>
   </si>
   <si>
     <t>Statut</t>
   </si>
   <si>
     <t>BMK CONSTRUCTION</t>
   </si>
   <si>
     <t>A1622167N</t>
   </si>
   <si>
+    <t>BMK</t>
+  </si>
+  <si>
     <t>BMN MINING</t>
   </si>
   <si>
-    <t>BRAVURA CONGO</t>
+    <t>BMN</t>
   </si>
   <si>
     <t>BRING MINERALS SAU</t>
   </si>
   <si>
     <t>AMANI MINERALS KATANGA</t>
   </si>
   <si>
     <t>BIENVIEW MINING</t>
   </si>
   <si>
     <t>BUTA SARL</t>
   </si>
   <si>
     <t>CHEKINA SARL</t>
   </si>
   <si>
     <t>A0905426J</t>
   </si>
   <si>
+    <t>CK SARL</t>
+  </si>
+  <si>
     <t>CL ETOILE</t>
   </si>
   <si>
     <t>CODEMA SARL</t>
   </si>
   <si>
     <t>A1206322L</t>
   </si>
   <si>
-    <t xml:space="preserve">BROTHER MINING </t>
-[...1 lines deleted...]
-  <si>
     <t>BUKWASHI MINING COMPANY</t>
   </si>
   <si>
     <t>A1809093E</t>
   </si>
   <si>
+    <t>BUMICO</t>
+  </si>
+  <si>
     <t>CCS CHINDA TRADE-INVESTMENT</t>
   </si>
   <si>
     <t>0002/BBX - 20/I000 350 HK/Z</t>
   </si>
   <si>
     <t>AKULA AFRICA</t>
   </si>
   <si>
     <t>0001/BAX - 20/I0 11803 K/Z</t>
   </si>
   <si>
     <t>COMPAGNIE MINIERE DE KATOTO</t>
   </si>
   <si>
     <t>A1802916Q</t>
   </si>
   <si>
+    <t xml:space="preserve">CMK </t>
+  </si>
+  <si>
     <t xml:space="preserve">CIMENTERIE DE MAIKO </t>
   </si>
   <si>
     <t>En construction</t>
   </si>
   <si>
     <t xml:space="preserve">COMPAGNIE MINIERE DE TONDO SAS </t>
   </si>
   <si>
     <t>CONGO BANTU MINING</t>
   </si>
   <si>
     <t>A1100319K</t>
   </si>
   <si>
     <t xml:space="preserve">CONGO CONSTRUCTION INVESTMENTS </t>
   </si>
   <si>
+    <t>C.C.I</t>
+  </si>
+  <si>
     <t>CONGO NEW MINING VISION</t>
   </si>
   <si>
     <t>A1807510J</t>
   </si>
   <si>
+    <t>CONEMIV</t>
+  </si>
+  <si>
     <t>CONGO ROOFING</t>
   </si>
   <si>
     <t xml:space="preserve">ETANA CONGO </t>
   </si>
   <si>
+    <t>ETACO</t>
+  </si>
+  <si>
     <t>CONGO SILVER AGE SCI ET TECH COBALT</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUCT SERVICES SECURITY </t>
   </si>
   <si>
     <t>A1509055K</t>
   </si>
   <si>
     <t>COOPERATIVE DES ARTISANAUX MINIERS DU CONGO ENTITE</t>
   </si>
   <si>
     <t>FRANCOIS LWELA NDEMBE KADEFI</t>
   </si>
   <si>
     <t xml:space="preserve">COOPERATIVE MINIERE ET DE SOUS TRAITANCE COOPERATIVE MINIERE ET DE SOUS TRAITANCE </t>
   </si>
   <si>
+    <t xml:space="preserve">SCOMIS </t>
+  </si>
+  <si>
     <t>DA TONG MINING</t>
   </si>
   <si>
     <t>A1813381Q</t>
   </si>
   <si>
     <t xml:space="preserve">GROUPE LES LEADERS SERVICE </t>
   </si>
   <si>
+    <t>G.L.C</t>
+  </si>
+  <si>
     <t>EDWALL ENTREPRISE</t>
   </si>
   <si>
     <t>EMERGING MINING</t>
   </si>
   <si>
     <t xml:space="preserve">HOPE CONNECT  MINING </t>
   </si>
   <si>
     <t xml:space="preserve">INVESTISSEMENT ET DEVELOPPEMENT IMMOBILIERS </t>
   </si>
   <si>
     <t>EMPIRE RESSOURCES</t>
   </si>
   <si>
     <t>ENTREPRISE COMMERCIALE, MINIERE, AGRICOLE ET SECURITE</t>
   </si>
   <si>
     <t>ETABLISSEMENT POPA MINING</t>
   </si>
   <si>
     <t>COMMERCE GENERAL PHARMACIE HOPITAUX ET INDUSTRIE DU  LUALABA</t>
   </si>
   <si>
     <t>EMPIRE CORPORATION YVY</t>
   </si>
   <si>
+    <t>EMCO</t>
+  </si>
+  <si>
     <t>ETABLISSEMENTS  EMERGING SERVICES</t>
   </si>
   <si>
+    <t xml:space="preserve">EMERS </t>
+  </si>
+  <si>
     <t>ETABLISSEMENTS NSB GOLDEN</t>
   </si>
   <si>
     <t>EXTRA- MADURA</t>
   </si>
   <si>
     <t>A1511110T</t>
   </si>
   <si>
     <t xml:space="preserve">FAST SERVICE COMPANY </t>
   </si>
   <si>
+    <t xml:space="preserve">FASCO </t>
+  </si>
+  <si>
     <t xml:space="preserve">LIBELA </t>
   </si>
   <si>
     <t>FEZA PENETEBA MINING</t>
   </si>
   <si>
+    <t>PPM</t>
+  </si>
+  <si>
     <t xml:space="preserve">MICHROT CONGO COMPANY </t>
   </si>
   <si>
     <t xml:space="preserve">NAVARRO RESOURCES  </t>
   </si>
   <si>
+    <t xml:space="preserve">   N.R  </t>
+  </si>
+  <si>
     <t>AFRICAN CONGO MINING SARL</t>
   </si>
   <si>
+    <t>AFRICAN CONGO MINING</t>
+  </si>
+  <si>
     <t>SOCIETE ORIENTALE RESSOURCES CONGO SARL</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE UBITE MINING </t>
   </si>
   <si>
     <t>SWISTONE LTD</t>
   </si>
   <si>
     <t>DATHCOM MINING SAS</t>
   </si>
   <si>
     <t>A1622637Z</t>
   </si>
   <si>
+    <t>DATHCOM MINING</t>
+  </si>
+  <si>
     <t xml:space="preserve">XIANG JIANG MINING </t>
   </si>
   <si>
     <t>A1912839C</t>
   </si>
   <si>
     <t>DRC MINING EXPLORATION  AND FACILITY BUSINESS SARL</t>
   </si>
   <si>
+    <t>DRC MINING EXPLORATION  AND FACILITY BUSINESS</t>
+  </si>
+  <si>
     <t xml:space="preserve">INTERFACE INNOVATIONS </t>
   </si>
   <si>
+    <t>INTIN</t>
+  </si>
+  <si>
     <t>Lomami</t>
   </si>
   <si>
     <t xml:space="preserve"> DYNAMIC MINERALS AND RESOURCES SARL</t>
   </si>
   <si>
     <t>A1904569N</t>
   </si>
   <si>
+    <t xml:space="preserve"> DYNAMIC MINERALS AND RESOURCES</t>
+  </si>
+  <si>
     <t xml:space="preserve">JEROME SUNGU MUM-MUDA </t>
   </si>
   <si>
+    <t>JEROME SUNGU MUM-MUDA</t>
+  </si>
+  <si>
     <t xml:space="preserve">NEW DESTINY MINING </t>
   </si>
   <si>
     <t xml:space="preserve">NICO MUSUBAO   MATHE </t>
   </si>
   <si>
+    <t>NICO MUSUBAO   MATHE</t>
+  </si>
+  <si>
     <t xml:space="preserve">AMBA RESSOURCES </t>
   </si>
   <si>
     <t>A2036599E</t>
   </si>
   <si>
+    <t xml:space="preserve">AMBR </t>
+  </si>
+  <si>
     <t>Sud-Ubangi</t>
   </si>
   <si>
     <t>FELIX-CAMILLE MULUMBA KANKU KAIMBY</t>
   </si>
   <si>
     <t xml:space="preserve">OCEAN CONSTRUCTION </t>
   </si>
   <si>
+    <t>OCEAN CONSTRUCTION</t>
+  </si>
+  <si>
     <t>GENERAL MINING LIMITED SARL</t>
   </si>
   <si>
+    <t xml:space="preserve">GENERAL MINING LIMITED </t>
+  </si>
+  <si>
     <t>MAWUYA TRADING AU CONGO</t>
   </si>
   <si>
     <t xml:space="preserve">GLOBAL ENVIRONMENT AND SERVICES </t>
   </si>
   <si>
+    <t>GES</t>
+  </si>
+  <si>
     <t xml:space="preserve">PATRICK NGUDIA TSHIABA </t>
   </si>
   <si>
+    <t>PATRICK NGUDIA TSHIABA</t>
+  </si>
+  <si>
     <t>GROUP EMMANUEL SARL</t>
   </si>
   <si>
+    <t>GROUP EMMANUEL</t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE LIBENGE MINING </t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE CONGO HOLDING  </t>
   </si>
   <si>
+    <t xml:space="preserve">SOCIETE CONGO HOLDING </t>
+  </si>
+  <si>
     <t>GROUPE NEUF COMPANY</t>
   </si>
   <si>
+    <t>GNC</t>
+  </si>
+  <si>
     <t>HADASA MINING SARL</t>
   </si>
   <si>
+    <t>HADASA MINING</t>
+  </si>
+  <si>
     <t>HONGKONG EXCELLEN MINING INVESTMENT CONGO SARL</t>
   </si>
   <si>
+    <t>HONGKONG EXCELLEN MINING INVESTMENT CONGO</t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE MINIERE DE NDUBA  </t>
   </si>
   <si>
+    <t xml:space="preserve">SOCIETE MINIERE DE NDUBA </t>
+  </si>
+  <si>
     <t>IN  PUT MINING SARL</t>
   </si>
   <si>
+    <t>IN  PUT MINING</t>
+  </si>
+  <si>
     <t xml:space="preserve">J3 MINERALS </t>
   </si>
   <si>
+    <t>J3M</t>
+  </si>
+  <si>
     <t xml:space="preserve">FUANI MUSOLE   </t>
   </si>
   <si>
+    <t xml:space="preserve">FUANI MUSOLE  </t>
+  </si>
+  <si>
     <t>KAMOLO MINING RESSOURCES SARLU</t>
   </si>
   <si>
+    <t>KAMOLO MINING RESSOURCES</t>
+  </si>
+  <si>
     <t>LOTUS MINING</t>
   </si>
   <si>
+    <t>S.L.M</t>
+  </si>
+  <si>
     <t>LUALABA CONSTRUCTION</t>
   </si>
   <si>
+    <t>LC</t>
+  </si>
+  <si>
     <t xml:space="preserve">GENERALE INDUSTRIELLE ET COMMERCE AU CONGO PRO MINING   </t>
   </si>
   <si>
+    <t xml:space="preserve">GICC MINING  </t>
+  </si>
+  <si>
     <t>ASSOCIATION MINIERE DU KIVU</t>
   </si>
   <si>
     <t>A1217895Q</t>
   </si>
   <si>
+    <t>AMIKI</t>
+  </si>
+  <si>
     <t>ROCBELT CONGO</t>
   </si>
   <si>
     <t>A1703022E</t>
   </si>
   <si>
+    <t>ROCCO</t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE DES DEVELOPEMMENTS MINIERS  </t>
   </si>
   <si>
     <t>A1513596W</t>
   </si>
   <si>
+    <t xml:space="preserve">SODEMIN </t>
+  </si>
+  <si>
     <t>STANVIC MINING SARL</t>
   </si>
   <si>
     <t>A1813253B</t>
   </si>
   <si>
+    <t>STANVIC MINING</t>
+  </si>
+  <si>
     <t>UNITED  COMINIERE SAS</t>
   </si>
   <si>
+    <t xml:space="preserve">UNITED  COMINIERE </t>
+  </si>
+  <si>
     <t>WIDAL MINING SARL</t>
   </si>
   <si>
+    <t xml:space="preserve">WIDAL MINING </t>
+  </si>
+  <si>
     <t xml:space="preserve">GLORIA DEI MINING </t>
   </si>
   <si>
     <t xml:space="preserve">GOLDEN CONSTRUCTION </t>
   </si>
   <si>
     <t>ETS YEA HONG</t>
   </si>
   <si>
     <t xml:space="preserve">EVEREST MINING </t>
   </si>
   <si>
     <t>EXCOMINES REPUBLIQUE DEMOCRATIQUE DU CONGO</t>
   </si>
   <si>
     <t xml:space="preserve">MASALA MINERALS </t>
   </si>
   <si>
     <t xml:space="preserve">PROMOTION DES MINES AU CONGO </t>
   </si>
   <si>
+    <t xml:space="preserve">PMC </t>
+  </si>
+  <si>
     <t>AFRIQUE OR MINING</t>
   </si>
   <si>
     <t>RENZHEN INTERNATIONAL DEVELOPMENT INSTITUTE LIMITED</t>
   </si>
   <si>
     <t>SOCIETE AGRO-PASTORALE ET MINIERE DU KIVU</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE GENERALE DES MINES ET CARRIERES </t>
   </si>
   <si>
+    <t xml:space="preserve">SOGEMICA </t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE GOLIN RESOURCES </t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE MANGO TREE MINING </t>
   </si>
   <si>
     <t>CIMENTERIE DU KIVU</t>
   </si>
   <si>
     <t>COMPAGNIE MINIERE DE DEVELOPPEMENT ET DE RECONSTRUCTION</t>
   </si>
   <si>
+    <t>COMIDER</t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE YOROZU MINING </t>
   </si>
   <si>
     <t>A1909012S</t>
   </si>
   <si>
+    <t xml:space="preserve">SYM </t>
+  </si>
+  <si>
     <t xml:space="preserve">SPILL CONGO </t>
   </si>
   <si>
     <t>COOPERATIVE DES EXPLOITANTS ARTISANAUX MINIERS DE MASISI</t>
   </si>
   <si>
     <t>ETABLISSEMENTS MAISON  MBIZA</t>
   </si>
   <si>
     <t xml:space="preserve">TERRA KARA  </t>
   </si>
   <si>
     <t>GRAND KIVU MINING</t>
   </si>
   <si>
     <t>A2035153H</t>
   </si>
   <si>
+    <t xml:space="preserve">GKM </t>
+  </si>
+  <si>
     <t xml:space="preserve">TIDIANE KONE &amp; FREDERICK </t>
   </si>
   <si>
+    <t xml:space="preserve"> SO.T.K.F </t>
+  </si>
+  <si>
     <t xml:space="preserve">ZHENGWEI TECHNIQUE COOPERATION </t>
   </si>
   <si>
     <t>A0807284C</t>
   </si>
   <si>
+    <t xml:space="preserve">SZTC </t>
+  </si>
+  <si>
     <t xml:space="preserve">MASISI MINING </t>
   </si>
   <si>
     <t xml:space="preserve">CARRIERES REUNIES DU KIVU </t>
   </si>
   <si>
     <t xml:space="preserve">FIGA MINING </t>
   </si>
   <si>
     <t>A1904827T</t>
   </si>
   <si>
     <t xml:space="preserve">HAVILA INVESTMENTS </t>
   </si>
   <si>
     <t>A1305324C</t>
   </si>
   <si>
+    <t xml:space="preserve">I.D.I. </t>
+  </si>
+  <si>
     <t xml:space="preserve">KAMUMER INTERNATIONAL INVESTEMENTS AND CONSULTING </t>
   </si>
   <si>
     <t xml:space="preserve">KIMIA MINING INVESTMENT  </t>
   </si>
   <si>
     <t>A1512949S</t>
   </si>
   <si>
     <t xml:space="preserve">KODO RESSOURCES </t>
   </si>
   <si>
     <t xml:space="preserve">SOGEMIP MINING </t>
   </si>
   <si>
-    <t xml:space="preserve">BAKWAFIKA KABULA ZOROBABAEL </t>
+    <t>BAKWAFIKA KABULA ZOROBABAEL</t>
+  </si>
+  <si>
+    <t>BKZ</t>
   </si>
   <si>
     <t xml:space="preserve">BINGOMWA MINES </t>
   </si>
   <si>
     <t xml:space="preserve">BOPE EXPLORATION AND MINING COOPERATION </t>
   </si>
   <si>
     <t xml:space="preserve">CHADILA </t>
   </si>
   <si>
     <t>A1705347G</t>
   </si>
   <si>
     <t>JONATHAN MIRUHO NAMU SHOMBOZA</t>
   </si>
   <si>
     <t xml:space="preserve">KASAI RESSOURCES </t>
   </si>
   <si>
     <t>A1910766Z</t>
   </si>
   <si>
     <t>AL HILAL MINING</t>
   </si>
   <si>
     <t>Coopérative Minière DYABYO na Bantu</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMIDYBA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière de la Solidarité Africaine </t>
   </si>
   <si>
+    <t>CMSA</t>
+  </si>
+  <si>
     <t>Coopérative Minière JOMOS Centre Africain pour Le Développement</t>
   </si>
   <si>
+    <t xml:space="preserve"> JOMOSCAD</t>
+  </si>
+  <si>
     <t>Coopérative Minière Hand Picking Tujenge</t>
   </si>
   <si>
+    <t>COOPHPT</t>
+  </si>
+  <si>
     <t>Coopérative Minière et Agricole pour Le Développement du Congo</t>
   </si>
   <si>
+    <t xml:space="preserve"> COMADECO</t>
+  </si>
+  <si>
     <t xml:space="preserve">Coopérative Minière Debout Katanga Pour leDéveloppement Multisectoriel </t>
   </si>
   <si>
+    <t>COMIDEM</t>
+  </si>
+  <si>
     <t>Association Coopérative le Congo Minier</t>
   </si>
   <si>
+    <t>COMIN</t>
+  </si>
+  <si>
     <t>Coopérative Minière Maîsha</t>
   </si>
   <si>
+    <t>MAISHA</t>
+  </si>
+  <si>
     <t>Kalima Mining Company,</t>
   </si>
   <si>
+    <t>KMC SA</t>
+  </si>
+  <si>
     <t>KA-BE SARL</t>
   </si>
   <si>
     <t>SOCIETE ANHUI CONGO D'INVESTISSEMENT MINIER</t>
   </si>
   <si>
     <t>CLT0032231</t>
   </si>
   <si>
+    <t>SACIM</t>
+  </si>
+  <si>
     <t>A0700073</t>
   </si>
   <si>
     <t>LA GENERALE DES CARRIERES ET DES MINES</t>
   </si>
   <si>
     <t>A0701147</t>
   </si>
   <si>
+    <t>GECAMINES</t>
+  </si>
+  <si>
     <t>COMBINED MINING COMPANY SARL</t>
   </si>
   <si>
     <t>A1418143</t>
   </si>
   <si>
-    <t>FURNEIKO FIRE EXTRUCTIONS</t>
+    <t>CMC</t>
   </si>
   <si>
     <t>A13052242</t>
   </si>
   <si>
     <t>GROUPE ABK SARL</t>
   </si>
   <si>
     <t>A1503178</t>
   </si>
   <si>
-    <t>IRON MOUNTAIN ENTERPRISES SPRL</t>
+    <t>GABK</t>
   </si>
   <si>
     <t>A1108022</t>
   </si>
   <si>
-    <t>MASTERS</t>
-[...1 lines deleted...]
-  <si>
     <t>A07046861</t>
   </si>
   <si>
     <t>NDONA EXPANSION MINING SARL</t>
   </si>
   <si>
     <t>A19000851</t>
   </si>
   <si>
+    <t>NEM SARL</t>
+  </si>
+  <si>
     <t>RAMSES</t>
   </si>
   <si>
     <t>A1613380M</t>
   </si>
   <si>
     <t>SOCIETE MANGO TREE MINING SARL</t>
   </si>
   <si>
     <t>A16204210</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE DE KAMINA</t>
   </si>
   <si>
     <t>A12175932</t>
   </si>
   <si>
+    <t>COMIKA</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERE LUPETO</t>
   </si>
   <si>
     <t>A08154282</t>
   </si>
   <si>
+    <t>COMILU</t>
+  </si>
+  <si>
     <t>KASONGA MINING</t>
   </si>
   <si>
     <t>A1114970J</t>
   </si>
   <si>
     <t>KINSENDA COPPER COMPANY</t>
   </si>
   <si>
     <t>A1215367L</t>
   </si>
   <si>
-    <t>MACROLINK JIAYUAN MINING</t>
-[...4 lines deleted...]
-  <si>
     <t>SOCIETE D'EXPLORATION MINIERE DU HAUT KATANGA SPRL</t>
   </si>
   <si>
     <t>A071281810</t>
   </si>
   <si>
+    <t>SEMHT</t>
+  </si>
+  <si>
     <t>MCC RESOURCES</t>
   </si>
   <si>
+    <t>MCCR</t>
+  </si>
+  <si>
     <t>JXCOM SARL</t>
   </si>
   <si>
     <t>ANVIL MINING CONGO</t>
   </si>
   <si>
     <t>A0700172</t>
   </si>
   <si>
+    <t>AMC</t>
+  </si>
+  <si>
     <t>BOSS MINING SARL</t>
   </si>
   <si>
     <t>A09059724C</t>
   </si>
   <si>
+    <t>BM MINING SARL</t>
+  </si>
+  <si>
     <t>NAMOYA MINING</t>
   </si>
   <si>
     <t>A0700413A</t>
   </si>
   <si>
     <t>En cessation d'activité</t>
   </si>
   <si>
     <t>ALPHAMIN BISIE MINING SA</t>
   </si>
   <si>
+    <t>ABM</t>
+  </si>
+  <si>
     <t>KINZONGO</t>
   </si>
   <si>
     <t>Semi-Industriel</t>
   </si>
   <si>
     <t>LUMIERE DU JOUR</t>
   </si>
   <si>
     <t>PETIT A PETIT</t>
   </si>
   <si>
     <t>123PETITAPETIT</t>
   </si>
   <si>
     <t>SMMF</t>
   </si>
   <si>
     <t>1234SMMF</t>
   </si>
   <si>
     <t>TUNGA</t>
   </si>
   <si>
     <t>1234TUNGA</t>
@@ -2510,509 +3479,803 @@
   <si>
     <t>BIONSO BIMPE</t>
   </si>
   <si>
     <t>1234BIONSOBIMPE</t>
   </si>
   <si>
     <t>CHRIST PROGRE</t>
   </si>
   <si>
     <t>1234CHRISTPROGRE</t>
   </si>
   <si>
     <t>RIEN QUE LA FOI</t>
   </si>
   <si>
     <t>1234RIENQUELAFOI</t>
   </si>
   <si>
     <t>LAMIKAL Sarl</t>
   </si>
   <si>
     <t>LAMIKAL 123</t>
   </si>
   <si>
+    <t>LAMIKAL</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE MITWABA</t>
   </si>
   <si>
+    <t>SOMIMI</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION DE CHABARA</t>
   </si>
   <si>
+    <t>CHABARA SPRL</t>
+  </si>
+  <si>
     <t>WEST RIVER SARL</t>
   </si>
   <si>
     <t>Clément LETA MBAVU</t>
   </si>
   <si>
+    <t>LETA MBAVU</t>
+  </si>
+  <si>
     <t>CNMC CONGO COMPAGNIE MINIERE SARL</t>
   </si>
   <si>
     <t>A1507008K</t>
   </si>
   <si>
-    <t>KALONGWE MINING SA</t>
+    <t>CNMC SARL</t>
   </si>
   <si>
     <t>Société Minière de Deziwa et Ecaille</t>
   </si>
   <si>
-    <t>EXCELLEN MINIERALS SARL</t>
-[...5 lines deleted...]
-    <t>CMOC KISANFU MINING S.A.R.L</t>
+    <t>SOMIDEZ</t>
+  </si>
+  <si>
+    <t>DIVINE LAND MINING SARL DLT</t>
+  </si>
+  <si>
+    <t>DLM</t>
+  </si>
+  <si>
+    <t>CMOC KISANFU MINING SARL</t>
+  </si>
+  <si>
+    <t>KFM SARL</t>
   </si>
   <si>
     <t>Nantong Zhafei</t>
   </si>
   <si>
+    <t>Zhafei</t>
+  </si>
+  <si>
     <t>CLOE LOUANNES BRYAN CONSULTING AND TRADING SARL.</t>
   </si>
   <si>
-    <t>KINGA KILA  MINING</t>
+    <t>KINGA KILA MINING SASU</t>
   </si>
   <si>
     <t>A-1819188C</t>
   </si>
   <si>
+    <t>KIKI MINING SASU</t>
+  </si>
+  <si>
     <t>BETA MINING</t>
   </si>
   <si>
     <t>A1816233Q</t>
   </si>
   <si>
     <t>ENERGY 24 SARL</t>
   </si>
   <si>
     <t>COMPAGNIE MINIERE DU KASAI SARL</t>
   </si>
   <si>
+    <t>COMIKAS SARL</t>
+  </si>
+  <si>
     <t>GRANDE CIMENTERIE DU KATANGA S.A.S</t>
   </si>
   <si>
+    <t>GRANDE CIMENTERIE DU KATANGA SAS</t>
+  </si>
+  <si>
     <t>ENTREPRISE GENERALE DU COBALT S.A</t>
   </si>
   <si>
+    <t>EGC S.A</t>
+  </si>
+  <si>
     <t>TRAFIGURA PTE LTD</t>
   </si>
   <si>
     <t>DITHER LTD</t>
   </si>
   <si>
     <t>CONGO FAIR MINING</t>
   </si>
   <si>
+    <t>CFM</t>
+  </si>
+  <si>
     <t>PUNIA KASESE MINING</t>
   </si>
   <si>
+    <t>PKM SA</t>
+  </si>
+  <si>
     <t>DRC COPPER AND COBALT PROJECT</t>
   </si>
   <si>
+    <t>DCP</t>
+  </si>
+  <si>
     <t>WESTERN MINING SPRL</t>
   </si>
   <si>
+    <t>STE WESTERN MINING SPRL</t>
+  </si>
+  <si>
     <t>MANONO MINERALS</t>
   </si>
   <si>
+    <t>MANOMIN</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION DE LA CASSITERITE AU KATANGA SPRL</t>
   </si>
   <si>
+    <t>SECAKAT SPRL</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE KABOLELA ET DE KIPESE</t>
   </si>
   <si>
+    <t>SMKK SPRL</t>
+  </si>
+  <si>
     <t>GROUPEMENT POUR LE TRAITEMENT DU TERRIL DE LUBUMBASHI</t>
   </si>
   <si>
+    <t>GTL SPRL</t>
+  </si>
+  <si>
     <t>SOCIETE DE TRAITEMENT DES REJETS DE MUTOSHI</t>
   </si>
   <si>
+    <t>S.R.M SPRL</t>
+  </si>
+  <si>
     <t>KIPUSHI CORPORATION SA</t>
   </si>
   <si>
+    <t>KICO SA</t>
+  </si>
+  <si>
     <t>KASONTA-LUPOTO MINES SPRL</t>
   </si>
   <si>
+    <t>KALUMINES SPRL</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION DU GISEMENT DE L'ETOILE</t>
   </si>
   <si>
+    <t>SEE SPRL</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION DE KIPOI</t>
   </si>
   <si>
+    <t>SEK SPRL</t>
+  </si>
+  <si>
     <t>KINGAMYAMBO MUSONOI TAILINGS SARL</t>
   </si>
   <si>
+    <t>KMT SARL</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION DE KALUKUNDI</t>
   </si>
   <si>
+    <t>SWANMINES SPRL</t>
+  </si>
+  <si>
     <t>DE BEERS CENTENARY AG</t>
   </si>
   <si>
+    <t>DE BEERS</t>
+  </si>
+  <si>
     <t>ExplorerCo</t>
   </si>
   <si>
     <t>BCM CONGO EXPLORATION SPRL</t>
   </si>
   <si>
     <t>BHP BILLITON EXPLORATION  INC</t>
   </si>
   <si>
+    <t>BHPB</t>
+  </si>
+  <si>
     <t>LA MINIERE DE SENGA SENGA S.A.R.L</t>
   </si>
   <si>
+    <t>SENGAMINES S.A.R.L</t>
+  </si>
+  <si>
     <t>DIAMOND INDUSTRY ASSOCIATES LIMITED</t>
   </si>
   <si>
+    <t>DIA</t>
+  </si>
+  <si>
     <t>CENTRAL AFRICAN RESOURCES SPRL</t>
   </si>
   <si>
+    <t>CAR SPRL</t>
+  </si>
+  <si>
     <t>BLUE ROSE SPRL</t>
   </si>
   <si>
     <t>BORGAKIM MINING SPRL</t>
   </si>
   <si>
+    <t>BORKAKIM MINING SPRL</t>
+  </si>
+  <si>
     <t>GORUMBWA MINING SPRL</t>
   </si>
   <si>
     <t>MWANA AFRICA HOLDINGS (PTY) LTD</t>
   </si>
   <si>
+    <t>MWANA AFRICA PTY LTD</t>
+  </si>
+  <si>
     <t>RAMBI MINING SPRL</t>
   </si>
   <si>
     <t>TANGOLD SPRL</t>
   </si>
   <si>
     <t>KILO MOTO MINING INTERNATIONAL SZARL</t>
   </si>
   <si>
+    <t>KIMIN</t>
+  </si>
+  <si>
     <t>KGHM CONGO SPRL</t>
   </si>
   <si>
     <t>LONG FEI MINING SPRL</t>
   </si>
   <si>
+    <t>LFKY</t>
+  </si>
+  <si>
     <t>CLUFF MINING CONGO SPRL</t>
   </si>
   <si>
+    <t>CLUMINCO</t>
+  </si>
+  <si>
     <t>SENTINELLE INTERNATIONAL GROUP LTD</t>
   </si>
   <si>
+    <t>S.I.G LTD</t>
+  </si>
+  <si>
     <t>ORAMA PROPERTIES LIMITED</t>
   </si>
   <si>
+    <t>OPL</t>
+  </si>
+  <si>
     <t>SIVAHERA SPRL</t>
   </si>
   <si>
+    <t>SIVAHERA</t>
+  </si>
+  <si>
     <t>BON GENIE K. MINING SPRL</t>
   </si>
   <si>
+    <t>BK MINING</t>
+  </si>
+  <si>
     <t>MINERAL INVEST INTERNATIONAL AB CONGO SPRL</t>
   </si>
   <si>
+    <t>MII AB CONGO SPRL</t>
+  </si>
+  <si>
     <t>ALSESY TRADING SPRL</t>
   </si>
   <si>
+    <t>ALSESY SPRL</t>
+  </si>
+  <si>
     <t>ULINZI GOLDMINES SPRL</t>
   </si>
   <si>
+    <t>UGM</t>
+  </si>
+  <si>
     <t>ANHUI FOREIGN ECONOMIC CONSTRUCTION (GROUP) CORP LTD</t>
   </si>
   <si>
+    <t>AFECC</t>
+  </si>
+  <si>
     <t>MINING MINERAL RESOURCES SPRL</t>
   </si>
   <si>
+    <t>MMR</t>
+  </si>
+  <si>
     <t>FLEURETTE MUMI HOLDINGS LIMITED</t>
   </si>
   <si>
+    <t>FLEURETTE MUMI HOLDINGS LTD</t>
+  </si>
+  <si>
     <t>PLATMIN CONGO LIMITED</t>
   </si>
   <si>
+    <t>PLATMIN</t>
+  </si>
+  <si>
     <t>AFRICA HORIZONS INVESTMENT LIMITED</t>
   </si>
   <si>
+    <t>AHIL</t>
+  </si>
+  <si>
     <t>MULTREE LIMITED</t>
   </si>
   <si>
+    <t>MULTREE LTD</t>
+  </si>
+  <si>
     <t>HANRUI METAL CONGO SARL</t>
   </si>
   <si>
+    <t>HMC</t>
+  </si>
+  <si>
     <t>CHINA NONFERROUS METAL MINING (GROUP) Co. LTD</t>
   </si>
   <si>
+    <t>CNMC</t>
+  </si>
+  <si>
     <t>CONGO INVESTMENT CORPORATION</t>
   </si>
   <si>
+    <t>CICO</t>
+  </si>
+  <si>
     <t>FORCE COMMODITIES DRC</t>
   </si>
   <si>
+    <t>FC DRC SA U</t>
+  </si>
+  <si>
     <t>LONG HAO SARL</t>
   </si>
   <si>
     <t>A1600781S</t>
   </si>
   <si>
+    <t>LONG HAO</t>
+  </si>
+  <si>
     <t>VENTORA DEVELOPMENT SASU</t>
   </si>
   <si>
     <t>PRIMERA GROUP LIMITED</t>
   </si>
   <si>
+    <t>MINERAL METAL TECHNOLOGY</t>
+  </si>
+  <si>
+    <t>MMT</t>
+  </si>
+  <si>
     <t>MISOLE MINING</t>
   </si>
   <si>
     <t>A1910321B</t>
   </si>
   <si>
+    <t>MISOLE SARL</t>
+  </si>
+  <si>
     <t>KAPONDA MINING RESOURCES</t>
   </si>
   <si>
     <t>A1817903F</t>
   </si>
   <si>
+    <t>KMR SAS</t>
+  </si>
+  <si>
     <t>LUALABA CONGO RESSOURCES</t>
   </si>
   <si>
     <t>A1818802H</t>
   </si>
   <si>
+    <t>LUCORES SARL</t>
+  </si>
+  <si>
     <t>CONGO MOON MINING SARL</t>
   </si>
   <si>
     <t>A1613991B</t>
   </si>
   <si>
+    <t>C.M.M SARL</t>
+  </si>
+  <si>
     <t>IVERLAND MINING CONGO SARL</t>
   </si>
   <si>
+    <t>IMC SARL</t>
+  </si>
+  <si>
     <t>ROWNY ASSETS LIMITED</t>
   </si>
   <si>
+    <t>ROWNY</t>
+  </si>
+  <si>
     <t>MAZOKA RESOURCES SPRL</t>
   </si>
   <si>
+    <t>MAZOKA RESOURCES</t>
+  </si>
+  <si>
     <t>MWANA AFRICA CONGO LIMITED</t>
   </si>
   <si>
+    <t>MWANA</t>
+  </si>
+  <si>
     <t>KBG CAPITAL SARL</t>
   </si>
   <si>
+    <t>KBG SARL</t>
+  </si>
+  <si>
     <t>DANIELLA MINING COMPANY</t>
   </si>
   <si>
+    <t>DMC SARL</t>
+  </si>
+  <si>
     <t>DOFA MINING SARL</t>
   </si>
   <si>
     <t>A2167973H</t>
   </si>
   <si>
+    <t>DOFA</t>
+  </si>
+  <si>
     <t>KAMPINA MINING SARL</t>
   </si>
   <si>
     <t>A2163468L</t>
   </si>
   <si>
+    <t>KM SARL</t>
+  </si>
+  <si>
     <t>MUPINE COPPER CORPORATION SAS</t>
   </si>
   <si>
+    <t>MCC SAS</t>
+  </si>
+  <si>
     <t>GOLDEN MINE INTERNATIONAL RDC SARL</t>
   </si>
   <si>
+    <t>GMI/RDC SARL</t>
+  </si>
+  <si>
     <t>MANONO LITHIUM SAS</t>
   </si>
   <si>
     <t>A2315586S</t>
   </si>
   <si>
     <t>K-YENE MULTI-SERVICES SARL</t>
   </si>
   <si>
     <t>A2302248U</t>
   </si>
   <si>
+    <t>K-YENE MULTI-SERVICES</t>
+  </si>
+  <si>
     <t>SOCIETE CONGOLAISE DE MANGANESE SA</t>
   </si>
   <si>
     <t>A2403121U</t>
   </si>
   <si>
+    <t>SCM SA</t>
+  </si>
+  <si>
     <t>LA SOCIETE CONGOLAISE DE MAGNANESE SA</t>
   </si>
   <si>
     <t>A2403121Z</t>
   </si>
   <si>
     <t>TERRA MINING SARL</t>
   </si>
   <si>
     <t>A2037708K</t>
   </si>
   <si>
+    <t>TM SARL</t>
+  </si>
+  <si>
     <t>AMUR SARL</t>
   </si>
   <si>
+    <t>AMUR</t>
+  </si>
+  <si>
     <t>SOCIETE D'INVESTISSEMENT MINIER AKON ET SODIMICO</t>
   </si>
   <si>
+    <t>SIMAKS MINING</t>
+  </si>
+  <si>
     <t>A&amp;M INTERNATIONAL DEVELOPMENT AND INVESTMENT SRL</t>
   </si>
   <si>
+    <t>A&amp;M</t>
+  </si>
+  <si>
     <t>PIANETA MINING AND TRADING SARL</t>
   </si>
   <si>
+    <t>PIANETA MINING SARL</t>
+  </si>
+  <si>
     <t>TECHNOBUILD GROUP SARL</t>
   </si>
   <si>
+    <t>TECHNOBUILD GROUP</t>
+  </si>
+  <si>
     <t>INTERACTIVE ENERGY RUSSIA</t>
   </si>
   <si>
     <t>WALI MINING INVESTMENT SARL</t>
   </si>
   <si>
+    <t>WALI SARL</t>
+  </si>
+  <si>
     <t>BLUEFIN CONGO SARL</t>
   </si>
   <si>
     <t>SHINING MINING COMPANY LIMITED</t>
   </si>
   <si>
+    <t>SMC</t>
+  </si>
+  <si>
     <t>EVELYNE INVESTISSEMENT</t>
   </si>
   <si>
     <t>A1818962G</t>
   </si>
   <si>
+    <t>EVELYNE SAU</t>
+  </si>
+  <si>
     <t>CONGO JIA XIN SARL</t>
   </si>
   <si>
+    <t>CJX SARL</t>
+  </si>
+  <si>
     <t>BRAVURA CONGO SA</t>
   </si>
   <si>
     <t>A1704213Z</t>
   </si>
   <si>
+    <t>BRAVURA</t>
+  </si>
+  <si>
     <t>METAL CHEMICAL SARL</t>
   </si>
   <si>
+    <t>METACHEM SARL</t>
+  </si>
+  <si>
     <t>MSAC SARL</t>
   </si>
   <si>
     <t>A1704598S</t>
   </si>
   <si>
     <t>HUAYOU INTERNATIONAL MINING (HONG KONG) LIMITED</t>
   </si>
   <si>
+    <t>HUAYOU INTERNATIONAL</t>
+  </si>
+  <si>
     <t>MINALEX SARL</t>
   </si>
   <si>
+    <t>MINALEX</t>
+  </si>
+  <si>
     <t>CONGO PREMIER SARL</t>
   </si>
   <si>
     <t>CNRMEDEA DRC SA</t>
   </si>
   <si>
+    <t>CNRMEDEA</t>
+  </si>
+  <si>
     <t>KANSHINSHI MINING SPRL</t>
   </si>
   <si>
+    <t>KANSHINSHI MINING</t>
+  </si>
+  <si>
     <t>TaNbGANIKA SPRL</t>
   </si>
   <si>
+    <t>TaNbGANIKA</t>
+  </si>
+  <si>
     <t>MALAISIA SMELTING CORPORATION BERHAD</t>
   </si>
   <si>
-    <t>lualaba copper smelter</t>
+    <t>M.S.C</t>
   </si>
   <si>
     <t>Epsilon Gold Mines Ltd</t>
   </si>
   <si>
+    <t>Epsilon</t>
+  </si>
+  <si>
     <t>EVERBRIGHT MINING SARL</t>
   </si>
   <si>
     <t>COCO MINING SPRL</t>
   </si>
   <si>
+    <t>COCO MINING</t>
+  </si>
+  <si>
     <t>SOCIETE COMMERCIALE D'IMPORTATION ET EXPORTATION SPRL</t>
   </si>
   <si>
+    <t>SOCOMIE SPRL</t>
+  </si>
+  <si>
     <t>AFRICAN PGM PROCESSING SPRL</t>
   </si>
   <si>
     <t>COLMET INTERNATIONAL LIMITED</t>
   </si>
   <si>
+    <t>COLMET</t>
+  </si>
+  <si>
     <t>XINYUAN DE TONGLIAO SARL</t>
   </si>
   <si>
     <t>UNITED COMMERCIAL METAL SYSTEMS SARL</t>
   </si>
   <si>
     <t>YEKAL MINING SARL</t>
   </si>
   <si>
     <t>YAMS MINING SARL</t>
   </si>
   <si>
     <t>A2153707B</t>
   </si>
   <si>
+    <t>YAMS</t>
+  </si>
+  <si>
     <t>SURYA MINES SARL</t>
   </si>
   <si>
     <t>A1812418T</t>
   </si>
   <si>
+    <t>SURYA SARL</t>
+  </si>
+  <si>
     <t>BARRICK GOLD CONGO SARL</t>
   </si>
   <si>
+    <t>BARRICK GOLD CONGO</t>
+  </si>
+  <si>
     <t>REDIAM 6</t>
   </si>
   <si>
     <t>REDIAM 8</t>
   </si>
   <si>
     <t>DIEU MERCI</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>IG</t>
   </si>
   <si>
     <t>EUGO INVESTMENT SARL</t>
   </si>
   <si>
+    <t>EUGO INVESTMENT</t>
+  </si>
+  <si>
     <t>SOLEIL MINING SARL</t>
   </si>
   <si>
     <t>WORLD MINERAL RESSOURCES WMR</t>
   </si>
   <si>
+    <t>WMR</t>
+  </si>
+  <si>
     <t>ZHAN FEI</t>
   </si>
   <si>
     <t>GARNISON</t>
   </si>
   <si>
     <t>VIG</t>
   </si>
   <si>
     <t>SOGEBA</t>
   </si>
   <si>
     <t>BOAZ</t>
   </si>
   <si>
     <t>LINDA LIKE</t>
   </si>
   <si>
     <t>LE PANIER CIRCULE ENCORE</t>
   </si>
   <si>
     <t>UTA FORCE</t>
   </si>
   <si>
     <t>GALECTE 6</t>
@@ -3041,134 +4304,185 @@
   <si>
     <t>BIALLY</t>
   </si>
   <si>
     <t>CAGELEC</t>
   </si>
   <si>
     <t>FONGOLA</t>
   </si>
   <si>
     <t>FONDATION BASHIELLE</t>
   </si>
   <si>
     <t>SKV</t>
   </si>
   <si>
     <t>NATIONAL METAL SARL</t>
   </si>
   <si>
     <t>SABWE MINING SARL</t>
   </si>
   <si>
     <t>A1604102C</t>
   </si>
   <si>
-    <t>STAR METAL COMPANY</t>
-[...1 lines deleted...]
-  <si>
     <t>PROMETAL SARL</t>
   </si>
   <si>
+    <t>PROMETAL</t>
+  </si>
+  <si>
     <t>ANOVO MINING CONGO COMPANY SARL</t>
   </si>
   <si>
     <t>A2408661R</t>
   </si>
   <si>
+    <t>AMCC</t>
+  </si>
+  <si>
     <t>COMPAGNIE MINIERE AFRIMEX SARL</t>
   </si>
   <si>
     <t>TSM ENTREPRISE SARL</t>
   </si>
   <si>
+    <t>TSM ENTREPRISE</t>
+  </si>
+  <si>
     <t>MPOKOTO RESSOURCES COMPANY SAS</t>
   </si>
   <si>
     <t>A2500120J</t>
   </si>
   <si>
+    <t>MRC SAS</t>
+  </si>
+  <si>
     <t>DESTINY AFRICA SAS</t>
   </si>
   <si>
     <t>A2402559J</t>
   </si>
   <si>
+    <t>DS SAS</t>
+  </si>
+  <si>
     <t>BIHSIU RESSOURCES SARL</t>
   </si>
   <si>
     <t>A2046049B</t>
   </si>
   <si>
+    <t>BIHSIU</t>
+  </si>
+  <si>
     <t>TAILINGS PROCESSING SOLUTION SAS</t>
   </si>
   <si>
     <t>A2425483B</t>
   </si>
   <si>
+    <t>TPS</t>
+  </si>
+  <si>
     <t>VIAHARA MINING SARL</t>
   </si>
   <si>
     <t>A1918503J</t>
   </si>
   <si>
+    <t>VI.M. SARL</t>
+  </si>
+  <si>
     <t>TSONA MINING RDC</t>
   </si>
   <si>
+    <t>TSONA MINING</t>
+  </si>
+  <si>
     <t>KWESU MINING SARL</t>
   </si>
   <si>
+    <t>KWESU MINING</t>
+  </si>
+  <si>
     <t>BANRO CONGO MINING SARL</t>
   </si>
   <si>
+    <t>BANRO</t>
+  </si>
+  <si>
     <t>HONGKONG YSEN INVESTMENT CONGO SARL</t>
   </si>
   <si>
     <t>ROCK MINING SARL</t>
   </si>
   <si>
+    <t>ROCK MINING</t>
+  </si>
+  <si>
     <t>SOCIETE D'EXPLOITATION MINIERE DU HAUT-KATANGA SARL</t>
   </si>
   <si>
     <t>A1723030C</t>
   </si>
   <si>
+    <t>SEMHKAT</t>
+  </si>
+  <si>
     <t>ADUMBI MINING SA</t>
   </si>
   <si>
     <t>CROWN MINING</t>
   </si>
   <si>
     <t>KILO GOLDMINES SOMITURI</t>
   </si>
   <si>
     <t>SYLVER BLACK R</t>
   </si>
   <si>
+    <t>LADIA MINING SARL</t>
+  </si>
+  <si>
+    <t>A2158215B</t>
+  </si>
+  <si>
+    <t>SOCIETE MINIERE DU KATANGA SASU</t>
+  </si>
+  <si>
+    <t>SOMIKA SASU</t>
+  </si>
+  <si>
     <t>MAZAL CORPORATION SARL</t>
   </si>
   <si>
+    <t>MAZAL CORPORATIONSARL</t>
+  </si>
+  <si>
     <t>TAMARIS SERVICE SARL</t>
   </si>
   <si>
     <t>Blaise MWAMBENU KAJAMA</t>
   </si>
   <si>
     <t>LMTD SARL</t>
   </si>
   <si>
     <t>MONSIEUR MUBALAMA KABANDA</t>
   </si>
   <si>
     <t>DE MINES D'OR RESOURCES SARLU</t>
   </si>
   <si>
     <t>ESPACE POLYD'OR SARL</t>
   </si>
   <si>
     <t>Monsieur Louis Junior BOKENDE AMISI</t>
   </si>
   <si>
     <t>CONGO GEOLOGIST GALAXY Sarl</t>
   </si>
   <si>
     <t>Patrick MUJINGA TSHIBANGU</t>
@@ -3248,50 +4562,53 @@
   <si>
     <t>SOCIÉTÉ OCEANE MINING RDC SA</t>
   </si>
   <si>
     <t>A1829266G</t>
   </si>
   <si>
     <t>Société NYOTA MINING SARL</t>
   </si>
   <si>
     <t>A1714480J</t>
   </si>
   <si>
     <t>SINO CONGOLAISE D'INVESTISSEMENT MINIER Sarl</t>
   </si>
   <si>
     <t>A1724137F</t>
   </si>
   <si>
     <t>Societé Minière  de Grand Lacs Sarl</t>
   </si>
   <si>
     <t>A1720061A</t>
   </si>
   <si>
+    <t>Société  Minière  de Grand Lacs Sarl</t>
+  </si>
+  <si>
     <t>LA GRACE DE DIEU SARL</t>
   </si>
   <si>
     <t>A1405389Z</t>
   </si>
   <si>
     <t>LUALABA MINES SARL</t>
   </si>
   <si>
     <t>A1902457S</t>
   </si>
   <si>
     <t>BLAZE METALS CONGO SARL</t>
   </si>
   <si>
     <t>A1509721G</t>
   </si>
   <si>
     <t>La société MERCURY COMPANY</t>
   </si>
   <si>
     <t>A 1902457 S</t>
   </si>
   <si>
     <t>Société  SAF MINING SARL</t>
@@ -3326,50 +4643,53 @@
   <si>
     <t>ROAN MINING DEVELOPMENT Sarl</t>
   </si>
   <si>
     <t>A1803943G</t>
   </si>
   <si>
     <t>Société MATA SARL</t>
   </si>
   <si>
     <t>A1705822 Y</t>
   </si>
   <si>
     <t>Société MC TWIGA INDUSTRIES SARL</t>
   </si>
   <si>
     <t>A 0909048 W</t>
   </si>
   <si>
     <t>Société KATANGA TECHNIQUE TRADING Sarl</t>
   </si>
   <si>
     <t>A1403904K</t>
   </si>
   <si>
+    <t>Société KAYANGA TECHNIQUE TRADING Sarl</t>
+  </si>
+  <si>
     <t>DIVISHO Sarl</t>
   </si>
   <si>
     <t>A1621245L</t>
   </si>
   <si>
     <t>OSKAS MINING SARL</t>
   </si>
   <si>
     <t>STAR ALLIANCE PLUS S.A</t>
   </si>
   <si>
     <t>GLOBAL MINING DEVELOPMENT SARL</t>
   </si>
   <si>
     <t>DISCOVERY MINING CONGO SARL</t>
   </si>
   <si>
     <t>SOCIETE LOUIS SARL</t>
   </si>
   <si>
     <t>KILULA MINES SA</t>
   </si>
   <si>
     <t>MFK MINING SARL</t>
@@ -3401,95 +4721,101 @@
   <si>
     <t>DIESEL MINING KATANGA SARL</t>
   </si>
   <si>
     <t>JOSE AND LILIANE MINING SARL</t>
   </si>
   <si>
     <t>LOBUWA MINING SARLU</t>
   </si>
   <si>
     <t>ELDA COMPANY SARLU</t>
   </si>
   <si>
     <t>CM MINING SARLU</t>
   </si>
   <si>
     <t>ALFARIJI SARL</t>
   </si>
   <si>
     <t>CONGO GLOBAL MINING CORPORATION SARL</t>
   </si>
   <si>
     <t>MUKONO KWA MUKONO MU KAZI GROUPE SARL</t>
   </si>
   <si>
+    <t>MUKONO KWA MUKONO MU KAZI GROUP SARL</t>
+  </si>
+  <si>
     <t>MINING BUSINESS SERVICES CORPORATION SARLU</t>
   </si>
   <si>
     <t>CHEMICAL OF AFRICA SARL</t>
   </si>
   <si>
     <t>Société GOD MATEBWE AND SONS SARL</t>
   </si>
   <si>
     <t>A 1804715 W</t>
   </si>
   <si>
     <t>CONGOLESE COBALT MANAGEMENT SARL</t>
   </si>
   <si>
     <t>A 1720817 X</t>
   </si>
   <si>
     <t>Société des MINES ET DES CARRIERES  POUR L'EMERGENCE DU CONGO Sarl</t>
   </si>
   <si>
     <t>A 1825799 N</t>
   </si>
   <si>
     <t>Société In Put Mining Sarl</t>
   </si>
   <si>
     <t>A1804715W</t>
   </si>
   <si>
     <t>Société Niangara GOLD Mining Sarl</t>
   </si>
   <si>
     <t>A1712260W</t>
   </si>
   <si>
     <t>Société Tiger Congo Sarl</t>
   </si>
   <si>
     <t>Société  KIFUMPA MINING SARL</t>
   </si>
   <si>
     <t>A 1905730 N</t>
   </si>
   <si>
+    <t>Société KIFUMPA MINING SARL</t>
+  </si>
+  <si>
     <t>ETABLISSEMENT EJKK LOGISTICS ET SERVICES</t>
   </si>
   <si>
     <t>BTC MINING AND SERVICES Sarl</t>
   </si>
   <si>
     <t>A1808319N</t>
   </si>
   <si>
     <t>BM GLOBAL BUSINESS SARL</t>
   </si>
   <si>
     <t>A1827087N</t>
   </si>
   <si>
     <t>IVANHOE MINES EXPLORATION DRC Sarl</t>
   </si>
   <si>
     <t>A1205579 D</t>
   </si>
   <si>
     <t>Société United African Mining Sarl</t>
   </si>
   <si>
     <t>A1315130 L</t>
@@ -3500,50 +4826,53 @@
   <si>
     <t>DECO ROOM SARL</t>
   </si>
   <si>
     <t>MARCELINE MBUANGI MONGANE</t>
   </si>
   <si>
     <t>TANGANYIKA MINERALS SA</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DE L'OKAPI SARL</t>
   </si>
   <si>
     <t>Pierre KINDUELO LUMBU</t>
   </si>
   <si>
     <t>K-MINING SARL</t>
   </si>
   <si>
     <t>STE TATEM EXPRESS SARL</t>
   </si>
   <si>
     <t>MINOCOM MINING SAS</t>
   </si>
   <si>
+    <t>MINOCOM</t>
+  </si>
+  <si>
     <t>EQUITY MANAGEMENT SARL</t>
   </si>
   <si>
     <t>DILOLO METAL AND RESOURCES SARL</t>
   </si>
   <si>
     <t>KIBARA PROSPECTING SARL</t>
   </si>
   <si>
     <t>KALONDA AMISI MINING SARL</t>
   </si>
   <si>
     <t>AMG MINING SARL</t>
   </si>
   <si>
     <t>ELIM MINING SARL</t>
   </si>
   <si>
     <t>MAGNITUDE STAR SARL</t>
   </si>
   <si>
     <t>NYANGOMA MINING SARL</t>
   </si>
   <si>
     <t>LEO MINING SARL</t>
@@ -3656,63 +4985,183 @@
   <si>
     <t>TALANTA</t>
   </si>
   <si>
     <t>AMANI SARLU</t>
   </si>
   <si>
     <t>MNAZI TRADING SARL</t>
   </si>
   <si>
     <t>SEMKHAT SARL</t>
   </si>
   <si>
     <t>TANGANYIKA BUSINESS CORPORATION SARL</t>
   </si>
   <si>
     <t>TIRAN MINING Sarl</t>
   </si>
   <si>
     <t>SOCIETE D'EXPLOITATION MINIERES</t>
   </si>
   <si>
     <t>SOCIÉTÉ MINIERE DU KASAÏ</t>
   </si>
   <si>
+    <t>SOCIÉTÉ MINIERE DU KASÏ</t>
+  </si>
+  <si>
     <t>RESHINE CONGO</t>
   </si>
   <si>
     <t>JRI/BCP Sprl</t>
   </si>
   <si>
     <t>COMPAGNIE MINIERE DE LA LUKAYA S.A</t>
   </si>
   <si>
     <t>KIVU BUSINESS CORPORATION Sarl</t>
   </si>
   <si>
     <t>JIN JUN LONG MINING SARL</t>
+  </si>
+  <si>
+    <t>AREVA</t>
+  </si>
+  <si>
+    <t>Kambove Mining SAS</t>
+  </si>
+  <si>
+    <t>KOBOLD EXPLORATION DRC SA</t>
+  </si>
+  <si>
+    <t>SMART MINING SARL</t>
+  </si>
+  <si>
+    <t>EASTERN RESSOURCES SARL</t>
+  </si>
+  <si>
+    <t>NGOHE SARLU</t>
+  </si>
+  <si>
+    <t>HAZINA AFRICA GOLD SARL</t>
+  </si>
+  <si>
+    <t>A2515137G</t>
+  </si>
+  <si>
+    <t>FUTURE MINING COMPANY SARL</t>
+  </si>
+  <si>
+    <t>B.G MINING SARL</t>
+  </si>
+  <si>
+    <t>COPPER EXPLOITATION SAS</t>
+  </si>
+  <si>
+    <t>MUNTU MINING SARL</t>
+  </si>
+  <si>
+    <t>Sté LA TERRE COMPANY</t>
+  </si>
+  <si>
+    <t>CONGO MOTORS SPRL</t>
+  </si>
+  <si>
+    <t>KISANKALA MINING COMPANY SARL</t>
+  </si>
+  <si>
+    <t>LUALABA MULTI SERVICE AGENCE Sarl</t>
+  </si>
+  <si>
+    <t>Société ELIKA BUSINESS Sarl</t>
+  </si>
+  <si>
+    <t>DES IDEES QUI VALENT DE L'OR Sarl</t>
+  </si>
+  <si>
+    <t>A0702309T</t>
+  </si>
+  <si>
+    <t>SAFI MINING Sarl</t>
+  </si>
+  <si>
+    <t>A1720214R</t>
+  </si>
+  <si>
+    <t>GRACE ETONNANTE GROUPE Sarl</t>
+  </si>
+  <si>
+    <t>A1712779K</t>
+  </si>
+  <si>
+    <t>La Société YASH TRADING SARL</t>
+  </si>
+  <si>
+    <t>La société NZOKA SARL</t>
+  </si>
+  <si>
+    <t>GREEN MINING SARL</t>
+  </si>
+  <si>
+    <t>A1812424</t>
+  </si>
+  <si>
+    <t>Société KATOPA SARLU</t>
+  </si>
+  <si>
+    <t>A1706289F</t>
+  </si>
+  <si>
+    <t>Sté DU CHARBONNAGE DE MAKALA S.A.S</t>
+  </si>
+  <si>
+    <t>17/I00649E/X</t>
+  </si>
+  <si>
+    <t>AFRICAN MINERS DRC S.A.S.U</t>
+  </si>
+  <si>
+    <t>ZHI PENG MINING Sarl</t>
+  </si>
+  <si>
+    <t>A1621091T</t>
+  </si>
+  <si>
+    <t>NEW SUBIRA CONFORTY Sarl</t>
+  </si>
+  <si>
+    <t>RESSOURCES RENOUVELABLES YING XING SARL</t>
+  </si>
+  <si>
+    <t>MINING AND ENGINEERING SERVICES</t>
+  </si>
+  <si>
+    <t>La Société KOBOLD EXPLORATION RDC SA</t>
+  </si>
+  <si>
+    <t>KOBOLD EXPLORATION RDC SA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4028,18640 +5477,22068 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H824"/>
+  <dimension ref="A1:I867"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H3" sqref="H3"/>
+      <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" s="1"/>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
-    </row>
-    <row r="3" spans="1:8">
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="4" spans="1:8">
+      <c r="I3" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="D4" t="s">
         <v>12</v>
       </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4"/>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H4" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" t="s">
+        <v>23</v>
+      </c>
+      <c r="I5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" t="s">
         <v>17</v>
       </c>
-      <c r="B5" t="s">
+      <c r="I6" t="s">
         <v>18</v>
       </c>
-      <c r="C5"/>
-[...20 lines deleted...]
-      <c r="B6" t="s">
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" t="s">
+        <v>29</v>
+      </c>
+      <c r="I7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" t="s">
         <v>22</v>
       </c>
-      <c r="C6"/>
-[...17 lines deleted...]
-      <c r="A7" t="s">
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>16</v>
+      </c>
+      <c r="H9" t="s">
+        <v>38</v>
+      </c>
+      <c r="I9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>16</v>
+      </c>
+      <c r="H10" t="s">
+        <v>29</v>
+      </c>
+      <c r="I10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H11" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>44</v>
+      </c>
+      <c r="B12" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>16</v>
+      </c>
+      <c r="H12" t="s">
+        <v>29</v>
+      </c>
+      <c r="I12" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>16</v>
+      </c>
+      <c r="H13" t="s">
+        <v>29</v>
+      </c>
+      <c r="I13" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14"/>
+      <c r="E14" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>16</v>
+      </c>
+      <c r="H14" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B15" t="s">
+        <v>54</v>
+      </c>
+      <c r="C15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>16</v>
+      </c>
+      <c r="H15" t="s">
+        <v>17</v>
+      </c>
+      <c r="I15" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>56</v>
+      </c>
+      <c r="D16"/>
+      <c r="E16" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>16</v>
+      </c>
+      <c r="H16" t="s">
+        <v>29</v>
+      </c>
+      <c r="I16"/>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>57</v>
+      </c>
+      <c r="B17" t="s">
+        <v>58</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>16</v>
+      </c>
+      <c r="H17" t="s">
+        <v>29</v>
+      </c>
+      <c r="I17" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>61</v>
+      </c>
+      <c r="B18"/>
+      <c r="C18" t="s">
+        <v>62</v>
+      </c>
+      <c r="D18"/>
+      <c r="E18" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>16</v>
+      </c>
+      <c r="H18" t="s">
+        <v>29</v>
+      </c>
+      <c r="I18"/>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" t="s">
+        <v>64</v>
+      </c>
+      <c r="C19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19"/>
+      <c r="E19" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>16</v>
+      </c>
+      <c r="H19" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>65</v>
+      </c>
+      <c r="B20" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" t="s">
+        <v>67</v>
+      </c>
+      <c r="D20"/>
+      <c r="E20" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>16</v>
+      </c>
+      <c r="H20" t="s">
+        <v>29</v>
+      </c>
+      <c r="I20" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" t="s">
+        <v>69</v>
+      </c>
+      <c r="C21" t="s">
+        <v>68</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21" t="s">
+        <v>70</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>16</v>
+      </c>
+      <c r="H21" t="s">
+        <v>38</v>
+      </c>
+      <c r="I21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" t="s">
+        <v>71</v>
+      </c>
+      <c r="B22" t="s">
+        <v>72</v>
+      </c>
+      <c r="C22" t="s">
+        <v>73</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>16</v>
+      </c>
+      <c r="H22" t="s">
+        <v>29</v>
+      </c>
+      <c r="I22" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" t="s">
+        <v>74</v>
+      </c>
+      <c r="B23" t="s">
+        <v>75</v>
+      </c>
+      <c r="C23" t="s">
+        <v>76</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>16</v>
+      </c>
+      <c r="H23" t="s">
+        <v>29</v>
+      </c>
+      <c r="I23" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" t="s">
+        <v>77</v>
+      </c>
+      <c r="B24" t="s">
+        <v>78</v>
+      </c>
+      <c r="C24" t="s">
+        <v>79</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>16</v>
+      </c>
+      <c r="H24" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" t="s">
+        <v>81</v>
+      </c>
+      <c r="B25"/>
+      <c r="C25" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>16</v>
+      </c>
+      <c r="H25" t="s">
+        <v>29</v>
+      </c>
+      <c r="I25"/>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>82</v>
+      </c>
+      <c r="B26" t="s">
+        <v>83</v>
+      </c>
+      <c r="C26" t="s">
+        <v>84</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>16</v>
+      </c>
+      <c r="H26" t="s">
+        <v>29</v>
+      </c>
+      <c r="I26" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>85</v>
+      </c>
+      <c r="B27" t="s">
+        <v>86</v>
+      </c>
+      <c r="C27" t="s">
+        <v>85</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>16</v>
+      </c>
+      <c r="H27" t="s">
+        <v>29</v>
+      </c>
+      <c r="I27" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>88</v>
+      </c>
+      <c r="B28"/>
+      <c r="C28" t="s">
+        <v>88</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>16</v>
+      </c>
+      <c r="H28" t="s">
+        <v>29</v>
+      </c>
+      <c r="I28" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" t="s">
+        <v>90</v>
+      </c>
+      <c r="B29" t="s">
+        <v>91</v>
+      </c>
+      <c r="C29" t="s">
+        <v>92</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29" t="s">
+        <v>22</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>16</v>
+      </c>
+      <c r="H29" t="s">
+        <v>38</v>
+      </c>
+      <c r="I29" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>93</v>
+      </c>
+      <c r="B30" t="s">
+        <v>94</v>
+      </c>
+      <c r="C30" t="s">
+        <v>95</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>16</v>
+      </c>
+      <c r="H30" t="s">
+        <v>29</v>
+      </c>
+      <c r="I30" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
+        <v>96</v>
+      </c>
+      <c r="B31" t="s">
+        <v>97</v>
+      </c>
+      <c r="C31" t="s">
+        <v>98</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31" t="s">
+        <v>22</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" t="s">
+        <v>16</v>
+      </c>
+      <c r="H31" t="s">
+        <v>29</v>
+      </c>
+      <c r="I31" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" t="s">
+        <v>99</v>
+      </c>
+      <c r="B32" t="s">
+        <v>100</v>
+      </c>
+      <c r="C32" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32"/>
+      <c r="E32" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>16</v>
+      </c>
+      <c r="H32" t="s">
+        <v>29</v>
+      </c>
+      <c r="I32" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" t="s">
+        <v>101</v>
+      </c>
+      <c r="B33"/>
+      <c r="C33" t="s">
+        <v>102</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>16</v>
+      </c>
+      <c r="H33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33"/>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" t="s">
+        <v>103</v>
+      </c>
+      <c r="B34" t="s">
+        <v>104</v>
+      </c>
+      <c r="C34" t="s">
+        <v>105</v>
+      </c>
+      <c r="D34"/>
+      <c r="E34" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>16</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" t="s">
+        <v>106</v>
+      </c>
+      <c r="B35"/>
+      <c r="C35" t="s">
+        <v>106</v>
+      </c>
+      <c r="D35"/>
+      <c r="E35" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>16</v>
+      </c>
+      <c r="H35" t="s">
+        <v>29</v>
+      </c>
+      <c r="I35" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" t="s">
+        <v>108</v>
+      </c>
+      <c r="B36"/>
+      <c r="C36" t="s">
+        <v>108</v>
+      </c>
+      <c r="D36"/>
+      <c r="E36" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>16</v>
+      </c>
+      <c r="H36" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" t="s">
+        <v>109</v>
+      </c>
+      <c r="B37" t="s">
+        <v>110</v>
+      </c>
+      <c r="C37" t="s">
+        <v>109</v>
+      </c>
+      <c r="D37"/>
+      <c r="E37" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>16</v>
+      </c>
+      <c r="H37" t="s">
+        <v>29</v>
+      </c>
+      <c r="I37" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" t="s">
+        <v>111</v>
+      </c>
+      <c r="B38"/>
+      <c r="C38" t="s">
+        <v>111</v>
+      </c>
+      <c r="D38"/>
+      <c r="E38" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>16</v>
+      </c>
+      <c r="H38" t="s">
         <v>23</v>
       </c>
-      <c r="B7" t="s">
-[...44 lines deleted...]
-      <c r="A9" t="s">
+      <c r="I38" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" t="s">
+        <v>112</v>
+      </c>
+      <c r="B39"/>
+      <c r="C39" t="s">
+        <v>112</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>16</v>
+      </c>
+      <c r="H39" t="s">
+        <v>29</v>
+      </c>
+      <c r="I39" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s">
+        <v>113</v>
+      </c>
+      <c r="B40" t="s">
+        <v>114</v>
+      </c>
+      <c r="C40" t="s">
+        <v>115</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>16</v>
+      </c>
+      <c r="H40" t="s">
+        <v>29</v>
+      </c>
+      <c r="I40" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" t="s">
+        <v>116</v>
+      </c>
+      <c r="B41" t="s">
+        <v>117</v>
+      </c>
+      <c r="C41" t="s">
+        <v>116</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>16</v>
+      </c>
+      <c r="H41" t="s">
+        <v>29</v>
+      </c>
+      <c r="I41" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" t="s">
+        <v>118</v>
+      </c>
+      <c r="B42" t="s">
+        <v>119</v>
+      </c>
+      <c r="C42" t="s">
+        <v>120</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42" t="s">
+        <v>22</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>16</v>
+      </c>
+      <c r="H42" t="s">
+        <v>38</v>
+      </c>
+      <c r="I42" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" t="s">
+        <v>121</v>
+      </c>
+      <c r="B43" t="s">
+        <v>122</v>
+      </c>
+      <c r="C43" t="s">
+        <v>123</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43" t="s">
+        <v>22</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>16</v>
+      </c>
+      <c r="H43" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" t="s">
+        <v>124</v>
+      </c>
+      <c r="B44" t="s">
+        <v>125</v>
+      </c>
+      <c r="C44" t="s">
+        <v>126</v>
+      </c>
+      <c r="D44"/>
+      <c r="E44" t="s">
+        <v>22</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>16</v>
+      </c>
+      <c r="H44" t="s">
+        <v>38</v>
+      </c>
+      <c r="I44" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
+        <v>127</v>
+      </c>
+      <c r="B45" t="s">
+        <v>128</v>
+      </c>
+      <c r="C45" t="s">
+        <v>129</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" t="s">
+        <v>16</v>
+      </c>
+      <c r="H45" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" t="s">
+        <v>130</v>
+      </c>
+      <c r="B46" t="s">
+        <v>131</v>
+      </c>
+      <c r="C46" t="s">
+        <v>132</v>
+      </c>
+      <c r="D46"/>
+      <c r="E46" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" t="s">
+        <v>16</v>
+      </c>
+      <c r="H46" t="s">
+        <v>29</v>
+      </c>
+      <c r="I46" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" t="s">
+        <v>133</v>
+      </c>
+      <c r="B47"/>
+      <c r="C47" t="s">
+        <v>133</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" t="s">
+        <v>15</v>
+      </c>
+      <c r="G47" t="s">
+        <v>16</v>
+      </c>
+      <c r="H47" t="s">
+        <v>29</v>
+      </c>
+      <c r="I47"/>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" t="s">
+        <v>134</v>
+      </c>
+      <c r="B48" t="s">
+        <v>135</v>
+      </c>
+      <c r="C48" t="s">
+        <v>136</v>
+      </c>
+      <c r="D48"/>
+      <c r="E48" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" t="s">
+        <v>16</v>
+      </c>
+      <c r="H48" t="s">
+        <v>17</v>
+      </c>
+      <c r="I48" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" t="s">
+        <v>137</v>
+      </c>
+      <c r="B49" t="s">
+        <v>138</v>
+      </c>
+      <c r="C49" t="s">
+        <v>139</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49" t="s">
+        <v>16</v>
+      </c>
+      <c r="H49" t="s">
+        <v>29</v>
+      </c>
+      <c r="I49" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" t="s">
+        <v>140</v>
+      </c>
+      <c r="B50"/>
+      <c r="C50" t="s">
+        <v>140</v>
+      </c>
+      <c r="D50"/>
+      <c r="E50" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50" t="s">
+        <v>16</v>
+      </c>
+      <c r="H50" t="s">
+        <v>29</v>
+      </c>
+      <c r="I50" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" t="s">
+        <v>141</v>
+      </c>
+      <c r="B51" t="s">
+        <v>142</v>
+      </c>
+      <c r="C51" t="s">
+        <v>143</v>
+      </c>
+      <c r="D51"/>
+      <c r="E51" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51" t="s">
+        <v>16</v>
+      </c>
+      <c r="H51" t="s">
+        <v>29</v>
+      </c>
+      <c r="I51" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" t="s">
+        <v>144</v>
+      </c>
+      <c r="B52" t="s">
+        <v>145</v>
+      </c>
+      <c r="C52" t="s">
+        <v>146</v>
+      </c>
+      <c r="D52"/>
+      <c r="E52" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52" t="s">
+        <v>16</v>
+      </c>
+      <c r="H52" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" t="s">
+        <v>147</v>
+      </c>
+      <c r="B53" t="s">
+        <v>148</v>
+      </c>
+      <c r="C53" t="s">
+        <v>149</v>
+      </c>
+      <c r="D53"/>
+      <c r="E53" t="s">
+        <v>22</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" t="s">
+        <v>16</v>
+      </c>
+      <c r="H53" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" t="s">
+        <v>150</v>
+      </c>
+      <c r="B54" t="s">
+        <v>151</v>
+      </c>
+      <c r="C54" t="s">
+        <v>152</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
+        <v>16</v>
+      </c>
+      <c r="H54" t="s">
+        <v>17</v>
+      </c>
+      <c r="I54" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" t="s">
+        <v>153</v>
+      </c>
+      <c r="B55" t="s">
+        <v>154</v>
+      </c>
+      <c r="C55" t="s">
+        <v>155</v>
+      </c>
+      <c r="D55"/>
+      <c r="E55" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>16</v>
+      </c>
+      <c r="H55" t="s">
+        <v>17</v>
+      </c>
+      <c r="I55" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" t="s">
+        <v>156</v>
+      </c>
+      <c r="B56"/>
+      <c r="C56" t="s">
+        <v>157</v>
+      </c>
+      <c r="D56"/>
+      <c r="E56" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>16</v>
+      </c>
+      <c r="H56" t="s">
+        <v>29</v>
+      </c>
+      <c r="I56" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" t="s">
+        <v>158</v>
+      </c>
+      <c r="B57" t="s">
+        <v>159</v>
+      </c>
+      <c r="C57" t="s">
+        <v>160</v>
+      </c>
+      <c r="D57"/>
+      <c r="E57" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>16</v>
+      </c>
+      <c r="H57" t="s">
+        <v>29</v>
+      </c>
+      <c r="I57" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" t="s">
+        <v>161</v>
+      </c>
+      <c r="B58" t="s">
+        <v>162</v>
+      </c>
+      <c r="C58" t="s">
+        <v>163</v>
+      </c>
+      <c r="D58"/>
+      <c r="E58" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>16</v>
+      </c>
+      <c r="H58" t="s">
+        <v>29</v>
+      </c>
+      <c r="I58" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" t="s">
+        <v>164</v>
+      </c>
+      <c r="B59"/>
+      <c r="C59" t="s">
+        <v>165</v>
+      </c>
+      <c r="D59"/>
+      <c r="E59" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59" t="s">
+        <v>16</v>
+      </c>
+      <c r="H59" t="s">
+        <v>29</v>
+      </c>
+      <c r="I59" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" t="s">
+        <v>167</v>
+      </c>
+      <c r="B60" t="s">
+        <v>168</v>
+      </c>
+      <c r="C60" t="s">
+        <v>169</v>
+      </c>
+      <c r="D60"/>
+      <c r="E60" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>16</v>
+      </c>
+      <c r="H60" t="s">
+        <v>29</v>
+      </c>
+      <c r="I60" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" t="s">
+        <v>170</v>
+      </c>
+      <c r="B61" t="s">
+        <v>171</v>
+      </c>
+      <c r="C61" t="s">
+        <v>172</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" t="s">
+        <v>16</v>
+      </c>
+      <c r="H61" t="s">
+        <v>29</v>
+      </c>
+      <c r="I61" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" t="s">
+        <v>173</v>
+      </c>
+      <c r="B62" t="s">
+        <v>174</v>
+      </c>
+      <c r="C62" t="s">
+        <v>175</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62" t="s">
+        <v>16</v>
+      </c>
+      <c r="H62" t="s">
+        <v>29</v>
+      </c>
+      <c r="I62" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" t="s">
+        <v>176</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63" t="s">
+        <v>177</v>
+      </c>
+      <c r="D63"/>
+      <c r="E63" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" t="s">
+        <v>16</v>
+      </c>
+      <c r="H63" t="s">
+        <v>29</v>
+      </c>
+      <c r="I63" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" t="s">
+        <v>178</v>
+      </c>
+      <c r="B64" t="s">
+        <v>179</v>
+      </c>
+      <c r="C64" t="s">
+        <v>178</v>
+      </c>
+      <c r="D64"/>
+      <c r="E64" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64" t="s">
+        <v>16</v>
+      </c>
+      <c r="H64" t="s">
+        <v>29</v>
+      </c>
+      <c r="I64" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" t="s">
+        <v>180</v>
+      </c>
+      <c r="B65" t="s">
+        <v>181</v>
+      </c>
+      <c r="C65" t="s">
+        <v>182</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65" t="s">
+        <v>14</v>
+      </c>
+      <c r="F65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G65" t="s">
+        <v>16</v>
+      </c>
+      <c r="H65" t="s">
+        <v>17</v>
+      </c>
+      <c r="I65" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" t="s">
+        <v>183</v>
+      </c>
+      <c r="B66" t="s">
+        <v>184</v>
+      </c>
+      <c r="C66" t="s">
+        <v>185</v>
+      </c>
+      <c r="D66"/>
+      <c r="E66" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
+      <c r="G66" t="s">
+        <v>16</v>
+      </c>
+      <c r="H66" t="s">
+        <v>17</v>
+      </c>
+      <c r="I66" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" t="s">
+        <v>186</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67" t="s">
+        <v>186</v>
+      </c>
+      <c r="D67"/>
+      <c r="E67" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" t="s">
+        <v>15</v>
+      </c>
+      <c r="G67" t="s">
+        <v>16</v>
+      </c>
+      <c r="H67" t="s">
+        <v>29</v>
+      </c>
+      <c r="I67" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" t="s">
+        <v>187</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68" t="s">
+        <v>187</v>
+      </c>
+      <c r="D68"/>
+      <c r="E68" t="s">
+        <v>14</v>
+      </c>
+      <c r="F68" t="s">
+        <v>15</v>
+      </c>
+      <c r="G68" t="s">
+        <v>16</v>
+      </c>
+      <c r="H68" t="s">
+        <v>29</v>
+      </c>
+      <c r="I68"/>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" t="s">
+        <v>188</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69" t="s">
+        <v>188</v>
+      </c>
+      <c r="D69"/>
+      <c r="E69" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" t="s">
+        <v>16</v>
+      </c>
+      <c r="H69" t="s">
+        <v>29</v>
+      </c>
+      <c r="I69"/>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" t="s">
+        <v>189</v>
+      </c>
+      <c r="B70" t="s">
+        <v>190</v>
+      </c>
+      <c r="C70" t="s">
+        <v>191</v>
+      </c>
+      <c r="D70"/>
+      <c r="E70" t="s">
+        <v>14</v>
+      </c>
+      <c r="F70" t="s">
+        <v>15</v>
+      </c>
+      <c r="G70" t="s">
+        <v>16</v>
+      </c>
+      <c r="H70" t="s">
+        <v>29</v>
+      </c>
+      <c r="I70" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" t="s">
+        <v>192</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71" t="s">
+        <v>193</v>
+      </c>
+      <c r="D71"/>
+      <c r="E71" t="s">
+        <v>14</v>
+      </c>
+      <c r="F71" t="s">
+        <v>15</v>
+      </c>
+      <c r="G71" t="s">
+        <v>16</v>
+      </c>
+      <c r="H71" t="s">
+        <v>17</v>
+      </c>
+      <c r="I71" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" t="s">
+        <v>194</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72" t="s">
+        <v>194</v>
+      </c>
+      <c r="D72"/>
+      <c r="E72" t="s">
+        <v>14</v>
+      </c>
+      <c r="F72" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72" t="s">
+        <v>16</v>
+      </c>
+      <c r="H72" t="s">
+        <v>29</v>
+      </c>
+      <c r="I72"/>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" t="s">
+        <v>195</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73" t="s">
+        <v>196</v>
+      </c>
+      <c r="D73"/>
+      <c r="E73" t="s">
+        <v>14</v>
+      </c>
+      <c r="F73" t="s">
+        <v>15</v>
+      </c>
+      <c r="G73" t="s">
+        <v>16</v>
+      </c>
+      <c r="H73" t="s">
+        <v>29</v>
+      </c>
+      <c r="I73" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" t="s">
+        <v>197</v>
+      </c>
+      <c r="B74" t="s">
+        <v>198</v>
+      </c>
+      <c r="C74" t="s">
+        <v>197</v>
+      </c>
+      <c r="D74"/>
+      <c r="E74" t="s">
+        <v>14</v>
+      </c>
+      <c r="F74" t="s">
+        <v>15</v>
+      </c>
+      <c r="G74" t="s">
+        <v>16</v>
+      </c>
+      <c r="H74" t="s">
+        <v>29</v>
+      </c>
+      <c r="I74" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" t="s">
+        <v>199</v>
+      </c>
+      <c r="B75" t="s">
+        <v>200</v>
+      </c>
+      <c r="C75" t="s">
+        <v>201</v>
+      </c>
+      <c r="D75"/>
+      <c r="E75" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" t="s">
+        <v>15</v>
+      </c>
+      <c r="G75" t="s">
+        <v>16</v>
+      </c>
+      <c r="H75" t="s">
+        <v>29</v>
+      </c>
+      <c r="I75" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" t="s">
+        <v>202</v>
+      </c>
+      <c r="B76" t="s">
+        <v>203</v>
+      </c>
+      <c r="C76" t="s">
+        <v>204</v>
+      </c>
+      <c r="D76"/>
+      <c r="E76" t="s">
+        <v>14</v>
+      </c>
+      <c r="F76" t="s">
+        <v>15</v>
+      </c>
+      <c r="G76" t="s">
+        <v>16</v>
+      </c>
+      <c r="H76" t="s">
+        <v>29</v>
+      </c>
+      <c r="I76" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
+        <v>206</v>
+      </c>
+      <c r="B77"/>
+      <c r="C77" t="s">
+        <v>206</v>
+      </c>
+      <c r="D77"/>
+      <c r="E77" t="s">
+        <v>14</v>
+      </c>
+      <c r="F77" t="s">
+        <v>15</v>
+      </c>
+      <c r="G77" t="s">
+        <v>16</v>
+      </c>
+      <c r="H77" t="s">
+        <v>29</v>
+      </c>
+      <c r="I77" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>207</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78" t="s">
+        <v>207</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78" t="s">
+        <v>14</v>
+      </c>
+      <c r="F78" t="s">
+        <v>15</v>
+      </c>
+      <c r="G78" t="s">
+        <v>16</v>
+      </c>
+      <c r="H78" t="s">
+        <v>17</v>
+      </c>
+      <c r="I78" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>208</v>
+      </c>
+      <c r="B79" t="s">
+        <v>209</v>
+      </c>
+      <c r="C79" t="s">
+        <v>210</v>
+      </c>
+      <c r="D79"/>
+      <c r="E79" t="s">
+        <v>14</v>
+      </c>
+      <c r="F79" t="s">
+        <v>15</v>
+      </c>
+      <c r="G79" t="s">
+        <v>16</v>
+      </c>
+      <c r="H79" t="s">
+        <v>29</v>
+      </c>
+      <c r="I79" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>211</v>
+      </c>
+      <c r="B80"/>
+      <c r="C80" t="s">
+        <v>212</v>
+      </c>
+      <c r="D80"/>
+      <c r="E80" t="s">
+        <v>14</v>
+      </c>
+      <c r="F80" t="s">
+        <v>15</v>
+      </c>
+      <c r="G80" t="s">
+        <v>16</v>
+      </c>
+      <c r="H80" t="s">
+        <v>29</v>
+      </c>
+      <c r="I80" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>213</v>
+      </c>
+      <c r="B81" t="s">
+        <v>214</v>
+      </c>
+      <c r="C81" t="s">
+        <v>213</v>
+      </c>
+      <c r="D81"/>
+      <c r="E81" t="s">
+        <v>14</v>
+      </c>
+      <c r="F81" t="s">
+        <v>15</v>
+      </c>
+      <c r="G81" t="s">
+        <v>16</v>
+      </c>
+      <c r="H81" t="s">
+        <v>29</v>
+      </c>
+      <c r="I81" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>215</v>
+      </c>
+      <c r="B82"/>
+      <c r="C82" t="s">
+        <v>215</v>
+      </c>
+      <c r="D82"/>
+      <c r="E82" t="s">
+        <v>14</v>
+      </c>
+      <c r="F82" t="s">
+        <v>15</v>
+      </c>
+      <c r="G82" t="s">
+        <v>16</v>
+      </c>
+      <c r="H82" t="s">
+        <v>29</v>
+      </c>
+      <c r="I82"/>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>216</v>
+      </c>
+      <c r="B83" t="s">
+        <v>217</v>
+      </c>
+      <c r="C83" t="s">
+        <v>218</v>
+      </c>
+      <c r="D83"/>
+      <c r="E83" t="s">
+        <v>14</v>
+      </c>
+      <c r="F83" t="s">
+        <v>15</v>
+      </c>
+      <c r="G83" t="s">
+        <v>16</v>
+      </c>
+      <c r="H83" t="s">
+        <v>29</v>
+      </c>
+      <c r="I83" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" t="s">
+        <v>220</v>
+      </c>
+      <c r="B84"/>
+      <c r="C84" t="s">
+        <v>220</v>
+      </c>
+      <c r="D84"/>
+      <c r="E84" t="s">
+        <v>14</v>
+      </c>
+      <c r="F84" t="s">
+        <v>15</v>
+      </c>
+      <c r="G84" t="s">
+        <v>16</v>
+      </c>
+      <c r="H84" t="s">
+        <v>29</v>
+      </c>
+      <c r="I84"/>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" t="s">
+        <v>221</v>
+      </c>
+      <c r="B85" t="s">
+        <v>222</v>
+      </c>
+      <c r="C85" t="s">
+        <v>223</v>
+      </c>
+      <c r="D85"/>
+      <c r="E85" t="s">
+        <v>14</v>
+      </c>
+      <c r="F85" t="s">
+        <v>15</v>
+      </c>
+      <c r="G85" t="s">
+        <v>16</v>
+      </c>
+      <c r="H85" t="s">
+        <v>17</v>
+      </c>
+      <c r="I85" t="s">
         <v>30</v>
       </c>
-      <c r="B9" t="s">
-[...197 lines deleted...]
-      <c r="H17" t="s">
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" t="s">
+        <v>224</v>
+      </c>
+      <c r="B86"/>
+      <c r="C86" t="s">
+        <v>225</v>
+      </c>
+      <c r="D86"/>
+      <c r="E86" t="s">
+        <v>14</v>
+      </c>
+      <c r="F86" t="s">
+        <v>15</v>
+      </c>
+      <c r="G86" t="s">
+        <v>16</v>
+      </c>
+      <c r="H86" t="s">
+        <v>29</v>
+      </c>
+      <c r="I86" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" t="s">
+        <v>226</v>
+      </c>
+      <c r="B87" t="s">
+        <v>227</v>
+      </c>
+      <c r="C87" t="s">
+        <v>228</v>
+      </c>
+      <c r="D87"/>
+      <c r="E87" t="s">
+        <v>14</v>
+      </c>
+      <c r="F87" t="s">
+        <v>15</v>
+      </c>
+      <c r="G87" t="s">
+        <v>16</v>
+      </c>
+      <c r="H87" t="s">
+        <v>29</v>
+      </c>
+      <c r="I87" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" t="s">
+        <v>229</v>
+      </c>
+      <c r="B88" t="s">
+        <v>230</v>
+      </c>
+      <c r="C88" t="s">
+        <v>231</v>
+      </c>
+      <c r="D88"/>
+      <c r="E88" t="s">
+        <v>14</v>
+      </c>
+      <c r="F88" t="s">
+        <v>15</v>
+      </c>
+      <c r="G88" t="s">
+        <v>16</v>
+      </c>
+      <c r="H88" t="s">
+        <v>17</v>
+      </c>
+      <c r="I88" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" t="s">
+        <v>232</v>
+      </c>
+      <c r="B89" t="s">
+        <v>233</v>
+      </c>
+      <c r="C89" t="s">
+        <v>232</v>
+      </c>
+      <c r="D89"/>
+      <c r="E89" t="s">
+        <v>14</v>
+      </c>
+      <c r="F89" t="s">
+        <v>15</v>
+      </c>
+      <c r="G89" t="s">
+        <v>16</v>
+      </c>
+      <c r="H89" t="s">
+        <v>17</v>
+      </c>
+      <c r="I89" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>234</v>
+      </c>
+      <c r="B90"/>
+      <c r="C90" t="s">
+        <v>235</v>
+      </c>
+      <c r="D90"/>
+      <c r="E90" t="s">
+        <v>14</v>
+      </c>
+      <c r="F90" t="s">
+        <v>15</v>
+      </c>
+      <c r="G90" t="s">
+        <v>16</v>
+      </c>
+      <c r="H90" t="s">
+        <v>29</v>
+      </c>
+      <c r="I90" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>236</v>
+      </c>
+      <c r="B91"/>
+      <c r="C91" t="s">
+        <v>236</v>
+      </c>
+      <c r="D91"/>
+      <c r="E91" t="s">
+        <v>14</v>
+      </c>
+      <c r="F91" t="s">
+        <v>15</v>
+      </c>
+      <c r="G91" t="s">
+        <v>16</v>
+      </c>
+      <c r="H91" t="s">
+        <v>29</v>
+      </c>
+      <c r="I91"/>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" t="s">
+        <v>237</v>
+      </c>
+      <c r="B92" t="s">
+        <v>238</v>
+      </c>
+      <c r="C92" t="s">
+        <v>239</v>
+      </c>
+      <c r="D92"/>
+      <c r="E92" t="s">
+        <v>22</v>
+      </c>
+      <c r="F92" t="s">
+        <v>15</v>
+      </c>
+      <c r="G92" t="s">
+        <v>16</v>
+      </c>
+      <c r="H92" t="s">
+        <v>23</v>
+      </c>
+      <c r="I92" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9">
+      <c r="A93" t="s">
+        <v>240</v>
+      </c>
+      <c r="B93" t="s">
+        <v>241</v>
+      </c>
+      <c r="C93" t="s">
+        <v>242</v>
+      </c>
+      <c r="D93"/>
+      <c r="E93" t="s">
+        <v>14</v>
+      </c>
+      <c r="F93" t="s">
+        <v>15</v>
+      </c>
+      <c r="G93" t="s">
+        <v>16</v>
+      </c>
+      <c r="H93" t="s">
+        <v>29</v>
+      </c>
+      <c r="I93" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9">
+      <c r="A94" t="s">
+        <v>243</v>
+      </c>
+      <c r="B94"/>
+      <c r="C94" t="s">
+        <v>243</v>
+      </c>
+      <c r="D94"/>
+      <c r="E94" t="s">
+        <v>14</v>
+      </c>
+      <c r="F94" t="s">
+        <v>15</v>
+      </c>
+      <c r="G94" t="s">
+        <v>16</v>
+      </c>
+      <c r="H94" t="s">
+        <v>29</v>
+      </c>
+      <c r="I94"/>
+    </row>
+    <row r="95" spans="1:9">
+      <c r="A95" t="s">
+        <v>244</v>
+      </c>
+      <c r="B95"/>
+      <c r="C95" t="s">
+        <v>244</v>
+      </c>
+      <c r="D95"/>
+      <c r="E95" t="s">
+        <v>14</v>
+      </c>
+      <c r="F95" t="s">
+        <v>15</v>
+      </c>
+      <c r="G95" t="s">
+        <v>16</v>
+      </c>
+      <c r="H95" t="s">
+        <v>29</v>
+      </c>
+      <c r="I95" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9">
+      <c r="A96" t="s">
+        <v>245</v>
+      </c>
+      <c r="B96" t="s">
+        <v>246</v>
+      </c>
+      <c r="C96" t="s">
+        <v>247</v>
+      </c>
+      <c r="D96"/>
+      <c r="E96" t="s">
+        <v>14</v>
+      </c>
+      <c r="F96" t="s">
+        <v>15</v>
+      </c>
+      <c r="G96" t="s">
+        <v>16</v>
+      </c>
+      <c r="H96" t="s">
+        <v>29</v>
+      </c>
+      <c r="I96" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9">
+      <c r="A97" t="s">
+        <v>248</v>
+      </c>
+      <c r="B97"/>
+      <c r="C97" t="s">
+        <v>248</v>
+      </c>
+      <c r="D97"/>
+      <c r="E97" t="s">
+        <v>14</v>
+      </c>
+      <c r="F97" t="s">
+        <v>15</v>
+      </c>
+      <c r="G97" t="s">
+        <v>16</v>
+      </c>
+      <c r="H97" t="s">
+        <v>29</v>
+      </c>
+      <c r="I97" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9">
+      <c r="A98" t="s">
+        <v>249</v>
+      </c>
+      <c r="B98" t="s">
+        <v>250</v>
+      </c>
+      <c r="C98" t="s">
+        <v>251</v>
+      </c>
+      <c r="D98"/>
+      <c r="E98" t="s">
+        <v>14</v>
+      </c>
+      <c r="F98" t="s">
+        <v>15</v>
+      </c>
+      <c r="G98" t="s">
+        <v>16</v>
+      </c>
+      <c r="H98" t="s">
+        <v>17</v>
+      </c>
+      <c r="I98" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9">
+      <c r="A99" t="s">
+        <v>252</v>
+      </c>
+      <c r="B99" t="s">
+        <v>253</v>
+      </c>
+      <c r="C99" t="s">
+        <v>252</v>
+      </c>
+      <c r="D99"/>
+      <c r="E99" t="s">
+        <v>14</v>
+      </c>
+      <c r="F99" t="s">
+        <v>15</v>
+      </c>
+      <c r="G99" t="s">
+        <v>16</v>
+      </c>
+      <c r="H99" t="s">
+        <v>29</v>
+      </c>
+      <c r="I99" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9">
+      <c r="A100" t="s">
+        <v>255</v>
+      </c>
+      <c r="B100"/>
+      <c r="C100" t="s">
+        <v>256</v>
+      </c>
+      <c r="D100"/>
+      <c r="E100" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" t="s">
+        <v>15</v>
+      </c>
+      <c r="G100" t="s">
+        <v>16</v>
+      </c>
+      <c r="H100" t="s">
+        <v>29</v>
+      </c>
+      <c r="I100" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9">
+      <c r="A101" t="s">
+        <v>257</v>
+      </c>
+      <c r="B101" t="s">
+        <v>258</v>
+      </c>
+      <c r="C101" t="s">
+        <v>259</v>
+      </c>
+      <c r="D101"/>
+      <c r="E101" t="s">
+        <v>14</v>
+      </c>
+      <c r="F101" t="s">
+        <v>15</v>
+      </c>
+      <c r="G101" t="s">
+        <v>16</v>
+      </c>
+      <c r="H101" t="s">
+        <v>29</v>
+      </c>
+      <c r="I101" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9">
+      <c r="A102" t="s">
+        <v>260</v>
+      </c>
+      <c r="B102" t="s">
+        <v>261</v>
+      </c>
+      <c r="C102" t="s">
+        <v>262</v>
+      </c>
+      <c r="D102"/>
+      <c r="E102" t="s">
+        <v>14</v>
+      </c>
+      <c r="F102" t="s">
+        <v>15</v>
+      </c>
+      <c r="G102" t="s">
+        <v>16</v>
+      </c>
+      <c r="H102" t="s">
+        <v>29</v>
+      </c>
+      <c r="I102" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="18" spans="1:8">
-[...20 lines deleted...]
-      <c r="A19" t="s">
+    <row r="103" spans="1:9">
+      <c r="A103" t="s">
+        <v>263</v>
+      </c>
+      <c r="B103" t="s">
+        <v>264</v>
+      </c>
+      <c r="C103" t="s">
+        <v>263</v>
+      </c>
+      <c r="D103"/>
+      <c r="E103" t="s">
+        <v>14</v>
+      </c>
+      <c r="F103" t="s">
+        <v>15</v>
+      </c>
+      <c r="G103" t="s">
+        <v>16</v>
+      </c>
+      <c r="H103" t="s">
+        <v>29</v>
+      </c>
+      <c r="I103" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9">
+      <c r="A104" t="s">
+        <v>265</v>
+      </c>
+      <c r="B104"/>
+      <c r="C104" t="s">
+        <v>265</v>
+      </c>
+      <c r="D104"/>
+      <c r="E104" t="s">
+        <v>14</v>
+      </c>
+      <c r="F104" t="s">
+        <v>15</v>
+      </c>
+      <c r="G104" t="s">
+        <v>16</v>
+      </c>
+      <c r="H104" t="s">
+        <v>29</v>
+      </c>
+      <c r="I104" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9">
+      <c r="A105" t="s">
+        <v>266</v>
+      </c>
+      <c r="B105" t="s">
+        <v>267</v>
+      </c>
+      <c r="C105" t="s">
+        <v>268</v>
+      </c>
+      <c r="D105"/>
+      <c r="E105" t="s">
+        <v>14</v>
+      </c>
+      <c r="F105" t="s">
+        <v>15</v>
+      </c>
+      <c r="G105" t="s">
+        <v>16</v>
+      </c>
+      <c r="H105" t="s">
+        <v>17</v>
+      </c>
+      <c r="I105" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9">
+      <c r="A106" t="s">
+        <v>269</v>
+      </c>
+      <c r="B106" t="s">
+        <v>270</v>
+      </c>
+      <c r="C106" t="s">
+        <v>271</v>
+      </c>
+      <c r="D106"/>
+      <c r="E106" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" t="s">
+        <v>15</v>
+      </c>
+      <c r="G106" t="s">
+        <v>16</v>
+      </c>
+      <c r="H106" t="s">
+        <v>29</v>
+      </c>
+      <c r="I106" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9">
+      <c r="A107" t="s">
+        <v>272</v>
+      </c>
+      <c r="B107" t="s">
+        <v>273</v>
+      </c>
+      <c r="C107" t="s">
+        <v>274</v>
+      </c>
+      <c r="D107"/>
+      <c r="E107" t="s">
+        <v>14</v>
+      </c>
+      <c r="F107" t="s">
+        <v>15</v>
+      </c>
+      <c r="G107" t="s">
+        <v>16</v>
+      </c>
+      <c r="H107" t="s">
+        <v>17</v>
+      </c>
+      <c r="I107" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9">
+      <c r="A108" t="s">
+        <v>275</v>
+      </c>
+      <c r="B108"/>
+      <c r="C108" t="s">
+        <v>275</v>
+      </c>
+      <c r="D108"/>
+      <c r="E108" t="s">
+        <v>14</v>
+      </c>
+      <c r="F108" t="s">
+        <v>15</v>
+      </c>
+      <c r="G108" t="s">
+        <v>16</v>
+      </c>
+      <c r="H108" t="s">
+        <v>29</v>
+      </c>
+      <c r="I108" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9">
+      <c r="A109" t="s">
+        <v>276</v>
+      </c>
+      <c r="B109" t="s">
+        <v>277</v>
+      </c>
+      <c r="C109" t="s">
+        <v>276</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109" t="s">
+        <v>14</v>
+      </c>
+      <c r="F109" t="s">
+        <v>15</v>
+      </c>
+      <c r="G109" t="s">
+        <v>16</v>
+      </c>
+      <c r="H109" t="s">
+        <v>29</v>
+      </c>
+      <c r="I109" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9">
+      <c r="A110" t="s">
+        <v>278</v>
+      </c>
+      <c r="B110" t="s">
+        <v>279</v>
+      </c>
+      <c r="C110" t="s">
+        <v>280</v>
+      </c>
+      <c r="D110"/>
+      <c r="E110" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110" t="s">
+        <v>15</v>
+      </c>
+      <c r="G110" t="s">
+        <v>16</v>
+      </c>
+      <c r="H110" t="s">
+        <v>29</v>
+      </c>
+      <c r="I110" t="s">
         <v>49</v>
       </c>
-      <c r="B19" t="s">
-[...95 lines deleted...]
-      <c r="B23" t="s">
+    </row>
+    <row r="111" spans="1:9">
+      <c r="A111" t="s">
+        <v>281</v>
+      </c>
+      <c r="B111" t="s">
+        <v>282</v>
+      </c>
+      <c r="C111" t="s">
+        <v>281</v>
+      </c>
+      <c r="D111"/>
+      <c r="E111" t="s">
+        <v>14</v>
+      </c>
+      <c r="F111" t="s">
+        <v>15</v>
+      </c>
+      <c r="G111" t="s">
+        <v>16</v>
+      </c>
+      <c r="H111" t="s">
+        <v>29</v>
+      </c>
+      <c r="I111" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9">
+      <c r="A112" t="s">
+        <v>283</v>
+      </c>
+      <c r="B112" t="s">
+        <v>284</v>
+      </c>
+      <c r="C112" t="s">
+        <v>285</v>
+      </c>
+      <c r="D112"/>
+      <c r="E112" t="s">
+        <v>14</v>
+      </c>
+      <c r="F112" t="s">
+        <v>15</v>
+      </c>
+      <c r="G112" t="s">
+        <v>16</v>
+      </c>
+      <c r="H112" t="s">
+        <v>17</v>
+      </c>
+      <c r="I112" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9">
+      <c r="A113" t="s">
+        <v>286</v>
+      </c>
+      <c r="B113"/>
+      <c r="C113" t="s">
+        <v>286</v>
+      </c>
+      <c r="D113"/>
+      <c r="E113" t="s">
+        <v>14</v>
+      </c>
+      <c r="F113" t="s">
+        <v>15</v>
+      </c>
+      <c r="G113" t="s">
+        <v>16</v>
+      </c>
+      <c r="H113" t="s">
+        <v>29</v>
+      </c>
+      <c r="I113" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9">
+      <c r="A114" t="s">
+        <v>287</v>
+      </c>
+      <c r="B114" t="s">
+        <v>288</v>
+      </c>
+      <c r="C114" t="s">
+        <v>289</v>
+      </c>
+      <c r="D114"/>
+      <c r="E114" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" t="s">
+        <v>15</v>
+      </c>
+      <c r="G114" t="s">
+        <v>16</v>
+      </c>
+      <c r="H114" t="s">
+        <v>29</v>
+      </c>
+      <c r="I114" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9">
+      <c r="A115" t="s">
+        <v>290</v>
+      </c>
+      <c r="B115"/>
+      <c r="C115" t="s">
+        <v>290</v>
+      </c>
+      <c r="D115"/>
+      <c r="E115" t="s">
+        <v>14</v>
+      </c>
+      <c r="F115" t="s">
+        <v>15</v>
+      </c>
+      <c r="G115" t="s">
+        <v>16</v>
+      </c>
+      <c r="H115" t="s">
+        <v>29</v>
+      </c>
+      <c r="I115" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9">
+      <c r="A116" t="s">
+        <v>291</v>
+      </c>
+      <c r="B116" t="s">
+        <v>292</v>
+      </c>
+      <c r="C116" t="s">
+        <v>293</v>
+      </c>
+      <c r="D116"/>
+      <c r="E116" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" t="s">
+        <v>15</v>
+      </c>
+      <c r="G116" t="s">
+        <v>16</v>
+      </c>
+      <c r="H116" t="s">
+        <v>29</v>
+      </c>
+      <c r="I116" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9">
+      <c r="A117" t="s">
+        <v>294</v>
+      </c>
+      <c r="B117" t="s">
+        <v>295</v>
+      </c>
+      <c r="C117" t="s">
+        <v>294</v>
+      </c>
+      <c r="D117"/>
+      <c r="E117" t="s">
+        <v>14</v>
+      </c>
+      <c r="F117" t="s">
+        <v>15</v>
+      </c>
+      <c r="G117" t="s">
+        <v>16</v>
+      </c>
+      <c r="H117" t="s">
+        <v>17</v>
+      </c>
+      <c r="I117" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9">
+      <c r="A118" t="s">
+        <v>296</v>
+      </c>
+      <c r="B118" t="s">
+        <v>297</v>
+      </c>
+      <c r="C118" t="s">
+        <v>298</v>
+      </c>
+      <c r="D118"/>
+      <c r="E118" t="s">
+        <v>14</v>
+      </c>
+      <c r="F118" t="s">
+        <v>15</v>
+      </c>
+      <c r="G118" t="s">
+        <v>16</v>
+      </c>
+      <c r="H118" t="s">
+        <v>29</v>
+      </c>
+      <c r="I118" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9">
+      <c r="A119" t="s">
+        <v>299</v>
+      </c>
+      <c r="B119" t="s">
+        <v>300</v>
+      </c>
+      <c r="C119" t="s">
+        <v>299</v>
+      </c>
+      <c r="D119"/>
+      <c r="E119" t="s">
+        <v>14</v>
+      </c>
+      <c r="F119" t="s">
+        <v>15</v>
+      </c>
+      <c r="G119" t="s">
+        <v>16</v>
+      </c>
+      <c r="H119" t="s">
+        <v>17</v>
+      </c>
+      <c r="I119" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9">
+      <c r="A120" t="s">
+        <v>301</v>
+      </c>
+      <c r="B120" t="s">
+        <v>302</v>
+      </c>
+      <c r="C120" t="s">
+        <v>303</v>
+      </c>
+      <c r="D120"/>
+      <c r="E120" t="s">
+        <v>14</v>
+      </c>
+      <c r="F120" t="s">
+        <v>15</v>
+      </c>
+      <c r="G120" t="s">
+        <v>16</v>
+      </c>
+      <c r="H120" t="s">
+        <v>29</v>
+      </c>
+      <c r="I120" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9">
+      <c r="A121" t="s">
+        <v>304</v>
+      </c>
+      <c r="B121" t="s">
+        <v>305</v>
+      </c>
+      <c r="C121" t="s">
+        <v>306</v>
+      </c>
+      <c r="D121"/>
+      <c r="E121" t="s">
+        <v>14</v>
+      </c>
+      <c r="F121" t="s">
+        <v>15</v>
+      </c>
+      <c r="G121" t="s">
+        <v>16</v>
+      </c>
+      <c r="H121" t="s">
+        <v>29</v>
+      </c>
+      <c r="I121" t="s">
         <v>60</v>
       </c>
-      <c r="C23"/>
-[...360 lines deleted...]
-      <c r="B39" t="s">
+    </row>
+    <row r="122" spans="1:9">
+      <c r="A122" t="s">
+        <v>307</v>
+      </c>
+      <c r="B122" t="s">
+        <v>308</v>
+      </c>
+      <c r="C122" t="s">
+        <v>309</v>
+      </c>
+      <c r="D122"/>
+      <c r="E122" t="s">
+        <v>14</v>
+      </c>
+      <c r="F122" t="s">
+        <v>15</v>
+      </c>
+      <c r="G122" t="s">
+        <v>16</v>
+      </c>
+      <c r="H122" t="s">
+        <v>29</v>
+      </c>
+      <c r="I122" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9">
+      <c r="A123" t="s">
+        <v>310</v>
+      </c>
+      <c r="B123" t="s">
+        <v>311</v>
+      </c>
+      <c r="C123" t="s">
+        <v>312</v>
+      </c>
+      <c r="D123"/>
+      <c r="E123" t="s">
+        <v>14</v>
+      </c>
+      <c r="F123" t="s">
+        <v>15</v>
+      </c>
+      <c r="G123" t="s">
+        <v>16</v>
+      </c>
+      <c r="H123" t="s">
+        <v>17</v>
+      </c>
+      <c r="I123" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9">
+      <c r="A124" t="s">
+        <v>313</v>
+      </c>
+      <c r="B124"/>
+      <c r="C124" t="s">
+        <v>313</v>
+      </c>
+      <c r="D124"/>
+      <c r="E124" t="s">
+        <v>14</v>
+      </c>
+      <c r="F124" t="s">
+        <v>15</v>
+      </c>
+      <c r="G124" t="s">
+        <v>16</v>
+      </c>
+      <c r="H124" t="s">
+        <v>29</v>
+      </c>
+      <c r="I124" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9">
+      <c r="A125" t="s">
+        <v>314</v>
+      </c>
+      <c r="B125" t="s">
+        <v>315</v>
+      </c>
+      <c r="C125" t="s">
+        <v>316</v>
+      </c>
+      <c r="D125"/>
+      <c r="E125" t="s">
+        <v>14</v>
+      </c>
+      <c r="F125" t="s">
+        <v>15</v>
+      </c>
+      <c r="G125" t="s">
+        <v>16</v>
+      </c>
+      <c r="H125" t="s">
+        <v>17</v>
+      </c>
+      <c r="I125" t="s">
         <v>89</v>
       </c>
-      <c r="C39"/>
-[...2010 lines deleted...]
-    <row r="126" spans="1:8">
+    </row>
+    <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>239</v>
+        <v>317</v>
       </c>
       <c r="B126" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C126"/>
+        <v>318</v>
+      </c>
+      <c r="C126" t="s">
+        <v>317</v>
+      </c>
       <c r="D126"/>
       <c r="E126" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F126" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G126" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H126" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I126" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>241</v>
+        <v>319</v>
       </c>
       <c r="B127" t="s">
-        <v>242</v>
-[...4 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="C127" t="s">
+        <v>321</v>
+      </c>
+      <c r="D127"/>
       <c r="E127" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F127" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G127" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H127" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I127" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>243</v>
-[...8 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="B128" t="s">
+        <v>323</v>
+      </c>
+      <c r="C128" t="s">
+        <v>322</v>
+      </c>
+      <c r="D128"/>
+      <c r="E128"/>
       <c r="F128" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G128" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H128" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I128" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>245</v>
-[...5 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="B129" t="s">
+        <v>325</v>
+      </c>
+      <c r="C129" t="s">
+        <v>324</v>
+      </c>
+      <c r="D129"/>
       <c r="E129" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F129" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G129" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H129" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I129" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>246</v>
-[...7 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="B130"/>
+      <c r="C130" t="s">
+        <v>326</v>
+      </c>
+      <c r="D130"/>
       <c r="E130" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F130" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G130" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H130" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I130" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>248</v>
-[...7 lines deleted...]
-      </c>
+        <v>328</v>
+      </c>
+      <c r="B131"/>
+      <c r="C131" t="s">
+        <v>329</v>
+      </c>
+      <c r="D131"/>
       <c r="E131" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F131" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G131" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H131" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I131" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>250</v>
+        <v>330</v>
       </c>
       <c r="B132" t="s">
-        <v>251</v>
-[...4 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="C132" t="s">
+        <v>316</v>
+      </c>
+      <c r="D132"/>
       <c r="E132" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F132" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G132" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H132" t="s">
+        <v>29</v>
+      </c>
+      <c r="I132" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9">
+      <c r="A133" t="s">
+        <v>332</v>
+      </c>
+      <c r="B133" t="s">
+        <v>333</v>
+      </c>
+      <c r="C133" t="s">
+        <v>334</v>
+      </c>
+      <c r="D133"/>
+      <c r="E133" t="s">
+        <v>22</v>
+      </c>
+      <c r="F133" t="s">
+        <v>15</v>
+      </c>
+      <c r="G133" t="s">
+        <v>16</v>
+      </c>
+      <c r="H133" t="s">
+        <v>23</v>
+      </c>
+      <c r="I133" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9">
+      <c r="A134" t="s">
+        <v>335</v>
+      </c>
+      <c r="B134" t="s">
+        <v>336</v>
+      </c>
+      <c r="C134" t="s">
+        <v>316</v>
+      </c>
+      <c r="D134"/>
+      <c r="E134" t="s">
+        <v>14</v>
+      </c>
+      <c r="F134" t="s">
+        <v>15</v>
+      </c>
+      <c r="G134" t="s">
+        <v>16</v>
+      </c>
+      <c r="H134" t="s">
+        <v>29</v>
+      </c>
+      <c r="I134" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9">
+      <c r="A135" t="s">
+        <v>337</v>
+      </c>
+      <c r="B135" t="s">
+        <v>338</v>
+      </c>
+      <c r="C135" t="s">
+        <v>339</v>
+      </c>
+      <c r="D135"/>
+      <c r="E135" t="s">
+        <v>22</v>
+      </c>
+      <c r="F135" t="s">
+        <v>15</v>
+      </c>
+      <c r="G135" t="s">
+        <v>16</v>
+      </c>
+      <c r="H135" t="s">
+        <v>23</v>
+      </c>
+      <c r="I135" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9">
+      <c r="A136" t="s">
+        <v>340</v>
+      </c>
+      <c r="B136" t="s">
+        <v>341</v>
+      </c>
+      <c r="C136" t="s">
+        <v>342</v>
+      </c>
+      <c r="D136"/>
+      <c r="E136" t="s">
+        <v>14</v>
+      </c>
+      <c r="F136" t="s">
+        <v>15</v>
+      </c>
+      <c r="G136" t="s">
+        <v>16</v>
+      </c>
+      <c r="H136" t="s">
+        <v>29</v>
+      </c>
+      <c r="I136" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9">
+      <c r="A137" t="s">
+        <v>343</v>
+      </c>
+      <c r="B137" t="s">
+        <v>344</v>
+      </c>
+      <c r="C137" t="s">
+        <v>345</v>
+      </c>
+      <c r="D137"/>
+      <c r="E137" t="s">
+        <v>14</v>
+      </c>
+      <c r="F137" t="s">
+        <v>15</v>
+      </c>
+      <c r="G137" t="s">
+        <v>16</v>
+      </c>
+      <c r="H137" t="s">
+        <v>29</v>
+      </c>
+      <c r="I137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9">
+      <c r="A138" t="s">
+        <v>346</v>
+      </c>
+      <c r="B138" t="s">
+        <v>347</v>
+      </c>
+      <c r="C138" t="s">
+        <v>346</v>
+      </c>
+      <c r="D138"/>
+      <c r="E138" t="s">
+        <v>14</v>
+      </c>
+      <c r="F138" t="s">
+        <v>15</v>
+      </c>
+      <c r="G138" t="s">
+        <v>16</v>
+      </c>
+      <c r="H138" t="s">
+        <v>29</v>
+      </c>
+      <c r="I138" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9">
+      <c r="A139" t="s">
+        <v>349</v>
+      </c>
+      <c r="B139" t="s">
+        <v>350</v>
+      </c>
+      <c r="C139" t="s">
+        <v>334</v>
+      </c>
+      <c r="D139"/>
+      <c r="E139" t="s">
+        <v>14</v>
+      </c>
+      <c r="F139" t="s">
+        <v>15</v>
+      </c>
+      <c r="G139" t="s">
+        <v>16</v>
+      </c>
+      <c r="H139" t="s">
+        <v>17</v>
+      </c>
+      <c r="I139" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9">
+      <c r="A140" t="s">
+        <v>351</v>
+      </c>
+      <c r="B140" t="s">
+        <v>352</v>
+      </c>
+      <c r="C140" t="s">
+        <v>316</v>
+      </c>
+      <c r="D140"/>
+      <c r="E140" t="s">
+        <v>14</v>
+      </c>
+      <c r="F140" t="s">
+        <v>15</v>
+      </c>
+      <c r="G140" t="s">
+        <v>16</v>
+      </c>
+      <c r="H140" t="s">
+        <v>17</v>
+      </c>
+      <c r="I140" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9">
+      <c r="A141" t="s">
+        <v>353</v>
+      </c>
+      <c r="B141"/>
+      <c r="C141" t="s">
+        <v>354</v>
+      </c>
+      <c r="D141"/>
+      <c r="E141" t="s">
+        <v>14</v>
+      </c>
+      <c r="F141" t="s">
+        <v>15</v>
+      </c>
+      <c r="G141" t="s">
+        <v>16</v>
+      </c>
+      <c r="H141" t="s">
+        <v>29</v>
+      </c>
+      <c r="I141" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="133" spans="1:8">
-[...211 lines deleted...]
-    <row r="142" spans="1:8">
+    <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>270</v>
-[...5 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="B142" t="s">
+        <v>356</v>
+      </c>
+      <c r="C142" t="s">
+        <v>357</v>
+      </c>
+      <c r="D142"/>
       <c r="E142" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F142" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G142" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H142" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I142" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>271</v>
+        <v>359</v>
       </c>
       <c r="B143"/>
-      <c r="C143"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C143" t="s">
+        <v>360</v>
+      </c>
+      <c r="D143"/>
       <c r="E143" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F143" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G143" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H143" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I143" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>272</v>
+        <v>361</v>
       </c>
       <c r="B144"/>
-      <c r="C144"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C144" t="s">
+        <v>362</v>
+      </c>
+      <c r="D144"/>
       <c r="E144" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F144" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G144" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-    <row r="145" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H144" t="s">
+        <v>29</v>
+      </c>
+      <c r="I144" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>273</v>
-[...7 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="B145"/>
+      <c r="C145" t="s">
+        <v>364</v>
+      </c>
+      <c r="D145"/>
       <c r="E145" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F145" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G145" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H145" t="s">
+        <v>29</v>
+      </c>
+      <c r="I145" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9">
+      <c r="A146" t="s">
+        <v>365</v>
+      </c>
+      <c r="B146"/>
+      <c r="C146" t="s">
+        <v>365</v>
+      </c>
+      <c r="D146"/>
+      <c r="E146" t="s">
+        <v>22</v>
+      </c>
+      <c r="F146" t="s">
+        <v>15</v>
+      </c>
+      <c r="G146" t="s">
+        <v>16</v>
+      </c>
+      <c r="H146" t="s">
+        <v>23</v>
+      </c>
+      <c r="I146"/>
+    </row>
+    <row r="147" spans="1:9">
+      <c r="A147" t="s">
+        <v>366</v>
+      </c>
+      <c r="B147" t="s">
+        <v>367</v>
+      </c>
+      <c r="C147" t="s">
+        <v>329</v>
+      </c>
+      <c r="D147"/>
+      <c r="E147" t="s">
+        <v>14</v>
+      </c>
+      <c r="F147" t="s">
+        <v>15</v>
+      </c>
+      <c r="G147" t="s">
+        <v>16</v>
+      </c>
+      <c r="H147" t="s">
+        <v>29</v>
+      </c>
+      <c r="I147" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9">
+      <c r="A148" t="s">
+        <v>368</v>
+      </c>
+      <c r="B148" t="s">
+        <v>369</v>
+      </c>
+      <c r="C148" t="s">
+        <v>370</v>
+      </c>
+      <c r="D148"/>
+      <c r="E148" t="s">
+        <v>14</v>
+      </c>
+      <c r="F148" t="s">
+        <v>15</v>
+      </c>
+      <c r="G148" t="s">
+        <v>16</v>
+      </c>
+      <c r="H148" t="s">
+        <v>29</v>
+      </c>
+      <c r="I148" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9">
+      <c r="A149" t="s">
+        <v>371</v>
+      </c>
+      <c r="B149" t="s">
+        <v>372</v>
+      </c>
+      <c r="C149" t="s">
+        <v>316</v>
+      </c>
+      <c r="D149"/>
+      <c r="E149" t="s">
+        <v>14</v>
+      </c>
+      <c r="F149" t="s">
+        <v>15</v>
+      </c>
+      <c r="G149" t="s">
+        <v>16</v>
+      </c>
+      <c r="H149" t="s">
+        <v>23</v>
+      </c>
+      <c r="I149" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9">
+      <c r="A150" t="s">
+        <v>373</v>
+      </c>
+      <c r="B150" t="s">
+        <v>374</v>
+      </c>
+      <c r="C150" t="s">
+        <v>375</v>
+      </c>
+      <c r="D150"/>
+      <c r="E150"/>
+      <c r="F150"/>
+      <c r="G150" t="s">
+        <v>16</v>
+      </c>
+      <c r="H150"/>
+      <c r="I150" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9">
+      <c r="A151" t="s">
+        <v>376</v>
+      </c>
+      <c r="B151"/>
+      <c r="C151" t="s">
+        <v>376</v>
+      </c>
+      <c r="D151"/>
+      <c r="E151" t="s">
+        <v>14</v>
+      </c>
+      <c r="F151" t="s">
+        <v>15</v>
+      </c>
+      <c r="G151" t="s">
+        <v>16</v>
+      </c>
+      <c r="H151" t="s">
+        <v>29</v>
+      </c>
+      <c r="I151" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9">
+      <c r="A152" t="s">
+        <v>377</v>
+      </c>
+      <c r="B152" t="s">
+        <v>378</v>
+      </c>
+      <c r="C152" t="s">
+        <v>379</v>
+      </c>
+      <c r="D152"/>
+      <c r="E152" t="s">
+        <v>14</v>
+      </c>
+      <c r="F152" t="s">
+        <v>15</v>
+      </c>
+      <c r="G152" t="s">
+        <v>16</v>
+      </c>
+      <c r="H152" t="s">
+        <v>29</v>
+      </c>
+      <c r="I152" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9">
+      <c r="A153" t="s">
+        <v>380</v>
+      </c>
+      <c r="B153" t="s">
+        <v>381</v>
+      </c>
+      <c r="C153" t="s">
+        <v>316</v>
+      </c>
+      <c r="D153"/>
+      <c r="E153" t="s">
+        <v>14</v>
+      </c>
+      <c r="F153" t="s">
+        <v>15</v>
+      </c>
+      <c r="G153" t="s">
+        <v>16</v>
+      </c>
+      <c r="H153" t="s">
+        <v>17</v>
+      </c>
+      <c r="I153" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9">
+      <c r="A154" t="s">
+        <v>382</v>
+      </c>
+      <c r="B154" t="s">
+        <v>383</v>
+      </c>
+      <c r="C154" t="s">
+        <v>329</v>
+      </c>
+      <c r="D154"/>
+      <c r="E154" t="s">
+        <v>14</v>
+      </c>
+      <c r="F154" t="s">
+        <v>15</v>
+      </c>
+      <c r="G154" t="s">
+        <v>16</v>
+      </c>
+      <c r="H154" t="s">
+        <v>29</v>
+      </c>
+      <c r="I154" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9">
+      <c r="A155" t="s">
+        <v>384</v>
+      </c>
+      <c r="B155" t="s">
+        <v>385</v>
+      </c>
+      <c r="C155" t="s">
+        <v>386</v>
+      </c>
+      <c r="D155"/>
+      <c r="E155" t="s">
+        <v>14</v>
+      </c>
+      <c r="F155" t="s">
+        <v>15</v>
+      </c>
+      <c r="G155" t="s">
+        <v>16</v>
+      </c>
+      <c r="H155" t="s">
+        <v>29</v>
+      </c>
+      <c r="I155" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9">
+      <c r="A156" t="s">
+        <v>387</v>
+      </c>
+      <c r="B156"/>
+      <c r="C156" t="s">
+        <v>388</v>
+      </c>
+      <c r="D156"/>
+      <c r="E156" t="s">
+        <v>14</v>
+      </c>
+      <c r="F156" t="s">
+        <v>15</v>
+      </c>
+      <c r="G156" t="s">
+        <v>16</v>
+      </c>
+      <c r="H156" t="s">
+        <v>17</v>
+      </c>
+      <c r="I156" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9">
+      <c r="A157" t="s">
+        <v>389</v>
+      </c>
+      <c r="B157" t="s">
+        <v>390</v>
+      </c>
+      <c r="C157" t="s">
+        <v>391</v>
+      </c>
+      <c r="D157"/>
+      <c r="E157" t="s">
+        <v>22</v>
+      </c>
+      <c r="F157" t="s">
+        <v>15</v>
+      </c>
+      <c r="G157" t="s">
+        <v>16</v>
+      </c>
+      <c r="H157" t="s">
+        <v>38</v>
+      </c>
+      <c r="I157" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9">
+      <c r="A158" t="s">
+        <v>392</v>
+      </c>
+      <c r="B158" t="s">
+        <v>393</v>
+      </c>
+      <c r="C158" t="s">
+        <v>394</v>
+      </c>
+      <c r="D158"/>
+      <c r="E158" t="s">
+        <v>14</v>
+      </c>
+      <c r="F158" t="s">
+        <v>15</v>
+      </c>
+      <c r="G158" t="s">
+        <v>16</v>
+      </c>
+      <c r="H158" t="s">
+        <v>17</v>
+      </c>
+      <c r="I158" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9">
+      <c r="A159" t="s">
+        <v>395</v>
+      </c>
+      <c r="B159" t="s">
+        <v>396</v>
+      </c>
+      <c r="C159" t="s">
+        <v>329</v>
+      </c>
+      <c r="D159"/>
+      <c r="E159" t="s">
+        <v>14</v>
+      </c>
+      <c r="F159" t="s">
+        <v>15</v>
+      </c>
+      <c r="G159" t="s">
+        <v>16</v>
+      </c>
+      <c r="H159" t="s">
+        <v>29</v>
+      </c>
+      <c r="I159" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9">
+      <c r="A160" t="s">
+        <v>397</v>
+      </c>
+      <c r="B160" t="s">
+        <v>398</v>
+      </c>
+      <c r="C160" t="s">
+        <v>399</v>
+      </c>
+      <c r="D160"/>
+      <c r="E160" t="s">
+        <v>22</v>
+      </c>
+      <c r="F160" t="s">
+        <v>15</v>
+      </c>
+      <c r="G160" t="s">
+        <v>16</v>
+      </c>
+      <c r="H160" t="s">
+        <v>29</v>
+      </c>
+      <c r="I160" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9">
+      <c r="A161" t="s">
+        <v>400</v>
+      </c>
+      <c r="B161" t="s">
+        <v>401</v>
+      </c>
+      <c r="C161" t="s">
+        <v>402</v>
+      </c>
+      <c r="D161"/>
+      <c r="E161" t="s">
+        <v>22</v>
+      </c>
+      <c r="F161" t="s">
+        <v>15</v>
+      </c>
+      <c r="G161" t="s">
+        <v>16</v>
+      </c>
+      <c r="H161" t="s">
+        <v>38</v>
+      </c>
+      <c r="I161" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9">
+      <c r="A162" t="s">
+        <v>403</v>
+      </c>
+      <c r="B162"/>
+      <c r="C162" t="s">
+        <v>404</v>
+      </c>
+      <c r="D162"/>
+      <c r="E162" t="s">
+        <v>14</v>
+      </c>
+      <c r="F162" t="s">
+        <v>15</v>
+      </c>
+      <c r="G162" t="s">
+        <v>16</v>
+      </c>
+      <c r="H162" t="s">
+        <v>29</v>
+      </c>
+      <c r="I162" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9">
+      <c r="A163" t="s">
+        <v>405</v>
+      </c>
+      <c r="B163" t="s">
+        <v>406</v>
+      </c>
+      <c r="C163" t="s">
+        <v>407</v>
+      </c>
+      <c r="D163"/>
+      <c r="E163" t="s">
+        <v>14</v>
+      </c>
+      <c r="F163" t="s">
+        <v>15</v>
+      </c>
+      <c r="G163" t="s">
+        <v>16</v>
+      </c>
+      <c r="H163" t="s">
+        <v>29</v>
+      </c>
+      <c r="I163" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9">
+      <c r="A164" t="s">
+        <v>408</v>
+      </c>
+      <c r="B164" t="s">
+        <v>409</v>
+      </c>
+      <c r="C164" t="s">
+        <v>410</v>
+      </c>
+      <c r="D164"/>
+      <c r="E164" t="s">
+        <v>22</v>
+      </c>
+      <c r="F164" t="s">
+        <v>15</v>
+      </c>
+      <c r="G164" t="s">
+        <v>16</v>
+      </c>
+      <c r="H164" t="s">
+        <v>17</v>
+      </c>
+      <c r="I164" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9">
+      <c r="A165" t="s">
+        <v>411</v>
+      </c>
+      <c r="B165" t="s">
+        <v>412</v>
+      </c>
+      <c r="C165" t="s">
+        <v>413</v>
+      </c>
+      <c r="D165"/>
+      <c r="E165" t="s">
+        <v>22</v>
+      </c>
+      <c r="F165" t="s">
+        <v>15</v>
+      </c>
+      <c r="G165" t="s">
+        <v>16</v>
+      </c>
+      <c r="H165" t="s">
+        <v>17</v>
+      </c>
+      <c r="I165" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9">
+      <c r="A166" t="s">
+        <v>414</v>
+      </c>
+      <c r="B166" t="s">
+        <v>415</v>
+      </c>
+      <c r="C166" t="s">
+        <v>414</v>
+      </c>
+      <c r="D166"/>
+      <c r="E166" t="s">
+        <v>14</v>
+      </c>
+      <c r="F166" t="s">
+        <v>15</v>
+      </c>
+      <c r="G166" t="s">
+        <v>16</v>
+      </c>
+      <c r="H166" t="s">
+        <v>29</v>
+      </c>
+      <c r="I166" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9">
+      <c r="A167" t="s">
+        <v>416</v>
+      </c>
+      <c r="B167" t="s">
+        <v>417</v>
+      </c>
+      <c r="C167" t="s">
+        <v>418</v>
+      </c>
+      <c r="D167"/>
+      <c r="E167" t="s">
+        <v>14</v>
+      </c>
+      <c r="F167" t="s">
+        <v>15</v>
+      </c>
+      <c r="G167" t="s">
+        <v>16</v>
+      </c>
+      <c r="H167" t="s">
+        <v>29</v>
+      </c>
+      <c r="I167" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9">
+      <c r="A168" t="s">
+        <v>419</v>
+      </c>
+      <c r="B168" t="s">
+        <v>420</v>
+      </c>
+      <c r="C168" t="s">
+        <v>421</v>
+      </c>
+      <c r="D168"/>
+      <c r="E168" t="s">
+        <v>14</v>
+      </c>
+      <c r="F168" t="s">
+        <v>15</v>
+      </c>
+      <c r="G168" t="s">
+        <v>16</v>
+      </c>
+      <c r="H168" t="s">
+        <v>29</v>
+      </c>
+      <c r="I168" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9">
+      <c r="A169" t="s">
+        <v>422</v>
+      </c>
+      <c r="B169"/>
+      <c r="C169" t="s">
+        <v>423</v>
+      </c>
+      <c r="D169"/>
+      <c r="E169" t="s">
+        <v>14</v>
+      </c>
+      <c r="F169" t="s">
+        <v>15</v>
+      </c>
+      <c r="G169" t="s">
+        <v>16</v>
+      </c>
+      <c r="H169" t="s">
+        <v>29</v>
+      </c>
+      <c r="I169" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9">
+      <c r="A170" t="s">
+        <v>424</v>
+      </c>
+      <c r="B170" t="s">
+        <v>425</v>
+      </c>
+      <c r="C170" t="s">
+        <v>426</v>
+      </c>
+      <c r="D170"/>
+      <c r="E170" t="s">
+        <v>14</v>
+      </c>
+      <c r="F170" t="s">
+        <v>15</v>
+      </c>
+      <c r="G170" t="s">
+        <v>16</v>
+      </c>
+      <c r="H170" t="s">
+        <v>29</v>
+      </c>
+      <c r="I170" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9">
+      <c r="A171" t="s">
+        <v>427</v>
+      </c>
+      <c r="B171"/>
+      <c r="C171" t="s">
+        <v>428</v>
+      </c>
+      <c r="D171"/>
+      <c r="E171" t="s">
+        <v>14</v>
+      </c>
+      <c r="F171" t="s">
+        <v>15</v>
+      </c>
+      <c r="G171" t="s">
+        <v>16</v>
+      </c>
+      <c r="H171" t="s">
+        <v>29</v>
+      </c>
+      <c r="I171" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="146" spans="1:8">
-[...607 lines deleted...]
-    <row r="172" spans="1:8">
+    <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>322</v>
+        <v>429</v>
       </c>
       <c r="B172" t="s">
-        <v>323</v>
-[...4 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="C172" t="s">
+        <v>431</v>
+      </c>
+      <c r="D172"/>
       <c r="E172" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F172" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G172"/>
+        <v>15</v>
+      </c>
+      <c r="G172" t="s">
+        <v>16</v>
+      </c>
       <c r="H172" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I172" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>324</v>
+        <v>432</v>
       </c>
       <c r="B173" t="s">
-        <v>325</v>
-[...4 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="C173" t="s">
+        <v>434</v>
+      </c>
+      <c r="D173"/>
       <c r="E173" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F173" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G173" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H173" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I173" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9">
       <c r="A174" t="s">
-        <v>326</v>
+        <v>435</v>
       </c>
       <c r="B174" t="s">
-        <v>327</v>
-[...4 lines deleted...]
-      </c>
+        <v>436</v>
+      </c>
+      <c r="C174" t="s">
+        <v>437</v>
+      </c>
+      <c r="D174"/>
       <c r="E174" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F174" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G174" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-    <row r="175" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H174"/>
+      <c r="I174" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9">
       <c r="A175" t="s">
-        <v>328</v>
+        <v>438</v>
       </c>
       <c r="B175" t="s">
+        <v>439</v>
+      </c>
+      <c r="C175" t="s">
+        <v>426</v>
+      </c>
+      <c r="D175"/>
+      <c r="E175" t="s">
+        <v>14</v>
+      </c>
+      <c r="F175" t="s">
+        <v>15</v>
+      </c>
+      <c r="G175" t="s">
+        <v>16</v>
+      </c>
+      <c r="H175" t="s">
+        <v>29</v>
+      </c>
+      <c r="I175" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9">
+      <c r="A176" t="s">
+        <v>440</v>
+      </c>
+      <c r="B176" t="s">
+        <v>441</v>
+      </c>
+      <c r="C176" t="s">
+        <v>440</v>
+      </c>
+      <c r="D176"/>
+      <c r="E176" t="s">
+        <v>14</v>
+      </c>
+      <c r="F176" t="s">
+        <v>15</v>
+      </c>
+      <c r="G176" t="s">
+        <v>16</v>
+      </c>
+      <c r="H176" t="s">
+        <v>29</v>
+      </c>
+      <c r="I176" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9">
+      <c r="A177" t="s">
+        <v>442</v>
+      </c>
+      <c r="B177" t="s">
+        <v>443</v>
+      </c>
+      <c r="C177" t="s">
+        <v>444</v>
+      </c>
+      <c r="D177"/>
+      <c r="E177" t="s">
+        <v>14</v>
+      </c>
+      <c r="F177" t="s">
+        <v>15</v>
+      </c>
+      <c r="G177" t="s">
+        <v>16</v>
+      </c>
+      <c r="H177" t="s">
+        <v>29</v>
+      </c>
+      <c r="I177" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9">
+      <c r="A178" t="s">
+        <v>445</v>
+      </c>
+      <c r="B178" t="s">
+        <v>446</v>
+      </c>
+      <c r="C178" t="s">
+        <v>447</v>
+      </c>
+      <c r="D178"/>
+      <c r="E178" t="s">
+        <v>14</v>
+      </c>
+      <c r="F178" t="s">
+        <v>15</v>
+      </c>
+      <c r="G178" t="s">
+        <v>16</v>
+      </c>
+      <c r="H178" t="s">
+        <v>17</v>
+      </c>
+      <c r="I178" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9">
+      <c r="A179" t="s">
+        <v>448</v>
+      </c>
+      <c r="B179" t="s">
+        <v>449</v>
+      </c>
+      <c r="C179" t="s">
+        <v>444</v>
+      </c>
+      <c r="D179"/>
+      <c r="E179" t="s">
+        <v>14</v>
+      </c>
+      <c r="F179" t="s">
+        <v>450</v>
+      </c>
+      <c r="G179" t="s">
+        <v>16</v>
+      </c>
+      <c r="H179" t="s">
+        <v>29</v>
+      </c>
+      <c r="I179" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9">
+      <c r="A180" t="s">
+        <v>451</v>
+      </c>
+      <c r="B180" t="s">
+        <v>452</v>
+      </c>
+      <c r="C180" t="s">
+        <v>453</v>
+      </c>
+      <c r="D180"/>
+      <c r="E180" t="s">
+        <v>14</v>
+      </c>
+      <c r="F180" t="s">
+        <v>450</v>
+      </c>
+      <c r="G180" t="s">
+        <v>16</v>
+      </c>
+      <c r="H180" t="s">
+        <v>17</v>
+      </c>
+      <c r="I180" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9">
+      <c r="A181" t="s">
+        <v>454</v>
+      </c>
+      <c r="B181" t="s">
+        <v>455</v>
+      </c>
+      <c r="C181" t="s">
         <v>329</v>
       </c>
-      <c r="C175"/>
-[...146 lines deleted...]
-      </c>
+      <c r="D181"/>
       <c r="E181" t="s">
-        <v>334</v>
+        <v>14</v>
       </c>
       <c r="F181" t="s">
-        <v>14</v>
+        <v>450</v>
       </c>
       <c r="G181" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H181" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I181" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9">
       <c r="A182" t="s">
-        <v>343</v>
-[...5 lines deleted...]
-      </c>
+        <v>456</v>
+      </c>
+      <c r="B182" t="s">
+        <v>457</v>
+      </c>
+      <c r="C182" t="s">
+        <v>329</v>
+      </c>
+      <c r="D182"/>
       <c r="E182" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F182" t="s">
-        <v>14</v>
+        <v>450</v>
       </c>
       <c r="G182" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H182" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I182" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9">
       <c r="A183" t="s">
-        <v>344</v>
+        <v>458</v>
       </c>
       <c r="B183" t="s">
-        <v>345</v>
-[...4 lines deleted...]
-      </c>
+        <v>459</v>
+      </c>
+      <c r="C183" t="s">
+        <v>329</v>
+      </c>
+      <c r="D183"/>
       <c r="E183" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F183" t="s">
-        <v>14</v>
+        <v>450</v>
       </c>
       <c r="G183" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H183" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I183" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9">
       <c r="A184" t="s">
-        <v>346</v>
-[...7 lines deleted...]
-      </c>
+        <v>460</v>
+      </c>
+      <c r="B184"/>
+      <c r="C184" t="s">
+        <v>329</v>
+      </c>
+      <c r="D184"/>
       <c r="E184" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F184" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G184" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H184" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I184" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9">
       <c r="A185" t="s">
-        <v>348</v>
+        <v>461</v>
       </c>
       <c r="B185" t="s">
-        <v>349</v>
-[...4 lines deleted...]
-      </c>
+        <v>462</v>
+      </c>
+      <c r="C185" t="s">
+        <v>463</v>
+      </c>
+      <c r="D185"/>
       <c r="E185" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F185" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G185" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H185" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I185" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>350</v>
+        <v>464</v>
       </c>
       <c r="B186" t="s">
-        <v>351</v>
-[...4 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="C186" t="s">
+        <v>466</v>
+      </c>
+      <c r="D186"/>
       <c r="E186" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F186" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G186" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H186" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I186" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>352</v>
+        <v>467</v>
       </c>
       <c r="B187" t="s">
-        <v>353</v>
-[...4 lines deleted...]
-      </c>
+        <v>468</v>
+      </c>
+      <c r="C187" t="s">
+        <v>469</v>
+      </c>
+      <c r="D187"/>
       <c r="E187" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F187" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G187" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H187" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I187" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>354</v>
+        <v>470</v>
       </c>
       <c r="B188" t="s">
-        <v>355</v>
-[...4 lines deleted...]
-      </c>
+        <v>471</v>
+      </c>
+      <c r="C188" t="s">
+        <v>472</v>
+      </c>
+      <c r="D188"/>
       <c r="E188" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F188" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G188" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H188" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I188" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="B189" t="s">
+        <v>474</v>
+      </c>
+      <c r="C189" t="s">
+        <v>473</v>
+      </c>
+      <c r="D189"/>
       <c r="E189" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F189" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G189" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H189" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I189" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9">
       <c r="A190" t="s">
-        <v>357</v>
+        <v>475</v>
       </c>
       <c r="B190" t="s">
+        <v>476</v>
+      </c>
+      <c r="C190" t="s">
+        <v>477</v>
+      </c>
+      <c r="D190"/>
+      <c r="E190" t="s">
+        <v>14</v>
+      </c>
+      <c r="F190" t="s">
+        <v>15</v>
+      </c>
+      <c r="G190" t="s">
+        <v>16</v>
+      </c>
+      <c r="H190" t="s">
+        <v>17</v>
+      </c>
+      <c r="I190" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9">
+      <c r="A191" t="s">
+        <v>478</v>
+      </c>
+      <c r="B191"/>
+      <c r="C191" t="s">
+        <v>479</v>
+      </c>
+      <c r="D191"/>
+      <c r="E191" t="s">
+        <v>14</v>
+      </c>
+      <c r="F191" t="s">
+        <v>15</v>
+      </c>
+      <c r="G191" t="s">
+        <v>16</v>
+      </c>
+      <c r="H191" t="s">
+        <v>29</v>
+      </c>
+      <c r="I191" t="s">
         <v>358</v>
       </c>
-      <c r="C190"/>
-[...40 lines deleted...]
-    <row r="192" spans="1:8">
+    </row>
+    <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>361</v>
+        <v>480</v>
       </c>
       <c r="B192" t="s">
-        <v>362</v>
-[...4 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="C192" t="s">
+        <v>482</v>
+      </c>
+      <c r="D192"/>
       <c r="E192" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F192" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G192" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H192" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I192" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>363</v>
-[...5 lines deleted...]
-      </c>
+        <v>483</v>
+      </c>
+      <c r="B193" t="s">
+        <v>484</v>
+      </c>
+      <c r="C193" t="s">
+        <v>485</v>
+      </c>
+      <c r="D193"/>
       <c r="E193" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F193" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G193" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H193" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I193" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>365</v>
-[...5 lines deleted...]
-      </c>
+        <v>486</v>
+      </c>
+      <c r="B194" t="s">
+        <v>487</v>
+      </c>
+      <c r="C194" t="s">
+        <v>486</v>
+      </c>
+      <c r="D194"/>
       <c r="E194" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F194" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G194" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H194" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I194" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>366</v>
-[...7 lines deleted...]
-      </c>
+        <v>488</v>
+      </c>
+      <c r="B195"/>
+      <c r="C195" t="s">
+        <v>488</v>
+      </c>
+      <c r="D195"/>
       <c r="E195" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F195" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G195" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H195" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I195" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>368</v>
-[...7 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="B196"/>
+      <c r="C196" t="s">
+        <v>491</v>
+      </c>
+      <c r="D196"/>
       <c r="E196" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F196" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G196" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H196" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I196" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>370</v>
+        <v>492</v>
       </c>
       <c r="B197" t="s">
-        <v>371</v>
-[...4 lines deleted...]
-      </c>
+        <v>493</v>
+      </c>
+      <c r="C197" t="s">
+        <v>492</v>
+      </c>
+      <c r="D197"/>
       <c r="E197" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F197" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G197" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H197" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I197" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>372</v>
+        <v>494</v>
       </c>
       <c r="B198" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="C198" t="s">
+        <v>496</v>
+      </c>
+      <c r="D198"/>
       <c r="E198" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F198" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G198" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H198" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I198" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9">
       <c r="A199" t="s">
-        <v>374</v>
+        <v>497</v>
       </c>
       <c r="B199" t="s">
-        <v>375</v>
-[...4 lines deleted...]
-      </c>
+        <v>498</v>
+      </c>
+      <c r="C199" t="s">
+        <v>499</v>
+      </c>
+      <c r="D199"/>
       <c r="E199" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F199" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G199" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H199" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I199" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9">
       <c r="A200" t="s">
-        <v>376</v>
+        <v>500</v>
       </c>
       <c r="B200" t="s">
-        <v>377</v>
-[...4 lines deleted...]
-      </c>
+        <v>501</v>
+      </c>
+      <c r="C200" t="s">
+        <v>502</v>
+      </c>
+      <c r="D200"/>
       <c r="E200" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F200" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G200" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H200" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I200" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>378</v>
+        <v>503</v>
       </c>
       <c r="B201" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="C201" t="s">
+        <v>505</v>
+      </c>
+      <c r="D201"/>
       <c r="E201" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F201" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G201" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H201" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I201" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>380</v>
+        <v>506</v>
       </c>
       <c r="B202" t="s">
-        <v>381</v>
-[...4 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="C202" t="s">
+        <v>508</v>
+      </c>
+      <c r="D202"/>
       <c r="E202" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F202" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G202" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H202" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I202" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>382</v>
+        <v>509</v>
       </c>
       <c r="B203" t="s">
-        <v>383</v>
-[...4 lines deleted...]
-      </c>
+        <v>510</v>
+      </c>
+      <c r="C203" t="s">
+        <v>511</v>
+      </c>
+      <c r="D203"/>
       <c r="E203" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F203" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G203" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H203" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I203" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>384</v>
-[...5 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="B204" t="s">
+        <v>513</v>
+      </c>
+      <c r="C204" t="s">
+        <v>514</v>
+      </c>
+      <c r="D204"/>
       <c r="E204" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F204" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G204" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H204" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I204" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>385</v>
+        <v>515</v>
       </c>
       <c r="B205" t="s">
-        <v>386</v>
-[...4 lines deleted...]
-      </c>
+        <v>516</v>
+      </c>
+      <c r="C205" t="s">
+        <v>515</v>
+      </c>
+      <c r="D205"/>
       <c r="E205" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F205" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G205" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H205" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I205" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>387</v>
-[...7 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="B206"/>
+      <c r="C206" t="s">
+        <v>518</v>
+      </c>
+      <c r="D206"/>
       <c r="E206" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F206" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G206" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H206" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I206" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>389</v>
+        <v>519</v>
       </c>
       <c r="B207" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="C207"/>
+        <v>520</v>
+      </c>
+      <c r="C207" t="s">
+        <v>519</v>
+      </c>
       <c r="D207"/>
-      <c r="E207"/>
+      <c r="E207" t="s">
+        <v>14</v>
+      </c>
       <c r="F207" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G207"/>
+        <v>15</v>
+      </c>
+      <c r="G207" t="s">
+        <v>16</v>
+      </c>
       <c r="H207" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I207" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>391</v>
+        <v>521</v>
       </c>
       <c r="B208" t="s">
-        <v>392</v>
-[...4 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="C208" t="s">
+        <v>523</v>
+      </c>
+      <c r="D208"/>
       <c r="E208" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F208" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G208" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H208" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I208" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>393</v>
+        <v>524</v>
       </c>
       <c r="B209" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="C209"/>
+        <v>525</v>
+      </c>
+      <c r="C209" t="s">
+        <v>526</v>
+      </c>
       <c r="D209"/>
       <c r="E209"/>
-      <c r="F209" t="s">
-[...7 lines deleted...]
-    <row r="210" spans="1:8">
+      <c r="F209"/>
+      <c r="G209" t="s">
+        <v>16</v>
+      </c>
+      <c r="H209"/>
+      <c r="I209" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9">
       <c r="A210" t="s">
-        <v>395</v>
+        <v>527</v>
       </c>
       <c r="B210" t="s">
-        <v>396</v>
-[...4 lines deleted...]
-      </c>
+        <v>528</v>
+      </c>
+      <c r="C210" t="s">
+        <v>527</v>
+      </c>
+      <c r="D210"/>
       <c r="E210" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F210" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G210" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H210" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I210" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>397</v>
+        <v>529</v>
       </c>
       <c r="B211" t="s">
-        <v>398</v>
-[...10 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="C211" t="s">
+        <v>531</v>
+      </c>
+      <c r="D211"/>
+      <c r="E211"/>
+      <c r="F211"/>
       <c r="G211" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="212" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H211"/>
+      <c r="I211" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>399</v>
+        <v>532</v>
       </c>
       <c r="B212" t="s">
-        <v>400</v>
-[...4 lines deleted...]
-      </c>
+        <v>533</v>
+      </c>
+      <c r="C212" t="s">
+        <v>534</v>
+      </c>
+      <c r="D212"/>
       <c r="E212" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F212" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G212" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H212" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I212" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>401</v>
-[...5 lines deleted...]
-      </c>
+        <v>535</v>
+      </c>
+      <c r="B213" t="s">
+        <v>536</v>
+      </c>
+      <c r="C213" t="s">
+        <v>537</v>
+      </c>
+      <c r="D213"/>
       <c r="E213" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F213" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G213" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H213" t="s">
+        <v>17</v>
+      </c>
+      <c r="I213" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9">
+      <c r="A214" t="s">
+        <v>538</v>
+      </c>
+      <c r="B214" t="s">
+        <v>539</v>
+      </c>
+      <c r="C214" t="s">
+        <v>538</v>
+      </c>
+      <c r="D214"/>
+      <c r="E214" t="s">
+        <v>22</v>
+      </c>
+      <c r="F214" t="s">
+        <v>15</v>
+      </c>
+      <c r="G214" t="s">
+        <v>16</v>
+      </c>
+      <c r="H214" t="s">
+        <v>29</v>
+      </c>
+      <c r="I214" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9">
+      <c r="A215" t="s">
+        <v>540</v>
+      </c>
+      <c r="B215"/>
+      <c r="C215" t="s">
+        <v>540</v>
+      </c>
+      <c r="D215"/>
+      <c r="E215" t="s">
+        <v>14</v>
+      </c>
+      <c r="F215" t="s">
+        <v>15</v>
+      </c>
+      <c r="G215" t="s">
+        <v>16</v>
+      </c>
+      <c r="H215" t="s">
+        <v>29</v>
+      </c>
+      <c r="I215" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9">
+      <c r="A216" t="s">
+        <v>541</v>
+      </c>
+      <c r="B216" t="s">
+        <v>542</v>
+      </c>
+      <c r="C216" t="s">
+        <v>541</v>
+      </c>
+      <c r="D216"/>
+      <c r="E216" t="s">
+        <v>14</v>
+      </c>
+      <c r="F216" t="s">
+        <v>15</v>
+      </c>
+      <c r="G216" t="s">
+        <v>16</v>
+      </c>
+      <c r="H216" t="s">
+        <v>17</v>
+      </c>
+      <c r="I216" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9">
+      <c r="A217" t="s">
+        <v>543</v>
+      </c>
+      <c r="B217" t="s">
+        <v>544</v>
+      </c>
+      <c r="C217" t="s">
+        <v>543</v>
+      </c>
+      <c r="D217"/>
+      <c r="E217" t="s">
+        <v>14</v>
+      </c>
+      <c r="F217" t="s">
+        <v>15</v>
+      </c>
+      <c r="G217" t="s">
+        <v>16</v>
+      </c>
+      <c r="H217" t="s">
+        <v>29</v>
+      </c>
+      <c r="I217" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9">
+      <c r="A218" t="s">
+        <v>545</v>
+      </c>
+      <c r="B218" t="s">
+        <v>546</v>
+      </c>
+      <c r="C218" t="s">
+        <v>545</v>
+      </c>
+      <c r="D218"/>
+      <c r="E218" t="s">
+        <v>14</v>
+      </c>
+      <c r="F218" t="s">
+        <v>15</v>
+      </c>
+      <c r="G218" t="s">
+        <v>16</v>
+      </c>
+      <c r="H218" t="s">
+        <v>29</v>
+      </c>
+      <c r="I218" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9">
+      <c r="A219" t="s">
+        <v>547</v>
+      </c>
+      <c r="B219" t="s">
+        <v>548</v>
+      </c>
+      <c r="C219" t="s">
+        <v>549</v>
+      </c>
+      <c r="D219"/>
+      <c r="E219" t="s">
+        <v>14</v>
+      </c>
+      <c r="F219" t="s">
+        <v>15</v>
+      </c>
+      <c r="G219" t="s">
+        <v>16</v>
+      </c>
+      <c r="H219" t="s">
+        <v>17</v>
+      </c>
+      <c r="I219" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9">
+      <c r="A220" t="s">
+        <v>550</v>
+      </c>
+      <c r="B220" t="s">
+        <v>551</v>
+      </c>
+      <c r="C220" t="s">
+        <v>550</v>
+      </c>
+      <c r="D220"/>
+      <c r="E220" t="s">
+        <v>14</v>
+      </c>
+      <c r="F220" t="s">
+        <v>15</v>
+      </c>
+      <c r="G220" t="s">
+        <v>16</v>
+      </c>
+      <c r="H220" t="s">
+        <v>17</v>
+      </c>
+      <c r="I220" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9">
+      <c r="A221" t="s">
+        <v>552</v>
+      </c>
+      <c r="B221" t="s">
+        <v>553</v>
+      </c>
+      <c r="C221" t="s">
+        <v>554</v>
+      </c>
+      <c r="D221"/>
+      <c r="E221" t="s">
+        <v>14</v>
+      </c>
+      <c r="F221" t="s">
+        <v>15</v>
+      </c>
+      <c r="G221" t="s">
+        <v>16</v>
+      </c>
+      <c r="H221" t="s">
+        <v>29</v>
+      </c>
+      <c r="I221" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9">
+      <c r="A222" t="s">
+        <v>555</v>
+      </c>
+      <c r="B222" t="s">
+        <v>556</v>
+      </c>
+      <c r="C222" t="s">
+        <v>557</v>
+      </c>
+      <c r="D222"/>
+      <c r="E222" t="s">
+        <v>22</v>
+      </c>
+      <c r="F222" t="s">
+        <v>15</v>
+      </c>
+      <c r="G222" t="s">
+        <v>16</v>
+      </c>
+      <c r="H222" t="s">
+        <v>38</v>
+      </c>
+      <c r="I222" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9">
+      <c r="A223" t="s">
+        <v>559</v>
+      </c>
+      <c r="B223" t="s">
+        <v>560</v>
+      </c>
+      <c r="C223" t="s">
+        <v>561</v>
+      </c>
+      <c r="D223"/>
+      <c r="E223" t="s">
+        <v>14</v>
+      </c>
+      <c r="F223" t="s">
+        <v>15</v>
+      </c>
+      <c r="G223" t="s">
+        <v>16</v>
+      </c>
+      <c r="H223" t="s">
+        <v>29</v>
+      </c>
+      <c r="I223" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="224" spans="1:9">
+      <c r="A224" t="s">
+        <v>562</v>
+      </c>
+      <c r="B224" t="s">
+        <v>563</v>
+      </c>
+      <c r="C224" t="s">
+        <v>564</v>
+      </c>
+      <c r="D224"/>
+      <c r="E224" t="s">
+        <v>22</v>
+      </c>
+      <c r="F224" t="s">
+        <v>15</v>
+      </c>
+      <c r="G224" t="s">
+        <v>16</v>
+      </c>
+      <c r="H224" t="s">
+        <v>17</v>
+      </c>
+      <c r="I224" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="225" spans="1:9">
+      <c r="A225" t="s">
+        <v>565</v>
+      </c>
+      <c r="B225" t="s">
+        <v>566</v>
+      </c>
+      <c r="C225" t="s">
+        <v>567</v>
+      </c>
+      <c r="D225"/>
+      <c r="E225" t="s">
+        <v>14</v>
+      </c>
+      <c r="F225" t="s">
+        <v>15</v>
+      </c>
+      <c r="G225" t="s">
+        <v>16</v>
+      </c>
+      <c r="H225" t="s">
+        <v>17</v>
+      </c>
+      <c r="I225" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="226" spans="1:9">
+      <c r="A226" t="s">
+        <v>568</v>
+      </c>
+      <c r="B226" t="s">
+        <v>569</v>
+      </c>
+      <c r="C226" t="s">
+        <v>570</v>
+      </c>
+      <c r="D226"/>
+      <c r="E226" t="s">
+        <v>14</v>
+      </c>
+      <c r="F226" t="s">
+        <v>15</v>
+      </c>
+      <c r="G226" t="s">
+        <v>16</v>
+      </c>
+      <c r="H226" t="s">
+        <v>29</v>
+      </c>
+      <c r="I226" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="227" spans="1:9">
+      <c r="A227" t="s">
+        <v>571</v>
+      </c>
+      <c r="B227" t="s">
+        <v>572</v>
+      </c>
+      <c r="C227" t="s">
+        <v>573</v>
+      </c>
+      <c r="D227"/>
+      <c r="E227" t="s">
+        <v>14</v>
+      </c>
+      <c r="F227" t="s">
+        <v>15</v>
+      </c>
+      <c r="G227" t="s">
+        <v>16</v>
+      </c>
+      <c r="H227" t="s">
+        <v>17</v>
+      </c>
+      <c r="I227" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="228" spans="1:9">
+      <c r="A228" t="s">
+        <v>574</v>
+      </c>
+      <c r="B228" t="s">
+        <v>575</v>
+      </c>
+      <c r="C228" t="s">
+        <v>574</v>
+      </c>
+      <c r="D228"/>
+      <c r="E228" t="s">
+        <v>14</v>
+      </c>
+      <c r="F228" t="s">
+        <v>15</v>
+      </c>
+      <c r="G228" t="s">
+        <v>16</v>
+      </c>
+      <c r="H228" t="s">
+        <v>29</v>
+      </c>
+      <c r="I228" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="214" spans="1:8">
-[...67 lines deleted...]
-      <c r="H216" t="s">
+    <row r="229" spans="1:9">
+      <c r="A229" t="s">
+        <v>576</v>
+      </c>
+      <c r="B229" t="s">
+        <v>577</v>
+      </c>
+      <c r="C229" t="s">
+        <v>578</v>
+      </c>
+      <c r="D229"/>
+      <c r="E229" t="s">
+        <v>14</v>
+      </c>
+      <c r="F229" t="s">
+        <v>15</v>
+      </c>
+      <c r="G229" t="s">
+        <v>16</v>
+      </c>
+      <c r="H229" t="s">
+        <v>17</v>
+      </c>
+      <c r="I229" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9">
+      <c r="A230" t="s">
+        <v>579</v>
+      </c>
+      <c r="B230" t="s">
+        <v>580</v>
+      </c>
+      <c r="C230" t="s">
+        <v>581</v>
+      </c>
+      <c r="D230"/>
+      <c r="E230" t="s">
+        <v>22</v>
+      </c>
+      <c r="F230" t="s">
+        <v>15</v>
+      </c>
+      <c r="G230" t="s">
+        <v>16</v>
+      </c>
+      <c r="H230" t="s">
+        <v>38</v>
+      </c>
+      <c r="I230" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9">
+      <c r="A231" t="s">
+        <v>582</v>
+      </c>
+      <c r="B231" t="s">
+        <v>583</v>
+      </c>
+      <c r="C231" t="s">
+        <v>584</v>
+      </c>
+      <c r="D231"/>
+      <c r="E231" t="s">
+        <v>14</v>
+      </c>
+      <c r="F231" t="s">
+        <v>15</v>
+      </c>
+      <c r="G231" t="s">
+        <v>16</v>
+      </c>
+      <c r="H231" t="s">
+        <v>29</v>
+      </c>
+      <c r="I231" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="232" spans="1:9">
+      <c r="A232" t="s">
+        <v>585</v>
+      </c>
+      <c r="B232" t="s">
+        <v>586</v>
+      </c>
+      <c r="C232" t="s">
+        <v>587</v>
+      </c>
+      <c r="D232"/>
+      <c r="E232" t="s">
+        <v>14</v>
+      </c>
+      <c r="F232" t="s">
+        <v>15</v>
+      </c>
+      <c r="G232" t="s">
+        <v>16</v>
+      </c>
+      <c r="H232" t="s">
+        <v>29</v>
+      </c>
+      <c r="I232" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="233" spans="1:9">
+      <c r="A233" t="s">
+        <v>589</v>
+      </c>
+      <c r="B233" t="s">
+        <v>590</v>
+      </c>
+      <c r="C233" t="s">
+        <v>589</v>
+      </c>
+      <c r="D233"/>
+      <c r="E233" t="s">
+        <v>14</v>
+      </c>
+      <c r="F233" t="s">
+        <v>15</v>
+      </c>
+      <c r="G233" t="s">
+        <v>16</v>
+      </c>
+      <c r="H233" t="s">
+        <v>29</v>
+      </c>
+      <c r="I233" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="234" spans="1:9">
+      <c r="A234" t="s">
+        <v>591</v>
+      </c>
+      <c r="B234" t="s">
+        <v>592</v>
+      </c>
+      <c r="C234" t="s">
+        <v>593</v>
+      </c>
+      <c r="D234"/>
+      <c r="E234" t="s">
+        <v>22</v>
+      </c>
+      <c r="F234" t="s">
+        <v>15</v>
+      </c>
+      <c r="G234" t="s">
+        <v>16</v>
+      </c>
+      <c r="H234" t="s">
+        <v>23</v>
+      </c>
+      <c r="I234" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9">
+      <c r="A235" t="s">
+        <v>594</v>
+      </c>
+      <c r="B235" t="s">
+        <v>595</v>
+      </c>
+      <c r="C235" t="s">
+        <v>594</v>
+      </c>
+      <c r="D235"/>
+      <c r="E235" t="s">
+        <v>14</v>
+      </c>
+      <c r="F235" t="s">
+        <v>15</v>
+      </c>
+      <c r="G235" t="s">
+        <v>16</v>
+      </c>
+      <c r="H235" t="s">
+        <v>17</v>
+      </c>
+      <c r="I235" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="236" spans="1:9">
+      <c r="A236" t="s">
+        <v>596</v>
+      </c>
+      <c r="B236" t="s">
+        <v>597</v>
+      </c>
+      <c r="C236" t="s">
+        <v>598</v>
+      </c>
+      <c r="D236"/>
+      <c r="E236" t="s">
+        <v>14</v>
+      </c>
+      <c r="F236" t="s">
+        <v>15</v>
+      </c>
+      <c r="G236" t="s">
+        <v>16</v>
+      </c>
+      <c r="H236" t="s">
+        <v>29</v>
+      </c>
+      <c r="I236" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="237" spans="1:9">
+      <c r="A237" t="s">
+        <v>599</v>
+      </c>
+      <c r="B237" t="s">
+        <v>600</v>
+      </c>
+      <c r="C237" t="s">
+        <v>601</v>
+      </c>
+      <c r="D237"/>
+      <c r="E237" t="s">
+        <v>14</v>
+      </c>
+      <c r="F237" t="s">
+        <v>15</v>
+      </c>
+      <c r="G237" t="s">
+        <v>16</v>
+      </c>
+      <c r="H237" t="s">
+        <v>17</v>
+      </c>
+      <c r="I237" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="238" spans="1:9">
+      <c r="A238" t="s">
+        <v>602</v>
+      </c>
+      <c r="B238" t="s">
+        <v>603</v>
+      </c>
+      <c r="C238" t="s">
+        <v>604</v>
+      </c>
+      <c r="D238"/>
+      <c r="E238" t="s">
+        <v>14</v>
+      </c>
+      <c r="F238" t="s">
+        <v>15</v>
+      </c>
+      <c r="G238" t="s">
+        <v>16</v>
+      </c>
+      <c r="H238" t="s">
+        <v>29</v>
+      </c>
+      <c r="I238" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9">
+      <c r="A239" t="s">
+        <v>605</v>
+      </c>
+      <c r="B239" t="s">
+        <v>606</v>
+      </c>
+      <c r="C239" t="s">
+        <v>607</v>
+      </c>
+      <c r="D239"/>
+      <c r="E239" t="s">
+        <v>14</v>
+      </c>
+      <c r="F239" t="s">
+        <v>15</v>
+      </c>
+      <c r="G239" t="s">
+        <v>16</v>
+      </c>
+      <c r="H239" t="s">
+        <v>29</v>
+      </c>
+      <c r="I239" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="240" spans="1:9">
+      <c r="A240" t="s">
+        <v>608</v>
+      </c>
+      <c r="B240" t="s">
+        <v>609</v>
+      </c>
+      <c r="C240" t="s">
+        <v>610</v>
+      </c>
+      <c r="D240"/>
+      <c r="E240" t="s">
+        <v>14</v>
+      </c>
+      <c r="F240" t="s">
+        <v>15</v>
+      </c>
+      <c r="G240" t="s">
+        <v>16</v>
+      </c>
+      <c r="H240" t="s">
+        <v>29</v>
+      </c>
+      <c r="I240" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="241" spans="1:9">
+      <c r="A241" t="s">
+        <v>611</v>
+      </c>
+      <c r="B241" t="s">
+        <v>612</v>
+      </c>
+      <c r="C241" t="s">
+        <v>613</v>
+      </c>
+      <c r="D241"/>
+      <c r="E241" t="s">
+        <v>14</v>
+      </c>
+      <c r="F241" t="s">
+        <v>15</v>
+      </c>
+      <c r="G241" t="s">
+        <v>16</v>
+      </c>
+      <c r="H241" t="s">
+        <v>23</v>
+      </c>
+      <c r="I241" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="242" spans="1:9">
+      <c r="A242" t="s">
+        <v>614</v>
+      </c>
+      <c r="B242" t="s">
+        <v>615</v>
+      </c>
+      <c r="C242" t="s">
+        <v>614</v>
+      </c>
+      <c r="D242"/>
+      <c r="E242" t="s">
+        <v>14</v>
+      </c>
+      <c r="F242" t="s">
+        <v>15</v>
+      </c>
+      <c r="G242" t="s">
+        <v>16</v>
+      </c>
+      <c r="H242"/>
+      <c r="I242" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="217" spans="1:8">
-[...408 lines deleted...]
-      <c r="A234" t="s">
+    <row r="243" spans="1:9">
+      <c r="A243" t="s">
+        <v>616</v>
+      </c>
+      <c r="B243" t="s">
+        <v>617</v>
+      </c>
+      <c r="C243" t="s">
+        <v>616</v>
+      </c>
+      <c r="D243"/>
+      <c r="E243" t="s">
+        <v>14</v>
+      </c>
+      <c r="F243" t="s">
+        <v>15</v>
+      </c>
+      <c r="G243" t="s">
+        <v>16</v>
+      </c>
+      <c r="H243" t="s">
+        <v>29</v>
+      </c>
+      <c r="I243" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="244" spans="1:9">
+      <c r="A244" t="s">
+        <v>618</v>
+      </c>
+      <c r="B244" t="s">
+        <v>619</v>
+      </c>
+      <c r="C244" t="s">
+        <v>620</v>
+      </c>
+      <c r="D244"/>
+      <c r="E244" t="s">
+        <v>14</v>
+      </c>
+      <c r="F244" t="s">
+        <v>15</v>
+      </c>
+      <c r="G244" t="s">
+        <v>16</v>
+      </c>
+      <c r="H244" t="s">
+        <v>29</v>
+      </c>
+      <c r="I244" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9">
+      <c r="A245" t="s">
+        <v>621</v>
+      </c>
+      <c r="B245" t="s">
+        <v>622</v>
+      </c>
+      <c r="C245" t="s">
+        <v>623</v>
+      </c>
+      <c r="D245"/>
+      <c r="E245" t="s">
+        <v>22</v>
+      </c>
+      <c r="F245" t="s">
+        <v>15</v>
+      </c>
+      <c r="G245" t="s">
+        <v>16</v>
+      </c>
+      <c r="H245" t="s">
+        <v>29</v>
+      </c>
+      <c r="I245" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9">
+      <c r="A246" t="s">
+        <v>624</v>
+      </c>
+      <c r="B246" t="s">
+        <v>625</v>
+      </c>
+      <c r="C246" t="s">
+        <v>626</v>
+      </c>
+      <c r="D246"/>
+      <c r="E246" t="s">
+        <v>22</v>
+      </c>
+      <c r="F246" t="s">
+        <v>15</v>
+      </c>
+      <c r="G246" t="s">
+        <v>16</v>
+      </c>
+      <c r="H246" t="s">
+        <v>17</v>
+      </c>
+      <c r="I246" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="247" spans="1:9">
+      <c r="A247" t="s">
+        <v>627</v>
+      </c>
+      <c r="B247" t="s">
+        <v>628</v>
+      </c>
+      <c r="C247" t="s">
+        <v>629</v>
+      </c>
+      <c r="D247"/>
+      <c r="E247" t="s">
+        <v>22</v>
+      </c>
+      <c r="F247" t="s">
+        <v>15</v>
+      </c>
+      <c r="G247" t="s">
+        <v>16</v>
+      </c>
+      <c r="H247" t="s">
+        <v>29</v>
+      </c>
+      <c r="I247" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9">
+      <c r="A248" t="s">
+        <v>630</v>
+      </c>
+      <c r="B248"/>
+      <c r="C248" t="s">
+        <v>630</v>
+      </c>
+      <c r="D248"/>
+      <c r="E248" t="s">
+        <v>14</v>
+      </c>
+      <c r="F248" t="s">
+        <v>15</v>
+      </c>
+      <c r="G248" t="s">
+        <v>16</v>
+      </c>
+      <c r="H248" t="s">
+        <v>29</v>
+      </c>
+      <c r="I248" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="249" spans="1:9">
+      <c r="A249" t="s">
+        <v>631</v>
+      </c>
+      <c r="B249" t="s">
+        <v>632</v>
+      </c>
+      <c r="C249" t="s">
         <v>444</v>
       </c>
-      <c r="B234" t="s">
-[...361 lines deleted...]
-      </c>
+      <c r="D249"/>
       <c r="E249" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F249" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G249" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H249" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I249" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:9">
       <c r="A250" t="s">
-        <v>475</v>
+        <v>633</v>
       </c>
       <c r="B250" t="s">
-        <v>476</v>
-[...4 lines deleted...]
-      </c>
+        <v>634</v>
+      </c>
+      <c r="C250" t="s">
+        <v>633</v>
+      </c>
+      <c r="D250"/>
       <c r="E250" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F250" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G250" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H250" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I250" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9">
       <c r="A251" t="s">
-        <v>477</v>
+        <v>635</v>
       </c>
       <c r="B251" t="s">
-        <v>478</v>
-[...4 lines deleted...]
-      </c>
+        <v>636</v>
+      </c>
+      <c r="C251" t="s">
+        <v>637</v>
+      </c>
+      <c r="D251"/>
       <c r="E251" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F251" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="252" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G251" t="s">
+        <v>16</v>
+      </c>
+      <c r="H251"/>
+      <c r="I251" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9">
       <c r="A252" t="s">
-        <v>479</v>
+        <v>638</v>
       </c>
       <c r="B252" t="s">
-        <v>480</v>
-[...4 lines deleted...]
-      </c>
+        <v>639</v>
+      </c>
+      <c r="C252" t="s">
+        <v>640</v>
+      </c>
+      <c r="D252"/>
       <c r="E252" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F252" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G252" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H252" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I252" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="253" spans="1:9">
       <c r="A253" t="s">
-        <v>481</v>
+        <v>641</v>
       </c>
       <c r="B253" t="s">
-        <v>482</v>
-[...4 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="C253" t="s">
+        <v>643</v>
+      </c>
+      <c r="D253"/>
       <c r="E253" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F253" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G253" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H253" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I253" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="254" spans="1:9">
       <c r="A254" t="s">
-        <v>483</v>
+        <v>644</v>
       </c>
       <c r="B254" t="s">
-        <v>484</v>
-[...4 lines deleted...]
-      </c>
+        <v>645</v>
+      </c>
+      <c r="C254" t="s">
+        <v>646</v>
+      </c>
+      <c r="D254"/>
       <c r="E254" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F254" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G254" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H254" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I254" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="255" spans="1:9">
       <c r="A255" t="s">
-        <v>485</v>
+        <v>647</v>
       </c>
       <c r="B255"/>
-      <c r="C255"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C255" t="s">
+        <v>648</v>
+      </c>
+      <c r="D255"/>
       <c r="E255" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F255" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G255" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H255" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I255" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="256" spans="1:9">
       <c r="A256" t="s">
-        <v>486</v>
-[...7 lines deleted...]
-      </c>
+        <v>649</v>
+      </c>
+      <c r="B256"/>
+      <c r="C256" t="s">
+        <v>650</v>
+      </c>
+      <c r="D256"/>
       <c r="E256" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F256" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G256" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H256" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I256" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="257" spans="1:9">
       <c r="A257" t="s">
-        <v>488</v>
-[...5 lines deleted...]
-      </c>
+        <v>651</v>
+      </c>
+      <c r="B257" t="s">
+        <v>652</v>
+      </c>
+      <c r="C257" t="s">
+        <v>653</v>
+      </c>
+      <c r="D257"/>
       <c r="E257" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F257" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G257" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H257" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I257" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="258" spans="1:9">
       <c r="A258" t="s">
-        <v>489</v>
+        <v>654</v>
       </c>
       <c r="B258" t="s">
-        <v>490</v>
-[...4 lines deleted...]
-      </c>
+        <v>655</v>
+      </c>
+      <c r="C258" t="s">
+        <v>656</v>
+      </c>
+      <c r="D258"/>
       <c r="E258" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F258" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G258" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H258" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I258" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="259" spans="1:9">
       <c r="A259" t="s">
-        <v>491</v>
-[...7 lines deleted...]
-      </c>
+        <v>657</v>
+      </c>
+      <c r="B259"/>
+      <c r="C259" t="s">
+        <v>658</v>
+      </c>
+      <c r="D259"/>
       <c r="E259" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F259" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G259" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H259" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I259" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="260" spans="1:9">
       <c r="A260" t="s">
-        <v>493</v>
+        <v>659</v>
       </c>
       <c r="B260" t="s">
-        <v>494</v>
-[...4 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="C260" t="s">
+        <v>329</v>
+      </c>
+      <c r="D260"/>
       <c r="E260" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F260" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G260" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H260" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I260" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="261" spans="1:9">
       <c r="A261" t="s">
-        <v>495</v>
-[...4 lines deleted...]
-      <c r="C261"/>
+        <v>661</v>
+      </c>
+      <c r="B261"/>
+      <c r="C261" t="s">
+        <v>661</v>
+      </c>
       <c r="D261"/>
-      <c r="E261"/>
+      <c r="E261" t="s">
+        <v>14</v>
+      </c>
       <c r="F261" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G261"/>
+        <v>15</v>
+      </c>
+      <c r="G261" t="s">
+        <v>16</v>
+      </c>
       <c r="H261" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I261" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="262" spans="1:9">
       <c r="A262" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-      <c r="C262"/>
+        <v>662</v>
+      </c>
+      <c r="B262" t="s">
+        <v>663</v>
+      </c>
+      <c r="C262" t="s">
+        <v>662</v>
+      </c>
       <c r="D262"/>
       <c r="E262" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F262" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G262" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="263" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H262" t="s">
+        <v>17</v>
+      </c>
+      <c r="I262" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-      <c r="C263"/>
+        <v>664</v>
+      </c>
+      <c r="B263" t="s">
+        <v>665</v>
+      </c>
+      <c r="C263" t="s">
+        <v>666</v>
+      </c>
       <c r="D263"/>
       <c r="E263" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F263" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G263" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H263" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I263" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="264" spans="1:9">
       <c r="A264" t="s">
-        <v>499</v>
-[...5 lines deleted...]
-      </c>
+        <v>667</v>
+      </c>
+      <c r="B264" t="s">
+        <v>668</v>
+      </c>
+      <c r="C264" t="s">
+        <v>578</v>
+      </c>
+      <c r="D264"/>
       <c r="E264" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F264" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G264" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H264" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I264" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="265" spans="1:9">
       <c r="A265" t="s">
-        <v>500</v>
+        <v>669</v>
       </c>
       <c r="B265" t="s">
-        <v>501</v>
-[...4 lines deleted...]
-      </c>
+        <v>670</v>
+      </c>
+      <c r="C265" t="s">
+        <v>669</v>
+      </c>
+      <c r="D265"/>
       <c r="E265" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F265" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G265" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H265" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I265" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9">
       <c r="A266" t="s">
-        <v>502</v>
-[...11 lines deleted...]
-      </c>
+        <v>671</v>
+      </c>
+      <c r="B266" t="s">
+        <v>672</v>
+      </c>
+      <c r="C266" t="s">
+        <v>671</v>
+      </c>
+      <c r="D266"/>
+      <c r="E266"/>
+      <c r="F266"/>
       <c r="G266" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="267" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H266"/>
+      <c r="I266" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="267" spans="1:9">
       <c r="A267" t="s">
-        <v>503</v>
-[...10 lines deleted...]
-      </c>
+        <v>673</v>
+      </c>
+      <c r="B267"/>
+      <c r="C267" t="s">
+        <v>674</v>
+      </c>
+      <c r="D267"/>
+      <c r="E267"/>
       <c r="F267" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G267" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H267" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I267"/>
+    </row>
+    <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>505</v>
-[...10 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="B268"/>
+      <c r="C268" t="s">
+        <v>675</v>
+      </c>
+      <c r="D268"/>
+      <c r="E268"/>
       <c r="F268" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G268" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H268" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I268" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>507</v>
+        <v>676</v>
       </c>
       <c r="B269"/>
-      <c r="C269"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C269" t="s">
+        <v>677</v>
+      </c>
+      <c r="D269"/>
       <c r="E269" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F269" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G269" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H269" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I269" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>508</v>
+        <v>678</v>
       </c>
       <c r="B270" t="s">
-        <v>509</v>
-[...4 lines deleted...]
-      </c>
+        <v>679</v>
+      </c>
+      <c r="C270" t="s">
+        <v>680</v>
+      </c>
+      <c r="D270"/>
       <c r="E270" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F270" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G270" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H270" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I270" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9">
       <c r="A271" t="s">
-        <v>510</v>
-[...7 lines deleted...]
-      </c>
+        <v>681</v>
+      </c>
+      <c r="B271"/>
+      <c r="C271" t="s">
+        <v>682</v>
+      </c>
+      <c r="D271"/>
       <c r="E271" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F271" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G271" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H271" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I271" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="272" spans="1:9">
       <c r="A272" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-      <c r="C272"/>
+        <v>683</v>
+      </c>
+      <c r="B272" t="s">
+        <v>684</v>
+      </c>
+      <c r="C272" t="s">
+        <v>685</v>
+      </c>
       <c r="D272"/>
-      <c r="E272"/>
+      <c r="E272" t="s">
+        <v>14</v>
+      </c>
       <c r="F272" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G272"/>
+        <v>15</v>
+      </c>
+      <c r="G272" t="s">
+        <v>16</v>
+      </c>
       <c r="H272" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I272" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="273" spans="1:9">
       <c r="A273" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-      <c r="C273"/>
+        <v>686</v>
+      </c>
+      <c r="B273" t="s">
+        <v>687</v>
+      </c>
+      <c r="C273" t="s">
+        <v>688</v>
+      </c>
       <c r="D273"/>
-      <c r="E273"/>
+      <c r="E273" t="s">
+        <v>14</v>
+      </c>
       <c r="F273" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G273"/>
+        <v>15</v>
+      </c>
+      <c r="G273" t="s">
+        <v>16</v>
+      </c>
       <c r="H273" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I273" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="274" spans="1:9">
       <c r="A274" t="s">
-        <v>514</v>
-[...7 lines deleted...]
-      </c>
+        <v>689</v>
+      </c>
+      <c r="B274"/>
+      <c r="C274" t="s">
+        <v>690</v>
+      </c>
+      <c r="D274"/>
       <c r="E274" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F274" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G274" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H274" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I274" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="275" spans="1:9">
       <c r="A275" t="s">
-        <v>516</v>
-[...5 lines deleted...]
-      </c>
+        <v>691</v>
+      </c>
+      <c r="B275" t="s">
+        <v>692</v>
+      </c>
+      <c r="C275" t="s">
+        <v>693</v>
+      </c>
+      <c r="D275"/>
       <c r="E275" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F275" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G275" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H275" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I275" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="276" spans="1:9">
       <c r="A276" t="s">
-        <v>517</v>
-[...5 lines deleted...]
-      </c>
+        <v>694</v>
+      </c>
+      <c r="B276" t="s">
+        <v>695</v>
+      </c>
+      <c r="C276" t="s">
+        <v>696</v>
+      </c>
+      <c r="D276"/>
       <c r="E276" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F276" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G276" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H276" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I276" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="277" spans="1:9">
       <c r="A277" t="s">
-        <v>518</v>
-[...13 lines deleted...]
-      </c>
+        <v>697</v>
+      </c>
+      <c r="B277"/>
+      <c r="C277" t="s">
+        <v>697</v>
+      </c>
+      <c r="D277"/>
+      <c r="E277"/>
+      <c r="F277"/>
       <c r="G277" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-    <row r="278" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H277"/>
+      <c r="I277" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="278" spans="1:9">
       <c r="A278" t="s">
-        <v>520</v>
-[...13 lines deleted...]
-      </c>
+        <v>698</v>
+      </c>
+      <c r="B278"/>
+      <c r="C278" t="s">
+        <v>698</v>
+      </c>
+      <c r="D278"/>
+      <c r="E278"/>
+      <c r="F278"/>
       <c r="G278" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-    <row r="279" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H278"/>
+      <c r="I278" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="279" spans="1:9">
       <c r="A279" t="s">
-        <v>522</v>
+        <v>699</v>
       </c>
       <c r="B279" t="s">
-        <v>523</v>
-[...4 lines deleted...]
-      </c>
+        <v>700</v>
+      </c>
+      <c r="C279" t="s">
+        <v>701</v>
+      </c>
+      <c r="D279"/>
       <c r="E279" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F279" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G279" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H279" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I279" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="280" spans="1:9">
       <c r="A280" t="s">
-        <v>524</v>
-[...7 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="B280"/>
+      <c r="C280" t="s">
+        <v>703</v>
+      </c>
+      <c r="D280"/>
       <c r="E280" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F280" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G280" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H280" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I280" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="281" spans="1:9">
       <c r="A281" t="s">
-        <v>526</v>
+        <v>704</v>
       </c>
       <c r="B281"/>
-      <c r="C281"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C281" t="s">
+        <v>705</v>
+      </c>
+      <c r="D281"/>
       <c r="E281" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F281" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G281" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H281" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I281" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="282" spans="1:9">
       <c r="A282" t="s">
-        <v>527</v>
-[...5 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="B282" t="s">
+        <v>707</v>
+      </c>
+      <c r="C282" t="s">
+        <v>708</v>
+      </c>
+      <c r="D282"/>
       <c r="E282" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F282" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G282" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H282" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I282" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="283" spans="1:9">
       <c r="A283" t="s">
-        <v>528</v>
-[...5 lines deleted...]
-      </c>
+        <v>709</v>
+      </c>
+      <c r="B283" t="s">
+        <v>710</v>
+      </c>
+      <c r="C283" t="s">
+        <v>711</v>
+      </c>
+      <c r="D283"/>
       <c r="E283" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F283" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G283" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H283" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I283" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="284" spans="1:9">
       <c r="A284" t="s">
-        <v>529</v>
+        <v>712</v>
       </c>
       <c r="B284" t="s">
-        <v>530</v>
-[...4 lines deleted...]
-      </c>
+        <v>713</v>
+      </c>
+      <c r="C284" t="s">
+        <v>714</v>
+      </c>
+      <c r="D284"/>
       <c r="E284" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F284" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G284" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H284" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I284" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="285" spans="1:9">
       <c r="A285" t="s">
-        <v>531</v>
-[...5 lines deleted...]
-      </c>
+        <v>715</v>
+      </c>
+      <c r="B285" t="s">
+        <v>716</v>
+      </c>
+      <c r="C285" t="s">
+        <v>717</v>
+      </c>
+      <c r="D285"/>
       <c r="E285" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F285" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G285" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H285" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I285" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="286" spans="1:9">
       <c r="A286" t="s">
-        <v>532</v>
+        <v>718</v>
       </c>
       <c r="B286"/>
-      <c r="C286"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C286" t="s">
+        <v>719</v>
+      </c>
+      <c r="D286"/>
       <c r="E286" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F286" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G286" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H286" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I286" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="287" spans="1:9">
       <c r="A287" t="s">
-        <v>533</v>
+        <v>720</v>
       </c>
       <c r="B287"/>
-      <c r="C287"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C287" t="s">
+        <v>721</v>
+      </c>
+      <c r="D287"/>
       <c r="E287" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F287" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G287" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H287" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I287" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="288" spans="1:9">
       <c r="A288" t="s">
-        <v>534</v>
-[...7 lines deleted...]
-      </c>
+        <v>722</v>
+      </c>
+      <c r="B288"/>
+      <c r="C288" t="s">
+        <v>59</v>
+      </c>
+      <c r="D288"/>
       <c r="E288" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F288" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G288" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H288" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I288" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9">
       <c r="A289" t="s">
-        <v>536</v>
-[...5 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="B289" t="s">
+        <v>724</v>
+      </c>
+      <c r="C289" t="s">
+        <v>725</v>
+      </c>
+      <c r="D289"/>
       <c r="E289" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F289" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G289" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H289" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I289" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9">
       <c r="A290" t="s">
-        <v>537</v>
+        <v>726</v>
       </c>
       <c r="B290"/>
-      <c r="C290"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C290" t="s">
+        <v>726</v>
+      </c>
+      <c r="D290"/>
       <c r="E290" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F290" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G290" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H290" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I290" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="291" spans="1:9">
       <c r="A291" t="s">
-        <v>538</v>
+        <v>727</v>
       </c>
       <c r="B291"/>
-      <c r="C291"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C291" t="s">
+        <v>728</v>
+      </c>
+      <c r="D291"/>
       <c r="E291" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F291" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G291" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H291" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I291" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="292" spans="1:9">
       <c r="A292" t="s">
-        <v>539</v>
+        <v>729</v>
       </c>
       <c r="B292"/>
-      <c r="C292"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C292" t="s">
+        <v>730</v>
+      </c>
+      <c r="D292"/>
       <c r="E292" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F292" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G292" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H292" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I292" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9">
       <c r="A293" t="s">
-        <v>540</v>
-[...5 lines deleted...]
-      </c>
+        <v>731</v>
+      </c>
+      <c r="B293" t="s">
+        <v>732</v>
+      </c>
+      <c r="C293" t="s">
+        <v>733</v>
+      </c>
+      <c r="D293"/>
       <c r="E293" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F293" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G293" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H293" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I293" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9">
       <c r="A294" t="s">
-        <v>541</v>
+        <v>734</v>
       </c>
       <c r="B294"/>
-      <c r="C294"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C294" t="s">
+        <v>735</v>
+      </c>
+      <c r="D294"/>
       <c r="E294" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F294" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G294" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H294" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I294" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="295" spans="1:9">
       <c r="A295" t="s">
-        <v>542</v>
+        <v>736</v>
       </c>
       <c r="B295"/>
-      <c r="C295"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C295" t="s">
+        <v>737</v>
+      </c>
+      <c r="D295"/>
       <c r="E295" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F295" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G295" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H295" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I295" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="296" spans="1:9">
       <c r="A296" t="s">
-        <v>543</v>
+        <v>738</v>
       </c>
       <c r="B296"/>
-      <c r="C296"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C296" t="s">
+        <v>739</v>
+      </c>
+      <c r="D296"/>
       <c r="E296" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F296" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G296" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H296" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I296" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="297" spans="1:9">
       <c r="A297" t="s">
-        <v>544</v>
-[...7 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="B297"/>
+      <c r="C297" t="s">
+        <v>741</v>
+      </c>
+      <c r="D297"/>
       <c r="E297" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F297" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G297" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H297" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I297" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9">
       <c r="A298" t="s">
-        <v>546</v>
+        <v>742</v>
       </c>
       <c r="B298"/>
-      <c r="C298"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C298" t="s">
+        <v>743</v>
+      </c>
+      <c r="D298"/>
       <c r="E298" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F298" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G298" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H298" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I298" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="299" spans="1:9">
       <c r="A299" t="s">
-        <v>547</v>
+        <v>744</v>
       </c>
       <c r="B299"/>
-      <c r="C299"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C299" t="s">
+        <v>745</v>
+      </c>
+      <c r="D299"/>
       <c r="E299" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F299" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G299" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H299" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I299" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="300" spans="1:9">
       <c r="A300" t="s">
-        <v>548</v>
-[...7 lines deleted...]
-      </c>
+        <v>746</v>
+      </c>
+      <c r="B300"/>
+      <c r="C300" t="s">
+        <v>444</v>
+      </c>
+      <c r="D300"/>
       <c r="E300" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F300" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G300" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H300" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I300" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9">
       <c r="A301" t="s">
-        <v>550</v>
+        <v>747</v>
       </c>
       <c r="B301"/>
-      <c r="C301"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C301" t="s">
+        <v>748</v>
+      </c>
+      <c r="D301"/>
       <c r="E301" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F301" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G301" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H301" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I301" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="302" spans="1:9">
       <c r="A302" t="s">
-        <v>551</v>
+        <v>749</v>
       </c>
       <c r="B302" t="s">
-        <v>552</v>
-[...4 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="C302" t="s">
+        <v>469</v>
+      </c>
+      <c r="D302"/>
       <c r="E302" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F302" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G302" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H302" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I302" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9">
       <c r="A303" t="s">
-        <v>553</v>
+        <v>751</v>
       </c>
       <c r="B303"/>
-      <c r="C303"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C303" t="s">
+        <v>329</v>
+      </c>
+      <c r="D303"/>
       <c r="E303" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F303" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G303" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H303" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I303" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9">
       <c r="A304" t="s">
-        <v>554</v>
-[...7 lines deleted...]
-      </c>
+        <v>752</v>
+      </c>
+      <c r="B304"/>
+      <c r="C304" t="s">
+        <v>753</v>
+      </c>
+      <c r="D304"/>
       <c r="E304" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F304" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G304" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H304" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I304" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="305" spans="1:9">
       <c r="A305" t="s">
-        <v>556</v>
+        <v>754</v>
       </c>
       <c r="B305" t="s">
-        <v>557</v>
-[...4 lines deleted...]
-      </c>
+        <v>755</v>
+      </c>
+      <c r="C305" t="s">
+        <v>756</v>
+      </c>
+      <c r="D305"/>
       <c r="E305" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F305" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G305"/>
+        <v>15</v>
+      </c>
+      <c r="G305" t="s">
+        <v>16</v>
+      </c>
       <c r="H305" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I305" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="306" spans="1:9">
       <c r="A306" t="s">
-        <v>558</v>
-[...7 lines deleted...]
-      </c>
+        <v>757</v>
+      </c>
+      <c r="B306"/>
+      <c r="C306" t="s">
+        <v>757</v>
+      </c>
+      <c r="D306"/>
       <c r="E306" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F306" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G306"/>
+        <v>15</v>
+      </c>
+      <c r="G306" t="s">
+        <v>16</v>
+      </c>
       <c r="H306" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I306" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="307" spans="1:9">
       <c r="A307" t="s">
-        <v>560</v>
+        <v>758</v>
       </c>
       <c r="B307" t="s">
-        <v>561</v>
-[...4 lines deleted...]
-      </c>
+        <v>759</v>
+      </c>
+      <c r="C307" t="s">
+        <v>760</v>
+      </c>
+      <c r="D307"/>
       <c r="E307" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F307" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G307"/>
+        <v>15</v>
+      </c>
+      <c r="G307" t="s">
+        <v>16</v>
+      </c>
       <c r="H307" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I307" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="308" spans="1:9">
       <c r="A308" t="s">
-        <v>562</v>
-[...7 lines deleted...]
-      </c>
+        <v>761</v>
+      </c>
+      <c r="B308"/>
+      <c r="C308" t="s">
+        <v>762</v>
+      </c>
+      <c r="D308"/>
       <c r="E308" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F308" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G308"/>
+        <v>15</v>
+      </c>
+      <c r="G308" t="s">
+        <v>16</v>
+      </c>
       <c r="H308" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I308" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9">
       <c r="A309" t="s">
-        <v>564</v>
+        <v>763</v>
       </c>
       <c r="B309" t="s">
-        <v>565</v>
-[...4 lines deleted...]
-      </c>
+        <v>764</v>
+      </c>
+      <c r="C309" t="s">
+        <v>765</v>
+      </c>
+      <c r="D309"/>
       <c r="E309" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F309" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G309"/>
+        <v>15</v>
+      </c>
+      <c r="G309" t="s">
+        <v>16</v>
+      </c>
       <c r="H309" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I309" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9">
       <c r="A310" t="s">
-        <v>566</v>
+        <v>766</v>
       </c>
       <c r="B310" t="s">
-        <v>567</v>
-[...4 lines deleted...]
-      </c>
+        <v>767</v>
+      </c>
+      <c r="C310" t="s">
+        <v>768</v>
+      </c>
+      <c r="D310"/>
       <c r="E310" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F310" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="311" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G310" t="s">
+        <v>16</v>
+      </c>
+      <c r="H310"/>
+      <c r="I310" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9">
       <c r="A311" t="s">
-        <v>568</v>
+        <v>769</v>
       </c>
       <c r="B311" t="s">
-        <v>569</v>
-[...4 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="C311" t="s">
+        <v>771</v>
+      </c>
+      <c r="D311"/>
       <c r="E311" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F311" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="312" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G311" t="s">
+        <v>16</v>
+      </c>
+      <c r="H311"/>
+      <c r="I311" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9">
       <c r="A312" t="s">
-        <v>570</v>
+        <v>772</v>
       </c>
       <c r="B312" t="s">
-        <v>571</v>
-[...4 lines deleted...]
-      </c>
+        <v>773</v>
+      </c>
+      <c r="C312" t="s">
+        <v>774</v>
+      </c>
+      <c r="D312"/>
       <c r="E312" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F312" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="313" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G312" t="s">
+        <v>16</v>
+      </c>
+      <c r="H312"/>
+      <c r="I312" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="313" spans="1:9">
       <c r="A313" t="s">
-        <v>572</v>
+        <v>775</v>
       </c>
       <c r="B313" t="s">
-        <v>573</v>
-[...4 lines deleted...]
-      </c>
+        <v>776</v>
+      </c>
+      <c r="C313" t="s">
+        <v>777</v>
+      </c>
+      <c r="D313"/>
       <c r="E313" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F313" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="314" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G313" t="s">
+        <v>16</v>
+      </c>
+      <c r="H313"/>
+      <c r="I313" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9">
       <c r="A314" t="s">
-        <v>574</v>
+        <v>778</v>
       </c>
       <c r="B314" t="s">
-        <v>575</v>
-[...4 lines deleted...]
-      </c>
+        <v>779</v>
+      </c>
+      <c r="C314" t="s">
+        <v>780</v>
+      </c>
+      <c r="D314"/>
       <c r="E314" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F314" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="315" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G314" t="s">
+        <v>16</v>
+      </c>
+      <c r="H314"/>
+      <c r="I314" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9">
       <c r="A315" t="s">
-        <v>576</v>
+        <v>781</v>
       </c>
       <c r="B315" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="C315"/>
+        <v>782</v>
+      </c>
+      <c r="C315" t="s">
+        <v>783</v>
+      </c>
       <c r="D315"/>
-      <c r="E315"/>
+      <c r="E315" t="s">
+        <v>14</v>
+      </c>
       <c r="F315" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G315" t="s">
-        <v>578</v>
-[...5 lines deleted...]
-    <row r="316" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H315"/>
+      <c r="I315" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9">
       <c r="A316" t="s">
-        <v>579</v>
+        <v>784</v>
       </c>
       <c r="B316" t="s">
-        <v>580</v>
-[...4 lines deleted...]
-      </c>
+        <v>785</v>
+      </c>
+      <c r="C316" t="s">
+        <v>786</v>
+      </c>
+      <c r="D316"/>
       <c r="E316" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F316" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-    <row r="317" spans="1:8">
+        <v>15</v>
+      </c>
+      <c r="G316" t="s">
+        <v>16</v>
+      </c>
+      <c r="H316"/>
+      <c r="I316" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="317" spans="1:9">
       <c r="A317" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-      </c>
+        <v>787</v>
+      </c>
+      <c r="B317" t="s">
+        <v>788</v>
+      </c>
+      <c r="C317" t="s">
+        <v>789</v>
+      </c>
+      <c r="D317"/>
       <c r="E317" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F317" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G317" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-    <row r="318" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H317"/>
+      <c r="I317" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9">
       <c r="A318" t="s">
-        <v>582</v>
+        <v>790</v>
       </c>
       <c r="B318" t="s">
-        <v>583</v>
-[...4 lines deleted...]
-      </c>
+        <v>791</v>
+      </c>
+      <c r="C318" t="s">
+        <v>792</v>
+      </c>
+      <c r="D318"/>
       <c r="E318" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F318" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G318" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="319" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H318"/>
+      <c r="I318" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="319" spans="1:9">
       <c r="A319" t="s">
-        <v>584</v>
-[...5 lines deleted...]
-      </c>
+        <v>793</v>
+      </c>
+      <c r="B319" t="s">
+        <v>794</v>
+      </c>
+      <c r="C319" t="s">
+        <v>795</v>
+      </c>
+      <c r="D319"/>
       <c r="E319" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F319" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G319" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-    <row r="320" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H319"/>
+      <c r="I319" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="320" spans="1:9">
       <c r="A320" t="s">
-        <v>585</v>
-[...5 lines deleted...]
-      </c>
+        <v>796</v>
+      </c>
+      <c r="B320" t="s">
+        <v>797</v>
+      </c>
+      <c r="C320" t="s">
+        <v>798</v>
+      </c>
+      <c r="D320"/>
       <c r="E320" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F320" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G320" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H320" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I320" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9">
       <c r="A321" t="s">
-        <v>586</v>
+        <v>115</v>
       </c>
       <c r="B321"/>
-      <c r="C321"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C321" t="s">
+        <v>799</v>
+      </c>
+      <c r="D321"/>
       <c r="E321" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F321" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G321" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H321" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I321" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="322" spans="1:9">
       <c r="A322" t="s">
-        <v>587</v>
-[...7 lines deleted...]
-      </c>
+        <v>800</v>
+      </c>
+      <c r="B322"/>
+      <c r="C322" t="s">
+        <v>800</v>
+      </c>
+      <c r="D322"/>
       <c r="E322" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F322" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G322" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H322" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I322" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="323" spans="1:9">
       <c r="A323" t="s">
-        <v>589</v>
+        <v>801</v>
       </c>
       <c r="B323"/>
-      <c r="C323"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C323" t="s">
+        <v>802</v>
+      </c>
+      <c r="D323"/>
       <c r="E323" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F323" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G323" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H323" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I323" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9">
       <c r="A324" t="s">
-        <v>590</v>
+        <v>803</v>
       </c>
       <c r="B324"/>
-      <c r="C324"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C324" t="s">
+        <v>804</v>
+      </c>
+      <c r="D324"/>
       <c r="E324" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F324" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G324" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H324" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I324" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="325" spans="1:9">
       <c r="A325" t="s">
-        <v>591</v>
+        <v>805</v>
       </c>
       <c r="B325"/>
-      <c r="C325"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C325" t="s">
+        <v>806</v>
+      </c>
+      <c r="D325"/>
       <c r="E325" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F325" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G325" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H325" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I325" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="326" spans="1:9">
       <c r="A326" t="s">
-        <v>592</v>
+        <v>807</v>
       </c>
       <c r="B326"/>
-      <c r="C326"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C326" t="s">
+        <v>808</v>
+      </c>
+      <c r="D326"/>
       <c r="E326" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F326" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G326"/>
+        <v>15</v>
+      </c>
+      <c r="G326" t="s">
+        <v>16</v>
+      </c>
       <c r="H326" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I326" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="327" spans="1:9">
       <c r="A327" t="s">
-        <v>593</v>
-[...5 lines deleted...]
-      </c>
+        <v>809</v>
+      </c>
+      <c r="B327" t="s">
+        <v>810</v>
+      </c>
+      <c r="C327" t="s">
+        <v>811</v>
+      </c>
+      <c r="D327"/>
       <c r="E327" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F327" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G327" t="s">
-        <v>594</v>
+        <v>16</v>
       </c>
       <c r="H327" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I327" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="328" spans="1:9">
       <c r="A328" t="s">
-        <v>595</v>
+        <v>812</v>
       </c>
       <c r="B328"/>
-      <c r="C328"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C328" t="s">
+        <v>813</v>
+      </c>
+      <c r="D328"/>
       <c r="E328" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F328" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G328" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H328" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I328" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="329" spans="1:9">
       <c r="A329" t="s">
-        <v>596</v>
+        <v>814</v>
       </c>
       <c r="B329"/>
-      <c r="C329"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C329" t="s">
+        <v>814</v>
+      </c>
+      <c r="D329"/>
       <c r="E329" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F329" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G329" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H329" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I329" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="330" spans="1:9">
       <c r="A330" t="s">
-        <v>597</v>
+        <v>815</v>
       </c>
       <c r="B330"/>
-      <c r="C330"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C330" t="s">
+        <v>816</v>
+      </c>
+      <c r="D330"/>
       <c r="E330" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F330" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G330" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H330" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I330" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="331" spans="1:9">
       <c r="A331" t="s">
-        <v>598</v>
-[...11 lines deleted...]
-      </c>
+        <v>817</v>
+      </c>
+      <c r="B331" t="s">
+        <v>818</v>
+      </c>
+      <c r="C331" t="s">
+        <v>819</v>
+      </c>
+      <c r="D331"/>
+      <c r="E331"/>
+      <c r="F331"/>
       <c r="G331" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H331" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:8">
+        <v>820</v>
+      </c>
+      <c r="I331" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="332" spans="1:9">
       <c r="A332" t="s">
-        <v>600</v>
-[...5 lines deleted...]
-      </c>
+        <v>821</v>
+      </c>
+      <c r="B332" t="s">
+        <v>822</v>
+      </c>
+      <c r="C332" t="s">
+        <v>823</v>
+      </c>
+      <c r="D332"/>
       <c r="E332" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F332" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G332" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-    <row r="333" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H332"/>
+      <c r="I332" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="333" spans="1:9">
       <c r="A333" t="s">
-        <v>602</v>
-[...7 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="B333"/>
+      <c r="C333" t="s">
+        <v>825</v>
+      </c>
+      <c r="D333"/>
       <c r="E333" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F333" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G333" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H333" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I333" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="334" spans="1:9">
       <c r="A334" t="s">
-        <v>604</v>
-[...5 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="B334" t="s">
+        <v>826</v>
+      </c>
+      <c r="C334" t="s">
+        <v>827</v>
+      </c>
+      <c r="D334"/>
       <c r="E334" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F334" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G334" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H334" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I334" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="335" spans="1:9">
       <c r="A335" t="s">
-        <v>605</v>
+        <v>828</v>
       </c>
       <c r="B335"/>
-      <c r="C335"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C335" t="s">
+        <v>829</v>
+      </c>
+      <c r="D335"/>
       <c r="E335" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F335" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G335" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H335" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I335" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="336" spans="1:9">
       <c r="A336" t="s">
-        <v>606</v>
+        <v>830</v>
       </c>
       <c r="B336"/>
-      <c r="C336"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C336" t="s">
+        <v>831</v>
+      </c>
+      <c r="D336"/>
       <c r="E336" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F336" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G336" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H336" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I336" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="337" spans="1:9">
       <c r="A337" t="s">
-        <v>607</v>
+        <v>832</v>
       </c>
       <c r="B337"/>
-      <c r="C337"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C337" t="s">
+        <v>833</v>
+      </c>
+      <c r="D337"/>
       <c r="E337" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F337" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G337" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H337" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I337" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="338" spans="1:9">
       <c r="A338" t="s">
-        <v>608</v>
-[...5 lines deleted...]
-      </c>
+        <v>834</v>
+      </c>
+      <c r="B338" t="s">
+        <v>835</v>
+      </c>
+      <c r="C338" t="s">
+        <v>836</v>
+      </c>
+      <c r="D338"/>
       <c r="E338" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F338" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G338" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H338" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I338" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="339" spans="1:9">
       <c r="A339" t="s">
-        <v>609</v>
+        <v>837</v>
       </c>
       <c r="B339"/>
-      <c r="C339"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C339" t="s">
+        <v>838</v>
+      </c>
+      <c r="D339"/>
       <c r="E339" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F339" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G339" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H339" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I339" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="340" spans="1:9">
       <c r="A340" t="s">
-        <v>610</v>
-[...7 lines deleted...]
-      </c>
+        <v>839</v>
+      </c>
+      <c r="B340"/>
+      <c r="C340" t="s">
+        <v>840</v>
+      </c>
+      <c r="D340"/>
       <c r="E340" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F340" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G340" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H340" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I340" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="341" spans="1:9">
       <c r="A341" t="s">
-        <v>612</v>
+        <v>841</v>
       </c>
       <c r="B341"/>
-      <c r="C341"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C341" t="s">
+        <v>842</v>
+      </c>
+      <c r="D341"/>
       <c r="E341" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F341" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G341" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H341" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I341" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9">
       <c r="A342" t="s">
-        <v>613</v>
-[...7 lines deleted...]
-      </c>
+        <v>843</v>
+      </c>
+      <c r="B342"/>
+      <c r="C342" t="s">
+        <v>844</v>
+      </c>
+      <c r="D342"/>
       <c r="E342" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F342" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G342" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-    <row r="343" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H342"/>
+      <c r="I342" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="343" spans="1:9">
       <c r="A343" t="s">
-        <v>615</v>
+        <v>845</v>
       </c>
       <c r="B343"/>
-      <c r="C343"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C343" t="s">
+        <v>846</v>
+      </c>
+      <c r="D343"/>
       <c r="E343" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F343" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G343" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H343" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:8">
+        <v>847</v>
+      </c>
+      <c r="I343" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="344" spans="1:9">
       <c r="A344" t="s">
-        <v>616</v>
-[...7 lines deleted...]
-      </c>
+        <v>848</v>
+      </c>
+      <c r="B344"/>
+      <c r="C344" t="s">
+        <v>849</v>
+      </c>
+      <c r="D344"/>
       <c r="E344" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F344" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G344" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H344" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I344" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="345" spans="1:9">
       <c r="A345" t="s">
-        <v>618</v>
-[...3 lines deleted...]
-      </c>
+        <v>850</v>
+      </c>
+      <c r="B345"/>
       <c r="C345"/>
-      <c r="D345" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D345"/>
       <c r="E345" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F345" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G345" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H345" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I345" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="346" spans="1:9">
       <c r="A346" t="s">
-        <v>620</v>
-[...7 lines deleted...]
-      </c>
+        <v>851</v>
+      </c>
+      <c r="B346"/>
+      <c r="C346" t="s">
+        <v>851</v>
+      </c>
+      <c r="D346"/>
       <c r="E346" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F346" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G346" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H346" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I346" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="347" spans="1:9">
       <c r="A347" t="s">
-        <v>622</v>
-[...3 lines deleted...]
-      </c>
+        <v>852</v>
+      </c>
+      <c r="B347"/>
       <c r="C347"/>
-      <c r="D347" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D347"/>
       <c r="E347" t="s">
-        <v>13</v>
+        <v>853</v>
       </c>
       <c r="F347" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G347" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H347" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I347" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="348" spans="1:9">
       <c r="A348" t="s">
-        <v>624</v>
+        <v>854</v>
       </c>
       <c r="B348"/>
       <c r="C348"/>
-      <c r="D348" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D348"/>
       <c r="E348" t="s">
-        <v>13</v>
+        <v>855</v>
       </c>
       <c r="F348" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G348" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H348" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I348" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="349" spans="1:9">
       <c r="A349" t="s">
-        <v>626</v>
-[...5 lines deleted...]
-      </c>
+        <v>856</v>
+      </c>
+      <c r="B349" t="s">
+        <v>857</v>
+      </c>
+      <c r="C349" t="s">
+        <v>858</v>
+      </c>
+      <c r="D349"/>
       <c r="E349" t="s">
-        <v>13</v>
+        <v>855</v>
       </c>
       <c r="F349" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G349" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H349" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I349" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="350" spans="1:9">
       <c r="A350" t="s">
-        <v>627</v>
-[...7 lines deleted...]
-      </c>
+        <v>859</v>
+      </c>
+      <c r="B350"/>
+      <c r="C350" t="s">
+        <v>860</v>
+      </c>
+      <c r="D350"/>
       <c r="E350" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F350" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G350" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H350" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I350" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="351" spans="1:9">
       <c r="A351" t="s">
-        <v>629</v>
+        <v>861</v>
       </c>
       <c r="B351"/>
       <c r="C351"/>
-      <c r="D351" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D351"/>
       <c r="E351" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F351" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G351" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H351" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I351" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="352" spans="1:9">
       <c r="A352" t="s">
-        <v>630</v>
-[...7 lines deleted...]
-      </c>
+        <v>862</v>
+      </c>
+      <c r="B352"/>
+      <c r="C352" t="s">
+        <v>862</v>
+      </c>
+      <c r="D352"/>
       <c r="E352" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F352" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G352" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H352" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I352" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="353" spans="1:9">
       <c r="A353" t="s">
-        <v>632</v>
+        <v>863</v>
       </c>
       <c r="B353"/>
-      <c r="C353"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C353" t="s">
+        <v>863</v>
+      </c>
+      <c r="D353"/>
       <c r="E353" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F353" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G353" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H353" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I353" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="354" spans="1:9">
       <c r="A354" t="s">
-        <v>633</v>
+        <v>864</v>
       </c>
       <c r="B354"/>
-      <c r="C354"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C354" t="s">
+        <v>864</v>
+      </c>
+      <c r="D354"/>
       <c r="E354" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F354" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G354" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H354" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I354" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="355" spans="1:9">
       <c r="A355" t="s">
-        <v>634</v>
-[...5 lines deleted...]
-      </c>
+        <v>865</v>
+      </c>
+      <c r="B355" t="s">
+        <v>866</v>
+      </c>
+      <c r="C355" t="s">
+        <v>867</v>
+      </c>
+      <c r="D355"/>
       <c r="E355" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F355" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G355" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H355" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I355" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="356" spans="1:9">
       <c r="A356" t="s">
-        <v>635</v>
-[...7 lines deleted...]
-      </c>
+        <v>868</v>
+      </c>
+      <c r="B356"/>
+      <c r="C356" t="s">
+        <v>868</v>
+      </c>
+      <c r="D356"/>
       <c r="E356" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F356" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G356" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H356" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I356" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="357" spans="1:9">
       <c r="A357" t="s">
-        <v>637</v>
-[...5 lines deleted...]
-      </c>
+        <v>869</v>
+      </c>
+      <c r="B357" t="s">
+        <v>870</v>
+      </c>
+      <c r="C357" t="s">
+        <v>869</v>
+      </c>
+      <c r="D357"/>
       <c r="E357" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F357" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G357" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H357" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I357" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="358" spans="1:9">
       <c r="A358" t="s">
-        <v>638</v>
-[...5 lines deleted...]
-      </c>
+        <v>871</v>
+      </c>
+      <c r="B358" t="s">
+        <v>872</v>
+      </c>
+      <c r="C358" t="s">
+        <v>873</v>
+      </c>
+      <c r="D358"/>
       <c r="E358" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F358" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G358" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H358" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I358" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="359" spans="1:9">
       <c r="A359" t="s">
-        <v>639</v>
-[...1 lines deleted...]
-      <c r="B359"/>
+        <v>874</v>
+      </c>
+      <c r="B359" t="s">
+        <v>875</v>
+      </c>
       <c r="C359"/>
-      <c r="D359" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D359"/>
       <c r="E359" t="s">
-        <v>13</v>
+        <v>855</v>
       </c>
       <c r="F359" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G359" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H359" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I359" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="360" spans="1:9">
       <c r="A360" t="s">
-        <v>640</v>
+        <v>876</v>
       </c>
       <c r="B360" t="s">
-        <v>641</v>
+        <v>877</v>
       </c>
       <c r="C360"/>
-      <c r="D360" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D360"/>
       <c r="E360" t="s">
-        <v>13</v>
+        <v>855</v>
       </c>
       <c r="F360" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G360" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H360" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I360" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="361" spans="1:9">
       <c r="A361" t="s">
-        <v>642</v>
-[...5 lines deleted...]
-      </c>
+        <v>878</v>
+      </c>
+      <c r="B361" t="s">
+        <v>879</v>
+      </c>
+      <c r="C361" t="s">
+        <v>880</v>
+      </c>
+      <c r="D361"/>
       <c r="E361" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F361" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G361" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H361" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I361" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="362" spans="1:9">
       <c r="A362" t="s">
-        <v>643</v>
+        <v>881</v>
       </c>
       <c r="B362"/>
       <c r="C362"/>
-      <c r="D362" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D362"/>
       <c r="E362" t="s">
-        <v>13</v>
+        <v>882</v>
       </c>
       <c r="F362" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G362" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H362" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I362" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="363" spans="1:9">
       <c r="A363" t="s">
-        <v>644</v>
+        <v>883</v>
       </c>
       <c r="B363"/>
       <c r="C363"/>
-      <c r="D363" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D363"/>
       <c r="E363" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F363" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G363" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H363" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I363" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="364" spans="1:9">
       <c r="A364" t="s">
-        <v>645</v>
-[...1 lines deleted...]
-      <c r="B364"/>
+        <v>884</v>
+      </c>
+      <c r="B364" t="s">
+        <v>885</v>
+      </c>
       <c r="C364"/>
-      <c r="D364" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D364"/>
       <c r="E364" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F364" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G364" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H364" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I364" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="365" spans="1:9">
       <c r="A365" t="s">
-        <v>646</v>
+        <v>886</v>
       </c>
       <c r="B365"/>
-      <c r="C365"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C365" t="s">
+        <v>887</v>
+      </c>
+      <c r="D365"/>
       <c r="E365" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F365" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G365" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H365" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I365" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="366" spans="1:9">
       <c r="A366" t="s">
-        <v>647</v>
-[...5 lines deleted...]
-      </c>
+        <v>888</v>
+      </c>
+      <c r="B366" t="s">
+        <v>889</v>
+      </c>
+      <c r="C366" t="s">
+        <v>890</v>
+      </c>
+      <c r="D366"/>
       <c r="E366" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F366" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G366" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H366" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I366" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="367" spans="1:9">
       <c r="A367" t="s">
-        <v>648</v>
+        <v>891</v>
       </c>
       <c r="B367"/>
       <c r="C367"/>
-      <c r="D367" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D367"/>
       <c r="E367" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F367" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G367" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H367" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I367" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="368" spans="1:9">
       <c r="A368" t="s">
-        <v>649</v>
+        <v>892</v>
       </c>
       <c r="B368"/>
-      <c r="C368"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C368" t="s">
+        <v>893</v>
+      </c>
+      <c r="D368"/>
       <c r="E368" t="s">
-        <v>13</v>
+        <v>855</v>
       </c>
       <c r="F368" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G368" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H368" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I368" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9">
       <c r="A369" t="s">
-        <v>650</v>
+        <v>894</v>
       </c>
       <c r="B369"/>
       <c r="C369"/>
-      <c r="D369" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D369"/>
       <c r="E369" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F369" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G369" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H369" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I369" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="370" spans="1:9">
       <c r="A370" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="B370"/>
+        <v>895</v>
+      </c>
+      <c r="B370" t="s">
+        <v>896</v>
+      </c>
       <c r="C370"/>
-      <c r="D370" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D370"/>
       <c r="E370" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F370" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G370" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H370" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I370" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9">
       <c r="A371" t="s">
-        <v>652</v>
+        <v>897</v>
       </c>
       <c r="B371"/>
       <c r="C371"/>
-      <c r="D371" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D371"/>
       <c r="E371" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F371" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G371" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H371" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I371" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9">
       <c r="A372" t="s">
-        <v>653</v>
+        <v>898</v>
       </c>
       <c r="B372"/>
       <c r="C372"/>
-      <c r="D372" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D372"/>
       <c r="E372" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F372" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G372" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H372" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I372" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9">
       <c r="A373" t="s">
-        <v>654</v>
-[...7 lines deleted...]
-      </c>
+        <v>899</v>
+      </c>
+      <c r="B373"/>
+      <c r="C373" t="s">
+        <v>900</v>
+      </c>
+      <c r="D373"/>
       <c r="E373" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F373" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G373" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H373" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I373" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="374" spans="1:9">
       <c r="A374" t="s">
-        <v>656</v>
-[...1 lines deleted...]
-      <c r="B374"/>
+        <v>901</v>
+      </c>
+      <c r="B374" t="s">
+        <v>902</v>
+      </c>
       <c r="C374"/>
-      <c r="D374" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D374"/>
       <c r="E374" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F374" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G374" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H374" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I374" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9">
       <c r="A375" t="s">
-        <v>657</v>
+        <v>903</v>
       </c>
       <c r="B375"/>
-      <c r="C375"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C375" t="s">
+        <v>904</v>
+      </c>
+      <c r="D375"/>
       <c r="E375" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F375" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G375" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H375" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I375" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="376" spans="1:9">
       <c r="A376" t="s">
-        <v>658</v>
+        <v>905</v>
       </c>
       <c r="B376"/>
       <c r="C376"/>
-      <c r="D376" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D376"/>
       <c r="E376" t="s">
-        <v>13</v>
+        <v>855</v>
       </c>
       <c r="F376" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G376" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H376" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I376" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="377" spans="1:9">
       <c r="A377" t="s">
-        <v>659</v>
+        <v>906</v>
       </c>
       <c r="B377"/>
       <c r="C377"/>
-      <c r="D377" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D377"/>
       <c r="E377" t="s">
-        <v>13</v>
+        <v>855</v>
       </c>
       <c r="F377" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G377" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H377" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I377" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="378" spans="1:9">
       <c r="A378" t="s">
-        <v>660</v>
+        <v>907</v>
       </c>
       <c r="B378"/>
       <c r="C378"/>
-      <c r="D378" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D378"/>
       <c r="E378" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F378" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G378" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H378" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I378" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="379" spans="1:9">
       <c r="A379" t="s">
-        <v>661</v>
+        <v>908</v>
       </c>
       <c r="B379"/>
       <c r="C379"/>
-      <c r="D379" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D379"/>
       <c r="E379" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F379" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G379" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H379" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I379" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9">
       <c r="A380" t="s">
-        <v>662</v>
+        <v>909</v>
       </c>
       <c r="B380"/>
       <c r="C380"/>
-      <c r="D380" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D380"/>
       <c r="E380" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F380" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G380" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H380" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I380" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9">
       <c r="A381" t="s">
-        <v>663</v>
+        <v>910</v>
       </c>
       <c r="B381"/>
       <c r="C381"/>
-      <c r="D381" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D381"/>
       <c r="E381" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F381" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G381" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H381" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I381" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="382" spans="1:9">
       <c r="A382" t="s">
-        <v>664</v>
+        <v>911</v>
       </c>
       <c r="B382"/>
       <c r="C382"/>
-      <c r="D382" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D382"/>
       <c r="E382" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F382" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G382" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H382" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I382" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="383" spans="1:9">
       <c r="A383" t="s">
-        <v>665</v>
-[...3 lines deleted...]
-      </c>
+        <v>912</v>
+      </c>
+      <c r="B383"/>
       <c r="C383"/>
-      <c r="D383" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D383"/>
       <c r="E383" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F383" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G383" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H383" t="s">
         <v>29</v>
       </c>
-    </row>
-    <row r="384" spans="1:8">
+      <c r="I383" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="384" spans="1:9">
       <c r="A384" t="s">
-        <v>667</v>
-[...7 lines deleted...]
-      </c>
+        <v>913</v>
+      </c>
+      <c r="B384"/>
+      <c r="C384" t="s">
+        <v>914</v>
+      </c>
+      <c r="D384"/>
       <c r="E384" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F384" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G384" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H384" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I384" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="385" spans="1:9">
       <c r="A385" t="s">
-        <v>669</v>
+        <v>915</v>
       </c>
       <c r="B385"/>
-      <c r="C385"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C385" t="s">
+        <v>916</v>
+      </c>
+      <c r="D385"/>
       <c r="E385" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F385" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G385" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H385" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I385" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="386" spans="1:9">
       <c r="A386" t="s">
-        <v>670</v>
+        <v>917</v>
       </c>
       <c r="B386"/>
       <c r="C386"/>
-      <c r="D386" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D386"/>
       <c r="E386" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F386" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G386" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H386" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I386" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="387" spans="1:9">
       <c r="A387" t="s">
-        <v>672</v>
+        <v>918</v>
       </c>
       <c r="B387" t="s">
-        <v>673</v>
+        <v>919</v>
       </c>
       <c r="C387"/>
-      <c r="D387" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D387"/>
       <c r="E387" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F387" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G387" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H387" t="s">
         <v>29</v>
       </c>
-    </row>
-    <row r="388" spans="1:8">
+      <c r="I387" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="388" spans="1:9">
       <c r="A388" t="s">
-        <v>674</v>
+        <v>920</v>
       </c>
       <c r="B388"/>
-      <c r="C388"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C388" t="s">
+        <v>921</v>
+      </c>
+      <c r="D388"/>
       <c r="E388" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F388" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G388" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H388" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I388" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="389" spans="1:9">
       <c r="A389" t="s">
-        <v>675</v>
+        <v>922</v>
       </c>
       <c r="B389"/>
       <c r="C389"/>
-      <c r="D389" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D389"/>
       <c r="E389" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F389" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G389" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H389" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I389" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="390" spans="1:9">
       <c r="A390" t="s">
-        <v>676</v>
+        <v>923</v>
       </c>
       <c r="B390"/>
-      <c r="C390"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C390" t="s">
+        <v>924</v>
+      </c>
+      <c r="D390"/>
       <c r="E390" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F390" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G390" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H390" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I390" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="391" spans="1:9">
       <c r="A391" t="s">
-        <v>677</v>
-[...3 lines deleted...]
-      </c>
+        <v>925</v>
+      </c>
+      <c r="B391"/>
       <c r="C391"/>
-      <c r="D391" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D391"/>
       <c r="E391" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F391" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G391" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H391" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I391" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="392" spans="1:9">
       <c r="A392" t="s">
-        <v>680</v>
+        <v>926</v>
       </c>
       <c r="B392"/>
-      <c r="C392"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C392" t="s">
+        <v>927</v>
+      </c>
+      <c r="D392"/>
       <c r="E392" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F392" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G392" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H392" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I392" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="393" spans="1:9">
       <c r="A393" t="s">
-        <v>681</v>
+        <v>928</v>
       </c>
       <c r="B393"/>
-      <c r="C393"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C393" t="s">
+        <v>929</v>
+      </c>
+      <c r="D393"/>
       <c r="E393" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F393" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G393" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H393" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I393" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="394" spans="1:9">
       <c r="A394" t="s">
-        <v>682</v>
+        <v>930</v>
       </c>
       <c r="B394"/>
       <c r="C394"/>
-      <c r="D394" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D394"/>
       <c r="E394" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F394" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G394" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H394" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I394" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="395" spans="1:9">
       <c r="A395" t="s">
-        <v>683</v>
+        <v>931</v>
       </c>
       <c r="B395"/>
       <c r="C395"/>
-      <c r="D395" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D395"/>
       <c r="E395" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F395" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G395" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H395" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I395" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="396" spans="1:9">
       <c r="A396" t="s">
-        <v>684</v>
+        <v>932</v>
       </c>
       <c r="B396"/>
       <c r="C396"/>
-      <c r="D396" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D396"/>
       <c r="E396" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F396" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G396" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H396" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I396" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="397" spans="1:9">
       <c r="A397" t="s">
-        <v>685</v>
-[...5 lines deleted...]
-      </c>
+        <v>933</v>
+      </c>
+      <c r="B397" t="s">
+        <v>934</v>
+      </c>
+      <c r="C397" t="s">
+        <v>935</v>
+      </c>
+      <c r="D397"/>
       <c r="E397" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F397" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G397" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H397" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I397" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="398" spans="1:9">
       <c r="A398" t="s">
-        <v>686</v>
-[...1 lines deleted...]
-      <c r="B398"/>
+        <v>936</v>
+      </c>
+      <c r="B398" t="s">
+        <v>937</v>
+      </c>
       <c r="C398"/>
-      <c r="D398" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D398"/>
       <c r="E398" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F398" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G398" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H398" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I398" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="399" spans="1:9">
       <c r="A399" t="s">
-        <v>687</v>
+        <v>938</v>
       </c>
       <c r="B399"/>
-      <c r="C399"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C399" t="s">
+        <v>939</v>
+      </c>
+      <c r="D399"/>
       <c r="E399" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F399" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G399" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H399" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I399" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="400" spans="1:9">
       <c r="A400" t="s">
-        <v>688</v>
+        <v>940</v>
       </c>
       <c r="B400"/>
-      <c r="C400"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C400" t="s">
+        <v>941</v>
+      </c>
+      <c r="D400"/>
       <c r="E400" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F400" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G400" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H400" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I400" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="401" spans="1:9">
       <c r="A401" t="s">
-        <v>689</v>
-[...5 lines deleted...]
-      </c>
+        <v>943</v>
+      </c>
+      <c r="B401" t="s">
+        <v>944</v>
+      </c>
+      <c r="C401" t="s">
+        <v>945</v>
+      </c>
+      <c r="D401"/>
       <c r="E401" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F401" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G401" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H401" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I401" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="402" spans="1:9">
       <c r="A402" t="s">
-        <v>690</v>
+        <v>946</v>
       </c>
       <c r="B402"/>
-      <c r="C402"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C402" t="s">
+        <v>947</v>
+      </c>
+      <c r="D402"/>
       <c r="E402" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F402" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G402" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H402" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I402" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="403" spans="1:9">
       <c r="A403" t="s">
-        <v>691</v>
+        <v>948</v>
       </c>
       <c r="B403"/>
-      <c r="C403"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C403" t="s">
+        <v>948</v>
+      </c>
+      <c r="D403"/>
       <c r="E403" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F403" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G403" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H403" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I403" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="404" spans="1:9">
       <c r="A404" t="s">
-        <v>692</v>
+        <v>949</v>
       </c>
       <c r="B404"/>
-      <c r="C404"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C404" t="s">
+        <v>950</v>
+      </c>
+      <c r="D404"/>
       <c r="E404" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F404" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G404" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H404" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I404" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="405" spans="1:9">
       <c r="A405" t="s">
-        <v>693</v>
-[...5 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="B405" t="s">
+        <v>952</v>
+      </c>
+      <c r="C405" t="s">
+        <v>953</v>
+      </c>
+      <c r="D405"/>
       <c r="E405" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F405" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G405" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H405" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I405" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9">
       <c r="A406" t="s">
-        <v>694</v>
+        <v>955</v>
       </c>
       <c r="B406"/>
-      <c r="C406"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C406" t="s">
+        <v>955</v>
+      </c>
+      <c r="D406"/>
       <c r="E406" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F406" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G406" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H406" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I406" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="407" spans="1:9">
       <c r="A407" t="s">
-        <v>695</v>
+        <v>956</v>
       </c>
       <c r="B407"/>
-      <c r="C407"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C407" t="s">
+        <v>957</v>
+      </c>
+      <c r="D407"/>
       <c r="E407" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F407" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G407" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H407" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I407" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="408" spans="1:9">
       <c r="A408" t="s">
-        <v>696</v>
+        <v>958</v>
       </c>
       <c r="B408"/>
-      <c r="C408"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C408" t="s">
+        <v>959</v>
+      </c>
+      <c r="D408"/>
       <c r="E408" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F408" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G408" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H408" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I408" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="409" spans="1:9">
       <c r="A409" t="s">
-        <v>697</v>
+        <v>960</v>
       </c>
       <c r="B409"/>
       <c r="C409"/>
-      <c r="D409" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D409"/>
       <c r="E409" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F409" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G409" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H409" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I409" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="410" spans="1:9">
       <c r="A410" t="s">
-        <v>698</v>
+        <v>961</v>
       </c>
       <c r="B410"/>
-      <c r="C410"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C410" t="s">
+        <v>962</v>
+      </c>
+      <c r="D410"/>
       <c r="E410" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F410" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G410" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H410" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I410" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="411" spans="1:9">
       <c r="A411" t="s">
-        <v>699</v>
+        <v>963</v>
       </c>
       <c r="B411"/>
-      <c r="C411"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C411" t="s">
+        <v>964</v>
+      </c>
+      <c r="D411"/>
       <c r="E411" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F411" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G411" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H411" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I411" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="412" spans="1:9">
       <c r="A412" t="s">
-        <v>700</v>
-[...7 lines deleted...]
-      </c>
+        <v>965</v>
+      </c>
+      <c r="B412"/>
+      <c r="C412" t="s">
+        <v>966</v>
+      </c>
+      <c r="D412"/>
       <c r="E412" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F412" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G412" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H412" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I412" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="413" spans="1:9">
       <c r="A413" t="s">
-        <v>702</v>
-[...3 lines deleted...]
-      </c>
+        <v>967</v>
+      </c>
+      <c r="B413"/>
       <c r="C413"/>
-      <c r="D413" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D413"/>
       <c r="E413" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F413" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G413" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H413" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I413" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="414" spans="1:9">
       <c r="A414" t="s">
-        <v>704</v>
-[...7 lines deleted...]
-      </c>
+        <v>968</v>
+      </c>
+      <c r="B414"/>
+      <c r="C414" t="s">
+        <v>969</v>
+      </c>
+      <c r="D414"/>
       <c r="E414" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F414" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G414" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H414" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I414" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="415" spans="1:9">
       <c r="A415" t="s">
-        <v>706</v>
-[...7 lines deleted...]
-      </c>
+        <v>970</v>
+      </c>
+      <c r="B415"/>
+      <c r="C415" t="s">
+        <v>971</v>
+      </c>
+      <c r="D415"/>
       <c r="E415" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F415" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G415" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H415" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I415" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="416" spans="1:9">
       <c r="A416" t="s">
-        <v>708</v>
+        <v>972</v>
       </c>
       <c r="B416"/>
-      <c r="C416"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C416" t="s">
+        <v>973</v>
+      </c>
+      <c r="D416"/>
       <c r="E416" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F416" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G416" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H416" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I416" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="417" spans="1:9">
       <c r="A417" t="s">
-        <v>709</v>
+        <v>974</v>
       </c>
       <c r="B417"/>
-      <c r="C417"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C417" t="s">
+        <v>975</v>
+      </c>
+      <c r="D417"/>
       <c r="E417" t="s">
-        <v>13</v>
+        <v>855</v>
       </c>
       <c r="F417" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G417" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H417" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I417" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="418" spans="1:9">
       <c r="A418" t="s">
-        <v>710</v>
+        <v>976</v>
       </c>
       <c r="B418"/>
-      <c r="C418"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C418" t="s">
+        <v>977</v>
+      </c>
+      <c r="D418"/>
       <c r="E418" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F418" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G418" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H418" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I418" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="419" spans="1:9">
       <c r="A419" t="s">
-        <v>711</v>
+        <v>978</v>
       </c>
       <c r="B419"/>
-      <c r="C419"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C419" t="s">
+        <v>979</v>
+      </c>
+      <c r="D419"/>
       <c r="E419" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F419" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G419" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H419" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I419" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="420" spans="1:9">
       <c r="A420" t="s">
-        <v>712</v>
+        <v>980</v>
       </c>
       <c r="B420"/>
-      <c r="C420"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C420" t="s">
+        <v>981</v>
+      </c>
+      <c r="D420"/>
       <c r="E420" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F420" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G420" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H420" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I420" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="421" spans="1:9">
       <c r="A421" t="s">
-        <v>713</v>
+        <v>982</v>
       </c>
       <c r="B421"/>
-      <c r="C421"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C421" t="s">
+        <v>983</v>
+      </c>
+      <c r="D421"/>
       <c r="E421" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F421" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G421" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H421" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I421" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="422" spans="1:9">
       <c r="A422" t="s">
-        <v>714</v>
+        <v>984</v>
       </c>
       <c r="B422"/>
-      <c r="C422"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C422" t="s">
+        <v>985</v>
+      </c>
+      <c r="D422"/>
       <c r="E422" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F422" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G422" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H422" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I422" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="423" spans="1:9">
       <c r="A423" t="s">
-        <v>715</v>
+        <v>986</v>
       </c>
       <c r="B423"/>
-      <c r="C423"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C423" t="s">
+        <v>987</v>
+      </c>
+      <c r="D423"/>
       <c r="E423" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F423" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G423" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H423" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I423" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="424" spans="1:9">
       <c r="A424" t="s">
-        <v>716</v>
+        <v>988</v>
       </c>
       <c r="B424"/>
-      <c r="C424"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C424" t="s">
+        <v>989</v>
+      </c>
+      <c r="D424"/>
       <c r="E424" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F424" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G424" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H424" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I424" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="425" spans="1:9">
       <c r="A425" t="s">
-        <v>717</v>
+        <v>990</v>
       </c>
       <c r="B425"/>
-      <c r="C425"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C425" t="s">
+        <v>991</v>
+      </c>
+      <c r="D425"/>
       <c r="E425" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F425" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G425" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H425" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I425" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="426" spans="1:9">
       <c r="A426" t="s">
-        <v>718</v>
-[...5 lines deleted...]
-      </c>
+        <v>992</v>
+      </c>
+      <c r="B426" t="s">
+        <v>993</v>
+      </c>
+      <c r="C426" t="s">
+        <v>994</v>
+      </c>
+      <c r="D426"/>
       <c r="E426" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F426" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G426" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H426" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I426" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="427" spans="1:9">
       <c r="A427" t="s">
-        <v>719</v>
-[...5 lines deleted...]
-      </c>
+        <v>995</v>
+      </c>
+      <c r="B427" t="s">
+        <v>996</v>
+      </c>
+      <c r="C427" t="s">
+        <v>997</v>
+      </c>
+      <c r="D427"/>
       <c r="E427" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F427" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G427" t="s">
-        <v>594</v>
+        <v>16</v>
       </c>
       <c r="H427" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I427" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="428" spans="1:9">
       <c r="A428" t="s">
-        <v>720</v>
-[...5 lines deleted...]
-      </c>
+        <v>998</v>
+      </c>
+      <c r="B428" t="s">
+        <v>999</v>
+      </c>
+      <c r="C428" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D428"/>
       <c r="E428" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F428" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G428" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H428" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I428" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="429" spans="1:9">
       <c r="A429" t="s">
-        <v>721</v>
-[...5 lines deleted...]
-      </c>
+        <v>1001</v>
+      </c>
+      <c r="B429" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D429"/>
       <c r="E429" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F429" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G429" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H429" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I429" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="430" spans="1:9">
       <c r="A430" t="s">
-        <v>722</v>
+        <v>1004</v>
       </c>
       <c r="B430"/>
-      <c r="C430"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C430" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D430"/>
       <c r="E430" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F430" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G430" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H430" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I430" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="431" spans="1:9">
       <c r="A431" t="s">
-        <v>723</v>
+        <v>1006</v>
       </c>
       <c r="B431"/>
-      <c r="C431"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C431" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D431"/>
       <c r="E431" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F431" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G431" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H431" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I431" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="432" spans="1:9">
       <c r="A432" t="s">
-        <v>724</v>
+        <v>1008</v>
       </c>
       <c r="B432"/>
-      <c r="C432"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C432" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D432"/>
       <c r="E432" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F432" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G432" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H432" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I432" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="433" spans="1:9">
       <c r="A433" t="s">
-        <v>725</v>
-[...7 lines deleted...]
-      </c>
+        <v>1009</v>
+      </c>
+      <c r="B433"/>
+      <c r="C433" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D433"/>
       <c r="E433" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F433" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G433" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H433" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I433" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="434" spans="1:9">
       <c r="A434" t="s">
-        <v>727</v>
+        <v>1010</v>
       </c>
       <c r="B434"/>
       <c r="C434"/>
-      <c r="D434" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D434"/>
       <c r="E434" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F434" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G434" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H434" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I434" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="435" spans="1:9">
       <c r="A435" t="s">
-        <v>728</v>
+        <v>1011</v>
       </c>
       <c r="B435"/>
       <c r="C435"/>
-      <c r="D435" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D435"/>
       <c r="E435" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F435" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G435" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H435" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I435" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="436" spans="1:9">
       <c r="A436" t="s">
-        <v>729</v>
+        <v>1012</v>
       </c>
       <c r="B436"/>
       <c r="C436"/>
-      <c r="D436" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D436"/>
       <c r="E436" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F436" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G436" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H436" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I436" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="437" spans="1:9">
       <c r="A437" t="s">
-        <v>730</v>
+        <v>1013</v>
       </c>
       <c r="B437"/>
       <c r="C437"/>
-      <c r="D437" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D437"/>
       <c r="E437" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F437" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G437" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H437" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I437" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="438" spans="1:9">
       <c r="A438" t="s">
-        <v>731</v>
-[...7 lines deleted...]
-      </c>
+        <v>1014</v>
+      </c>
+      <c r="B438"/>
+      <c r="C438" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D438"/>
       <c r="E438" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F438" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G438" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H438" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I438" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="439" spans="1:9">
       <c r="A439" t="s">
-        <v>733</v>
+        <v>1016</v>
       </c>
       <c r="B439"/>
       <c r="C439"/>
-      <c r="D439" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D439"/>
       <c r="E439" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F439" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G439" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H439" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I439" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="440" spans="1:9">
       <c r="A440" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-      </c>
+        <v>1017</v>
+      </c>
+      <c r="B440"/>
       <c r="C440"/>
-      <c r="D440" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D440"/>
       <c r="E440" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F440" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G440" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H440" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I440" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="441" spans="1:9">
       <c r="A441" t="s">
-        <v>736</v>
+        <v>1018</v>
       </c>
       <c r="B441"/>
       <c r="C441"/>
-      <c r="D441" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D441"/>
       <c r="E441" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F441" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G441" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H441" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:8">
+        <v>847</v>
+      </c>
+      <c r="I441" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="442" spans="1:9">
       <c r="A442" t="s">
-        <v>737</v>
+        <v>1019</v>
       </c>
       <c r="B442"/>
-      <c r="C442"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C442" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D442"/>
       <c r="E442" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F442" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G442" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H442" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I442" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="443" spans="1:9">
       <c r="A443" t="s">
-        <v>738</v>
-[...3 lines deleted...]
-      </c>
+        <v>1021</v>
+      </c>
+      <c r="B443"/>
       <c r="C443"/>
-      <c r="D443" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D443"/>
       <c r="E443" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F443" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G443" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H443" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I443" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="444" spans="1:9">
       <c r="A444" t="s">
-        <v>740</v>
-[...3 lines deleted...]
-      </c>
+        <v>1022</v>
+      </c>
+      <c r="B444"/>
       <c r="C444"/>
-      <c r="D444" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D444"/>
       <c r="E444" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F444" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G444" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H444" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I444" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="445" spans="1:9">
       <c r="A445" t="s">
-        <v>742</v>
+        <v>1023</v>
       </c>
       <c r="B445"/>
       <c r="C445"/>
-      <c r="D445" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D445"/>
       <c r="E445" t="s">
-        <v>13</v>
+        <v>855</v>
       </c>
       <c r="F445" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G445" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H445" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I445" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="446" spans="1:9">
       <c r="A446" t="s">
-        <v>743</v>
-[...7 lines deleted...]
-      </c>
+        <v>1024</v>
+      </c>
+      <c r="B446"/>
+      <c r="C446" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D446"/>
       <c r="E446" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F446" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G446" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H446" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I446" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="447" spans="1:9">
       <c r="A447" t="s">
-        <v>745</v>
-[...5 lines deleted...]
-      </c>
+        <v>1026</v>
+      </c>
+      <c r="B447" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D447"/>
       <c r="E447" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F447" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G447" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H447" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I447" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="448" spans="1:9">
       <c r="A448" t="s">
-        <v>746</v>
+        <v>1029</v>
       </c>
       <c r="B448"/>
       <c r="C448"/>
-      <c r="D448" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D448"/>
       <c r="E448" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F448" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G448" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H448" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I448" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="449" spans="1:9">
       <c r="A449" t="s">
-        <v>747</v>
+        <v>1030</v>
       </c>
       <c r="B449"/>
       <c r="C449"/>
-      <c r="D449" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D449"/>
       <c r="E449" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F449" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G449"/>
+        <v>15</v>
+      </c>
+      <c r="G449" t="s">
+        <v>16</v>
+      </c>
       <c r="H449" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I449" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="450" spans="1:9">
       <c r="A450" t="s">
-        <v>748</v>
+        <v>1031</v>
       </c>
       <c r="B450"/>
       <c r="C450"/>
-      <c r="D450" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D450"/>
       <c r="E450" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F450" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G450" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H450" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I450" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="451" spans="1:9">
       <c r="A451" t="s">
-        <v>749</v>
+        <v>1032</v>
       </c>
       <c r="B451"/>
       <c r="C451"/>
-      <c r="D451" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D451"/>
       <c r="E451" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F451" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G451" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H451" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I451" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="452" spans="1:9">
       <c r="A452" t="s">
-        <v>750</v>
+        <v>1033</v>
       </c>
       <c r="B452" t="s">
-        <v>751</v>
-[...4 lines deleted...]
-      </c>
+        <v>1034</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D452"/>
       <c r="E452" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F452" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G452" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H452" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I452" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="453" spans="1:9">
       <c r="A453" t="s">
-        <v>752</v>
+        <v>1036</v>
       </c>
       <c r="B453"/>
-      <c r="C453"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C453" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D453"/>
       <c r="E453" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F453" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G453" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H453" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I453" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="454" spans="1:9">
       <c r="A454" t="s">
-        <v>753</v>
+        <v>1038</v>
       </c>
       <c r="B454" t="s">
-        <v>754</v>
-[...4 lines deleted...]
-      </c>
+        <v>1039</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D454"/>
       <c r="E454" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F454" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G454" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H454" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I454" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="455" spans="1:9">
       <c r="A455" t="s">
-        <v>755</v>
+        <v>1041</v>
       </c>
       <c r="B455"/>
       <c r="C455"/>
-      <c r="D455" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D455"/>
       <c r="E455" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F455" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G455" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H455" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I455" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="456" spans="1:9">
       <c r="A456" t="s">
-        <v>756</v>
+        <v>1042</v>
       </c>
       <c r="B456"/>
       <c r="C456"/>
-      <c r="D456" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D456"/>
       <c r="E456" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F456" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G456" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H456" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I456" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="457" spans="1:9">
       <c r="A457" t="s">
-        <v>757</v>
-[...1 lines deleted...]
-      <c r="B457"/>
+        <v>1043</v>
+      </c>
+      <c r="B457" t="s">
+        <v>1044</v>
+      </c>
       <c r="C457"/>
-      <c r="D457" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D457"/>
       <c r="E457" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F457" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G457" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H457" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I457" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="458" spans="1:9">
       <c r="A458" t="s">
-        <v>758</v>
-[...5 lines deleted...]
-      </c>
+        <v>1045</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D458"/>
       <c r="E458" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F458" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G458" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H458" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I458" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="459" spans="1:9">
       <c r="A459" t="s">
-        <v>759</v>
+        <v>1048</v>
       </c>
       <c r="B459"/>
       <c r="C459"/>
-      <c r="D459" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D459"/>
       <c r="E459" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F459" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G459" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H459" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I459" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="460" spans="1:9">
       <c r="A460" t="s">
-        <v>760</v>
-[...1 lines deleted...]
-      <c r="B460"/>
+        <v>1049</v>
+      </c>
+      <c r="B460" t="s">
+        <v>1050</v>
+      </c>
       <c r="C460"/>
-      <c r="D460" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D460"/>
       <c r="E460" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F460" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G460" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H460" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I460" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="461" spans="1:9">
       <c r="A461" t="s">
-        <v>761</v>
+        <v>1051</v>
       </c>
       <c r="B461"/>
       <c r="C461"/>
-      <c r="D461" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D461"/>
       <c r="E461" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F461" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G461" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H461" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I461" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="462" spans="1:9">
       <c r="A462" t="s">
-        <v>762</v>
+        <v>1052</v>
       </c>
       <c r="B462"/>
       <c r="C462"/>
-      <c r="D462" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D462"/>
       <c r="E462" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F462" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G462" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H462" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I462" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="463" spans="1:9">
       <c r="A463" t="s">
-        <v>763</v>
+        <v>1053</v>
       </c>
       <c r="B463"/>
-      <c r="C463"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C463" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D463"/>
       <c r="E463" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F463" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G463" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H463" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I463" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="464" spans="1:9">
       <c r="A464" t="s">
-        <v>764</v>
+        <v>1055</v>
       </c>
       <c r="B464"/>
       <c r="C464"/>
-      <c r="D464" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D464"/>
       <c r="E464" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F464" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G464" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H464" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I464" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="465" spans="1:9">
       <c r="A465" t="s">
-        <v>765</v>
+        <v>1056</v>
       </c>
       <c r="B465"/>
       <c r="C465"/>
-      <c r="D465" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D465"/>
       <c r="E465" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F465" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G465"/>
+        <v>15</v>
+      </c>
+      <c r="G465" t="s">
+        <v>16</v>
+      </c>
       <c r="H465" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I465" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="466" spans="1:9">
       <c r="A466" t="s">
-        <v>766</v>
+        <v>1057</v>
       </c>
       <c r="B466" t="s">
-        <v>767</v>
+        <v>1058</v>
       </c>
       <c r="C466"/>
-      <c r="D466" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D466"/>
       <c r="E466" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F466" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G466" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H466" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I466" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="467" spans="1:9">
       <c r="A467" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-      </c>
+        <v>1059</v>
+      </c>
+      <c r="B467"/>
       <c r="C467"/>
-      <c r="D467" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D467"/>
       <c r="E467" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F467" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G467" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H467" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I467" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="468" spans="1:9">
       <c r="A468" t="s">
-        <v>769</v>
+        <v>1060</v>
       </c>
       <c r="B468" t="s">
-        <v>770</v>
+        <v>1061</v>
       </c>
       <c r="C468"/>
-      <c r="D468" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D468"/>
       <c r="E468" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F468" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G468" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H468" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I468" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="469" spans="1:9">
       <c r="A469" t="s">
-        <v>771</v>
-[...3 lines deleted...]
-      </c>
+        <v>1062</v>
+      </c>
+      <c r="B469"/>
       <c r="C469"/>
-      <c r="D469" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D469"/>
       <c r="E469" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F469" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G469" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H469" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I469" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="470" spans="1:9">
       <c r="A470" t="s">
-        <v>773</v>
-[...7 lines deleted...]
-      </c>
+        <v>1063</v>
+      </c>
+      <c r="B470"/>
+      <c r="C470" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D470"/>
       <c r="E470" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F470" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G470" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H470" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I470" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="471" spans="1:9">
       <c r="A471" t="s">
-        <v>775</v>
-[...7 lines deleted...]
-      </c>
+        <v>1065</v>
+      </c>
+      <c r="B471"/>
+      <c r="C471" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D471"/>
       <c r="E471" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F471" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G471" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H471" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I471" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="472" spans="1:9">
       <c r="A472" t="s">
-        <v>777</v>
-[...7 lines deleted...]
-      </c>
+        <v>1067</v>
+      </c>
+      <c r="B472"/>
+      <c r="C472" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D472"/>
       <c r="E472" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F472" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G472" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H472" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I472" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="473" spans="1:9">
       <c r="A473" t="s">
-        <v>779</v>
-[...7 lines deleted...]
-      </c>
+        <v>1069</v>
+      </c>
+      <c r="B473"/>
+      <c r="C473" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D473"/>
       <c r="E473" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F473" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G473" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H473" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I473" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="474" spans="1:9">
       <c r="A474" t="s">
-        <v>781</v>
-[...7 lines deleted...]
-      </c>
+        <v>1071</v>
+      </c>
+      <c r="B474"/>
+      <c r="C474" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D474"/>
       <c r="E474" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F474" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G474" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H474" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I474" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="475" spans="1:9">
       <c r="A475" t="s">
-        <v>783</v>
-[...7 lines deleted...]
-      </c>
+        <v>1073</v>
+      </c>
+      <c r="B475"/>
+      <c r="C475" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D475"/>
       <c r="E475" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F475" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G475" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H475" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I475" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="476" spans="1:9">
       <c r="A476" t="s">
-        <v>785</v>
-[...7 lines deleted...]
-      </c>
+        <v>1075</v>
+      </c>
+      <c r="B476"/>
+      <c r="C476" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D476"/>
       <c r="E476" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F476" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G476" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H476" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I476" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="477" spans="1:9">
       <c r="A477" t="s">
-        <v>787</v>
-[...7 lines deleted...]
-      </c>
+        <v>1077</v>
+      </c>
+      <c r="B477"/>
+      <c r="C477" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D477"/>
       <c r="E477" t="s">
+        <v>14</v>
+      </c>
+      <c r="F477" t="s">
+        <v>15</v>
+      </c>
+      <c r="G477" t="s">
+        <v>16</v>
+      </c>
+      <c r="H477" t="s">
+        <v>29</v>
+      </c>
+      <c r="I477" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="478" spans="1:9">
+      <c r="A478" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B478"/>
+      <c r="C478" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D478"/>
+      <c r="E478" t="s">
+        <v>853</v>
+      </c>
+      <c r="F478" t="s">
+        <v>15</v>
+      </c>
+      <c r="G478" t="s">
+        <v>16</v>
+      </c>
+      <c r="H478" t="s">
+        <v>23</v>
+      </c>
+      <c r="I478" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="479" spans="1:9">
+      <c r="A479" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B479"/>
+      <c r="C479" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D479"/>
+      <c r="E479" t="s">
+        <v>22</v>
+      </c>
+      <c r="F479" t="s">
+        <v>15</v>
+      </c>
+      <c r="G479" t="s">
+        <v>16</v>
+      </c>
+      <c r="H479"/>
+      <c r="I479" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="480" spans="1:9">
+      <c r="A480" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D480"/>
+      <c r="E480" t="s">
+        <v>22</v>
+      </c>
+      <c r="F480" t="s">
+        <v>15</v>
+      </c>
+      <c r="G480" t="s">
+        <v>16</v>
+      </c>
+      <c r="H480" t="s">
+        <v>23</v>
+      </c>
+      <c r="I480" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="481" spans="1:9">
+      <c r="A481" t="s">
+        <v>538</v>
+      </c>
+      <c r="B481" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C481" t="s">
+        <v>538</v>
+      </c>
+      <c r="D481"/>
+      <c r="E481" t="s">
+        <v>14</v>
+      </c>
+      <c r="F481" t="s">
+        <v>15</v>
+      </c>
+      <c r="G481" t="s">
+        <v>16</v>
+      </c>
+      <c r="H481" t="s">
+        <v>29</v>
+      </c>
+      <c r="I481" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="482" spans="1:9">
+      <c r="A482" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D482"/>
+      <c r="E482" t="s">
+        <v>22</v>
+      </c>
+      <c r="F482" t="s">
+        <v>15</v>
+      </c>
+      <c r="G482" t="s">
+        <v>16</v>
+      </c>
+      <c r="H482" t="s">
+        <v>38</v>
+      </c>
+      <c r="I482" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="483" spans="1:9">
+      <c r="A483" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B483" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D483"/>
+      <c r="E483" t="s">
+        <v>14</v>
+      </c>
+      <c r="F483" t="s">
+        <v>15</v>
+      </c>
+      <c r="G483" t="s">
+        <v>16</v>
+      </c>
+      <c r="H483" t="s">
+        <v>38</v>
+      </c>
+      <c r="I483" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="484" spans="1:9">
+      <c r="A484" t="s">
+        <v>677</v>
+      </c>
+      <c r="B484" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C484" t="s">
+        <v>676</v>
+      </c>
+      <c r="D484"/>
+      <c r="E484" t="s">
+        <v>14</v>
+      </c>
+      <c r="F484" t="s">
+        <v>15</v>
+      </c>
+      <c r="G484" t="s">
+        <v>16</v>
+      </c>
+      <c r="H484" t="s">
+        <v>29</v>
+      </c>
+      <c r="I484" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="485" spans="1:9">
+      <c r="A485" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B485" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D485"/>
+      <c r="E485" t="s">
+        <v>14</v>
+      </c>
+      <c r="F485" t="s">
+        <v>15</v>
+      </c>
+      <c r="G485" t="s">
+        <v>16</v>
+      </c>
+      <c r="H485" t="s">
+        <v>29</v>
+      </c>
+      <c r="I485" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="486" spans="1:9">
+      <c r="A486" t="s">
+        <v>298</v>
+      </c>
+      <c r="B486" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C486" t="s">
+        <v>296</v>
+      </c>
+      <c r="D486"/>
+      <c r="E486" t="s">
+        <v>14</v>
+      </c>
+      <c r="F486" t="s">
+        <v>15</v>
+      </c>
+      <c r="G486" t="s">
+        <v>16</v>
+      </c>
+      <c r="H486" t="s">
+        <v>29</v>
+      </c>
+      <c r="I486" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="487" spans="1:9">
+      <c r="A487" t="s">
+        <v>466</v>
+      </c>
+      <c r="B487" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C487" t="s">
+        <v>464</v>
+      </c>
+      <c r="D487"/>
+      <c r="E487" t="s">
+        <v>14</v>
+      </c>
+      <c r="F487" t="s">
+        <v>15</v>
+      </c>
+      <c r="G487" t="s">
+        <v>16</v>
+      </c>
+      <c r="H487" t="s">
+        <v>29</v>
+      </c>
+      <c r="I487" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="488" spans="1:9">
+      <c r="A488" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B488" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D488"/>
+      <c r="E488" t="s">
+        <v>14</v>
+      </c>
+      <c r="F488" t="s">
+        <v>15</v>
+      </c>
+      <c r="G488" t="s">
+        <v>16</v>
+      </c>
+      <c r="H488" t="s">
+        <v>23</v>
+      </c>
+      <c r="I488" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="489" spans="1:9">
+      <c r="A489" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B489" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D489"/>
+      <c r="E489" t="s">
+        <v>14</v>
+      </c>
+      <c r="F489" t="s">
+        <v>15</v>
+      </c>
+      <c r="G489" t="s">
+        <v>16</v>
+      </c>
+      <c r="H489" t="s">
+        <v>29</v>
+      </c>
+      <c r="I489" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="490" spans="1:9">
+      <c r="A490" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B490" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C490" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D490"/>
+      <c r="E490" t="s">
+        <v>14</v>
+      </c>
+      <c r="F490" t="s">
+        <v>15</v>
+      </c>
+      <c r="G490" t="s">
+        <v>16</v>
+      </c>
+      <c r="H490" t="s">
+        <v>23</v>
+      </c>
+      <c r="I490" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="491" spans="1:9">
+      <c r="A491" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B491" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D491"/>
+      <c r="E491" t="s">
+        <v>14</v>
+      </c>
+      <c r="F491" t="s">
+        <v>450</v>
+      </c>
+      <c r="G491" t="s">
+        <v>16</v>
+      </c>
+      <c r="H491" t="s">
+        <v>29</v>
+      </c>
+      <c r="I491" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="492" spans="1:9">
+      <c r="A492" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B492" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D492"/>
+      <c r="E492" t="s">
+        <v>14</v>
+      </c>
+      <c r="F492" t="s">
+        <v>450</v>
+      </c>
+      <c r="G492" t="s">
+        <v>16</v>
+      </c>
+      <c r="H492" t="s">
+        <v>29</v>
+      </c>
+      <c r="I492" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="493" spans="1:9">
+      <c r="A493" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B493" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D493"/>
+      <c r="E493" t="s">
+        <v>14</v>
+      </c>
+      <c r="F493" t="s">
+        <v>15</v>
+      </c>
+      <c r="G493" t="s">
+        <v>16</v>
+      </c>
+      <c r="H493" t="s">
+        <v>29</v>
+      </c>
+      <c r="I493" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="494" spans="1:9">
+      <c r="A494" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B494" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C494" t="s">
         <v>334</v>
       </c>
-      <c r="F477" t="s">
-[...133 lines deleted...]
-      <c r="B483">
+      <c r="D494"/>
+      <c r="E494" t="s">
+        <v>14</v>
+      </c>
+      <c r="F494" t="s">
+        <v>15</v>
+      </c>
+      <c r="G494" t="s">
+        <v>16</v>
+      </c>
+      <c r="H494" t="s">
+        <v>29</v>
+      </c>
+      <c r="I494" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="495" spans="1:9">
+      <c r="A495" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B495" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D495"/>
+      <c r="E495" t="s">
+        <v>14</v>
+      </c>
+      <c r="F495" t="s">
+        <v>15</v>
+      </c>
+      <c r="G495" t="s">
+        <v>16</v>
+      </c>
+      <c r="H495" t="s">
+        <v>29</v>
+      </c>
+      <c r="I495" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="496" spans="1:9">
+      <c r="A496" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B496">
         <v>5258963121</v>
       </c>
-      <c r="C483"/>
-[...20 lines deleted...]
-      <c r="B484">
+      <c r="C496" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D496"/>
+      <c r="E496" t="s">
+        <v>22</v>
+      </c>
+      <c r="F496" t="s">
+        <v>15</v>
+      </c>
+      <c r="G496" t="s">
+        <v>16</v>
+      </c>
+      <c r="H496" t="s">
+        <v>29</v>
+      </c>
+      <c r="I496" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="497" spans="1:9">
+      <c r="A497" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B497">
         <v>1234</v>
       </c>
-      <c r="C484"/>
-[...114 lines deleted...]
-      <c r="B489">
+      <c r="C497" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D497"/>
+      <c r="E497" t="s">
+        <v>22</v>
+      </c>
+      <c r="F497" t="s">
+        <v>15</v>
+      </c>
+      <c r="G497" t="s">
+        <v>16</v>
+      </c>
+      <c r="H497" t="s">
+        <v>29</v>
+      </c>
+      <c r="I497" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="498" spans="1:9">
+      <c r="A498" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B498" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D498"/>
+      <c r="E498" t="s">
+        <v>22</v>
+      </c>
+      <c r="F498" t="s">
+        <v>15</v>
+      </c>
+      <c r="G498" t="s">
+        <v>16</v>
+      </c>
+      <c r="H498" t="s">
+        <v>29</v>
+      </c>
+      <c r="I498" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="499" spans="1:9">
+      <c r="A499" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B499" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D499"/>
+      <c r="E499" t="s">
+        <v>22</v>
+      </c>
+      <c r="F499" t="s">
+        <v>15</v>
+      </c>
+      <c r="G499" t="s">
+        <v>16</v>
+      </c>
+      <c r="H499" t="s">
+        <v>29</v>
+      </c>
+      <c r="I499" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="500" spans="1:9">
+      <c r="A500" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D500"/>
+      <c r="E500" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F500" t="s">
+        <v>15</v>
+      </c>
+      <c r="G500" t="s">
+        <v>16</v>
+      </c>
+      <c r="H500" t="s">
+        <v>29</v>
+      </c>
+      <c r="I500" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="501" spans="1:9">
+      <c r="A501" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B501"/>
+      <c r="C501" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D501"/>
+      <c r="E501" t="s">
+        <v>22</v>
+      </c>
+      <c r="F501" t="s">
+        <v>15</v>
+      </c>
+      <c r="G501" t="s">
+        <v>16</v>
+      </c>
+      <c r="H501" t="s">
+        <v>23</v>
+      </c>
+      <c r="I501" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="502" spans="1:9">
+      <c r="A502" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B502">
         <v>1234567</v>
       </c>
-      <c r="C489"/>
-[...20 lines deleted...]
-      <c r="B490">
+      <c r="C502" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D502"/>
+      <c r="E502" t="s">
+        <v>327</v>
+      </c>
+      <c r="F502" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G502" t="s">
+        <v>16</v>
+      </c>
+      <c r="H502" t="s">
+        <v>23</v>
+      </c>
+      <c r="I502" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="503" spans="1:9">
+      <c r="A503" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B503">
         <v>43322</v>
       </c>
-      <c r="C490"/>
-[...308 lines deleted...]
-      </c>
+      <c r="C503" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D503"/>
       <c r="E503" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F503" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G503" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H503" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I503" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="504" spans="1:9">
       <c r="A504" t="s">
-        <v>835</v>
-[...5 lines deleted...]
-      </c>
+        <v>1135</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D504"/>
       <c r="E504" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F504" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G504" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H504" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I504" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="505" spans="1:9">
       <c r="A505" t="s">
-        <v>836</v>
+        <v>1137</v>
       </c>
       <c r="B505" t="s">
-        <v>837</v>
-[...4 lines deleted...]
-      </c>
+        <v>1138</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D505"/>
       <c r="E505" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F505" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G505" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H505" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I505" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="506" spans="1:9">
       <c r="A506" t="s">
-        <v>838</v>
-[...5 lines deleted...]
-      </c>
+        <v>1139</v>
+      </c>
+      <c r="B506" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D506"/>
       <c r="E506" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F506" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G506" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H506" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I506" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="507" spans="1:9">
       <c r="A507" t="s">
-        <v>839</v>
-[...5 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D507"/>
       <c r="E507" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F507" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G507" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H507" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I507" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="508" spans="1:9">
       <c r="A508" t="s">
-        <v>840</v>
+        <v>1143</v>
       </c>
       <c r="B508" t="s">
-        <v>841</v>
-[...4 lines deleted...]
-      </c>
+        <v>1144</v>
+      </c>
+      <c r="C508" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D508"/>
       <c r="E508" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F508" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G508" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H508" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I508" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="509" spans="1:9">
       <c r="A509" t="s">
-        <v>842</v>
-[...5 lines deleted...]
-      </c>
+        <v>1145</v>
+      </c>
+      <c r="B509" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C509" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D509"/>
       <c r="E509" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F509" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G509" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H509" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I509" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="510" spans="1:9">
       <c r="A510" t="s">
-        <v>843</v>
-[...5 lines deleted...]
-      </c>
+        <v>1147</v>
+      </c>
+      <c r="B510" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D510"/>
       <c r="E510" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F510" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G510" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H510" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I510" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="511" spans="1:9">
       <c r="A511" t="s">
-        <v>844</v>
-[...5 lines deleted...]
-      </c>
+        <v>1149</v>
+      </c>
+      <c r="B511" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D511"/>
       <c r="E511" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F511" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G511" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H511" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I511" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="512" spans="1:9">
       <c r="A512" t="s">
-        <v>845</v>
+        <v>1151</v>
       </c>
       <c r="B512" t="s">
-        <v>846</v>
-[...4 lines deleted...]
-      </c>
+        <v>1152</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D512"/>
       <c r="E512" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F512" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G512" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H512" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I512" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="513" spans="1:9">
       <c r="A513" t="s">
-        <v>847</v>
+        <v>1153</v>
       </c>
       <c r="B513" t="s">
-        <v>848</v>
-[...4 lines deleted...]
-      </c>
+        <v>1154</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D513"/>
       <c r="E513" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F513" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G513" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H513" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I513" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="514" spans="1:9">
       <c r="A514" t="s">
-        <v>849</v>
+        <v>1156</v>
       </c>
       <c r="B514"/>
-      <c r="C514"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C514" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D514"/>
       <c r="E514" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F514" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G514" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H514" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="515" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I514" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="515" spans="1:9">
       <c r="A515" t="s">
-        <v>850</v>
+        <v>1158</v>
       </c>
       <c r="B515"/>
-      <c r="C515"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C515" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D515"/>
       <c r="E515" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F515" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G515" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H515" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="516" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I515" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="516" spans="1:9">
       <c r="A516" t="s">
-        <v>851</v>
+        <v>1160</v>
       </c>
       <c r="B516"/>
-      <c r="C516"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C516" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D516"/>
       <c r="E516" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F516" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G516" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H516" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I516" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="517" spans="1:9">
       <c r="A517" t="s">
-        <v>852</v>
+        <v>1161</v>
       </c>
       <c r="B517"/>
-      <c r="C517"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C517" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D517"/>
       <c r="E517" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F517" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G517" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H517" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="518" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I517" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="518" spans="1:9">
       <c r="A518" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D518"/>
+      <c r="E518" t="s">
+        <v>22</v>
+      </c>
+      <c r="F518" t="s">
+        <v>15</v>
+      </c>
+      <c r="G518" t="s">
+        <v>16</v>
+      </c>
+      <c r="H518" t="s">
+        <v>23</v>
+      </c>
+      <c r="I518" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="519" spans="1:9">
+      <c r="A519" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B519"/>
+      <c r="C519" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D519"/>
+      <c r="E519" t="s">
+        <v>22</v>
+      </c>
+      <c r="F519" t="s">
+        <v>15</v>
+      </c>
+      <c r="G519" t="s">
+        <v>16</v>
+      </c>
+      <c r="H519" t="s">
+        <v>23</v>
+      </c>
+      <c r="I519" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="520" spans="1:9">
+      <c r="A520" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B520"/>
+      <c r="C520" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D520"/>
+      <c r="E520" t="s">
+        <v>22</v>
+      </c>
+      <c r="F520" t="s">
+        <v>15</v>
+      </c>
+      <c r="G520" t="s">
+        <v>16</v>
+      </c>
+      <c r="H520" t="s">
+        <v>29</v>
+      </c>
+      <c r="I520" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="521" spans="1:9">
+      <c r="A521" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B521"/>
+      <c r="C521" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D521"/>
+      <c r="E521" t="s">
+        <v>22</v>
+      </c>
+      <c r="F521" t="s">
+        <v>15</v>
+      </c>
+      <c r="G521" t="s">
+        <v>16</v>
+      </c>
+      <c r="H521" t="s">
+        <v>29</v>
+      </c>
+      <c r="I521" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="522" spans="1:9">
+      <c r="A522" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B522"/>
+      <c r="C522" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D522"/>
+      <c r="E522" t="s">
+        <v>14</v>
+      </c>
+      <c r="F522" t="s">
+        <v>15</v>
+      </c>
+      <c r="G522" t="s">
+        <v>16</v>
+      </c>
+      <c r="H522" t="s">
+        <v>38</v>
+      </c>
+      <c r="I522" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="523" spans="1:9">
+      <c r="A523" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B523"/>
+      <c r="C523" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D523"/>
+      <c r="E523" t="s">
+        <v>22</v>
+      </c>
+      <c r="F523" t="s">
+        <v>15</v>
+      </c>
+      <c r="G523" t="s">
+        <v>16</v>
+      </c>
+      <c r="H523" t="s">
+        <v>29</v>
+      </c>
+      <c r="I523" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="524" spans="1:9">
+      <c r="A524" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B524" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C524" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D524"/>
+      <c r="E524" t="s">
+        <v>327</v>
+      </c>
+      <c r="F524" t="s">
+        <v>15</v>
+      </c>
+      <c r="G524" t="s">
+        <v>16</v>
+      </c>
+      <c r="H524" t="s">
+        <v>23</v>
+      </c>
+      <c r="I524" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="525" spans="1:9">
+      <c r="A525" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B525" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C525" t="s">
+        <v>68</v>
+      </c>
+      <c r="D525"/>
+      <c r="E525" t="s">
+        <v>327</v>
+      </c>
+      <c r="F525" t="s">
+        <v>15</v>
+      </c>
+      <c r="G525" t="s">
+        <v>16</v>
+      </c>
+      <c r="H525" t="s">
+        <v>23</v>
+      </c>
+      <c r="I525" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="526" spans="1:9">
+      <c r="A526" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B526"/>
+      <c r="C526" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D526"/>
+      <c r="E526" t="s">
+        <v>14</v>
+      </c>
+      <c r="F526" t="s">
+        <v>15</v>
+      </c>
+      <c r="G526" t="s">
+        <v>16</v>
+      </c>
+      <c r="H526" t="s">
+        <v>23</v>
+      </c>
+      <c r="I526" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="527" spans="1:9">
+      <c r="A527" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B527"/>
+      <c r="C527" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D527"/>
+      <c r="E527" t="s">
+        <v>14</v>
+      </c>
+      <c r="F527" t="s">
+        <v>15</v>
+      </c>
+      <c r="G527" t="s">
+        <v>16</v>
+      </c>
+      <c r="H527" t="s">
+        <v>23</v>
+      </c>
+      <c r="I527" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="528" spans="1:9">
+      <c r="A528" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B528"/>
+      <c r="C528" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D528"/>
+      <c r="E528" t="s">
+        <v>22</v>
+      </c>
+      <c r="F528" t="s">
+        <v>15</v>
+      </c>
+      <c r="G528" t="s">
+        <v>16</v>
+      </c>
+      <c r="H528" t="s">
+        <v>23</v>
+      </c>
+      <c r="I528" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="529" spans="1:9">
+      <c r="A529" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B529"/>
+      <c r="C529" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D529"/>
+      <c r="E529" t="s">
+        <v>327</v>
+      </c>
+      <c r="F529" t="s">
+        <v>15</v>
+      </c>
+      <c r="G529" t="s">
+        <v>16</v>
+      </c>
+      <c r="H529" t="s">
+        <v>23</v>
+      </c>
+      <c r="I529" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="530" spans="1:9">
+      <c r="A530" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B530"/>
+      <c r="C530" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D530"/>
+      <c r="E530" t="s">
+        <v>22</v>
+      </c>
+      <c r="F530" t="s">
+        <v>15</v>
+      </c>
+      <c r="G530" t="s">
+        <v>16</v>
+      </c>
+      <c r="H530" t="s">
+        <v>23</v>
+      </c>
+      <c r="I530" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="531" spans="1:9">
+      <c r="A531" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B531"/>
+      <c r="C531" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D531"/>
+      <c r="E531" t="s">
+        <v>70</v>
+      </c>
+      <c r="F531" t="s">
+        <v>15</v>
+      </c>
+      <c r="G531" t="s">
+        <v>16</v>
+      </c>
+      <c r="H531" t="s">
+        <v>23</v>
+      </c>
+      <c r="I531" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="532" spans="1:9">
+      <c r="A532" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B532"/>
+      <c r="C532" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D532"/>
+      <c r="E532" t="s">
+        <v>14</v>
+      </c>
+      <c r="F532" t="s">
+        <v>15</v>
+      </c>
+      <c r="G532" t="s">
+        <v>16</v>
+      </c>
+      <c r="H532" t="s">
+        <v>23</v>
+      </c>
+      <c r="I532" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="533" spans="1:9">
+      <c r="A533" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B533"/>
+      <c r="C533" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D533"/>
+      <c r="E533" t="s">
+        <v>14</v>
+      </c>
+      <c r="F533" t="s">
+        <v>15</v>
+      </c>
+      <c r="G533" t="s">
+        <v>16</v>
+      </c>
+      <c r="H533" t="s">
+        <v>23</v>
+      </c>
+      <c r="I533" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="534" spans="1:9">
+      <c r="A534" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B534"/>
+      <c r="C534" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D534"/>
+      <c r="E534" t="s">
+        <v>14</v>
+      </c>
+      <c r="F534" t="s">
+        <v>15</v>
+      </c>
+      <c r="G534" t="s">
+        <v>16</v>
+      </c>
+      <c r="H534" t="s">
+        <v>29</v>
+      </c>
+      <c r="I534" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="535" spans="1:9">
+      <c r="A535" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B535"/>
+      <c r="C535" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D535"/>
+      <c r="E535" t="s">
+        <v>22</v>
+      </c>
+      <c r="F535" t="s">
+        <v>15</v>
+      </c>
+      <c r="G535" t="s">
+        <v>16</v>
+      </c>
+      <c r="H535" t="s">
+        <v>29</v>
+      </c>
+      <c r="I535" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="536" spans="1:9">
+      <c r="A536" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B536"/>
+      <c r="C536" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D536"/>
+      <c r="E536" t="s">
+        <v>14</v>
+      </c>
+      <c r="F536" t="s">
+        <v>15</v>
+      </c>
+      <c r="G536" t="s">
+        <v>16</v>
+      </c>
+      <c r="H536" t="s">
+        <v>38</v>
+      </c>
+      <c r="I536" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="537" spans="1:9">
+      <c r="A537" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B537"/>
+      <c r="C537" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D537"/>
+      <c r="E537" t="s">
         <v>853</v>
       </c>
-      <c r="B518"/>
-[...424 lines deleted...]
-      </c>
       <c r="F537" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G537" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H537" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I537" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="538" spans="1:9">
       <c r="A538" t="s">
-        <v>873</v>
+        <v>1201</v>
       </c>
       <c r="B538"/>
-      <c r="C538"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C538" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D538"/>
       <c r="E538" t="s">
-        <v>13</v>
+        <v>882</v>
       </c>
       <c r="F538" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G538" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H538" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="539" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I538" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="539" spans="1:9">
       <c r="A539" t="s">
-        <v>874</v>
+        <v>1203</v>
       </c>
       <c r="B539"/>
-      <c r="C539"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C539" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D539"/>
       <c r="E539" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F539" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G539" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H539" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I539" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="540" spans="1:9">
       <c r="A540" t="s">
-        <v>875</v>
+        <v>1205</v>
       </c>
       <c r="B540"/>
-      <c r="C540"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C540" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D540"/>
       <c r="E540" t="s">
-        <v>13</v>
+        <v>853</v>
       </c>
       <c r="F540" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G540" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H540" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I540" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="541" spans="1:9">
       <c r="A541" t="s">
-        <v>876</v>
+        <v>1207</v>
       </c>
       <c r="B541"/>
-      <c r="C541"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C541" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D541"/>
       <c r="E541" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F541" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G541" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H541" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I541" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="542" spans="1:9">
       <c r="A542" t="s">
-        <v>877</v>
+        <v>1209</v>
       </c>
       <c r="B542"/>
-      <c r="C542"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C542" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D542"/>
       <c r="E542" t="s">
-        <v>13</v>
+        <v>853</v>
       </c>
       <c r="F542" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G542" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H542" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I542" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="543" spans="1:9">
       <c r="A543" t="s">
-        <v>878</v>
+        <v>1211</v>
       </c>
       <c r="B543"/>
-      <c r="C543"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C543" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D543"/>
       <c r="E543" t="s">
-        <v>13</v>
+        <v>882</v>
       </c>
       <c r="F543" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G543" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H543" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="544" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I543" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="544" spans="1:9">
       <c r="A544" t="s">
-        <v>879</v>
+        <v>1213</v>
       </c>
       <c r="B544"/>
-      <c r="C544"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C544" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D544"/>
       <c r="E544" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F544" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G544" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H544" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I544" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="545" spans="1:9">
       <c r="A545" t="s">
-        <v>880</v>
+        <v>1215</v>
       </c>
       <c r="B545"/>
-      <c r="C545"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C545" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D545"/>
       <c r="E545" t="s">
-        <v>13</v>
+        <v>882</v>
       </c>
       <c r="F545" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G545" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H545" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I545" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="546" spans="1:9">
       <c r="A546" t="s">
-        <v>881</v>
+        <v>1217</v>
       </c>
       <c r="B546"/>
-      <c r="C546"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C546" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D546"/>
       <c r="E546" t="s">
-        <v>13</v>
+        <v>882</v>
       </c>
       <c r="F546" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G546" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H546" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I546" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="547" spans="1:9">
       <c r="A547" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B547"/>
+      <c r="C547" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D547"/>
+      <c r="E547" t="s">
+        <v>14</v>
+      </c>
+      <c r="F547" t="s">
+        <v>15</v>
+      </c>
+      <c r="G547" t="s">
+        <v>16</v>
+      </c>
+      <c r="H547" t="s">
+        <v>29</v>
+      </c>
+      <c r="I547" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="548" spans="1:9">
+      <c r="A548" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B548"/>
+      <c r="C548" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D548"/>
+      <c r="E548" t="s">
         <v>882</v>
       </c>
-      <c r="B547"/>
-[...28 lines deleted...]
-      </c>
       <c r="F548" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G548" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H548" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I548" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="549" spans="1:9">
       <c r="A549" t="s">
-        <v>884</v>
+        <v>1222</v>
       </c>
       <c r="B549"/>
-      <c r="C549"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C549" t="s">
+        <v>76</v>
+      </c>
+      <c r="D549"/>
       <c r="E549" t="s">
-        <v>13</v>
+        <v>882</v>
       </c>
       <c r="F549" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G549" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H549" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I549" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="550" spans="1:9">
       <c r="A550" t="s">
-        <v>885</v>
+        <v>1223</v>
       </c>
       <c r="B550"/>
-      <c r="C550"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C550" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D550"/>
       <c r="E550" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F550" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G550" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H550" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="551" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I550" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="551" spans="1:9">
       <c r="A551" t="s">
-        <v>886</v>
+        <v>1225</v>
       </c>
       <c r="B551"/>
-      <c r="C551"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C551" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D551"/>
       <c r="E551" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F551" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G551" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H551" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I551" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="552" spans="1:9">
       <c r="A552" t="s">
-        <v>887</v>
+        <v>1227</v>
       </c>
       <c r="B552"/>
-      <c r="C552"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C552" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D552"/>
       <c r="E552" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F552" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G552" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H552" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I552" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="553" spans="1:9">
       <c r="A553" t="s">
-        <v>888</v>
+        <v>1229</v>
       </c>
       <c r="B553"/>
-      <c r="C553"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C553" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D553"/>
       <c r="E553" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F553" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G553" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H553" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I553" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="554" spans="1:9">
       <c r="A554" t="s">
-        <v>889</v>
+        <v>1231</v>
       </c>
       <c r="B554"/>
-      <c r="C554"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C554" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D554"/>
       <c r="E554" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F554" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G554" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H554" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="555" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I554" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="555" spans="1:9">
       <c r="A555" t="s">
-        <v>890</v>
+        <v>1232</v>
       </c>
       <c r="B555"/>
-      <c r="C555"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C555" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D555"/>
       <c r="E555" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F555" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G555" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H555" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I555" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="556" spans="1:9">
       <c r="A556" t="s">
-        <v>891</v>
+        <v>1234</v>
       </c>
       <c r="B556"/>
-      <c r="C556"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C556" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D556"/>
       <c r="E556" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F556" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G556" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H556" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I556" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="557" spans="1:9">
       <c r="A557" t="s">
-        <v>892</v>
+        <v>1235</v>
       </c>
       <c r="B557"/>
-      <c r="C557"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C557" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D557"/>
       <c r="E557" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F557" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G557" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H557" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="558" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I557" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="558" spans="1:9">
       <c r="A558" t="s">
-        <v>893</v>
+        <v>1237</v>
       </c>
       <c r="B558"/>
-      <c r="C558"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C558" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D558"/>
       <c r="E558" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F558" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G558" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H558" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I558" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="559" spans="1:9">
       <c r="A559" t="s">
-        <v>894</v>
+        <v>1238</v>
       </c>
       <c r="B559"/>
-      <c r="C559"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C559" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D559"/>
       <c r="E559" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F559" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G559" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H559" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="560" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I559" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="560" spans="1:9">
       <c r="A560" t="s">
-        <v>895</v>
+        <v>1239</v>
       </c>
       <c r="B560"/>
-      <c r="C560"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C560" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D560"/>
       <c r="E560" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F560" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G560" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H560" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I560" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="561" spans="1:9">
       <c r="A561" t="s">
-        <v>896</v>
+        <v>1241</v>
       </c>
       <c r="B561"/>
-      <c r="C561"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C561" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D561"/>
       <c r="E561" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F561" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G561" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H561" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I561" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="562" spans="1:9">
       <c r="A562" t="s">
-        <v>897</v>
+        <v>1242</v>
       </c>
       <c r="B562"/>
-      <c r="C562"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C562" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D562"/>
       <c r="E562" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F562" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G562" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H562" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I562" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="563" spans="1:9">
       <c r="A563" t="s">
-        <v>898</v>
+        <v>1244</v>
       </c>
       <c r="B563"/>
-      <c r="C563"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C563" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D563"/>
       <c r="E563" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F563" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G563" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H563" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I563" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="564" spans="1:9">
       <c r="A564" t="s">
-        <v>899</v>
+        <v>1246</v>
       </c>
       <c r="B564"/>
-      <c r="C564"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C564" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D564"/>
       <c r="E564" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F564" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G564" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H564" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I564" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="565" spans="1:9">
       <c r="A565" t="s">
-        <v>900</v>
+        <v>1248</v>
       </c>
       <c r="B565"/>
-      <c r="C565"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C565" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D565"/>
       <c r="E565" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F565" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G565" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H565" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I565" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="566" spans="1:9">
       <c r="A566" t="s">
-        <v>901</v>
+        <v>1250</v>
       </c>
       <c r="B566"/>
-      <c r="C566"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C566" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D566"/>
       <c r="E566" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F566" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G566" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="567" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H566" t="s">
+        <v>23</v>
+      </c>
+      <c r="I566" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="567" spans="1:9">
       <c r="A567" t="s">
-        <v>902</v>
+        <v>1252</v>
       </c>
       <c r="B567"/>
-      <c r="C567"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C567" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D567"/>
       <c r="E567" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F567" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G567" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H567" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I567" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="568" spans="1:9">
       <c r="A568" t="s">
-        <v>903</v>
+        <v>1254</v>
       </c>
       <c r="B568"/>
-      <c r="C568"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C568" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D568"/>
       <c r="E568" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F568" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G568" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H568" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I568" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="569" spans="1:9">
       <c r="A569" t="s">
-        <v>904</v>
-[...7 lines deleted...]
-      </c>
+        <v>1256</v>
+      </c>
+      <c r="B569"/>
+      <c r="C569" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D569"/>
       <c r="E569" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F569" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G569" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H569" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I569" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="570" spans="1:9">
       <c r="A570" t="s">
-        <v>906</v>
+        <v>1258</v>
       </c>
       <c r="B570"/>
-      <c r="C570"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C570" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D570"/>
       <c r="E570" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F570" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G570" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H570" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I570" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="571" spans="1:9">
       <c r="A571" t="s">
-        <v>907</v>
+        <v>1260</v>
       </c>
       <c r="B571"/>
-      <c r="C571"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C571" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D571"/>
       <c r="E571" t="s">
-        <v>13</v>
+        <v>882</v>
       </c>
       <c r="F571" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G571" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="572" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H571" t="s">
+        <v>23</v>
+      </c>
+      <c r="I571" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="572" spans="1:9">
       <c r="A572" t="s">
-        <v>908</v>
-[...7 lines deleted...]
-      </c>
+        <v>1262</v>
+      </c>
+      <c r="B572"/>
+      <c r="C572" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D572"/>
       <c r="E572" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F572" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G572" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H572" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="573" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I572" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="573" spans="1:9">
       <c r="A573" t="s">
-        <v>910</v>
-[...7 lines deleted...]
-      </c>
+        <v>1264</v>
+      </c>
+      <c r="B573"/>
+      <c r="C573" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D573"/>
       <c r="E573" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F573" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G573" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H573" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I573" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="574" spans="1:9">
       <c r="A574" t="s">
-        <v>912</v>
-[...7 lines deleted...]
-      </c>
+        <v>1266</v>
+      </c>
+      <c r="B574"/>
+      <c r="C574" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D574"/>
       <c r="E574" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F574" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G574" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H574" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="575" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I574" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="575" spans="1:9">
       <c r="A575" t="s">
-        <v>914</v>
-[...7 lines deleted...]
-      </c>
+        <v>1268</v>
+      </c>
+      <c r="B575"/>
+      <c r="C575" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D575"/>
       <c r="E575" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F575" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G575" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H575" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="576" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I575" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="576" spans="1:9">
       <c r="A576" t="s">
-        <v>916</v>
+        <v>1270</v>
       </c>
       <c r="B576"/>
-      <c r="C576"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C576" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D576"/>
       <c r="E576" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F576" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G576" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H576" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="577" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I576" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="577" spans="1:9">
       <c r="A577" t="s">
-        <v>917</v>
+        <v>1272</v>
       </c>
       <c r="B577"/>
-      <c r="C577"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C577" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D577"/>
       <c r="E577" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F577" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G577" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="578" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H577" t="s">
+        <v>38</v>
+      </c>
+      <c r="I577" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="578" spans="1:9">
       <c r="A578" t="s">
-        <v>918</v>
+        <v>1274</v>
       </c>
       <c r="B578"/>
-      <c r="C578"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C578" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D578"/>
       <c r="E578" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F578" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G578" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="579" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H578" t="s">
+        <v>29</v>
+      </c>
+      <c r="I578"/>
+    </row>
+    <row r="579" spans="1:9">
       <c r="A579" t="s">
-        <v>919</v>
+        <v>1276</v>
       </c>
       <c r="B579"/>
-      <c r="C579"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C579" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D579"/>
       <c r="E579" t="s">
-        <v>13</v>
+        <v>853</v>
       </c>
       <c r="F579" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G579" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="580" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H579" t="s">
+        <v>29</v>
+      </c>
+      <c r="I579" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="580" spans="1:9">
       <c r="A580" t="s">
-        <v>920</v>
+        <v>1278</v>
       </c>
       <c r="B580"/>
-      <c r="C580"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C580" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D580"/>
       <c r="E580" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F580" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G580" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H580" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I580" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="581" spans="1:9">
       <c r="A581" t="s">
-        <v>921</v>
-[...5 lines deleted...]
-      </c>
+        <v>1280</v>
+      </c>
+      <c r="B581" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D581"/>
       <c r="E581" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F581" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G581" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H581" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="582" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I581" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="582" spans="1:9">
       <c r="A582" t="s">
-        <v>922</v>
-[...7 lines deleted...]
-      </c>
+        <v>1283</v>
+      </c>
+      <c r="B582"/>
+      <c r="C582" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D582"/>
       <c r="E582" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F582" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G582" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H582" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="583" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I582" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="583" spans="1:9">
       <c r="A583" t="s">
-        <v>924</v>
-[...7 lines deleted...]
-      </c>
+        <v>1284</v>
+      </c>
+      <c r="B583"/>
+      <c r="C583" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D583"/>
       <c r="E583" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F583" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G583" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H583" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="584" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I583"/>
+    </row>
+    <row r="584" spans="1:9">
       <c r="A584" t="s">
-        <v>926</v>
+        <v>1285</v>
       </c>
       <c r="B584"/>
-      <c r="C584"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C584" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D584"/>
       <c r="E584" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F584" t="s">
-        <v>14</v>
+        <v>450</v>
       </c>
       <c r="G584" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H584" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I584" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="585" spans="1:9">
       <c r="A585" t="s">
-        <v>927</v>
-[...5 lines deleted...]
-      </c>
+        <v>1287</v>
+      </c>
+      <c r="B585" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C585" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D585"/>
       <c r="E585" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F585" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G585" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H585" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="586" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I585" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="586" spans="1:9">
       <c r="A586" t="s">
-        <v>928</v>
+        <v>1290</v>
       </c>
       <c r="B586" t="s">
-        <v>929</v>
-[...4 lines deleted...]
-      </c>
+        <v>1291</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D586"/>
       <c r="E586" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F586" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G586" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H586" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="587" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I586" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="587" spans="1:9">
       <c r="A587" t="s">
-        <v>930</v>
+        <v>1293</v>
       </c>
       <c r="B587" t="s">
-        <v>931</v>
-[...4 lines deleted...]
-      </c>
+        <v>1294</v>
+      </c>
+      <c r="C587" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D587"/>
       <c r="E587" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F587" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G587" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H587" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I587" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="588" spans="1:9">
       <c r="A588" t="s">
-        <v>932</v>
+        <v>1296</v>
       </c>
       <c r="B588" t="s">
-        <v>933</v>
-[...4 lines deleted...]
-      </c>
+        <v>1297</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D588"/>
       <c r="E588" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F588" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G588" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H588" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="589" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I588" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="589" spans="1:9">
       <c r="A589" t="s">
-        <v>934</v>
-[...7 lines deleted...]
-      </c>
+        <v>1299</v>
+      </c>
+      <c r="B589"/>
+      <c r="C589" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D589"/>
       <c r="E589" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F589" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G589" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H589" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="590" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I589" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="590" spans="1:9">
       <c r="A590" t="s">
-        <v>936</v>
-[...7 lines deleted...]
-      </c>
+        <v>1301</v>
+      </c>
+      <c r="B590"/>
+      <c r="C590" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D590"/>
       <c r="E590" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F590" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G590" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H590" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I590"/>
+    </row>
+    <row r="591" spans="1:9">
       <c r="A591" t="s">
-        <v>938</v>
+        <v>1303</v>
       </c>
       <c r="B591"/>
-      <c r="C591"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C591" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D591"/>
       <c r="E591" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F591" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G591" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H591" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="592" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I591"/>
+    </row>
+    <row r="592" spans="1:9">
       <c r="A592" t="s">
-        <v>939</v>
+        <v>1305</v>
       </c>
       <c r="B592"/>
-      <c r="C592"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C592" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D592"/>
       <c r="E592" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F592" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G592" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H592" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="593" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I592"/>
+    </row>
+    <row r="593" spans="1:9">
       <c r="A593" t="s">
-        <v>940</v>
+        <v>1307</v>
       </c>
       <c r="B593"/>
-      <c r="C593"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C593" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D593"/>
       <c r="E593" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F593" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G593" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="594" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H593" t="s">
+        <v>29</v>
+      </c>
+      <c r="I593" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="594" spans="1:9">
       <c r="A594" t="s">
-        <v>941</v>
+        <v>1309</v>
       </c>
       <c r="B594"/>
-      <c r="C594"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C594" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D594"/>
       <c r="E594" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F594" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G594" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H594" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="595" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I594" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="595" spans="1:9">
       <c r="A595" t="s">
-        <v>942</v>
-[...5 lines deleted...]
-      </c>
+        <v>1311</v>
+      </c>
+      <c r="B595" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C595" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D595"/>
       <c r="E595" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F595" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G595" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H595" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="596" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I595" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="596" spans="1:9">
       <c r="A596" t="s">
-        <v>943</v>
-[...5 lines deleted...]
-      </c>
+        <v>1314</v>
+      </c>
+      <c r="B596" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C596" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D596"/>
       <c r="E596" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F596" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G596" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H596" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="597" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I596" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="597" spans="1:9">
       <c r="A597" t="s">
-        <v>944</v>
+        <v>1317</v>
       </c>
       <c r="B597"/>
-      <c r="C597"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C597" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D597"/>
       <c r="E597" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F597" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G597" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H597" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="598" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I597" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="598" spans="1:9">
       <c r="A598" t="s">
-        <v>945</v>
+        <v>1319</v>
       </c>
       <c r="B598"/>
-      <c r="C598"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C598" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D598"/>
       <c r="E598" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F598" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G598" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H598" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="599" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I598" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="599" spans="1:9">
       <c r="A599" t="s">
-        <v>946</v>
-[...5 lines deleted...]
-      </c>
+        <v>1321</v>
+      </c>
+      <c r="B599" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C599" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D599"/>
       <c r="E599" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F599" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G599" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="600" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H599" t="s">
+        <v>23</v>
+      </c>
+      <c r="I599" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="600" spans="1:9">
       <c r="A600" t="s">
-        <v>947</v>
+        <v>1323</v>
       </c>
       <c r="B600" t="s">
-        <v>948</v>
-[...4 lines deleted...]
-      </c>
+        <v>1324</v>
+      </c>
+      <c r="C600" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D600"/>
       <c r="E600" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F600" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G600" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H600" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="601" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I600" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="601" spans="1:9">
       <c r="A601" t="s">
-        <v>949</v>
-[...5 lines deleted...]
-      </c>
+        <v>1326</v>
+      </c>
+      <c r="B601" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C601" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D601"/>
       <c r="E601" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F601" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G601" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H601" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="602" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I601" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="602" spans="1:9">
       <c r="A602" t="s">
-        <v>950</v>
+        <v>1329</v>
       </c>
       <c r="B602" t="s">
-        <v>951</v>
-[...4 lines deleted...]
-      </c>
+        <v>1330</v>
+      </c>
+      <c r="C602" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D602"/>
       <c r="E602" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F602" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G602" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H602" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="603" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I602" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="603" spans="1:9">
       <c r="A603" t="s">
-        <v>952</v>
-[...5 lines deleted...]
-      </c>
+        <v>1331</v>
+      </c>
+      <c r="B603" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C603" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D603"/>
       <c r="E603" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F603" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G603" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H603" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="604" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I603" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="604" spans="1:9">
       <c r="A604" t="s">
-        <v>953</v>
-[...7 lines deleted...]
-      </c>
+        <v>1334</v>
+      </c>
+      <c r="B604"/>
+      <c r="C604" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D604"/>
       <c r="E604" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F604" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G604" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H604" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="605" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I604" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="605" spans="1:9">
       <c r="A605" t="s">
-        <v>955</v>
+        <v>1336</v>
       </c>
       <c r="B605"/>
-      <c r="C605"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C605" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D605"/>
       <c r="E605" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F605" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G605" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="606" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H605" t="s">
+        <v>23</v>
+      </c>
+      <c r="I605" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="606" spans="1:9">
       <c r="A606" t="s">
-        <v>956</v>
+        <v>1338</v>
       </c>
       <c r="B606"/>
-      <c r="C606"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C606" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D606"/>
       <c r="E606" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F606" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G606" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H606" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="607" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I606"/>
+    </row>
+    <row r="607" spans="1:9">
       <c r="A607" t="s">
-        <v>957</v>
+        <v>1340</v>
       </c>
       <c r="B607"/>
-      <c r="C607"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C607" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D607"/>
       <c r="E607" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F607" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G607" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="608" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H607" t="s">
+        <v>29</v>
+      </c>
+      <c r="I607" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="608" spans="1:9">
       <c r="A608" t="s">
-        <v>958</v>
+        <v>1342</v>
       </c>
       <c r="B608"/>
-      <c r="C608"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C608" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D608"/>
       <c r="E608" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F608" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G608" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H608" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="609" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I608" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="609" spans="1:9">
       <c r="A609" t="s">
-        <v>959</v>
+        <v>1344</v>
       </c>
       <c r="B609"/>
-      <c r="C609"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C609" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D609"/>
       <c r="E609" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F609" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G609" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H609" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="610" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I609" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="610" spans="1:9">
       <c r="A610" t="s">
-        <v>960</v>
+        <v>1345</v>
       </c>
       <c r="B610"/>
-      <c r="C610"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C610" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D610"/>
       <c r="E610" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F610" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G610" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H610" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="611" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I610" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="611" spans="1:9">
       <c r="A611" t="s">
-        <v>961</v>
+        <v>1347</v>
       </c>
       <c r="B611"/>
-      <c r="C611"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C611" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D611"/>
       <c r="E611" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F611" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G611" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="612" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H611" t="s">
+        <v>29</v>
+      </c>
+      <c r="I611" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="612" spans="1:9">
       <c r="A612" t="s">
-        <v>962</v>
+        <v>1348</v>
       </c>
       <c r="B612"/>
-      <c r="C612"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C612" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D612"/>
       <c r="E612" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F612" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G612" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H612" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="613" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I612"/>
+    </row>
+    <row r="613" spans="1:9">
       <c r="A613" t="s">
-        <v>963</v>
-[...5 lines deleted...]
-      </c>
+        <v>1350</v>
+      </c>
+      <c r="B613" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C613" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D613"/>
       <c r="E613" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F613" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G613" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H613" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="614" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I613" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="614" spans="1:9">
       <c r="A614" t="s">
-        <v>964</v>
+        <v>1353</v>
       </c>
       <c r="B614"/>
-      <c r="C614"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C614" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D614"/>
       <c r="E614" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F614" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G614" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H614" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="615" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I614" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="615" spans="1:9">
       <c r="A615" t="s">
-        <v>965</v>
-[...5 lines deleted...]
-      </c>
+        <v>1355</v>
+      </c>
+      <c r="B615" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C615" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D615"/>
       <c r="E615" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F615" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G615" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="616" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H615" t="s">
+        <v>29</v>
+      </c>
+      <c r="I615" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="616" spans="1:9">
       <c r="A616" t="s">
-        <v>966</v>
+        <v>1358</v>
       </c>
       <c r="B616"/>
-      <c r="C616"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C616" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D616"/>
       <c r="E616" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F616" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G616" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H616" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="617" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I616" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="617" spans="1:9">
       <c r="A617" t="s">
-        <v>967</v>
-[...5 lines deleted...]
-      </c>
+        <v>1360</v>
+      </c>
+      <c r="B617" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C617" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D617"/>
       <c r="E617" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F617" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G617" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H617" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="618" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I617" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="618" spans="1:9">
       <c r="A618" t="s">
-        <v>968</v>
+        <v>1362</v>
       </c>
       <c r="B618"/>
-      <c r="C618"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C618" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D618"/>
       <c r="E618" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F618" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G618" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="619" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H618" t="s">
+        <v>29</v>
+      </c>
+      <c r="I618"/>
+    </row>
+    <row r="619" spans="1:9">
       <c r="A619" t="s">
-        <v>969</v>
+        <v>1364</v>
       </c>
       <c r="B619"/>
-      <c r="C619"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C619" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D619"/>
       <c r="E619" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F619" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G619" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="620" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H619" t="s">
+        <v>29</v>
+      </c>
+      <c r="I619" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="620" spans="1:9">
       <c r="A620" t="s">
-        <v>970</v>
+        <v>1366</v>
       </c>
       <c r="B620"/>
-      <c r="C620"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C620" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D620"/>
       <c r="E620" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F620" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G620" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="621" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H620" t="s">
+        <v>38</v>
+      </c>
+      <c r="I620"/>
+    </row>
+    <row r="621" spans="1:9">
       <c r="A621" t="s">
-        <v>971</v>
+        <v>1367</v>
       </c>
       <c r="B621"/>
-      <c r="C621"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C621" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D621"/>
       <c r="E621" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F621" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G621" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="622" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H621" t="s">
+        <v>29</v>
+      </c>
+      <c r="I621" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="622" spans="1:9">
       <c r="A622" t="s">
-        <v>972</v>
-[...7 lines deleted...]
-      </c>
+        <v>1369</v>
+      </c>
+      <c r="B622"/>
+      <c r="C622" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D622"/>
       <c r="E622" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F622" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G622" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H622" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="623" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I622" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="623" spans="1:9">
       <c r="A623" t="s">
-        <v>974</v>
-[...7 lines deleted...]
-      </c>
+        <v>1371</v>
+      </c>
+      <c r="B623"/>
+      <c r="C623" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D623"/>
       <c r="E623" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F623" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G623" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H623" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="624" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I623" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="624" spans="1:9">
       <c r="A624" t="s">
-        <v>976</v>
+        <v>1373</v>
       </c>
       <c r="B624"/>
-      <c r="C624"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C624" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D624"/>
       <c r="E624" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F624" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G624" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="625" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H624" t="s">
+        <v>29</v>
+      </c>
+      <c r="I624"/>
+    </row>
+    <row r="625" spans="1:9">
       <c r="A625" t="s">
-        <v>977</v>
+        <v>1375</v>
       </c>
       <c r="B625"/>
-      <c r="C625"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C625" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D625"/>
       <c r="E625" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F625" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G625" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="626" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H625" t="s">
+        <v>38</v>
+      </c>
+      <c r="I625" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="626" spans="1:9">
       <c r="A626" t="s">
-        <v>978</v>
+        <v>1377</v>
       </c>
       <c r="B626"/>
-      <c r="C626"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C626" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D626"/>
       <c r="E626" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F626" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G626" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="627" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H626" t="s">
+        <v>38</v>
+      </c>
+      <c r="I626" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="627" spans="1:9">
       <c r="A627" t="s">
-        <v>979</v>
+        <v>1378</v>
       </c>
       <c r="B627"/>
-      <c r="C627"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C627" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D627"/>
       <c r="E627" t="s">
-        <v>810</v>
+        <v>14</v>
       </c>
       <c r="F627" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G627" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="628" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H627" t="s">
+        <v>29</v>
+      </c>
+      <c r="I627"/>
+    </row>
+    <row r="628" spans="1:9">
       <c r="A628" t="s">
-        <v>980</v>
+        <v>1380</v>
       </c>
       <c r="B628"/>
-      <c r="C628"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C628" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D628"/>
       <c r="E628" t="s">
-        <v>810</v>
+        <v>853</v>
       </c>
       <c r="F628" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G628" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="629" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H628" t="s">
+        <v>29</v>
+      </c>
+      <c r="I628" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="629" spans="1:9">
       <c r="A629" t="s">
-        <v>981</v>
+        <v>1382</v>
       </c>
       <c r="B629"/>
-      <c r="C629"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C629" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D629"/>
       <c r="E629" t="s">
-        <v>810</v>
+        <v>882</v>
       </c>
       <c r="F629" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G629" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="630" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H629" t="s">
+        <v>29</v>
+      </c>
+      <c r="I629" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="630" spans="1:9">
       <c r="A630" t="s">
-        <v>982</v>
+        <v>1383</v>
       </c>
       <c r="B630"/>
-      <c r="C630"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C630" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D630"/>
       <c r="E630" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F630" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G630" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H630" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="631" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I630"/>
+    </row>
+    <row r="631" spans="1:9">
       <c r="A631" t="s">
-        <v>983</v>
+        <v>1385</v>
       </c>
       <c r="B631"/>
-      <c r="C631"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C631" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D631"/>
       <c r="E631" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F631" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G631" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H631" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="632" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I631"/>
+    </row>
+    <row r="632" spans="1:9">
       <c r="A632" t="s">
-        <v>984</v>
+        <v>1386</v>
       </c>
       <c r="B632"/>
-      <c r="C632"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C632" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D632"/>
       <c r="E632" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F632" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G632" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-    <row r="633" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H632" t="s">
+        <v>29</v>
+      </c>
+      <c r="I632"/>
+    </row>
+    <row r="633" spans="1:9">
       <c r="A633" t="s">
-        <v>985</v>
+        <v>1387</v>
       </c>
       <c r="B633"/>
-      <c r="C633"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C633" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D633"/>
       <c r="E633" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F633" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G633" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="634" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H633" t="s">
+        <v>29</v>
+      </c>
+      <c r="I633"/>
+    </row>
+    <row r="634" spans="1:9">
       <c r="A634" t="s">
-        <v>986</v>
-[...5 lines deleted...]
-      </c>
+        <v>1388</v>
+      </c>
+      <c r="B634" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C634" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D634"/>
       <c r="E634" t="s">
-        <v>810</v>
+        <v>853</v>
       </c>
       <c r="F634" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G634" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="635" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H634" t="s">
+        <v>29</v>
+      </c>
+      <c r="I634" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="635" spans="1:9">
       <c r="A635" t="s">
-        <v>987</v>
-[...5 lines deleted...]
-      </c>
+        <v>1391</v>
+      </c>
+      <c r="B635" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C635" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D635"/>
       <c r="E635" t="s">
-        <v>810</v>
+        <v>853</v>
       </c>
       <c r="F635" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G635" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="636" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H635" t="s">
+        <v>29</v>
+      </c>
+      <c r="I635" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="636" spans="1:9">
       <c r="A636" t="s">
-        <v>988</v>
+        <v>1394</v>
       </c>
       <c r="B636"/>
-      <c r="C636"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C636" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D636"/>
       <c r="E636" t="s">
-        <v>810</v>
+        <v>14</v>
       </c>
       <c r="F636" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G636" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="637" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H636" t="s">
+        <v>29</v>
+      </c>
+      <c r="I636"/>
+    </row>
+    <row r="637" spans="1:9">
       <c r="A637" t="s">
-        <v>989</v>
+        <v>1396</v>
       </c>
       <c r="B637"/>
-      <c r="C637"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C637" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D637"/>
       <c r="E637" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F637" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G637" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="638" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H637" t="s">
+        <v>29</v>
+      </c>
+      <c r="I637"/>
+    </row>
+    <row r="638" spans="1:9">
       <c r="A638" t="s">
-        <v>990</v>
+        <v>1397</v>
       </c>
       <c r="B638"/>
-      <c r="C638"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C638" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D638"/>
       <c r="E638" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F638" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G638" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="639" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H638" t="s">
+        <v>29</v>
+      </c>
+      <c r="I638"/>
+    </row>
+    <row r="639" spans="1:9">
       <c r="A639" t="s">
-        <v>991</v>
+        <v>1398</v>
       </c>
       <c r="B639"/>
-      <c r="C639"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C639" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D639"/>
       <c r="E639" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F639" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G639" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="640" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H639" t="s">
+        <v>29</v>
+      </c>
+      <c r="I639"/>
+    </row>
+    <row r="640" spans="1:9">
       <c r="A640" t="s">
-        <v>992</v>
+        <v>1399</v>
       </c>
       <c r="B640"/>
-      <c r="C640"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C640" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D640"/>
       <c r="E640" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F640" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G640" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="641" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H640" t="s">
+        <v>29</v>
+      </c>
+      <c r="I640"/>
+    </row>
+    <row r="641" spans="1:9">
       <c r="A641" t="s">
-        <v>993</v>
+        <v>1400</v>
       </c>
       <c r="B641"/>
-      <c r="C641"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C641" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D641"/>
       <c r="E641" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F641" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G641" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="642" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H641" t="s">
+        <v>29</v>
+      </c>
+      <c r="I641"/>
+    </row>
+    <row r="642" spans="1:9">
       <c r="A642" t="s">
-        <v>994</v>
+        <v>1401</v>
       </c>
       <c r="B642"/>
-      <c r="C642"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C642" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D642"/>
       <c r="E642" t="s">
-        <v>810</v>
+        <v>14</v>
       </c>
       <c r="F642" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G642" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="643" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H642" t="s">
+        <v>29</v>
+      </c>
+      <c r="I642" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="643" spans="1:9">
       <c r="A643" t="s">
-        <v>995</v>
+        <v>1403</v>
       </c>
       <c r="B643"/>
-      <c r="C643"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C643" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D643"/>
       <c r="E643" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F643" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G643" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="644" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H643" t="s">
+        <v>29</v>
+      </c>
+      <c r="I643" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="644" spans="1:9">
       <c r="A644" t="s">
-        <v>996</v>
+        <v>1404</v>
       </c>
       <c r="B644"/>
-      <c r="C644"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C644" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D644"/>
       <c r="E644" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F644" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G644" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="645" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H644" t="s">
+        <v>23</v>
+      </c>
+      <c r="I644"/>
+    </row>
+    <row r="645" spans="1:9">
       <c r="A645" t="s">
-        <v>997</v>
+        <v>1406</v>
       </c>
       <c r="B645"/>
-      <c r="C645"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C645" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D645"/>
       <c r="E645" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F645" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G645" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="646" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H645" t="s">
+        <v>29</v>
+      </c>
+      <c r="I645"/>
+    </row>
+    <row r="646" spans="1:9">
       <c r="A646" t="s">
-        <v>998</v>
+        <v>1407</v>
       </c>
       <c r="B646"/>
-      <c r="C646"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C646" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D646"/>
       <c r="E646" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F646" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G646" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="647" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H646" t="s">
+        <v>29</v>
+      </c>
+      <c r="I646"/>
+    </row>
+    <row r="647" spans="1:9">
       <c r="A647" t="s">
-        <v>999</v>
+        <v>1408</v>
       </c>
       <c r="B647"/>
-      <c r="C647"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C647" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D647"/>
       <c r="E647" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F647" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G647" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="648" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H647" t="s">
+        <v>29</v>
+      </c>
+      <c r="I647"/>
+    </row>
+    <row r="648" spans="1:9">
       <c r="A648" t="s">
-        <v>1000</v>
+        <v>1409</v>
       </c>
       <c r="B648"/>
-      <c r="C648"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C648" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D648"/>
       <c r="E648" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F648" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G648" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="649" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H648" t="s">
+        <v>29</v>
+      </c>
+      <c r="I648"/>
+    </row>
+    <row r="649" spans="1:9">
       <c r="A649" t="s">
-        <v>1001</v>
+        <v>1410</v>
       </c>
       <c r="B649"/>
-      <c r="C649"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C649" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D649"/>
       <c r="E649" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F649" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G649" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="650" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H649" t="s">
+        <v>29</v>
+      </c>
+      <c r="I649"/>
+    </row>
+    <row r="650" spans="1:9">
       <c r="A650" t="s">
-        <v>1002</v>
+        <v>1411</v>
       </c>
       <c r="B650"/>
-      <c r="C650"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C650" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D650"/>
       <c r="E650" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F650" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G650" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="651" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H650" t="s">
+        <v>29</v>
+      </c>
+      <c r="I650"/>
+    </row>
+    <row r="651" spans="1:9">
       <c r="A651" t="s">
-        <v>1003</v>
+        <v>1412</v>
       </c>
       <c r="B651"/>
-      <c r="C651"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C651" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D651"/>
       <c r="E651" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F651" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G651" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="652" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H651" t="s">
+        <v>29</v>
+      </c>
+      <c r="I651"/>
+    </row>
+    <row r="652" spans="1:9">
       <c r="A652" t="s">
-        <v>1004</v>
+        <v>1413</v>
       </c>
       <c r="B652"/>
-      <c r="C652"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C652" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D652"/>
       <c r="E652" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F652" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G652" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="653" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H652" t="s">
+        <v>29</v>
+      </c>
+      <c r="I652"/>
+    </row>
+    <row r="653" spans="1:9">
       <c r="A653" t="s">
-        <v>1005</v>
+        <v>1414</v>
       </c>
       <c r="B653"/>
-      <c r="C653"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C653" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D653"/>
       <c r="E653" t="s">
-        <v>810</v>
+        <v>22</v>
       </c>
       <c r="F653" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G653" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="654" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H653" t="s">
+        <v>29</v>
+      </c>
+      <c r="I653"/>
+    </row>
+    <row r="654" spans="1:9">
       <c r="A654" t="s">
-        <v>1006</v>
+        <v>1415</v>
       </c>
       <c r="B654"/>
-      <c r="C654"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C654" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D654"/>
       <c r="E654" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F654" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G654" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="655" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H654" t="s">
+        <v>29</v>
+      </c>
+      <c r="I654"/>
+    </row>
+    <row r="655" spans="1:9">
       <c r="A655" t="s">
-        <v>1007</v>
-[...7 lines deleted...]
-      </c>
+        <v>1416</v>
+      </c>
+      <c r="B655"/>
+      <c r="C655" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D655"/>
       <c r="E655" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F655" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G655" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H655" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I655"/>
+    </row>
+    <row r="656" spans="1:9">
       <c r="A656" t="s">
-        <v>1009</v>
+        <v>1417</v>
       </c>
       <c r="B656"/>
-      <c r="C656"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C656" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D656"/>
       <c r="E656" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F656" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G656" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="657" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H656" t="s">
+        <v>29</v>
+      </c>
+      <c r="I656"/>
+    </row>
+    <row r="657" spans="1:9">
       <c r="A657" t="s">
-        <v>1010</v>
+        <v>1418</v>
       </c>
       <c r="B657"/>
-      <c r="C657"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C657" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D657"/>
       <c r="E657" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F657" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G657" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H657" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="658" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I657"/>
+    </row>
+    <row r="658" spans="1:9">
       <c r="A658" t="s">
-        <v>1011</v>
-[...7 lines deleted...]
-      </c>
+        <v>1419</v>
+      </c>
+      <c r="B658"/>
+      <c r="C658" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D658"/>
       <c r="E658" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F658" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G658" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H658" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="659" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I658"/>
+    </row>
+    <row r="659" spans="1:9">
       <c r="A659" t="s">
-        <v>1013</v>
+        <v>1420</v>
       </c>
       <c r="B659"/>
-      <c r="C659"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C659" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D659"/>
       <c r="E659" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F659" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G659" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H659" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="660" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I659"/>
+    </row>
+    <row r="660" spans="1:9">
       <c r="A660" t="s">
-        <v>1014</v>
+        <v>1421</v>
       </c>
       <c r="B660"/>
-      <c r="C660"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C660" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D660"/>
       <c r="E660" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F660" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G660" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H660" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="661" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I660"/>
+    </row>
+    <row r="661" spans="1:9">
       <c r="A661" t="s">
-        <v>1015</v>
-[...7 lines deleted...]
-      </c>
+        <v>1422</v>
+      </c>
+      <c r="B661"/>
+      <c r="C661" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D661"/>
       <c r="E661" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F661" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G661" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H661" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="662" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I661"/>
+    </row>
+    <row r="662" spans="1:9">
       <c r="A662" t="s">
-        <v>1017</v>
-[...7 lines deleted...]
-      </c>
+        <v>1423</v>
+      </c>
+      <c r="B662"/>
+      <c r="C662" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D662"/>
       <c r="E662" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F662" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G662" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H662" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="663" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I662"/>
+    </row>
+    <row r="663" spans="1:9">
       <c r="A663" t="s">
-        <v>1019</v>
-[...7 lines deleted...]
-      </c>
+        <v>1424</v>
+      </c>
+      <c r="B663"/>
+      <c r="C663" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D663"/>
       <c r="E663" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F663" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G663" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H663" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="664" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I663"/>
+    </row>
+    <row r="664" spans="1:9">
       <c r="A664" t="s">
-        <v>1021</v>
-[...7 lines deleted...]
-      </c>
+        <v>1425</v>
+      </c>
+      <c r="B664"/>
+      <c r="C664" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D664"/>
       <c r="E664" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F664" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G664" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H664" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="665" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I664"/>
+    </row>
+    <row r="665" spans="1:9">
       <c r="A665" t="s">
-        <v>1023</v>
-[...7 lines deleted...]
-      </c>
+        <v>1426</v>
+      </c>
+      <c r="B665"/>
+      <c r="C665" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D665"/>
       <c r="E665" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F665" t="s">
-        <v>14</v>
+        <v>1133</v>
       </c>
       <c r="G665" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H665" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="666" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I665"/>
+    </row>
+    <row r="666" spans="1:9">
       <c r="A666" t="s">
-        <v>1025</v>
+        <v>1427</v>
       </c>
       <c r="B666"/>
-      <c r="C666"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C666" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D666"/>
       <c r="E666" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F666" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G666" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="667" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H666" t="s">
+        <v>29</v>
+      </c>
+      <c r="I666"/>
+    </row>
+    <row r="667" spans="1:9">
       <c r="A667" t="s">
-        <v>1026</v>
-[...5 lines deleted...]
-      </c>
+        <v>1428</v>
+      </c>
+      <c r="B667" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C667" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D667"/>
       <c r="E667" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F667" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G667" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H667" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="668" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I667" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="668" spans="1:9">
       <c r="A668" t="s">
-        <v>1027</v>
+        <v>1430</v>
       </c>
       <c r="B668"/>
-      <c r="C668"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C668" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D668"/>
       <c r="E668" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F668" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G668" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="669" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H668" t="s">
+        <v>29</v>
+      </c>
+      <c r="I668" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="669" spans="1:9">
       <c r="A669" t="s">
-        <v>1028</v>
-[...5 lines deleted...]
-      </c>
+        <v>1432</v>
+      </c>
+      <c r="B669" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C669" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D669"/>
       <c r="E669" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F669" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G669" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="670" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H669" t="s">
+        <v>29</v>
+      </c>
+      <c r="I669" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="670" spans="1:9">
       <c r="A670" t="s">
-        <v>1029</v>
+        <v>1435</v>
       </c>
       <c r="B670"/>
-      <c r="C670"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C670" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D670"/>
       <c r="E670" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F670" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G670" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H670" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="671" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I670" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="671" spans="1:9">
       <c r="A671" t="s">
-        <v>1030</v>
-[...7 lines deleted...]
-      </c>
+        <v>1436</v>
+      </c>
+      <c r="B671"/>
+      <c r="C671" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D671"/>
       <c r="E671" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F671" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G671" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H671" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I671" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="672" spans="1:9">
+      <c r="A672" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B672" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C672" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D672"/>
       <c r="E672" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F672" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G672" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H672" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="673" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I672" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="673" spans="1:9">
       <c r="A673" t="s">
-        <v>1032</v>
-[...5 lines deleted...]
-      </c>
+        <v>1441</v>
+      </c>
+      <c r="B673" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C673" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D673"/>
       <c r="E673" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F673" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G673" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H673" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="674" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I673" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="674" spans="1:9">
       <c r="A674" t="s">
-        <v>1033</v>
-[...5 lines deleted...]
-      </c>
+        <v>1444</v>
+      </c>
+      <c r="B674" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C674" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D674"/>
       <c r="E674" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F674" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G674" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H674" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="675" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I674" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="675" spans="1:9">
       <c r="A675" t="s">
-        <v>1034</v>
-[...5 lines deleted...]
-      </c>
+        <v>1447</v>
+      </c>
+      <c r="B675" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C675" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D675"/>
       <c r="E675" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F675" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G675" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H675" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="676" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I675" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="676" spans="1:9">
       <c r="A676" t="s">
-        <v>1035</v>
-[...5 lines deleted...]
-      </c>
+        <v>1450</v>
+      </c>
+      <c r="B676" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C676" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D676"/>
       <c r="E676" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F676" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G676" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-    <row r="677" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H676" t="s">
+        <v>29</v>
+      </c>
+      <c r="I676" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="677" spans="1:9">
       <c r="A677" t="s">
-        <v>1036</v>
+        <v>1453</v>
       </c>
       <c r="B677"/>
-      <c r="C677"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C677" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D677"/>
       <c r="E677" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F677" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G677" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H677" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="678" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I677"/>
+    </row>
+    <row r="678" spans="1:9">
       <c r="A678" t="s">
-        <v>1037</v>
+        <v>1455</v>
       </c>
       <c r="B678"/>
-      <c r="C678"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C678" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D678"/>
       <c r="E678" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F678" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G678" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H678" t="s">
         <v>29</v>
       </c>
-    </row>
-    <row r="679" spans="1:8">
+      <c r="I678" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="679" spans="1:9">
       <c r="A679" t="s">
-        <v>1038</v>
+        <v>1457</v>
       </c>
       <c r="B679"/>
-      <c r="C679"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C679" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D679"/>
       <c r="E679" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F679" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G679" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H679" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="680" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I679"/>
+    </row>
+    <row r="680" spans="1:9">
       <c r="A680" t="s">
-        <v>1039</v>
+        <v>1459</v>
       </c>
       <c r="B680"/>
       <c r="C680"/>
-      <c r="D680" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D680"/>
       <c r="E680" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F680" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G680" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H680" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="681" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I680"/>
+    </row>
+    <row r="681" spans="1:9">
       <c r="A681" t="s">
-        <v>1040</v>
+        <v>1460</v>
       </c>
       <c r="B681"/>
-      <c r="C681"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C681" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D681"/>
       <c r="E681" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F681" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G681" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H681" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="682" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I681" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="682" spans="1:9">
       <c r="A682" t="s">
-        <v>1041</v>
-[...5 lines deleted...]
-      </c>
+        <v>1462</v>
+      </c>
+      <c r="B682" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C682" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D682"/>
       <c r="E682" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F682" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G682" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H682" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I682" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="683" spans="1:9">
+      <c r="A683"/>
       <c r="B683"/>
       <c r="C683"/>
-      <c r="D683" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D683"/>
       <c r="E683" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F683" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G683" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H683" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="684" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I683" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="684" spans="1:9">
       <c r="A684" t="s">
-        <v>1043</v>
+        <v>1465</v>
       </c>
       <c r="B684"/>
-      <c r="C684"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C684" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D684"/>
       <c r="E684" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F684" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G684" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H684" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="685" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I684" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="685" spans="1:9">
       <c r="A685" t="s">
-        <v>1044</v>
+        <v>1466</v>
       </c>
       <c r="B685"/>
-      <c r="C685"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C685" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D685"/>
       <c r="E685" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F685" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G685" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H685" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="686" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I685" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="686" spans="1:9">
       <c r="A686" t="s">
-        <v>1045</v>
+        <v>1467</v>
       </c>
       <c r="B686"/>
-      <c r="C686"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C686" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D686"/>
       <c r="E686" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F686" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G686" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H686" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="687" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I686" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="687" spans="1:9">
       <c r="A687" t="s">
-        <v>1046</v>
+        <v>1468</v>
       </c>
       <c r="B687"/>
-      <c r="C687"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C687" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D687"/>
       <c r="E687" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F687" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G687" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H687" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="688" spans="1:8">
+        <v>23</v>
+      </c>
+      <c r="I687"/>
+    </row>
+    <row r="688" spans="1:9">
       <c r="A688" t="s">
-        <v>1047</v>
-[...5 lines deleted...]
-      </c>
+        <v>1469</v>
+      </c>
+      <c r="B688" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C688" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D688"/>
       <c r="E688" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F688" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G688" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H688" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="689" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I688" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="689" spans="1:9">
       <c r="A689" t="s">
-        <v>1048</v>
+        <v>1471</v>
       </c>
       <c r="B689"/>
-      <c r="C689"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C689" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D689"/>
       <c r="E689" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F689" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G689" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="690" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H689" t="s">
+        <v>29</v>
+      </c>
+      <c r="I689" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="690" spans="1:9">
       <c r="A690" t="s">
-        <v>1049</v>
+        <v>1473</v>
       </c>
       <c r="B690"/>
-      <c r="C690"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C690" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D690"/>
       <c r="E690" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F690" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G690" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H690" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="691" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I690" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="691" spans="1:9">
       <c r="A691" t="s">
-        <v>1050</v>
-[...7 lines deleted...]
-      </c>
+        <v>1475</v>
+      </c>
+      <c r="B691"/>
+      <c r="C691" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D691"/>
       <c r="E691" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F691" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G691" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H691" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="692" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I691" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="692" spans="1:9">
       <c r="A692" t="s">
-        <v>1052</v>
-[...7 lines deleted...]
-      </c>
+        <v>1476</v>
+      </c>
+      <c r="B692"/>
+      <c r="C692" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D692"/>
       <c r="E692" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F692" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G692" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H692" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="693" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I692" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="693" spans="1:9">
       <c r="A693" t="s">
-        <v>1054</v>
-[...7 lines deleted...]
-      </c>
+        <v>1477</v>
+      </c>
+      <c r="B693"/>
+      <c r="C693" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D693"/>
       <c r="E693" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F693" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G693" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H693" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="694" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I693" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="694" spans="1:9">
       <c r="A694" t="s">
-        <v>1056</v>
-[...7 lines deleted...]
-      </c>
+        <v>1478</v>
+      </c>
+      <c r="B694"/>
+      <c r="C694" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D694"/>
       <c r="E694" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F694" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G694" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H694" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="695" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I694" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="695" spans="1:9">
       <c r="A695" t="s">
-        <v>1058</v>
+        <v>1479</v>
       </c>
       <c r="B695"/>
-      <c r="C695"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C695" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D695"/>
       <c r="E695" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F695" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G695" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H695" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="696" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I695" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="696" spans="1:9">
       <c r="A696" t="s">
-        <v>1059</v>
+        <v>1480</v>
       </c>
       <c r="B696"/>
-      <c r="C696"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C696" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D696"/>
       <c r="E696" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F696" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G696" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H696" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="697" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I696" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="697" spans="1:9">
       <c r="A697" t="s">
-        <v>1060</v>
+        <v>1481</v>
       </c>
       <c r="B697"/>
-      <c r="C697"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C697" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D697"/>
       <c r="E697" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F697" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G697" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H697" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="698" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I697" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="698" spans="1:9">
       <c r="A698" t="s">
-        <v>1061</v>
-[...7 lines deleted...]
-      </c>
+        <v>1482</v>
+      </c>
+      <c r="B698"/>
+      <c r="C698" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D698"/>
       <c r="E698" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F698" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G698" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H698" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="699" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I698" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="699" spans="1:9">
       <c r="A699" t="s">
-        <v>1063</v>
-[...7 lines deleted...]
-      </c>
+        <v>1483</v>
+      </c>
+      <c r="B699"/>
+      <c r="C699" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D699"/>
       <c r="E699" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F699" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G699" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H699" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="700" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I699" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="700" spans="1:9">
       <c r="A700" t="s">
-        <v>1065</v>
-[...7 lines deleted...]
-      </c>
+        <v>1484</v>
+      </c>
+      <c r="B700"/>
+      <c r="C700" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D700"/>
       <c r="E700" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F700" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G700" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H700" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="701" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I700" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="701" spans="1:9">
       <c r="A701" t="s">
-        <v>1067</v>
-[...7 lines deleted...]
-      </c>
+        <v>1485</v>
+      </c>
+      <c r="B701"/>
+      <c r="C701" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D701"/>
       <c r="E701" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F701" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G701" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H701" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="702" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I701" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="702" spans="1:9">
       <c r="A702" t="s">
-        <v>1069</v>
+        <v>1486</v>
       </c>
       <c r="B702"/>
-      <c r="C702"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C702" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D702"/>
       <c r="E702" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F702" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G702" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H702" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="703" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I702"/>
+    </row>
+    <row r="703" spans="1:9">
       <c r="A703" t="s">
-        <v>1070</v>
-[...7 lines deleted...]
-      </c>
+        <v>1487</v>
+      </c>
+      <c r="B703"/>
+      <c r="C703" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D703"/>
       <c r="E703" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F703" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G703" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H703" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="704" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I703" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="704" spans="1:9">
       <c r="A704" t="s">
-        <v>1072</v>
+        <v>1488</v>
       </c>
       <c r="B704" t="s">
-        <v>1073</v>
-[...4 lines deleted...]
-      </c>
+        <v>1489</v>
+      </c>
+      <c r="C704" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D704"/>
       <c r="E704" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F704" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G704" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H704" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="705" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I704" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="705" spans="1:9">
       <c r="A705" t="s">
-        <v>1074</v>
+        <v>1490</v>
       </c>
       <c r="B705" t="s">
-        <v>1075</v>
-[...4 lines deleted...]
-      </c>
+        <v>1491</v>
+      </c>
+      <c r="C705" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D705"/>
       <c r="E705" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F705" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G705" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H705" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="706" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I705" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="706" spans="1:9">
       <c r="A706" t="s">
-        <v>1076</v>
+        <v>1492</v>
       </c>
       <c r="B706" t="s">
-        <v>1077</v>
-[...4 lines deleted...]
-      </c>
+        <v>1493</v>
+      </c>
+      <c r="C706" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D706"/>
       <c r="E706" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F706" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G706" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H706" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="707" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I706" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="707" spans="1:9">
       <c r="A707" t="s">
-        <v>1078</v>
+        <v>1494</v>
       </c>
       <c r="B707" t="s">
-        <v>1079</v>
-[...4 lines deleted...]
-      </c>
+        <v>1495</v>
+      </c>
+      <c r="C707" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D707"/>
       <c r="E707" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F707" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G707" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H707" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="708" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I707" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="708" spans="1:9">
       <c r="A708" t="s">
-        <v>1080</v>
-[...7 lines deleted...]
-      </c>
+        <v>1496</v>
+      </c>
+      <c r="B708"/>
+      <c r="C708" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D708"/>
       <c r="E708" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F708" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G708" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H708" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="709" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I708" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="709" spans="1:9">
       <c r="A709" t="s">
-        <v>1082</v>
-[...7 lines deleted...]
-      </c>
+        <v>1497</v>
+      </c>
+      <c r="B709"/>
+      <c r="C709" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D709"/>
       <c r="E709" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F709" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G709" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H709" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="710" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I709" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="710" spans="1:9">
       <c r="A710" t="s">
-        <v>1084</v>
-[...7 lines deleted...]
-      </c>
+        <v>1498</v>
+      </c>
+      <c r="B710"/>
+      <c r="C710" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D710"/>
       <c r="E710" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F710" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G710" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H710" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="711" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I710" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="711" spans="1:9">
       <c r="A711" t="s">
-        <v>1086</v>
+        <v>1499</v>
       </c>
       <c r="B711" t="s">
-        <v>1087</v>
-[...4 lines deleted...]
-      </c>
+        <v>1500</v>
+      </c>
+      <c r="C711" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D711"/>
       <c r="E711" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F711" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G711" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H711" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="712" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I711" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="712" spans="1:9">
       <c r="A712" t="s">
-        <v>1088</v>
+        <v>1501</v>
       </c>
       <c r="B712" t="s">
-        <v>1089</v>
-[...4 lines deleted...]
-      </c>
+        <v>1502</v>
+      </c>
+      <c r="C712" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D712"/>
       <c r="E712" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F712" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G712" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H712" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="713" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I712" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="713" spans="1:9">
       <c r="A713" t="s">
-        <v>1090</v>
+        <v>1503</v>
       </c>
       <c r="B713" t="s">
-        <v>1091</v>
-[...4 lines deleted...]
-      </c>
+        <v>1504</v>
+      </c>
+      <c r="C713" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D713"/>
       <c r="E713" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F713" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G713" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H713" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="714" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I713" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="714" spans="1:9">
       <c r="A714" t="s">
-        <v>1092</v>
+        <v>1505</v>
       </c>
       <c r="B714" t="s">
-        <v>1093</v>
-[...4 lines deleted...]
-      </c>
+        <v>1506</v>
+      </c>
+      <c r="C714" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D714"/>
       <c r="E714" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F714" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G714" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H714" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="715" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I714" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="715" spans="1:9">
       <c r="A715" t="s">
-        <v>1094</v>
-[...7 lines deleted...]
-      </c>
+        <v>1507</v>
+      </c>
+      <c r="B715"/>
+      <c r="C715" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D715"/>
       <c r="E715" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F715" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G715" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H715" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="716" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I715" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="716" spans="1:9">
       <c r="A716" t="s">
-        <v>1096</v>
+        <v>1508</v>
       </c>
       <c r="B716" t="s">
-        <v>1097</v>
-[...4 lines deleted...]
-      </c>
+        <v>1509</v>
+      </c>
+      <c r="C716" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D716"/>
       <c r="E716" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F716" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G716" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H716" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="717" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I716" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="717" spans="1:9">
       <c r="A717" t="s">
-        <v>1098</v>
+        <v>1510</v>
       </c>
       <c r="B717" t="s">
-        <v>1099</v>
-[...4 lines deleted...]
-      </c>
+        <v>1511</v>
+      </c>
+      <c r="C717" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D717"/>
       <c r="E717" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F717" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G717" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H717" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="718" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I717" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="718" spans="1:9">
       <c r="A718" t="s">
-        <v>1100</v>
+        <v>1512</v>
       </c>
       <c r="B718" t="s">
-        <v>1101</v>
-[...4 lines deleted...]
-      </c>
+        <v>1513</v>
+      </c>
+      <c r="C718" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D718"/>
       <c r="E718" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F718" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G718" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H718" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="719" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I718" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="719" spans="1:9">
       <c r="A719" t="s">
-        <v>1102</v>
+        <v>1514</v>
       </c>
       <c r="B719" t="s">
-        <v>1103</v>
-[...4 lines deleted...]
-      </c>
+        <v>1515</v>
+      </c>
+      <c r="C719" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D719"/>
       <c r="E719" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F719" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G719" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H719" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="720" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I719" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="720" spans="1:9">
       <c r="A720" t="s">
-        <v>1104</v>
+        <v>1517</v>
       </c>
       <c r="B720" t="s">
-        <v>1105</v>
-[...4 lines deleted...]
-      </c>
+        <v>1518</v>
+      </c>
+      <c r="C720" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D720"/>
       <c r="E720" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F720" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G720" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H720" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="721" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I720" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="721" spans="1:9">
       <c r="A721" t="s">
-        <v>1106</v>
-[...5 lines deleted...]
-      </c>
+        <v>1519</v>
+      </c>
+      <c r="B721" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C721" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D721"/>
       <c r="E721" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F721" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G721" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H721" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="722" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I721" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="722" spans="1:9">
       <c r="A722" t="s">
-        <v>1107</v>
-[...5 lines deleted...]
-      </c>
+        <v>1521</v>
+      </c>
+      <c r="B722" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C722" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D722"/>
       <c r="E722" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F722" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G722" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H722" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="723" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I722" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="723" spans="1:9">
       <c r="A723" t="s">
-        <v>1108</v>
-[...5 lines deleted...]
-      </c>
+        <v>1523</v>
+      </c>
+      <c r="B723" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C723" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D723"/>
       <c r="E723" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F723" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G723" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H723" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="724" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I723" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="724" spans="1:9">
       <c r="A724" t="s">
-        <v>1109</v>
-[...5 lines deleted...]
-      </c>
+        <v>1525</v>
+      </c>
+      <c r="B724" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C724" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D724"/>
       <c r="E724" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F724" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G724" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H724" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="725" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I724" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="725" spans="1:9">
       <c r="A725" t="s">
-        <v>1110</v>
-[...5 lines deleted...]
-      </c>
+        <v>1527</v>
+      </c>
+      <c r="B725" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C725" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D725"/>
       <c r="E725" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F725" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G725" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H725" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="726" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I725" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="726" spans="1:9">
       <c r="A726" t="s">
-        <v>1111</v>
-[...5 lines deleted...]
-      </c>
+        <v>1529</v>
+      </c>
+      <c r="B726" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C726" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D726"/>
       <c r="E726" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F726" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G726" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H726" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="727" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I726" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="727" spans="1:9">
       <c r="A727" t="s">
-        <v>1112</v>
-[...5 lines deleted...]
-      </c>
+        <v>1531</v>
+      </c>
+      <c r="B727" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C727" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D727"/>
       <c r="E727" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F727" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G727" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H727" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="728" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I727" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="728" spans="1:9">
       <c r="A728" t="s">
-        <v>1113</v>
-[...5 lines deleted...]
-      </c>
+        <v>1533</v>
+      </c>
+      <c r="B728" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C728" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D728"/>
       <c r="E728" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F728" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G728" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H728" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="729" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I728" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="729" spans="1:9">
       <c r="A729" t="s">
-        <v>1114</v>
-[...5 lines deleted...]
-      </c>
+        <v>1535</v>
+      </c>
+      <c r="B729" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C729" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D729"/>
       <c r="E729" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F729" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G729" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H729" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="730" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I729" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="730" spans="1:9">
       <c r="A730" t="s">
-        <v>1115</v>
-[...5 lines deleted...]
-      </c>
+        <v>1537</v>
+      </c>
+      <c r="B730" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C730" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D730"/>
       <c r="E730" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F730" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G730" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H730" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="731" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I730" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="731" spans="1:9">
       <c r="A731" t="s">
-        <v>1116</v>
-[...5 lines deleted...]
-      </c>
+        <v>1539</v>
+      </c>
+      <c r="B731" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C731" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D731"/>
       <c r="E731" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F731" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G731" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H731" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="732" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I731" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="732" spans="1:9">
       <c r="A732" t="s">
-        <v>1117</v>
-[...5 lines deleted...]
-      </c>
+        <v>1541</v>
+      </c>
+      <c r="B732" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C732" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D732"/>
       <c r="E732" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F732" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G732" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H732" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="733" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I732" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="733" spans="1:9">
       <c r="A733" t="s">
-        <v>1118</v>
-[...5 lines deleted...]
-      </c>
+        <v>1544</v>
+      </c>
+      <c r="B733" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C733" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D733"/>
       <c r="E733" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F733" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G733" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="734" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H733" t="s">
+        <v>29</v>
+      </c>
+      <c r="I733" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="734" spans="1:9">
       <c r="A734" t="s">
-        <v>1119</v>
+        <v>1546</v>
       </c>
       <c r="B734"/>
-      <c r="C734"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C734" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D734"/>
       <c r="E734" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F734" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G734" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H734" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="735" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I734" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="735" spans="1:9">
       <c r="A735" t="s">
-        <v>1120</v>
+        <v>1547</v>
       </c>
       <c r="B735"/>
-      <c r="C735"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C735" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D735"/>
       <c r="E735" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F735" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G735" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H735" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="736" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I735" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="736" spans="1:9">
       <c r="A736" t="s">
-        <v>1121</v>
+        <v>1548</v>
       </c>
       <c r="B736"/>
-      <c r="C736"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C736" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D736"/>
       <c r="E736" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F736" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G736" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H736" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="737" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I736" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="737" spans="1:9">
       <c r="A737" t="s">
-        <v>1122</v>
+        <v>1549</v>
       </c>
       <c r="B737"/>
-      <c r="C737"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C737" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D737"/>
       <c r="E737" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F737" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G737" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H737" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="738" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I737" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="738" spans="1:9">
       <c r="A738" t="s">
-        <v>1123</v>
+        <v>1550</v>
       </c>
       <c r="B738"/>
-      <c r="C738"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C738" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D738"/>
       <c r="E738" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F738" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G738" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H738" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="739" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I738" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="739" spans="1:9">
       <c r="A739" t="s">
-        <v>1124</v>
+        <v>1551</v>
       </c>
       <c r="B739"/>
-      <c r="C739"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C739" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D739"/>
       <c r="E739" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F739" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G739" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H739" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="740" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I739" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="740" spans="1:9">
       <c r="A740" t="s">
-        <v>1125</v>
+        <v>1552</v>
       </c>
       <c r="B740"/>
-      <c r="C740"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C740" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D740"/>
       <c r="E740" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F740" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G740" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H740" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="741" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I740" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="741" spans="1:9">
       <c r="A741" t="s">
-        <v>1126</v>
+        <v>1553</v>
       </c>
       <c r="B741"/>
-      <c r="C741"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C741" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D741"/>
       <c r="E741" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F741" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G741" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H741" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="742" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I741" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="742" spans="1:9">
       <c r="A742" t="s">
-        <v>1127</v>
+        <v>1554</v>
       </c>
       <c r="B742"/>
-      <c r="C742"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C742" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D742"/>
       <c r="E742" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F742" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G742" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H742" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="743" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I742" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="743" spans="1:9">
       <c r="A743" t="s">
-        <v>1128</v>
+        <v>1555</v>
       </c>
       <c r="B743"/>
-      <c r="C743"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C743" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D743"/>
       <c r="E743" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F743" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G743" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H743" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="744" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I743" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="744" spans="1:9">
       <c r="A744" t="s">
-        <v>1129</v>
+        <v>1556</v>
       </c>
       <c r="B744"/>
-      <c r="C744"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C744" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D744"/>
       <c r="E744" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F744" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G744" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H744" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="745" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I744" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="745" spans="1:9">
       <c r="A745" t="s">
-        <v>1130</v>
+        <v>1557</v>
       </c>
       <c r="B745"/>
-      <c r="C745"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C745" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D745"/>
       <c r="E745" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F745" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G745" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="746" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H745" t="s">
+        <v>29</v>
+      </c>
+      <c r="I745" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="746" spans="1:9">
       <c r="A746" t="s">
-        <v>1131</v>
-[...7 lines deleted...]
-      </c>
+        <v>1558</v>
+      </c>
+      <c r="B746"/>
+      <c r="C746" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D746"/>
       <c r="E746" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F746" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G746" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H746" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="747" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I746"/>
+    </row>
+    <row r="747" spans="1:9">
       <c r="A747" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B747"/>
+      <c r="C747" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D747"/>
+      <c r="E747" t="s">
+        <v>14</v>
+      </c>
+      <c r="F747" t="s">
+        <v>15</v>
+      </c>
+      <c r="G747" t="s">
+        <v>16</v>
+      </c>
+      <c r="H747" t="s">
+        <v>29</v>
+      </c>
+      <c r="I747" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="748" spans="1:9">
+      <c r="A748" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B748"/>
+      <c r="C748" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D748"/>
+      <c r="E748" t="s">
+        <v>14</v>
+      </c>
+      <c r="F748" t="s">
+        <v>15</v>
+      </c>
+      <c r="G748" t="s">
+        <v>16</v>
+      </c>
+      <c r="H748" t="s">
+        <v>29</v>
+      </c>
+      <c r="I748" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="749" spans="1:9">
+      <c r="A749" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B749"/>
+      <c r="C749" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D749"/>
+      <c r="E749" t="s">
+        <v>14</v>
+      </c>
+      <c r="F749" t="s">
+        <v>15</v>
+      </c>
+      <c r="G749" t="s">
+        <v>16</v>
+      </c>
+      <c r="H749" t="s">
+        <v>29</v>
+      </c>
+      <c r="I749" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="750" spans="1:9">
+      <c r="A750" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B750"/>
+      <c r="C750" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D750"/>
+      <c r="E750" t="s">
+        <v>14</v>
+      </c>
+      <c r="F750" t="s">
+        <v>15</v>
+      </c>
+      <c r="G750" t="s">
+        <v>16</v>
+      </c>
+      <c r="H750" t="s">
+        <v>29</v>
+      </c>
+      <c r="I750" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="751" spans="1:9">
+      <c r="A751" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B751"/>
+      <c r="C751" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D751"/>
+      <c r="E751" t="s">
+        <v>14</v>
+      </c>
+      <c r="F751" t="s">
+        <v>15</v>
+      </c>
+      <c r="G751" t="s">
+        <v>16</v>
+      </c>
+      <c r="H751" t="s">
+        <v>29</v>
+      </c>
+      <c r="I751" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="752" spans="1:9">
+      <c r="A752" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B752"/>
+      <c r="C752" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D752"/>
+      <c r="E752" t="s">
+        <v>14</v>
+      </c>
+      <c r="F752" t="s">
+        <v>15</v>
+      </c>
+      <c r="G752" t="s">
+        <v>16</v>
+      </c>
+      <c r="H752" t="s">
+        <v>29</v>
+      </c>
+      <c r="I752" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="753" spans="1:9">
+      <c r="A753" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B753"/>
+      <c r="C753" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D753"/>
+      <c r="E753" t="s">
+        <v>14</v>
+      </c>
+      <c r="F753" t="s">
+        <v>15</v>
+      </c>
+      <c r="G753" t="s">
+        <v>16</v>
+      </c>
+      <c r="H753" t="s">
+        <v>29</v>
+      </c>
+      <c r="I753" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="754" spans="1:9">
+      <c r="A754" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B754"/>
+      <c r="C754" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D754"/>
+      <c r="E754" t="s">
+        <v>14</v>
+      </c>
+      <c r="F754" t="s">
+        <v>15</v>
+      </c>
+      <c r="G754" t="s">
+        <v>16</v>
+      </c>
+      <c r="H754" t="s">
+        <v>29</v>
+      </c>
+      <c r="I754" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="755" spans="1:9">
+      <c r="A755" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B755"/>
+      <c r="C755" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D755"/>
+      <c r="E755" t="s">
+        <v>14</v>
+      </c>
+      <c r="F755" t="s">
+        <v>15</v>
+      </c>
+      <c r="G755" t="s">
+        <v>16</v>
+      </c>
+      <c r="H755" t="s">
+        <v>29</v>
+      </c>
+      <c r="I755" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="756" spans="1:9">
+      <c r="A756" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B756"/>
+      <c r="C756" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D756"/>
+      <c r="E756" t="s">
+        <v>14</v>
+      </c>
+      <c r="F756" t="s">
+        <v>15</v>
+      </c>
+      <c r="G756" t="s">
+        <v>16</v>
+      </c>
+      <c r="H756" t="s">
+        <v>29</v>
+      </c>
+      <c r="I756" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="757" spans="1:9">
+      <c r="A757" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B757"/>
+      <c r="C757" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D757"/>
+      <c r="E757" t="s">
+        <v>14</v>
+      </c>
+      <c r="F757" t="s">
+        <v>15</v>
+      </c>
+      <c r="G757" t="s">
+        <v>16</v>
+      </c>
+      <c r="H757" t="s">
+        <v>29</v>
+      </c>
+      <c r="I757" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="758" spans="1:9">
+      <c r="A758" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B758"/>
+      <c r="C758" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D758"/>
+      <c r="E758" t="s">
+        <v>14</v>
+      </c>
+      <c r="F758" t="s">
+        <v>15</v>
+      </c>
+      <c r="G758" t="s">
+        <v>16</v>
+      </c>
+      <c r="H758" t="s">
+        <v>29</v>
+      </c>
+      <c r="I758"/>
+    </row>
+    <row r="759" spans="1:9">
+      <c r="A759" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B759" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C759" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D759"/>
+      <c r="E759" t="s">
+        <v>14</v>
+      </c>
+      <c r="F759" t="s">
+        <v>15</v>
+      </c>
+      <c r="G759" t="s">
+        <v>16</v>
+      </c>
+      <c r="H759" t="s">
+        <v>29</v>
+      </c>
+      <c r="I759" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="760" spans="1:9">
+      <c r="A760" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B760" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C760" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D760"/>
+      <c r="E760" t="s">
+        <v>14</v>
+      </c>
+      <c r="F760" t="s">
+        <v>15</v>
+      </c>
+      <c r="G760" t="s">
+        <v>16</v>
+      </c>
+      <c r="H760" t="s">
+        <v>29</v>
+      </c>
+      <c r="I760" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="761" spans="1:9">
+      <c r="A761" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B761" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C761" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D761"/>
+      <c r="E761" t="s">
+        <v>14</v>
+      </c>
+      <c r="F761" t="s">
+        <v>15</v>
+      </c>
+      <c r="G761" t="s">
+        <v>16</v>
+      </c>
+      <c r="H761" t="s">
+        <v>29</v>
+      </c>
+      <c r="I761" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="762" spans="1:9">
+      <c r="A762" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B762" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C762" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D762"/>
+      <c r="E762" t="s">
+        <v>14</v>
+      </c>
+      <c r="F762" t="s">
+        <v>15</v>
+      </c>
+      <c r="G762" t="s">
+        <v>16</v>
+      </c>
+      <c r="H762" t="s">
+        <v>29</v>
+      </c>
+      <c r="I762" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="763" spans="1:9">
+      <c r="A763" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B763" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C763" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D763"/>
+      <c r="E763" t="s">
+        <v>14</v>
+      </c>
+      <c r="F763" t="s">
+        <v>15</v>
+      </c>
+      <c r="G763" t="s">
+        <v>16</v>
+      </c>
+      <c r="H763" t="s">
+        <v>29</v>
+      </c>
+      <c r="I763" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="764" spans="1:9">
+      <c r="A764" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B764"/>
+      <c r="C764" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D764"/>
+      <c r="E764" t="s">
+        <v>14</v>
+      </c>
+      <c r="F764" t="s">
+        <v>15</v>
+      </c>
+      <c r="G764" t="s">
+        <v>16</v>
+      </c>
+      <c r="H764" t="s">
+        <v>29</v>
+      </c>
+      <c r="I764" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="765" spans="1:9">
+      <c r="A765" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B765" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C765" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D765"/>
+      <c r="E765" t="s">
+        <v>14</v>
+      </c>
+      <c r="F765" t="s">
+        <v>15</v>
+      </c>
+      <c r="G765" t="s">
+        <v>16</v>
+      </c>
+      <c r="H765" t="s">
+        <v>29</v>
+      </c>
+      <c r="I765" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="766" spans="1:9">
+      <c r="A766" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B766"/>
+      <c r="C766" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D766"/>
+      <c r="E766" t="s">
+        <v>14</v>
+      </c>
+      <c r="F766" t="s">
+        <v>15</v>
+      </c>
+      <c r="G766" t="s">
+        <v>16</v>
+      </c>
+      <c r="H766" t="s">
+        <v>29</v>
+      </c>
+      <c r="I766" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="767" spans="1:9">
+      <c r="A767" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B767" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C767" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D767"/>
+      <c r="E767" t="s">
+        <v>14</v>
+      </c>
+      <c r="F767" t="s">
+        <v>15</v>
+      </c>
+      <c r="G767" t="s">
+        <v>16</v>
+      </c>
+      <c r="H767" t="s">
+        <v>29</v>
+      </c>
+      <c r="I767" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="768" spans="1:9">
+      <c r="A768" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B768" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C768" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D768"/>
+      <c r="E768" t="s">
+        <v>14</v>
+      </c>
+      <c r="F768" t="s">
+        <v>15</v>
+      </c>
+      <c r="G768" t="s">
+        <v>16</v>
+      </c>
+      <c r="H768" t="s">
+        <v>29</v>
+      </c>
+      <c r="I768" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="769" spans="1:9">
+      <c r="A769" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B769" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C769" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D769"/>
+      <c r="E769" t="s">
+        <v>14</v>
+      </c>
+      <c r="F769" t="s">
+        <v>15</v>
+      </c>
+      <c r="G769" t="s">
+        <v>16</v>
+      </c>
+      <c r="H769" t="s">
+        <v>29</v>
+      </c>
+      <c r="I769" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="770" spans="1:9">
+      <c r="A770" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B770" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C770" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D770"/>
+      <c r="E770" t="s">
+        <v>14</v>
+      </c>
+      <c r="F770" t="s">
+        <v>15</v>
+      </c>
+      <c r="G770" t="s">
+        <v>16</v>
+      </c>
+      <c r="H770" t="s">
+        <v>29</v>
+      </c>
+      <c r="I770" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="771" spans="1:9">
+      <c r="A771" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B771"/>
+      <c r="C771" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D771"/>
+      <c r="E771" t="s">
+        <v>14</v>
+      </c>
+      <c r="F771" t="s">
+        <v>15</v>
+      </c>
+      <c r="G771" t="s">
+        <v>16</v>
+      </c>
+      <c r="H771" t="s">
+        <v>29</v>
+      </c>
+      <c r="I771" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="772" spans="1:9">
+      <c r="A772" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B772"/>
+      <c r="C772" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D772"/>
+      <c r="E772" t="s">
+        <v>14</v>
+      </c>
+      <c r="F772" t="s">
+        <v>15</v>
+      </c>
+      <c r="G772" t="s">
+        <v>16</v>
+      </c>
+      <c r="H772" t="s">
+        <v>29</v>
+      </c>
+      <c r="I772" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="773" spans="1:9">
+      <c r="A773" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B773"/>
+      <c r="C773" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D773"/>
+      <c r="E773" t="s">
+        <v>14</v>
+      </c>
+      <c r="F773" t="s">
+        <v>15</v>
+      </c>
+      <c r="G773" t="s">
+        <v>16</v>
+      </c>
+      <c r="H773" t="s">
+        <v>29</v>
+      </c>
+      <c r="I773" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="774" spans="1:9">
+      <c r="A774" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B774"/>
+      <c r="C774" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D774"/>
+      <c r="E774" t="s">
+        <v>14</v>
+      </c>
+      <c r="F774" t="s">
+        <v>15</v>
+      </c>
+      <c r="G774" t="s">
+        <v>16</v>
+      </c>
+      <c r="H774" t="s">
+        <v>29</v>
+      </c>
+      <c r="I774" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="775" spans="1:9">
+      <c r="A775" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B775"/>
+      <c r="C775" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D775"/>
+      <c r="E775" t="s">
+        <v>14</v>
+      </c>
+      <c r="F775" t="s">
+        <v>15</v>
+      </c>
+      <c r="G775" t="s">
+        <v>16</v>
+      </c>
+      <c r="H775" t="s">
+        <v>29</v>
+      </c>
+      <c r="I775" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="776" spans="1:9">
+      <c r="A776" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B776"/>
+      <c r="C776" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D776"/>
+      <c r="E776" t="s">
+        <v>14</v>
+      </c>
+      <c r="F776" t="s">
+        <v>15</v>
+      </c>
+      <c r="G776" t="s">
+        <v>16</v>
+      </c>
+      <c r="H776" t="s">
+        <v>29</v>
+      </c>
+      <c r="I776" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="777" spans="1:9">
+      <c r="A777" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B777"/>
+      <c r="C777" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D777"/>
+      <c r="E777" t="s">
+        <v>14</v>
+      </c>
+      <c r="F777" t="s">
+        <v>15</v>
+      </c>
+      <c r="G777" t="s">
+        <v>16</v>
+      </c>
+      <c r="H777" t="s">
+        <v>29</v>
+      </c>
+      <c r="I777" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="778" spans="1:9">
+      <c r="A778" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B778"/>
+      <c r="C778" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D778"/>
+      <c r="E778" t="s">
+        <v>14</v>
+      </c>
+      <c r="F778" t="s">
+        <v>15</v>
+      </c>
+      <c r="G778" t="s">
+        <v>16</v>
+      </c>
+      <c r="H778" t="s">
+        <v>29</v>
+      </c>
+      <c r="I778" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="779" spans="1:9">
+      <c r="A779" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B779"/>
+      <c r="C779" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D779"/>
+      <c r="E779" t="s">
+        <v>14</v>
+      </c>
+      <c r="F779" t="s">
+        <v>15</v>
+      </c>
+      <c r="G779" t="s">
+        <v>16</v>
+      </c>
+      <c r="H779" t="s">
+        <v>29</v>
+      </c>
+      <c r="I779"/>
+    </row>
+    <row r="780" spans="1:9">
+      <c r="A780" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B780"/>
+      <c r="C780" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D780"/>
+      <c r="E780" t="s">
+        <v>14</v>
+      </c>
+      <c r="F780" t="s">
+        <v>15</v>
+      </c>
+      <c r="G780" t="s">
+        <v>16</v>
+      </c>
+      <c r="H780" t="s">
+        <v>29</v>
+      </c>
+      <c r="I780" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="781" spans="1:9">
+      <c r="A781" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B781"/>
+      <c r="C781" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D781"/>
+      <c r="E781" t="s">
+        <v>14</v>
+      </c>
+      <c r="F781" t="s">
+        <v>15</v>
+      </c>
+      <c r="G781" t="s">
+        <v>16</v>
+      </c>
+      <c r="H781" t="s">
+        <v>29</v>
+      </c>
+      <c r="I781"/>
+    </row>
+    <row r="782" spans="1:9">
+      <c r="A782" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B782"/>
+      <c r="C782" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D782"/>
+      <c r="E782" t="s">
+        <v>14</v>
+      </c>
+      <c r="F782" t="s">
+        <v>15</v>
+      </c>
+      <c r="G782" t="s">
+        <v>16</v>
+      </c>
+      <c r="H782" t="s">
+        <v>29</v>
+      </c>
+      <c r="I782" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="783" spans="1:9">
+      <c r="A783" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B783"/>
+      <c r="C783" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D783"/>
+      <c r="E783" t="s">
+        <v>14</v>
+      </c>
+      <c r="F783" t="s">
+        <v>15</v>
+      </c>
+      <c r="G783" t="s">
+        <v>16</v>
+      </c>
+      <c r="H783" t="s">
+        <v>29</v>
+      </c>
+      <c r="I783"/>
+    </row>
+    <row r="784" spans="1:9">
+      <c r="A784" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B784"/>
+      <c r="C784" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D784"/>
+      <c r="E784" t="s">
+        <v>14</v>
+      </c>
+      <c r="F784" t="s">
+        <v>15</v>
+      </c>
+      <c r="G784" t="s">
+        <v>16</v>
+      </c>
+      <c r="H784" t="s">
+        <v>29</v>
+      </c>
+      <c r="I784"/>
+    </row>
+    <row r="785" spans="1:9">
+      <c r="A785" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B785"/>
+      <c r="C785" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D785"/>
+      <c r="E785" t="s">
+        <v>14</v>
+      </c>
+      <c r="F785" t="s">
+        <v>15</v>
+      </c>
+      <c r="G785" t="s">
+        <v>16</v>
+      </c>
+      <c r="H785" t="s">
+        <v>29</v>
+      </c>
+      <c r="I785"/>
+    </row>
+    <row r="786" spans="1:9">
+      <c r="A786" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B786"/>
+      <c r="C786" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D786"/>
+      <c r="E786" t="s">
+        <v>327</v>
+      </c>
+      <c r="F786" t="s">
         <v>1133</v>
       </c>
-      <c r="B747" t="s">
-[...865 lines deleted...]
-      </c>
       <c r="G786" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H786" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="787" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I786" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="787" spans="1:9">
       <c r="A787" t="s">
-        <v>1182</v>
+        <v>1612</v>
       </c>
       <c r="B787"/>
-      <c r="C787"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C787" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D787"/>
       <c r="E787" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F787" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G787" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H787" t="s">
         <v>29</v>
       </c>
-    </row>
-    <row r="788" spans="1:8">
+      <c r="I787"/>
+    </row>
+    <row r="788" spans="1:9">
       <c r="A788" t="s">
-        <v>1183</v>
+        <v>1613</v>
       </c>
       <c r="B788"/>
-      <c r="C788"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C788" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D788"/>
       <c r="E788" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F788" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G788" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="789" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H788" t="s">
+        <v>29</v>
+      </c>
+      <c r="I788" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="789" spans="1:9">
       <c r="A789" t="s">
-        <v>1184</v>
+        <v>1614</v>
       </c>
       <c r="B789"/>
-      <c r="C789"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C789" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D789"/>
       <c r="E789" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F789" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G789" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H789" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="790" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I789" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="790" spans="1:9">
       <c r="A790" t="s">
-        <v>1185</v>
+        <v>1615</v>
       </c>
       <c r="B790"/>
-      <c r="C790"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C790" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D790"/>
       <c r="E790" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F790" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G790" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H790" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="791" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I790"/>
+    </row>
+    <row r="791" spans="1:9">
       <c r="A791" t="s">
-        <v>1186</v>
+        <v>1616</v>
       </c>
       <c r="B791"/>
-      <c r="C791"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C791" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D791"/>
       <c r="E791" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F791" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G791" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H791" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="792" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I791"/>
+    </row>
+    <row r="792" spans="1:9">
       <c r="A792" t="s">
-        <v>1187</v>
+        <v>1617</v>
       </c>
       <c r="B792"/>
-      <c r="C792"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C792" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D792"/>
       <c r="E792" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F792" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G792" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H792" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="793" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I792"/>
+    </row>
+    <row r="793" spans="1:9">
       <c r="A793" t="s">
-        <v>1188</v>
+        <v>1618</v>
       </c>
       <c r="B793"/>
-      <c r="C793"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C793" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D793"/>
       <c r="E793" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F793" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G793" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H793" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="794" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I793"/>
+    </row>
+    <row r="794" spans="1:9">
       <c r="A794" t="s">
-        <v>1189</v>
+        <v>1619</v>
       </c>
       <c r="B794"/>
-      <c r="C794"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C794" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D794"/>
       <c r="E794" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F794" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G794" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H794" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="795" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I794" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="795" spans="1:9">
       <c r="A795" t="s">
-        <v>1190</v>
+        <v>1620</v>
       </c>
       <c r="B795"/>
-      <c r="C795"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C795" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D795"/>
       <c r="E795" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F795" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G795" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H795" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="796" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I795" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="796" spans="1:9">
       <c r="A796" t="s">
-        <v>1191</v>
+        <v>1621</v>
       </c>
       <c r="B796"/>
-      <c r="C796"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C796" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D796"/>
       <c r="E796" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F796" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G796" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H796" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="797" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I796" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="797" spans="1:9">
       <c r="A797" t="s">
-        <v>1192</v>
+        <v>1622</v>
       </c>
       <c r="B797"/>
-      <c r="C797"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C797" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D797"/>
       <c r="E797" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F797" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G797" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H797" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="798" spans="1:8">
+        <v>38</v>
+      </c>
+      <c r="I797" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="798" spans="1:9">
       <c r="A798" t="s">
-        <v>1193</v>
+        <v>1623</v>
       </c>
       <c r="B798"/>
-      <c r="C798"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C798" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D798"/>
       <c r="E798" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F798" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G798" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H798" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="799" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I798" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="799" spans="1:9">
       <c r="A799" t="s">
-        <v>1194</v>
+        <v>1624</v>
       </c>
       <c r="B799"/>
-      <c r="C799"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C799" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D799"/>
       <c r="E799" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F799" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G799" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H799" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="800" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I799" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="800" spans="1:9">
       <c r="A800" t="s">
-        <v>1195</v>
+        <v>1625</v>
       </c>
       <c r="B800"/>
-      <c r="C800"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C800" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D800"/>
       <c r="E800" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F800" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G800" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H800" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="801" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I800" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="801" spans="1:9">
       <c r="A801" t="s">
-        <v>1196</v>
+        <v>1626</v>
       </c>
       <c r="B801"/>
-      <c r="C801"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C801" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D801"/>
       <c r="E801" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F801" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G801" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H801" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="802" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I801"/>
+    </row>
+    <row r="802" spans="1:9">
       <c r="A802" t="s">
-        <v>1197</v>
+        <v>1627</v>
       </c>
       <c r="B802"/>
-      <c r="C802"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C802" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D802"/>
       <c r="E802" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F802" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G802" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H802" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="803" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I802" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="803" spans="1:9">
       <c r="A803" t="s">
-        <v>1198</v>
+        <v>1628</v>
       </c>
       <c r="B803"/>
-      <c r="C803"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C803" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D803"/>
       <c r="E803" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F803" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G803" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H803" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="804" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I803" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="804" spans="1:9">
       <c r="A804" t="s">
-        <v>1199</v>
+        <v>1629</v>
       </c>
       <c r="B804"/>
-      <c r="C804"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C804" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D804"/>
       <c r="E804" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F804" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G804" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H804" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="805" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I804" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="805" spans="1:9">
       <c r="A805" t="s">
-        <v>1200</v>
+        <v>1630</v>
       </c>
       <c r="B805"/>
-      <c r="C805"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C805" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D805"/>
       <c r="E805" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F805" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G805" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H805" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="806" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I805" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="806" spans="1:9">
       <c r="A806" t="s">
-        <v>1201</v>
+        <v>1631</v>
       </c>
       <c r="B806"/>
-      <c r="C806"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C806" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D806"/>
       <c r="E806" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F806" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G806" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H806" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="807" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I806" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="807" spans="1:9">
       <c r="A807" t="s">
-        <v>1129</v>
+        <v>1632</v>
       </c>
       <c r="B807"/>
-      <c r="C807"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C807" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D807"/>
       <c r="E807" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F807" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G807" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H807" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="808" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I807" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="808" spans="1:9">
       <c r="A808" t="s">
-        <v>1202</v>
+        <v>1633</v>
       </c>
       <c r="B808"/>
-      <c r="C808"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C808" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D808"/>
       <c r="E808" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F808" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G808" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H808" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="809" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I808" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="809" spans="1:9">
       <c r="A809" t="s">
-        <v>1203</v>
+        <v>1634</v>
       </c>
       <c r="B809"/>
-      <c r="C809"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C809" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D809"/>
       <c r="E809" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F809" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G809" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H809" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="810" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I809" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="810" spans="1:9">
       <c r="A810" t="s">
-        <v>1204</v>
+        <v>1635</v>
       </c>
       <c r="B810"/>
-      <c r="C810"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C810" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D810"/>
       <c r="E810" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F810" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G810" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H810" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="811" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I810" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="811" spans="1:9">
       <c r="A811" t="s">
-        <v>1205</v>
+        <v>1636</v>
       </c>
       <c r="B811"/>
-      <c r="C811"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C811" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D811"/>
       <c r="E811" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F811" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G811" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H811" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="812" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I811" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="812" spans="1:9">
       <c r="A812" t="s">
-        <v>1206</v>
+        <v>1637</v>
       </c>
       <c r="B812"/>
-      <c r="C812"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C812" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D812"/>
       <c r="E812" t="s">
-        <v>810</v>
+        <v>14</v>
       </c>
       <c r="F812" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G812" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="813" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H812" t="s">
+        <v>29</v>
+      </c>
+      <c r="I812" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="813" spans="1:9">
       <c r="A813" t="s">
-        <v>1207</v>
+        <v>1638</v>
       </c>
       <c r="B813"/>
-      <c r="C813"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C813" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D813"/>
       <c r="E813" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F813" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G813" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H813" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="814" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I813" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="814" spans="1:9">
       <c r="A814" t="s">
-        <v>1208</v>
+        <v>1639</v>
       </c>
       <c r="B814"/>
-      <c r="C814"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C814" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D814"/>
       <c r="E814" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F814" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G814" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H814" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="815" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I814" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="815" spans="1:9">
       <c r="A815" t="s">
-        <v>1209</v>
+        <v>1640</v>
       </c>
       <c r="B815"/>
-      <c r="C815"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C815" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D815"/>
       <c r="E815" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F815" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G815" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H815" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="816" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I815" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="816" spans="1:9">
       <c r="A816" t="s">
-        <v>1210</v>
+        <v>1641</v>
       </c>
       <c r="B816"/>
-      <c r="C816"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C816" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D816"/>
       <c r="E816" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F816" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G816" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H816" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="817" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I816" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="817" spans="1:9">
       <c r="A817" t="s">
-        <v>1211</v>
+        <v>1642</v>
       </c>
       <c r="B817"/>
-      <c r="C817"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C817" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D817"/>
       <c r="E817" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F817" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G817" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="818" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H817" t="s">
+        <v>29</v>
+      </c>
+      <c r="I817" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="818" spans="1:9">
       <c r="A818" t="s">
-        <v>1212</v>
+        <v>1643</v>
       </c>
       <c r="B818"/>
-      <c r="C818"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C818" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D818"/>
       <c r="E818" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F818" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G818" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="819" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H818" t="s">
+        <v>29</v>
+      </c>
+      <c r="I818" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="819" spans="1:9">
       <c r="A819" t="s">
-        <v>1213</v>
+        <v>1644</v>
       </c>
       <c r="B819"/>
-      <c r="C819"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C819" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D819"/>
       <c r="E819" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F819" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G819" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="820" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H819" t="s">
+        <v>29</v>
+      </c>
+      <c r="I819" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="820" spans="1:9">
       <c r="A820" t="s">
-        <v>1214</v>
+        <v>1570</v>
       </c>
       <c r="B820"/>
-      <c r="C820"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C820" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D820"/>
       <c r="E820" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F820" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G820" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="821" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H820" t="s">
+        <v>29</v>
+      </c>
+      <c r="I820" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="821" spans="1:9">
       <c r="A821" t="s">
-        <v>1215</v>
+        <v>1645</v>
       </c>
       <c r="B821"/>
-      <c r="C821"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C821" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D821"/>
       <c r="E821" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F821" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G821" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="822" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H821" t="s">
+        <v>29</v>
+      </c>
+      <c r="I821" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="822" spans="1:9">
       <c r="A822" t="s">
-        <v>1216</v>
+        <v>1646</v>
       </c>
       <c r="B822"/>
-      <c r="C822"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C822" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D822"/>
       <c r="E822" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="F822" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G822" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H822" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="823" spans="1:8">
+        <v>29</v>
+      </c>
+      <c r="I822" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="823" spans="1:9">
       <c r="A823" t="s">
-        <v>1217</v>
+        <v>1647</v>
       </c>
       <c r="B823"/>
-      <c r="C823"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C823" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D823"/>
       <c r="E823" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F823" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G823" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="824" spans="1:8">
+        <v>16</v>
+      </c>
+      <c r="H823" t="s">
+        <v>29</v>
+      </c>
+      <c r="I823" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="824" spans="1:9">
       <c r="A824" t="s">
-        <v>1218</v>
+        <v>1648</v>
       </c>
       <c r="B824"/>
-      <c r="C824"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C824" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D824"/>
       <c r="E824" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F824" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G824" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="H824"/>
+        <v>16</v>
+      </c>
+      <c r="H824" t="s">
+        <v>29</v>
+      </c>
+      <c r="I824" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="825" spans="1:9">
+      <c r="A825" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B825"/>
+      <c r="C825" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D825"/>
+      <c r="E825" t="s">
+        <v>327</v>
+      </c>
+      <c r="F825" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G825" t="s">
+        <v>16</v>
+      </c>
+      <c r="H825" t="s">
+        <v>29</v>
+      </c>
+      <c r="I825"/>
+    </row>
+    <row r="826" spans="1:9">
+      <c r="A826" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B826"/>
+      <c r="C826" t="s">
+        <v>1650</v>
+      </c>
+      <c r="D826"/>
+      <c r="E826" t="s">
+        <v>14</v>
+      </c>
+      <c r="F826" t="s">
+        <v>15</v>
+      </c>
+      <c r="G826" t="s">
+        <v>16</v>
+      </c>
+      <c r="H826" t="s">
+        <v>29</v>
+      </c>
+      <c r="I826" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="827" spans="1:9">
+      <c r="A827" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B827"/>
+      <c r="C827" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D827"/>
+      <c r="E827" t="s">
+        <v>14</v>
+      </c>
+      <c r="F827" t="s">
+        <v>15</v>
+      </c>
+      <c r="G827" t="s">
+        <v>16</v>
+      </c>
+      <c r="H827" t="s">
+        <v>29</v>
+      </c>
+      <c r="I827" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="828" spans="1:9">
+      <c r="A828" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B828"/>
+      <c r="C828" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D828"/>
+      <c r="E828" t="s">
+        <v>327</v>
+      </c>
+      <c r="F828" t="s">
+        <v>15</v>
+      </c>
+      <c r="G828" t="s">
+        <v>16</v>
+      </c>
+      <c r="H828" t="s">
+        <v>29</v>
+      </c>
+      <c r="I828" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="829" spans="1:9">
+      <c r="A829" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B829"/>
+      <c r="C829" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D829"/>
+      <c r="E829" t="s">
+        <v>14</v>
+      </c>
+      <c r="F829" t="s">
+        <v>15</v>
+      </c>
+      <c r="G829" t="s">
+        <v>16</v>
+      </c>
+      <c r="H829" t="s">
+        <v>29</v>
+      </c>
+      <c r="I829" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="830" spans="1:9">
+      <c r="A830" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B830"/>
+      <c r="C830" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D830"/>
+      <c r="E830" t="s">
+        <v>14</v>
+      </c>
+      <c r="F830" t="s">
+        <v>15</v>
+      </c>
+      <c r="G830" t="s">
+        <v>16</v>
+      </c>
+      <c r="H830" t="s">
+        <v>29</v>
+      </c>
+      <c r="I830"/>
+    </row>
+    <row r="831" spans="1:9">
+      <c r="A831" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B831"/>
+      <c r="C831" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D831"/>
+      <c r="E831" t="s">
+        <v>14</v>
+      </c>
+      <c r="F831" t="s">
+        <v>15</v>
+      </c>
+      <c r="G831" t="s">
+        <v>16</v>
+      </c>
+      <c r="H831" t="s">
+        <v>29</v>
+      </c>
+      <c r="I831"/>
+    </row>
+    <row r="832" spans="1:9">
+      <c r="A832" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B832"/>
+      <c r="C832" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D832"/>
+      <c r="E832" t="s">
+        <v>14</v>
+      </c>
+      <c r="F832" t="s">
+        <v>15</v>
+      </c>
+      <c r="G832" t="s">
+        <v>16</v>
+      </c>
+      <c r="H832" t="s">
+        <v>29</v>
+      </c>
+      <c r="I832"/>
+    </row>
+    <row r="833" spans="1:9">
+      <c r="A833" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B833"/>
+      <c r="C833" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D833"/>
+      <c r="E833" t="s">
+        <v>14</v>
+      </c>
+      <c r="F833" t="s">
+        <v>15</v>
+      </c>
+      <c r="G833" t="s">
+        <v>16</v>
+      </c>
+      <c r="H833" t="s">
+        <v>29</v>
+      </c>
+      <c r="I833"/>
+    </row>
+    <row r="834" spans="1:9">
+      <c r="A834" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B834"/>
+      <c r="C834" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D834"/>
+      <c r="E834" t="s">
+        <v>14</v>
+      </c>
+      <c r="F834" t="s">
+        <v>15</v>
+      </c>
+      <c r="G834" t="s">
+        <v>16</v>
+      </c>
+      <c r="H834" t="s">
+        <v>29</v>
+      </c>
+      <c r="I834"/>
+    </row>
+    <row r="835" spans="1:9">
+      <c r="A835" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B835"/>
+      <c r="C835" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D835"/>
+      <c r="E835" t="s">
+        <v>14</v>
+      </c>
+      <c r="F835" t="s">
+        <v>15</v>
+      </c>
+      <c r="G835" t="s">
+        <v>16</v>
+      </c>
+      <c r="H835" t="s">
+        <v>23</v>
+      </c>
+      <c r="I835" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="836" spans="1:9">
+      <c r="A836" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B836"/>
+      <c r="C836" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D836"/>
+      <c r="E836" t="s">
+        <v>14</v>
+      </c>
+      <c r="F836" t="s">
+        <v>15</v>
+      </c>
+      <c r="G836" t="s">
+        <v>16</v>
+      </c>
+      <c r="H836" t="s">
+        <v>29</v>
+      </c>
+      <c r="I836"/>
+    </row>
+    <row r="837" spans="1:9">
+      <c r="A837" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B837"/>
+      <c r="C837" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D837"/>
+      <c r="E837" t="s">
+        <v>14</v>
+      </c>
+      <c r="F837" t="s">
+        <v>15</v>
+      </c>
+      <c r="G837" t="s">
+        <v>16</v>
+      </c>
+      <c r="H837" t="s">
+        <v>29</v>
+      </c>
+      <c r="I837"/>
+    </row>
+    <row r="838" spans="1:9">
+      <c r="A838" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B838"/>
+      <c r="C838" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D838"/>
+      <c r="E838" t="s">
+        <v>327</v>
+      </c>
+      <c r="F838" t="s">
+        <v>15</v>
+      </c>
+      <c r="G838" t="s">
+        <v>16</v>
+      </c>
+      <c r="H838" t="s">
+        <v>29</v>
+      </c>
+      <c r="I838"/>
+    </row>
+    <row r="839" spans="1:9">
+      <c r="A839" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B839"/>
+      <c r="C839" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D839"/>
+      <c r="E839" t="s">
+        <v>327</v>
+      </c>
+      <c r="F839" t="s">
+        <v>15</v>
+      </c>
+      <c r="G839" t="s">
+        <v>16</v>
+      </c>
+      <c r="H839" t="s">
+        <v>23</v>
+      </c>
+      <c r="I839" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="840" spans="1:9">
+      <c r="A840" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B840"/>
+      <c r="C840" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D840"/>
+      <c r="E840" t="s">
+        <v>14</v>
+      </c>
+      <c r="F840" t="s">
+        <v>15</v>
+      </c>
+      <c r="G840" t="s">
+        <v>16</v>
+      </c>
+      <c r="H840" t="s">
+        <v>29</v>
+      </c>
+      <c r="I840" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="841" spans="1:9">
+      <c r="A841" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B841"/>
+      <c r="C841" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D841"/>
+      <c r="E841" t="s">
+        <v>14</v>
+      </c>
+      <c r="F841" t="s">
+        <v>15</v>
+      </c>
+      <c r="G841" t="s">
+        <v>16</v>
+      </c>
+      <c r="H841" t="s">
+        <v>29</v>
+      </c>
+      <c r="I841" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="842" spans="1:9">
+      <c r="A842" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B842"/>
+      <c r="C842" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D842"/>
+      <c r="E842" t="s">
+        <v>14</v>
+      </c>
+      <c r="F842" t="s">
+        <v>15</v>
+      </c>
+      <c r="G842" t="s">
+        <v>16</v>
+      </c>
+      <c r="H842" t="s">
+        <v>29</v>
+      </c>
+      <c r="I842" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="843" spans="1:9">
+      <c r="A843" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B843"/>
+      <c r="C843" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D843"/>
+      <c r="E843" t="s">
+        <v>14</v>
+      </c>
+      <c r="F843" t="s">
+        <v>15</v>
+      </c>
+      <c r="G843" t="s">
+        <v>16</v>
+      </c>
+      <c r="H843" t="s">
+        <v>29</v>
+      </c>
+      <c r="I843" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="844" spans="1:9">
+      <c r="A844" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B844" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C844" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D844"/>
+      <c r="E844" t="s">
+        <v>327</v>
+      </c>
+      <c r="F844" t="s">
+        <v>15</v>
+      </c>
+      <c r="G844" t="s">
+        <v>16</v>
+      </c>
+      <c r="H844" t="s">
+        <v>29</v>
+      </c>
+      <c r="I844" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="845" spans="1:9">
+      <c r="A845" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B845"/>
+      <c r="C845" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D845"/>
+      <c r="E845" t="s">
+        <v>14</v>
+      </c>
+      <c r="F845" t="s">
+        <v>15</v>
+      </c>
+      <c r="G845" t="s">
+        <v>16</v>
+      </c>
+      <c r="H845" t="s">
+        <v>29</v>
+      </c>
+      <c r="I845" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="846" spans="1:9">
+      <c r="A846" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B846"/>
+      <c r="C846" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D846"/>
+      <c r="E846" t="s">
+        <v>14</v>
+      </c>
+      <c r="F846" t="s">
+        <v>15</v>
+      </c>
+      <c r="G846" t="s">
+        <v>16</v>
+      </c>
+      <c r="H846" t="s">
+        <v>29</v>
+      </c>
+      <c r="I846"/>
+    </row>
+    <row r="847" spans="1:9">
+      <c r="A847" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B847"/>
+      <c r="C847" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D847"/>
+      <c r="E847" t="s">
+        <v>14</v>
+      </c>
+      <c r="F847" t="s">
+        <v>15</v>
+      </c>
+      <c r="G847" t="s">
+        <v>16</v>
+      </c>
+      <c r="H847" t="s">
+        <v>29</v>
+      </c>
+      <c r="I847" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="848" spans="1:9">
+      <c r="A848" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B848"/>
+      <c r="C848" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D848"/>
+      <c r="E848" t="s">
+        <v>14</v>
+      </c>
+      <c r="F848" t="s">
+        <v>15</v>
+      </c>
+      <c r="G848" t="s">
+        <v>16</v>
+      </c>
+      <c r="H848" t="s">
+        <v>29</v>
+      </c>
+      <c r="I848"/>
+    </row>
+    <row r="849" spans="1:9">
+      <c r="A849" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B849"/>
+      <c r="C849" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D849"/>
+      <c r="E849" t="s">
+        <v>14</v>
+      </c>
+      <c r="F849" t="s">
+        <v>15</v>
+      </c>
+      <c r="G849" t="s">
+        <v>16</v>
+      </c>
+      <c r="H849" t="s">
+        <v>29</v>
+      </c>
+      <c r="I849"/>
+    </row>
+    <row r="850" spans="1:9">
+      <c r="A850" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B850"/>
+      <c r="C850" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D850"/>
+      <c r="E850" t="s">
+        <v>14</v>
+      </c>
+      <c r="F850" t="s">
+        <v>15</v>
+      </c>
+      <c r="G850" t="s">
+        <v>16</v>
+      </c>
+      <c r="H850" t="s">
+        <v>29</v>
+      </c>
+      <c r="I850"/>
+    </row>
+    <row r="851" spans="1:9">
+      <c r="A851" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B851"/>
+      <c r="C851" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D851"/>
+      <c r="E851" t="s">
+        <v>22</v>
+      </c>
+      <c r="F851" t="s">
+        <v>15</v>
+      </c>
+      <c r="G851" t="s">
+        <v>16</v>
+      </c>
+      <c r="H851" t="s">
+        <v>29</v>
+      </c>
+      <c r="I851" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="852" spans="1:9">
+      <c r="A852" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B852"/>
+      <c r="C852" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D852"/>
+      <c r="E852" t="s">
+        <v>14</v>
+      </c>
+      <c r="F852" t="s">
+        <v>15</v>
+      </c>
+      <c r="G852" t="s">
+        <v>16</v>
+      </c>
+      <c r="H852" t="s">
+        <v>29</v>
+      </c>
+      <c r="I852" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="853" spans="1:9">
+      <c r="A853" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B853"/>
+      <c r="C853" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D853"/>
+      <c r="E853" t="s">
+        <v>14</v>
+      </c>
+      <c r="F853" t="s">
+        <v>15</v>
+      </c>
+      <c r="G853" t="s">
+        <v>16</v>
+      </c>
+      <c r="H853" t="s">
+        <v>29</v>
+      </c>
+      <c r="I853" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="854" spans="1:9">
+      <c r="A854" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B854" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C854" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D854"/>
+      <c r="E854" t="s">
+        <v>14</v>
+      </c>
+      <c r="F854" t="s">
+        <v>15</v>
+      </c>
+      <c r="G854" t="s">
+        <v>16</v>
+      </c>
+      <c r="H854" t="s">
+        <v>29</v>
+      </c>
+      <c r="I854" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="855" spans="1:9">
+      <c r="A855" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B855" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C855" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D855"/>
+      <c r="E855" t="s">
+        <v>14</v>
+      </c>
+      <c r="F855" t="s">
+        <v>15</v>
+      </c>
+      <c r="G855" t="s">
+        <v>16</v>
+      </c>
+      <c r="H855" t="s">
+        <v>29</v>
+      </c>
+      <c r="I855" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="856" spans="1:9">
+      <c r="A856" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B856" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C856" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D856"/>
+      <c r="E856" t="s">
+        <v>14</v>
+      </c>
+      <c r="F856" t="s">
+        <v>15</v>
+      </c>
+      <c r="G856" t="s">
+        <v>16</v>
+      </c>
+      <c r="H856" t="s">
+        <v>29</v>
+      </c>
+      <c r="I856" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="857" spans="1:9">
+      <c r="A857" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B857"/>
+      <c r="C857" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D857"/>
+      <c r="E857" t="s">
+        <v>14</v>
+      </c>
+      <c r="F857" t="s">
+        <v>15</v>
+      </c>
+      <c r="G857" t="s">
+        <v>16</v>
+      </c>
+      <c r="H857" t="s">
+        <v>29</v>
+      </c>
+      <c r="I857" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="858" spans="1:9">
+      <c r="A858" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B858"/>
+      <c r="C858" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D858"/>
+      <c r="E858" t="s">
+        <v>14</v>
+      </c>
+      <c r="F858" t="s">
+        <v>15</v>
+      </c>
+      <c r="G858" t="s">
+        <v>16</v>
+      </c>
+      <c r="H858" t="s">
+        <v>29</v>
+      </c>
+      <c r="I858" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="859" spans="1:9">
+      <c r="A859" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B859" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C859" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D859"/>
+      <c r="E859" t="s">
+        <v>14</v>
+      </c>
+      <c r="F859" t="s">
+        <v>15</v>
+      </c>
+      <c r="G859" t="s">
+        <v>16</v>
+      </c>
+      <c r="H859" t="s">
+        <v>29</v>
+      </c>
+      <c r="I859" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="860" spans="1:9">
+      <c r="A860" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B860" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C860" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D860"/>
+      <c r="E860" t="s">
+        <v>14</v>
+      </c>
+      <c r="F860" t="s">
+        <v>15</v>
+      </c>
+      <c r="G860" t="s">
+        <v>16</v>
+      </c>
+      <c r="H860" t="s">
+        <v>29</v>
+      </c>
+      <c r="I860"/>
+    </row>
+    <row r="861" spans="1:9">
+      <c r="A861" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B861" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C861" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D861"/>
+      <c r="E861" t="s">
+        <v>14</v>
+      </c>
+      <c r="F861" t="s">
+        <v>15</v>
+      </c>
+      <c r="G861" t="s">
+        <v>16</v>
+      </c>
+      <c r="H861" t="s">
+        <v>29</v>
+      </c>
+      <c r="I861" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="862" spans="1:9">
+      <c r="A862" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B862"/>
+      <c r="C862" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D862"/>
+      <c r="E862" t="s">
+        <v>14</v>
+      </c>
+      <c r="F862" t="s">
+        <v>15</v>
+      </c>
+      <c r="G862" t="s">
+        <v>16</v>
+      </c>
+      <c r="H862" t="s">
+        <v>29</v>
+      </c>
+      <c r="I862"/>
+    </row>
+    <row r="863" spans="1:9">
+      <c r="A863" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B863" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C863" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D863"/>
+      <c r="E863" t="s">
+        <v>14</v>
+      </c>
+      <c r="F863" t="s">
+        <v>15</v>
+      </c>
+      <c r="G863" t="s">
+        <v>16</v>
+      </c>
+      <c r="H863" t="s">
+        <v>29</v>
+      </c>
+      <c r="I863" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="864" spans="1:9">
+      <c r="A864" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B864"/>
+      <c r="C864" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D864"/>
+      <c r="E864" t="s">
+        <v>14</v>
+      </c>
+      <c r="F864" t="s">
+        <v>15</v>
+      </c>
+      <c r="G864" t="s">
+        <v>16</v>
+      </c>
+      <c r="H864" t="s">
+        <v>29</v>
+      </c>
+      <c r="I864" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="865" spans="1:9">
+      <c r="A865" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B865"/>
+      <c r="C865" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D865"/>
+      <c r="E865" t="s">
+        <v>327</v>
+      </c>
+      <c r="F865" t="s">
+        <v>15</v>
+      </c>
+      <c r="G865" t="s">
+        <v>16</v>
+      </c>
+      <c r="H865" t="s">
+        <v>29</v>
+      </c>
+      <c r="I865" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="866" spans="1:9">
+      <c r="A866" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B866"/>
+      <c r="C866" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D866"/>
+      <c r="E866" t="s">
+        <v>22</v>
+      </c>
+      <c r="F866" t="s">
+        <v>15</v>
+      </c>
+      <c r="G866" t="s">
+        <v>16</v>
+      </c>
+      <c r="H866" t="s">
+        <v>29</v>
+      </c>
+      <c r="I866"/>
+    </row>
+    <row r="867" spans="1:9">
+      <c r="A867" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B867"/>
+      <c r="C867" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D867"/>
+      <c r="E867" t="s">
+        <v>14</v>
+      </c>
+      <c r="F867" t="s">
+        <v>15</v>
+      </c>
+      <c r="G867" t="s">
+        <v>16</v>
+      </c>
+      <c r="H867" t="s">
+        <v>23</v>
+      </c>
+      <c r="I867"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>