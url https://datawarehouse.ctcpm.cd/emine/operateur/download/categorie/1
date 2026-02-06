--- v1 (2025-12-23)
+++ v2 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1702">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1691">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES OPERATEURS MINIERS (LES-TITULAIRES-DES-DROITS-MINIERS)</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
     <t>SIGLE</t>
   </si>
   <si>
     <t>FILIERE</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>SECTEUR</t>
   </si>
   <si>
@@ -980,74 +980,77 @@
   <si>
     <t>KABOYA MASHIMABI</t>
   </si>
   <si>
     <t>A1411836G</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Medard MULANGALA LWAKABWANGA</t>
   </si>
   <si>
     <t>A0810545X</t>
   </si>
   <si>
     <t>KADI INTERNATIONAL</t>
   </si>
   <si>
     <t>A1115521J</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
-    <t>METAL MINES Sprl</t>
+    <t>METAL MINES SARL</t>
   </si>
   <si>
     <t>A0814803A</t>
   </si>
   <si>
+    <t>MM</t>
+  </si>
+  <si>
+    <t>METALKOL SA</t>
+  </si>
+  <si>
+    <t>A1007580B</t>
+  </si>
+  <si>
     <t>METALKOL</t>
   </si>
   <si>
-    <t>A1007580B</t>
-[...1 lines deleted...]
-  <si>
     <t>KAMBOVE OPERATING MINING Sprl</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>MEXPO MINERALS Sprl</t>
   </si>
   <si>
-    <t>MM</t>
-[...1 lines deleted...]
-  <si>
     <t>KAMITUGA MINING</t>
   </si>
   <si>
     <t>A0700193T</t>
   </si>
   <si>
     <t>KAMOTO COPPER COMPANY SARL</t>
   </si>
   <si>
     <t>A0701041Q</t>
   </si>
   <si>
     <t>KCC</t>
   </si>
   <si>
     <t xml:space="preserve">KAMPENE MINING </t>
   </si>
   <si>
     <t>A1219127E</t>
   </si>
   <si>
     <t>KANUKA MINING COMPANY</t>
   </si>
   <si>
     <t>A0802327P</t>
@@ -1679,51 +1682,51 @@
   <si>
     <t>WALNI MINERAL COMPANY SPRL</t>
   </si>
   <si>
     <t>A0815386J</t>
   </si>
   <si>
     <t>WMC</t>
   </si>
   <si>
     <t>WALTER NOCA</t>
   </si>
   <si>
     <t>A1022105Y</t>
   </si>
   <si>
     <t>REGAL SUD KIVU</t>
   </si>
   <si>
     <t>A1116127S</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
-    <t>SOCIETE MINIERE DE BAKWANGA</t>
+    <t>SOCIETE MINIERE DE BAKWANGA SA</t>
   </si>
   <si>
     <t>A0700201C</t>
   </si>
   <si>
     <t>MIBA</t>
   </si>
   <si>
     <t>Kasaï-Oriental</t>
   </si>
   <si>
     <t>WB KASAI INVESTMENTS SPRL</t>
   </si>
   <si>
     <t>A0701627C</t>
   </si>
   <si>
     <t>WBKI</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DE BISUNZU</t>
   </si>
   <si>
     <t>A1407282G</t>
   </si>
@@ -1967,59 +1970,50 @@
   <si>
     <t>UPC Sarl</t>
   </si>
   <si>
     <t>WORLD MINING COMPANY Sarl</t>
   </si>
   <si>
     <t>A1301538M</t>
   </si>
   <si>
     <t>WMC Sarl</t>
   </si>
   <si>
     <t>MANIEMA MINING</t>
   </si>
   <si>
     <t>MM SARL</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DU MANIEMA</t>
   </si>
   <si>
     <t>SMM SARL</t>
   </si>
   <si>
-    <t>METACHEM Sarl</t>
-[...7 lines deleted...]
-  <si>
     <t>FMR DEVELOPMENT</t>
   </si>
   <si>
     <t>A0814445L</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>MARCO PERIOTI</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>MIKUBA MINING</t>
   </si>
   <si>
     <t>A1002037B</t>
   </si>
   <si>
     <t>NIZAR KIBWE AMIRALLY</t>
   </si>
   <si>
     <t>PROMINES</t>
@@ -3272,51 +3266,51 @@
   <si>
     <t>MAISHA</t>
   </si>
   <si>
     <t>Kalima Mining Company,</t>
   </si>
   <si>
     <t>KMC SA</t>
   </si>
   <si>
     <t>KA-BE SARL</t>
   </si>
   <si>
     <t>SOCIETE ANHUI CONGO D'INVESTISSEMENT MINIER</t>
   </si>
   <si>
     <t>CLT0032231</t>
   </si>
   <si>
     <t>SACIM</t>
   </si>
   <si>
     <t>A0700073</t>
   </si>
   <si>
-    <t>LA GENERALE DES CARRIERES ET DES MINES</t>
+    <t>LA GENERALE DES CARRIERES ET DES MINES SA</t>
   </si>
   <si>
     <t>A0701147</t>
   </si>
   <si>
     <t>GECAMINES</t>
   </si>
   <si>
     <t>COMBINED MINING COMPANY SARL</t>
   </si>
   <si>
     <t>A1418143</t>
   </si>
   <si>
     <t>CMC</t>
   </si>
   <si>
     <t>A13052242</t>
   </si>
   <si>
     <t>GROUPE ABK SARL</t>
   </si>
   <si>
     <t>A1503178</t>
   </si>
@@ -3830,56 +3824,50 @@
   <si>
     <t>FLEURETTE MUMI HOLDINGS LIMITED</t>
   </si>
   <si>
     <t>FLEURETTE MUMI HOLDINGS LTD</t>
   </si>
   <si>
     <t>PLATMIN CONGO LIMITED</t>
   </si>
   <si>
     <t>PLATMIN</t>
   </si>
   <si>
     <t>AFRICA HORIZONS INVESTMENT LIMITED</t>
   </si>
   <si>
     <t>AHIL</t>
   </si>
   <si>
     <t>MULTREE LIMITED</t>
   </si>
   <si>
     <t>MULTREE LTD</t>
   </si>
   <si>
-    <t>HANRUI METAL CONGO SARL</t>
-[...4 lines deleted...]
-  <si>
     <t>CHINA NONFERROUS METAL MINING (GROUP) Co. LTD</t>
   </si>
   <si>
     <t>CNMC</t>
   </si>
   <si>
     <t>CONGO INVESTMENT CORPORATION</t>
   </si>
   <si>
     <t>CICO</t>
   </si>
   <si>
     <t>FORCE COMMODITIES DRC</t>
   </si>
   <si>
     <t>FC DRC SA U</t>
   </si>
   <si>
     <t>LONG HAO SARL</t>
   </si>
   <si>
     <t>A1600781S</t>
   </si>
   <si>
     <t>LONG HAO</t>
@@ -4016,128 +4004,110 @@
   <si>
     <t>SOCIETE CONGOLAISE DE MANGANESE SA</t>
   </si>
   <si>
     <t>A2403121U</t>
   </si>
   <si>
     <t>SCM SA</t>
   </si>
   <si>
     <t>LA SOCIETE CONGOLAISE DE MAGNANESE SA</t>
   </si>
   <si>
     <t>A2403121Z</t>
   </si>
   <si>
     <t>TERRA MINING SARL</t>
   </si>
   <si>
     <t>A2037708K</t>
   </si>
   <si>
     <t>TM SARL</t>
   </si>
   <si>
-    <t>AMUR SARL</t>
-[...4 lines deleted...]
-  <si>
     <t>SOCIETE D'INVESTISSEMENT MINIER AKON ET SODIMICO</t>
   </si>
   <si>
     <t>SIMAKS MINING</t>
   </si>
   <si>
     <t>A&amp;M INTERNATIONAL DEVELOPMENT AND INVESTMENT SRL</t>
   </si>
   <si>
     <t>A&amp;M</t>
   </si>
   <si>
     <t>PIANETA MINING AND TRADING SARL</t>
   </si>
   <si>
     <t>PIANETA MINING SARL</t>
   </si>
   <si>
     <t>TECHNOBUILD GROUP SARL</t>
   </si>
   <si>
     <t>TECHNOBUILD GROUP</t>
   </si>
   <si>
     <t>INTERACTIVE ENERGY RUSSIA</t>
   </si>
   <si>
-    <t>WALI MINING INVESTMENT SARL</t>
-[...4 lines deleted...]
-  <si>
     <t>BLUEFIN CONGO SARL</t>
   </si>
   <si>
     <t>SHINING MINING COMPANY LIMITED</t>
   </si>
   <si>
     <t>SMC</t>
   </si>
   <si>
     <t>EVELYNE INVESTISSEMENT</t>
   </si>
   <si>
     <t>A1818962G</t>
   </si>
   <si>
     <t>EVELYNE SAU</t>
   </si>
   <si>
     <t>CONGO JIA XIN SARL</t>
   </si>
   <si>
     <t>CJX SARL</t>
   </si>
   <si>
     <t>BRAVURA CONGO SA</t>
   </si>
   <si>
     <t>A1704213Z</t>
   </si>
   <si>
     <t>BRAVURA</t>
   </si>
   <si>
-    <t>METAL CHEMICAL SARL</t>
-[...4 lines deleted...]
-  <si>
     <t>MSAC SARL</t>
   </si>
   <si>
     <t>A1704598S</t>
   </si>
   <si>
     <t>HUAYOU INTERNATIONAL MINING (HONG KONG) LIMITED</t>
   </si>
   <si>
     <t>HUAYOU INTERNATIONAL</t>
   </si>
   <si>
     <t>MINALEX SARL</t>
   </si>
   <si>
     <t>MINALEX</t>
   </si>
   <si>
     <t>CONGO PREMIER SARL</t>
   </si>
   <si>
     <t>CNRMEDEA DRC SA</t>
   </si>
   <si>
     <t>CNRMEDEA</t>
@@ -4421,62 +4391,50 @@
   <si>
     <t>ROCK MINING</t>
   </si>
   <si>
     <t>SOCIETE D'EXPLOITATION MINIERE DU HAUT-KATANGA SARL</t>
   </si>
   <si>
     <t>A1723030C</t>
   </si>
   <si>
     <t>SEMHKAT</t>
   </si>
   <si>
     <t>ADUMBI MINING SA</t>
   </si>
   <si>
     <t>CROWN MINING</t>
   </si>
   <si>
     <t>KILO GOLDMINES SOMITURI</t>
   </si>
   <si>
     <t>SYLVER BLACK R</t>
   </si>
   <si>
-    <t>LADIA MINING SARL</t>
-[...10 lines deleted...]
-  <si>
     <t>MAZAL CORPORATION SARL</t>
   </si>
   <si>
     <t>MAZAL CORPORATIONSARL</t>
   </si>
   <si>
     <t>TAMARIS SERVICE SARL</t>
   </si>
   <si>
     <t>Blaise MWAMBENU KAJAMA</t>
   </si>
   <si>
     <t>LMTD SARL</t>
   </si>
   <si>
     <t>MONSIEUR MUBALAMA KABANDA</t>
   </si>
   <si>
     <t>DE MINES D'OR RESOURCES SARLU</t>
   </si>
   <si>
     <t>ESPACE POLYD'OR SARL</t>
   </si>
   <si>
     <t>Monsieur Louis Junior BOKENDE AMISI</t>
@@ -4727,51 +4685,51 @@
   <si>
     <t>LOBUWA MINING SARLU</t>
   </si>
   <si>
     <t>ELDA COMPANY SARLU</t>
   </si>
   <si>
     <t>CM MINING SARLU</t>
   </si>
   <si>
     <t>ALFARIJI SARL</t>
   </si>
   <si>
     <t>CONGO GLOBAL MINING CORPORATION SARL</t>
   </si>
   <si>
     <t>MUKONO KWA MUKONO MU KAZI GROUPE SARL</t>
   </si>
   <si>
     <t>MUKONO KWA MUKONO MU KAZI GROUP SARL</t>
   </si>
   <si>
     <t>MINING BUSINESS SERVICES CORPORATION SARLU</t>
   </si>
   <si>
-    <t>CHEMICAL OF AFRICA SARL</t>
+    <t>CHEMICAL OF AFRICA SA</t>
   </si>
   <si>
     <t>Société GOD MATEBWE AND SONS SARL</t>
   </si>
   <si>
     <t>A 1804715 W</t>
   </si>
   <si>
     <t>CONGOLESE COBALT MANAGEMENT SARL</t>
   </si>
   <si>
     <t>A 1720817 X</t>
   </si>
   <si>
     <t>Société des MINES ET DES CARRIERES  POUR L'EMERGENCE DU CONGO Sarl</t>
   </si>
   <si>
     <t>A 1825799 N</t>
   </si>
   <si>
     <t>Société In Put Mining Sarl</t>
   </si>
   <si>
     <t>A1804715W</t>
   </si>
@@ -4808,53 +4766,50 @@
   <si>
     <t>A1827087N</t>
   </si>
   <si>
     <t>IVANHOE MINES EXPLORATION DRC Sarl</t>
   </si>
   <si>
     <t>A1205579 D</t>
   </si>
   <si>
     <t>Société United African Mining Sarl</t>
   </si>
   <si>
     <t>A1315130 L</t>
   </si>
   <si>
     <t>LES CARRIERES DU CONGO SARL</t>
   </si>
   <si>
     <t>DECO ROOM SARL</t>
   </si>
   <si>
     <t>MARCELINE MBUANGI MONGANE</t>
   </si>
   <si>
-    <t>TANGANYIKA MINERALS SA</t>
-[...1 lines deleted...]
-  <si>
     <t>SOCIETE MINIERE DE L'OKAPI SARL</t>
   </si>
   <si>
     <t>Pierre KINDUELO LUMBU</t>
   </si>
   <si>
     <t>K-MINING SARL</t>
   </si>
   <si>
     <t>STE TATEM EXPRESS SARL</t>
   </si>
   <si>
     <t>MINOCOM MINING SAS</t>
   </si>
   <si>
     <t>MINOCOM</t>
   </si>
   <si>
     <t>EQUITY MANAGEMENT SARL</t>
   </si>
   <si>
     <t>DILOLO METAL AND RESOURCES SARL</t>
   </si>
   <si>
     <t>KIBARA PROSPECTING SARL</t>
@@ -5108,60 +5063,72 @@
   <si>
     <t>Société KATOPA SARLU</t>
   </si>
   <si>
     <t>A1706289F</t>
   </si>
   <si>
     <t>Sté DU CHARBONNAGE DE MAKALA S.A.S</t>
   </si>
   <si>
     <t>17/I00649E/X</t>
   </si>
   <si>
     <t>AFRICAN MINERS DRC S.A.S.U</t>
   </si>
   <si>
     <t>ZHI PENG MINING Sarl</t>
   </si>
   <si>
     <t>A1621091T</t>
   </si>
   <si>
     <t>NEW SUBIRA CONFORTY Sarl</t>
   </si>
   <si>
-    <t>RESSOURCES RENOUVELABLES YING XING SARL</t>
-[...1 lines deleted...]
-  <si>
     <t>MINING AND ENGINEERING SERVICES</t>
   </si>
   <si>
     <t>La Société KOBOLD EXPLORATION RDC SA</t>
   </si>
   <si>
     <t>KOBOLD EXPLORATION RDC SA</t>
+  </si>
+  <si>
+    <t>LUBUTU MINING SARL</t>
+  </si>
+  <si>
+    <t>GOLDLOCHE COMPANY SARL</t>
+  </si>
+  <si>
+    <t>LBK CONSTRUCTION SARL</t>
+  </si>
+  <si>
+    <t>CHARLOTTE MASIALA MAKOSO</t>
+  </si>
+  <si>
+    <t>CONGO PROGRESS MINING S.A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -5477,51 +5444,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I867"/>
+  <dimension ref="A1:I863"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
@@ -8801,5109 +8768,5109 @@
       <c r="D127"/>
       <c r="E127" t="s">
         <v>14</v>
       </c>
       <c r="F127" t="s">
         <v>15</v>
       </c>
       <c r="G127" t="s">
         <v>16</v>
       </c>
       <c r="H127" t="s">
         <v>29</v>
       </c>
       <c r="I127" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>322</v>
       </c>
       <c r="B128" t="s">
         <v>323</v>
       </c>
       <c r="C128" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D128"/>
-      <c r="E128"/>
+      <c r="E128" t="s">
+        <v>22</v>
+      </c>
       <c r="F128" t="s">
         <v>15</v>
       </c>
       <c r="G128" t="s">
         <v>16</v>
       </c>
       <c r="H128" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I128" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B129" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C129" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="D129"/>
       <c r="E129" t="s">
         <v>14</v>
       </c>
       <c r="F129" t="s">
         <v>15</v>
       </c>
       <c r="G129" t="s">
         <v>16</v>
       </c>
       <c r="H129" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="I129" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B130"/>
       <c r="C130" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D130"/>
       <c r="E130" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F130" t="s">
         <v>15</v>
       </c>
       <c r="G130" t="s">
         <v>16</v>
       </c>
       <c r="H130" t="s">
         <v>29</v>
       </c>
       <c r="I130" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B131"/>
       <c r="C131" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D131"/>
       <c r="E131" t="s">
         <v>14</v>
       </c>
       <c r="F131" t="s">
         <v>15</v>
       </c>
       <c r="G131" t="s">
         <v>16</v>
       </c>
       <c r="H131" t="s">
         <v>17</v>
       </c>
       <c r="I131" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B132" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C132" t="s">
         <v>316</v>
       </c>
       <c r="D132"/>
       <c r="E132" t="s">
         <v>14</v>
       </c>
       <c r="F132" t="s">
         <v>15</v>
       </c>
       <c r="G132" t="s">
         <v>16</v>
       </c>
       <c r="H132" t="s">
         <v>29</v>
       </c>
       <c r="I132" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B133" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C133" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D133"/>
       <c r="E133" t="s">
         <v>22</v>
       </c>
       <c r="F133" t="s">
         <v>15</v>
       </c>
       <c r="G133" t="s">
         <v>16</v>
       </c>
       <c r="H133" t="s">
         <v>23</v>
       </c>
       <c r="I133" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B134" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C134" t="s">
         <v>316</v>
       </c>
       <c r="D134"/>
       <c r="E134" t="s">
         <v>14</v>
       </c>
       <c r="F134" t="s">
         <v>15</v>
       </c>
       <c r="G134" t="s">
         <v>16</v>
       </c>
       <c r="H134" t="s">
         <v>29</v>
       </c>
       <c r="I134" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B135" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C135" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D135"/>
       <c r="E135" t="s">
         <v>22</v>
       </c>
       <c r="F135" t="s">
         <v>15</v>
       </c>
       <c r="G135" t="s">
         <v>16</v>
       </c>
       <c r="H135" t="s">
         <v>23</v>
       </c>
       <c r="I135" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B136" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C136" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D136"/>
       <c r="E136" t="s">
         <v>14</v>
       </c>
       <c r="F136" t="s">
         <v>15</v>
       </c>
       <c r="G136" t="s">
         <v>16</v>
       </c>
       <c r="H136" t="s">
         <v>29</v>
       </c>
       <c r="I136" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B137" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C137" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D137"/>
       <c r="E137" t="s">
         <v>14</v>
       </c>
       <c r="F137" t="s">
         <v>15</v>
       </c>
       <c r="G137" t="s">
         <v>16</v>
       </c>
       <c r="H137" t="s">
         <v>29</v>
       </c>
       <c r="I137" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B138" t="s">
+        <v>348</v>
+      </c>
+      <c r="C138" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="D138"/>
       <c r="E138" t="s">
         <v>14</v>
       </c>
       <c r="F138" t="s">
         <v>15</v>
       </c>
       <c r="G138" t="s">
         <v>16</v>
       </c>
       <c r="H138" t="s">
         <v>29</v>
       </c>
       <c r="I138" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B139" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C139" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D139"/>
       <c r="E139" t="s">
         <v>14</v>
       </c>
       <c r="F139" t="s">
         <v>15</v>
       </c>
       <c r="G139" t="s">
         <v>16</v>
       </c>
       <c r="H139" t="s">
         <v>17</v>
       </c>
       <c r="I139" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B140" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C140" t="s">
         <v>316</v>
       </c>
       <c r="D140"/>
       <c r="E140" t="s">
         <v>14</v>
       </c>
       <c r="F140" t="s">
         <v>15</v>
       </c>
       <c r="G140" t="s">
         <v>16</v>
       </c>
       <c r="H140" t="s">
         <v>17</v>
       </c>
       <c r="I140" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B141"/>
       <c r="C141" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D141"/>
       <c r="E141" t="s">
         <v>14</v>
       </c>
       <c r="F141" t="s">
         <v>15</v>
       </c>
       <c r="G141" t="s">
         <v>16</v>
       </c>
       <c r="H141" t="s">
         <v>29</v>
       </c>
       <c r="I141" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B142" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C142" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D142"/>
       <c r="E142" t="s">
         <v>22</v>
       </c>
       <c r="F142" t="s">
         <v>15</v>
       </c>
       <c r="G142" t="s">
         <v>16</v>
       </c>
       <c r="H142" t="s">
         <v>38</v>
       </c>
       <c r="I142" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B143"/>
       <c r="C143" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D143"/>
       <c r="E143" t="s">
         <v>22</v>
       </c>
       <c r="F143" t="s">
         <v>15</v>
       </c>
       <c r="G143" t="s">
         <v>16</v>
       </c>
       <c r="H143" t="s">
         <v>29</v>
       </c>
       <c r="I143" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B144"/>
       <c r="C144" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D144"/>
       <c r="E144" t="s">
         <v>14</v>
       </c>
       <c r="F144" t="s">
         <v>15</v>
       </c>
       <c r="G144" t="s">
         <v>16</v>
       </c>
       <c r="H144" t="s">
         <v>29</v>
       </c>
       <c r="I144" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B145"/>
       <c r="C145" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D145"/>
       <c r="E145" t="s">
         <v>14</v>
       </c>
       <c r="F145" t="s">
         <v>15</v>
       </c>
       <c r="G145" t="s">
         <v>16</v>
       </c>
       <c r="H145" t="s">
         <v>29</v>
       </c>
       <c r="I145" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B146"/>
       <c r="C146" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D146"/>
       <c r="E146" t="s">
         <v>22</v>
       </c>
       <c r="F146" t="s">
         <v>15</v>
       </c>
       <c r="G146" t="s">
         <v>16</v>
       </c>
       <c r="H146" t="s">
         <v>23</v>
       </c>
       <c r="I146"/>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B147" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C147" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D147"/>
       <c r="E147" t="s">
         <v>14</v>
       </c>
       <c r="F147" t="s">
         <v>15</v>
       </c>
       <c r="G147" t="s">
         <v>16</v>
       </c>
       <c r="H147" t="s">
         <v>29</v>
       </c>
       <c r="I147" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B148" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C148" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D148"/>
       <c r="E148" t="s">
         <v>14</v>
       </c>
       <c r="F148" t="s">
         <v>15</v>
       </c>
       <c r="G148" t="s">
         <v>16</v>
       </c>
       <c r="H148" t="s">
         <v>29</v>
       </c>
       <c r="I148" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B149" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C149" t="s">
         <v>316</v>
       </c>
       <c r="D149"/>
       <c r="E149" t="s">
         <v>14</v>
       </c>
       <c r="F149" t="s">
         <v>15</v>
       </c>
       <c r="G149" t="s">
         <v>16</v>
       </c>
       <c r="H149" t="s">
         <v>23</v>
       </c>
       <c r="I149" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B150" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C150" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D150"/>
       <c r="E150"/>
       <c r="F150"/>
       <c r="G150" t="s">
         <v>16</v>
       </c>
       <c r="H150"/>
       <c r="I150" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B151"/>
       <c r="C151" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D151"/>
       <c r="E151" t="s">
         <v>14</v>
       </c>
       <c r="F151" t="s">
         <v>15</v>
       </c>
       <c r="G151" t="s">
         <v>16</v>
       </c>
       <c r="H151" t="s">
         <v>29</v>
       </c>
       <c r="I151" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B152" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C152" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D152"/>
       <c r="E152" t="s">
         <v>14</v>
       </c>
       <c r="F152" t="s">
         <v>15</v>
       </c>
       <c r="G152" t="s">
         <v>16</v>
       </c>
       <c r="H152" t="s">
         <v>29</v>
       </c>
       <c r="I152" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B153" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C153" t="s">
         <v>316</v>
       </c>
       <c r="D153"/>
       <c r="E153" t="s">
         <v>14</v>
       </c>
       <c r="F153" t="s">
         <v>15</v>
       </c>
       <c r="G153" t="s">
         <v>16</v>
       </c>
       <c r="H153" t="s">
         <v>17</v>
       </c>
       <c r="I153" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B154" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C154" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D154"/>
       <c r="E154" t="s">
         <v>14</v>
       </c>
       <c r="F154" t="s">
         <v>15</v>
       </c>
       <c r="G154" t="s">
         <v>16</v>
       </c>
       <c r="H154" t="s">
         <v>29</v>
       </c>
       <c r="I154" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B155" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C155" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D155"/>
       <c r="E155" t="s">
         <v>14</v>
       </c>
       <c r="F155" t="s">
         <v>15</v>
       </c>
       <c r="G155" t="s">
         <v>16</v>
       </c>
       <c r="H155" t="s">
         <v>29</v>
       </c>
       <c r="I155" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B156"/>
       <c r="C156" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D156"/>
       <c r="E156" t="s">
         <v>14</v>
       </c>
       <c r="F156" t="s">
         <v>15</v>
       </c>
       <c r="G156" t="s">
         <v>16</v>
       </c>
       <c r="H156" t="s">
         <v>17</v>
       </c>
       <c r="I156" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B157" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C157" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D157"/>
       <c r="E157" t="s">
         <v>22</v>
       </c>
       <c r="F157" t="s">
         <v>15</v>
       </c>
       <c r="G157" t="s">
         <v>16</v>
       </c>
       <c r="H157" t="s">
         <v>38</v>
       </c>
       <c r="I157" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B158" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C158" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D158"/>
       <c r="E158" t="s">
         <v>14</v>
       </c>
       <c r="F158" t="s">
         <v>15</v>
       </c>
       <c r="G158" t="s">
         <v>16</v>
       </c>
       <c r="H158" t="s">
         <v>17</v>
       </c>
       <c r="I158" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B159" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C159" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D159"/>
       <c r="E159" t="s">
         <v>14</v>
       </c>
       <c r="F159" t="s">
         <v>15</v>
       </c>
       <c r="G159" t="s">
         <v>16</v>
       </c>
       <c r="H159" t="s">
         <v>29</v>
       </c>
       <c r="I159" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B160" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C160" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D160"/>
       <c r="E160" t="s">
         <v>22</v>
       </c>
       <c r="F160" t="s">
         <v>15</v>
       </c>
       <c r="G160" t="s">
         <v>16</v>
       </c>
       <c r="H160" t="s">
         <v>29</v>
       </c>
       <c r="I160" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B161" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C161" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D161"/>
       <c r="E161" t="s">
         <v>22</v>
       </c>
       <c r="F161" t="s">
         <v>15</v>
       </c>
       <c r="G161" t="s">
         <v>16</v>
       </c>
       <c r="H161" t="s">
         <v>38</v>
       </c>
       <c r="I161" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B162"/>
       <c r="C162" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D162"/>
       <c r="E162" t="s">
         <v>14</v>
       </c>
       <c r="F162" t="s">
         <v>15</v>
       </c>
       <c r="G162" t="s">
         <v>16</v>
       </c>
       <c r="H162" t="s">
         <v>29</v>
       </c>
       <c r="I162" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B163" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C163" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D163"/>
       <c r="E163" t="s">
         <v>14</v>
       </c>
       <c r="F163" t="s">
         <v>15</v>
       </c>
       <c r="G163" t="s">
         <v>16</v>
       </c>
       <c r="H163" t="s">
         <v>29</v>
       </c>
       <c r="I163" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B164" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C164" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D164"/>
       <c r="E164" t="s">
         <v>22</v>
       </c>
       <c r="F164" t="s">
         <v>15</v>
       </c>
       <c r="G164" t="s">
         <v>16</v>
       </c>
       <c r="H164" t="s">
         <v>17</v>
       </c>
       <c r="I164" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B165" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C165" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D165"/>
       <c r="E165" t="s">
         <v>22</v>
       </c>
       <c r="F165" t="s">
         <v>15</v>
       </c>
       <c r="G165" t="s">
         <v>16</v>
       </c>
       <c r="H165" t="s">
         <v>17</v>
       </c>
       <c r="I165" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B166" t="s">
+        <v>416</v>
+      </c>
+      <c r="C166" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="D166"/>
       <c r="E166" t="s">
         <v>14</v>
       </c>
       <c r="F166" t="s">
         <v>15</v>
       </c>
       <c r="G166" t="s">
         <v>16</v>
       </c>
       <c r="H166" t="s">
         <v>29</v>
       </c>
       <c r="I166" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B167" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C167" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D167"/>
       <c r="E167" t="s">
         <v>14</v>
       </c>
       <c r="F167" t="s">
         <v>15</v>
       </c>
       <c r="G167" t="s">
         <v>16</v>
       </c>
       <c r="H167" t="s">
         <v>29</v>
       </c>
       <c r="I167" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B168" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C168" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D168"/>
       <c r="E168" t="s">
         <v>14</v>
       </c>
       <c r="F168" t="s">
         <v>15</v>
       </c>
       <c r="G168" t="s">
         <v>16</v>
       </c>
       <c r="H168" t="s">
         <v>29</v>
       </c>
       <c r="I168" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B169"/>
       <c r="C169" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D169"/>
       <c r="E169" t="s">
         <v>14</v>
       </c>
       <c r="F169" t="s">
         <v>15</v>
       </c>
       <c r="G169" t="s">
         <v>16</v>
       </c>
       <c r="H169" t="s">
         <v>29</v>
       </c>
       <c r="I169" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B170" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C170" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D170"/>
       <c r="E170" t="s">
         <v>14</v>
       </c>
       <c r="F170" t="s">
         <v>15</v>
       </c>
       <c r="G170" t="s">
         <v>16</v>
       </c>
       <c r="H170" t="s">
         <v>29</v>
       </c>
       <c r="I170" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B171"/>
       <c r="C171" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D171"/>
       <c r="E171" t="s">
         <v>14</v>
       </c>
       <c r="F171" t="s">
         <v>15</v>
       </c>
       <c r="G171" t="s">
         <v>16</v>
       </c>
       <c r="H171" t="s">
         <v>29</v>
       </c>
       <c r="I171" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B172" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C172" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D172"/>
       <c r="E172" t="s">
         <v>14</v>
       </c>
       <c r="F172" t="s">
         <v>15</v>
       </c>
       <c r="G172" t="s">
         <v>16</v>
       </c>
       <c r="H172" t="s">
         <v>29</v>
       </c>
       <c r="I172" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B173" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C173" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D173"/>
       <c r="E173" t="s">
         <v>14</v>
       </c>
       <c r="F173" t="s">
         <v>15</v>
       </c>
       <c r="G173" t="s">
         <v>16</v>
       </c>
       <c r="H173" t="s">
         <v>17</v>
       </c>
       <c r="I173" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B174" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C174" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D174"/>
       <c r="E174" t="s">
         <v>14</v>
       </c>
       <c r="F174" t="s">
         <v>15</v>
       </c>
       <c r="G174" t="s">
         <v>16</v>
       </c>
       <c r="H174"/>
       <c r="I174" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B175" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C175" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D175"/>
       <c r="E175" t="s">
         <v>14</v>
       </c>
       <c r="F175" t="s">
         <v>15</v>
       </c>
       <c r="G175" t="s">
         <v>16</v>
       </c>
       <c r="H175" t="s">
         <v>29</v>
       </c>
       <c r="I175" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B176" t="s">
+        <v>442</v>
+      </c>
+      <c r="C176" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
       <c r="D176"/>
       <c r="E176" t="s">
         <v>14</v>
       </c>
       <c r="F176" t="s">
         <v>15</v>
       </c>
       <c r="G176" t="s">
         <v>16</v>
       </c>
       <c r="H176" t="s">
         <v>29</v>
       </c>
       <c r="I176" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B177" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C177" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D177"/>
       <c r="E177" t="s">
         <v>14</v>
       </c>
       <c r="F177" t="s">
         <v>15</v>
       </c>
       <c r="G177" t="s">
         <v>16</v>
       </c>
       <c r="H177" t="s">
         <v>29</v>
       </c>
       <c r="I177" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B178" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C178" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D178"/>
       <c r="E178" t="s">
         <v>14</v>
       </c>
       <c r="F178" t="s">
         <v>15</v>
       </c>
       <c r="G178" t="s">
         <v>16</v>
       </c>
       <c r="H178" t="s">
         <v>17</v>
       </c>
       <c r="I178" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B179" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C179" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D179"/>
       <c r="E179" t="s">
         <v>14</v>
       </c>
       <c r="F179" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G179" t="s">
         <v>16</v>
       </c>
       <c r="H179" t="s">
         <v>29</v>
       </c>
       <c r="I179" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B180" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C180" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D180"/>
       <c r="E180" t="s">
         <v>14</v>
       </c>
       <c r="F180" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G180" t="s">
         <v>16</v>
       </c>
       <c r="H180" t="s">
         <v>17</v>
       </c>
       <c r="I180" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B181" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C181" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D181"/>
       <c r="E181" t="s">
         <v>14</v>
       </c>
       <c r="F181" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G181" t="s">
         <v>16</v>
       </c>
       <c r="H181" t="s">
         <v>17</v>
       </c>
       <c r="I181" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B182" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C182" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D182"/>
       <c r="E182" t="s">
         <v>14</v>
       </c>
       <c r="F182" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G182" t="s">
         <v>16</v>
       </c>
       <c r="H182" t="s">
         <v>17</v>
       </c>
       <c r="I182" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B183" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C183" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D183"/>
       <c r="E183" t="s">
         <v>14</v>
       </c>
       <c r="F183" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G183" t="s">
         <v>16</v>
       </c>
       <c r="H183" t="s">
         <v>17</v>
       </c>
       <c r="I183" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B184"/>
       <c r="C184" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D184"/>
       <c r="E184" t="s">
         <v>14</v>
       </c>
       <c r="F184" t="s">
         <v>15</v>
       </c>
       <c r="G184" t="s">
         <v>16</v>
       </c>
       <c r="H184" t="s">
         <v>29</v>
       </c>
       <c r="I184" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B185" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C185" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D185"/>
       <c r="E185" t="s">
         <v>14</v>
       </c>
       <c r="F185" t="s">
         <v>15</v>
       </c>
       <c r="G185" t="s">
         <v>16</v>
       </c>
       <c r="H185" t="s">
         <v>29</v>
       </c>
       <c r="I185" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B186" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C186" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D186"/>
       <c r="E186" t="s">
         <v>14</v>
       </c>
       <c r="F186" t="s">
         <v>15</v>
       </c>
       <c r="G186" t="s">
         <v>16</v>
       </c>
       <c r="H186" t="s">
         <v>29</v>
       </c>
       <c r="I186" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B187" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C187" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D187"/>
       <c r="E187" t="s">
         <v>14</v>
       </c>
       <c r="F187" t="s">
         <v>15</v>
       </c>
       <c r="G187" t="s">
         <v>16</v>
       </c>
       <c r="H187" t="s">
         <v>29</v>
       </c>
       <c r="I187" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B188" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C188" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D188"/>
       <c r="E188" t="s">
         <v>14</v>
       </c>
       <c r="F188" t="s">
         <v>15</v>
       </c>
       <c r="G188" t="s">
         <v>16</v>
       </c>
       <c r="H188" t="s">
         <v>29</v>
       </c>
       <c r="I188" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B189" t="s">
+        <v>475</v>
+      </c>
+      <c r="C189" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
       <c r="D189"/>
       <c r="E189" t="s">
         <v>14</v>
       </c>
       <c r="F189" t="s">
         <v>15</v>
       </c>
       <c r="G189" t="s">
         <v>16</v>
       </c>
       <c r="H189" t="s">
         <v>29</v>
       </c>
       <c r="I189" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B190" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C190" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D190"/>
       <c r="E190" t="s">
         <v>14</v>
       </c>
       <c r="F190" t="s">
         <v>15</v>
       </c>
       <c r="G190" t="s">
         <v>16</v>
       </c>
       <c r="H190" t="s">
         <v>17</v>
       </c>
       <c r="I190" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B191"/>
       <c r="C191" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D191"/>
       <c r="E191" t="s">
         <v>14</v>
       </c>
       <c r="F191" t="s">
         <v>15</v>
       </c>
       <c r="G191" t="s">
         <v>16</v>
       </c>
       <c r="H191" t="s">
         <v>29</v>
       </c>
       <c r="I191" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B192" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C192" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D192"/>
       <c r="E192" t="s">
         <v>14</v>
       </c>
       <c r="F192" t="s">
         <v>15</v>
       </c>
       <c r="G192" t="s">
         <v>16</v>
       </c>
       <c r="H192" t="s">
         <v>29</v>
       </c>
       <c r="I192" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B193" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C193" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D193"/>
       <c r="E193" t="s">
         <v>22</v>
       </c>
       <c r="F193" t="s">
         <v>15</v>
       </c>
       <c r="G193" t="s">
         <v>16</v>
       </c>
       <c r="H193" t="s">
         <v>38</v>
       </c>
       <c r="I193" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B194" t="s">
+        <v>488</v>
+      </c>
+      <c r="C194" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="D194"/>
       <c r="E194" t="s">
         <v>14</v>
       </c>
       <c r="F194" t="s">
         <v>15</v>
       </c>
       <c r="G194" t="s">
         <v>16</v>
       </c>
       <c r="H194" t="s">
         <v>29</v>
       </c>
       <c r="I194" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B195"/>
       <c r="C195" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D195"/>
       <c r="E195" t="s">
         <v>14</v>
       </c>
       <c r="F195" t="s">
         <v>15</v>
       </c>
       <c r="G195" t="s">
         <v>16</v>
       </c>
       <c r="H195" t="s">
         <v>29</v>
       </c>
       <c r="I195" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B196"/>
       <c r="C196" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D196"/>
       <c r="E196" t="s">
         <v>22</v>
       </c>
       <c r="F196" t="s">
         <v>15</v>
       </c>
       <c r="G196" t="s">
         <v>16</v>
       </c>
       <c r="H196" t="s">
         <v>38</v>
       </c>
       <c r="I196" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B197" t="s">
+        <v>494</v>
+      </c>
+      <c r="C197" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="D197"/>
       <c r="E197" t="s">
         <v>14</v>
       </c>
       <c r="F197" t="s">
         <v>15</v>
       </c>
       <c r="G197" t="s">
         <v>16</v>
       </c>
       <c r="H197" t="s">
         <v>17</v>
       </c>
       <c r="I197" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B198" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C198" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D198"/>
       <c r="E198" t="s">
         <v>14</v>
       </c>
       <c r="F198" t="s">
         <v>15</v>
       </c>
       <c r="G198" t="s">
         <v>16</v>
       </c>
       <c r="H198" t="s">
         <v>29</v>
       </c>
       <c r="I198" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B199" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C199" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D199"/>
       <c r="E199" t="s">
         <v>14</v>
       </c>
       <c r="F199" t="s">
         <v>15</v>
       </c>
       <c r="G199" t="s">
         <v>16</v>
       </c>
       <c r="H199" t="s">
         <v>29</v>
       </c>
       <c r="I199" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B200" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C200" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D200"/>
       <c r="E200" t="s">
         <v>22</v>
       </c>
       <c r="F200" t="s">
         <v>15</v>
       </c>
       <c r="G200" t="s">
         <v>16</v>
       </c>
       <c r="H200" t="s">
         <v>38</v>
       </c>
       <c r="I200" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B201" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C201" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D201"/>
       <c r="E201" t="s">
         <v>14</v>
       </c>
       <c r="F201" t="s">
         <v>15</v>
       </c>
       <c r="G201" t="s">
         <v>16</v>
       </c>
       <c r="H201" t="s">
         <v>23</v>
       </c>
       <c r="I201" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B202" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C202" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D202"/>
       <c r="E202" t="s">
         <v>14</v>
       </c>
       <c r="F202" t="s">
         <v>15</v>
       </c>
       <c r="G202" t="s">
         <v>16</v>
       </c>
       <c r="H202" t="s">
         <v>29</v>
       </c>
       <c r="I202" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B203" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C203" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D203"/>
       <c r="E203" t="s">
         <v>14</v>
       </c>
       <c r="F203" t="s">
         <v>15</v>
       </c>
       <c r="G203" t="s">
         <v>16</v>
       </c>
       <c r="H203" t="s">
         <v>17</v>
       </c>
       <c r="I203" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B204" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C204" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D204"/>
       <c r="E204" t="s">
         <v>22</v>
       </c>
       <c r="F204" t="s">
         <v>15</v>
       </c>
       <c r="G204" t="s">
         <v>16</v>
       </c>
       <c r="H204" t="s">
         <v>23</v>
       </c>
       <c r="I204" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B205" t="s">
+        <v>517</v>
+      </c>
+      <c r="C205" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="D205"/>
       <c r="E205" t="s">
         <v>14</v>
       </c>
       <c r="F205" t="s">
         <v>15</v>
       </c>
       <c r="G205" t="s">
         <v>16</v>
       </c>
       <c r="H205" t="s">
         <v>29</v>
       </c>
       <c r="I205" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B206"/>
       <c r="C206" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D206"/>
       <c r="E206" t="s">
         <v>14</v>
       </c>
       <c r="F206" t="s">
         <v>15</v>
       </c>
       <c r="G206" t="s">
         <v>16</v>
       </c>
       <c r="H206" t="s">
         <v>17</v>
       </c>
       <c r="I206" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B207" t="s">
+        <v>521</v>
+      </c>
+      <c r="C207" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="D207"/>
       <c r="E207" t="s">
         <v>14</v>
       </c>
       <c r="F207" t="s">
         <v>15</v>
       </c>
       <c r="G207" t="s">
         <v>16</v>
       </c>
       <c r="H207" t="s">
         <v>29</v>
       </c>
       <c r="I207" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B208" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C208" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D208"/>
       <c r="E208" t="s">
         <v>14</v>
       </c>
       <c r="F208" t="s">
         <v>15</v>
       </c>
       <c r="G208" t="s">
         <v>16</v>
       </c>
       <c r="H208" t="s">
         <v>17</v>
       </c>
       <c r="I208" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B209" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C209" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D209"/>
       <c r="E209"/>
       <c r="F209"/>
       <c r="G209" t="s">
         <v>16</v>
       </c>
       <c r="H209"/>
       <c r="I209" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B210" t="s">
+        <v>529</v>
+      </c>
+      <c r="C210" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
       <c r="D210"/>
       <c r="E210" t="s">
         <v>14</v>
       </c>
       <c r="F210" t="s">
         <v>15</v>
       </c>
       <c r="G210" t="s">
         <v>16</v>
       </c>
       <c r="H210" t="s">
         <v>29</v>
       </c>
       <c r="I210" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B211" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C211" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D211"/>
       <c r="E211"/>
       <c r="F211"/>
       <c r="G211" t="s">
         <v>16</v>
       </c>
       <c r="H211"/>
       <c r="I211" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B212" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C212" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D212"/>
       <c r="E212" t="s">
         <v>14</v>
       </c>
       <c r="F212" t="s">
         <v>15</v>
       </c>
       <c r="G212" t="s">
         <v>16</v>
       </c>
       <c r="H212" t="s">
         <v>29</v>
       </c>
       <c r="I212" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B213" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C213" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D213"/>
       <c r="E213" t="s">
         <v>14</v>
       </c>
       <c r="F213" t="s">
         <v>15</v>
       </c>
       <c r="G213" t="s">
         <v>16</v>
       </c>
       <c r="H213" t="s">
         <v>17</v>
       </c>
       <c r="I213" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B214" t="s">
+        <v>540</v>
+      </c>
+      <c r="C214" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="D214"/>
       <c r="E214" t="s">
         <v>22</v>
       </c>
       <c r="F214" t="s">
         <v>15</v>
       </c>
       <c r="G214" t="s">
         <v>16</v>
       </c>
       <c r="H214" t="s">
         <v>29</v>
       </c>
       <c r="I214" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B215"/>
       <c r="C215" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D215"/>
       <c r="E215" t="s">
         <v>14</v>
       </c>
       <c r="F215" t="s">
         <v>15</v>
       </c>
       <c r="G215" t="s">
         <v>16</v>
       </c>
       <c r="H215" t="s">
         <v>29</v>
       </c>
       <c r="I215" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B216" t="s">
+        <v>543</v>
+      </c>
+      <c r="C216" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="D216"/>
       <c r="E216" t="s">
         <v>14</v>
       </c>
       <c r="F216" t="s">
         <v>15</v>
       </c>
       <c r="G216" t="s">
         <v>16</v>
       </c>
       <c r="H216" t="s">
         <v>17</v>
       </c>
       <c r="I216" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B217" t="s">
+        <v>545</v>
+      </c>
+      <c r="C217" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
       <c r="D217"/>
       <c r="E217" t="s">
         <v>14</v>
       </c>
       <c r="F217" t="s">
         <v>15</v>
       </c>
       <c r="G217" t="s">
         <v>16</v>
       </c>
       <c r="H217" t="s">
         <v>29</v>
       </c>
       <c r="I217" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B218" t="s">
+        <v>547</v>
+      </c>
+      <c r="C218" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="D218"/>
       <c r="E218" t="s">
         <v>14</v>
       </c>
       <c r="F218" t="s">
         <v>15</v>
       </c>
       <c r="G218" t="s">
         <v>16</v>
       </c>
       <c r="H218" t="s">
         <v>29</v>
       </c>
       <c r="I218" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B219" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C219" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D219"/>
       <c r="E219" t="s">
         <v>14</v>
       </c>
       <c r="F219" t="s">
         <v>15</v>
       </c>
       <c r="G219" t="s">
         <v>16</v>
       </c>
       <c r="H219" t="s">
         <v>17</v>
       </c>
       <c r="I219" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B220" t="s">
+        <v>552</v>
+      </c>
+      <c r="C220" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
       <c r="D220"/>
       <c r="E220" t="s">
         <v>14</v>
       </c>
       <c r="F220" t="s">
         <v>15</v>
       </c>
       <c r="G220" t="s">
         <v>16</v>
       </c>
       <c r="H220" t="s">
         <v>17</v>
       </c>
       <c r="I220" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B221" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C221" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D221"/>
       <c r="E221" t="s">
         <v>14</v>
       </c>
       <c r="F221" t="s">
         <v>15</v>
       </c>
       <c r="G221" t="s">
         <v>16</v>
       </c>
       <c r="H221" t="s">
         <v>29</v>
       </c>
       <c r="I221" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B222" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C222" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D222"/>
       <c r="E222" t="s">
         <v>22</v>
       </c>
       <c r="F222" t="s">
         <v>15</v>
       </c>
       <c r="G222" t="s">
         <v>16</v>
       </c>
       <c r="H222" t="s">
         <v>38</v>
       </c>
       <c r="I222" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B223" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C223" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D223"/>
       <c r="E223" t="s">
         <v>14</v>
       </c>
       <c r="F223" t="s">
         <v>15</v>
       </c>
       <c r="G223" t="s">
         <v>16</v>
       </c>
       <c r="H223" t="s">
         <v>29</v>
       </c>
       <c r="I223" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B224" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C224" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D224"/>
       <c r="E224" t="s">
         <v>22</v>
       </c>
       <c r="F224" t="s">
         <v>15</v>
       </c>
       <c r="G224" t="s">
         <v>16</v>
       </c>
       <c r="H224" t="s">
         <v>17</v>
       </c>
       <c r="I224" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B225" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C225" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D225"/>
       <c r="E225" t="s">
         <v>14</v>
       </c>
       <c r="F225" t="s">
         <v>15</v>
       </c>
       <c r="G225" t="s">
         <v>16</v>
       </c>
       <c r="H225" t="s">
         <v>17</v>
       </c>
       <c r="I225" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B226" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C226" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D226"/>
       <c r="E226" t="s">
         <v>14</v>
       </c>
       <c r="F226" t="s">
         <v>15</v>
       </c>
       <c r="G226" t="s">
         <v>16</v>
       </c>
       <c r="H226" t="s">
         <v>29</v>
       </c>
       <c r="I226" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B227" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C227" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D227"/>
       <c r="E227" t="s">
         <v>14</v>
       </c>
       <c r="F227" t="s">
         <v>15</v>
       </c>
       <c r="G227" t="s">
         <v>16</v>
       </c>
       <c r="H227" t="s">
         <v>17</v>
       </c>
       <c r="I227" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B228" t="s">
+        <v>576</v>
+      </c>
+      <c r="C228" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
       <c r="D228"/>
       <c r="E228" t="s">
         <v>14</v>
       </c>
       <c r="F228" t="s">
         <v>15</v>
       </c>
       <c r="G228" t="s">
         <v>16</v>
       </c>
       <c r="H228" t="s">
         <v>29</v>
       </c>
       <c r="I228" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B229" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C229" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D229"/>
       <c r="E229" t="s">
         <v>14</v>
       </c>
       <c r="F229" t="s">
         <v>15</v>
       </c>
       <c r="G229" t="s">
         <v>16</v>
       </c>
       <c r="H229" t="s">
         <v>17</v>
       </c>
       <c r="I229" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B230" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C230" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D230"/>
       <c r="E230" t="s">
         <v>22</v>
       </c>
       <c r="F230" t="s">
         <v>15</v>
       </c>
       <c r="G230" t="s">
         <v>16</v>
       </c>
       <c r="H230" t="s">
         <v>38</v>
       </c>
       <c r="I230" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B231" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C231" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D231"/>
       <c r="E231" t="s">
         <v>14</v>
       </c>
       <c r="F231" t="s">
         <v>15</v>
       </c>
       <c r="G231" t="s">
         <v>16</v>
       </c>
       <c r="H231" t="s">
         <v>29</v>
       </c>
       <c r="I231" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B232" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C232" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D232"/>
       <c r="E232" t="s">
         <v>14</v>
       </c>
       <c r="F232" t="s">
         <v>15</v>
       </c>
       <c r="G232" t="s">
         <v>16</v>
       </c>
       <c r="H232" t="s">
         <v>29</v>
       </c>
       <c r="I232" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B233" t="s">
+        <v>591</v>
+      </c>
+      <c r="C233" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="D233"/>
       <c r="E233" t="s">
         <v>14</v>
       </c>
       <c r="F233" t="s">
         <v>15</v>
       </c>
       <c r="G233" t="s">
         <v>16</v>
       </c>
       <c r="H233" t="s">
         <v>29</v>
       </c>
       <c r="I233" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B234" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C234" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D234"/>
       <c r="E234" t="s">
         <v>22</v>
       </c>
       <c r="F234" t="s">
         <v>15</v>
       </c>
       <c r="G234" t="s">
         <v>16</v>
       </c>
       <c r="H234" t="s">
         <v>23</v>
       </c>
       <c r="I234" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B235" t="s">
+        <v>596</v>
+      </c>
+      <c r="C235" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
       <c r="D235"/>
       <c r="E235" t="s">
         <v>14</v>
       </c>
       <c r="F235" t="s">
         <v>15</v>
       </c>
       <c r="G235" t="s">
         <v>16</v>
       </c>
       <c r="H235" t="s">
         <v>17</v>
       </c>
       <c r="I235" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B236" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C236" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D236"/>
       <c r="E236" t="s">
         <v>14</v>
       </c>
       <c r="F236" t="s">
         <v>15</v>
       </c>
       <c r="G236" t="s">
         <v>16</v>
       </c>
       <c r="H236" t="s">
         <v>29</v>
       </c>
       <c r="I236" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B237" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C237" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D237"/>
       <c r="E237" t="s">
         <v>14</v>
       </c>
       <c r="F237" t="s">
         <v>15</v>
       </c>
       <c r="G237" t="s">
         <v>16</v>
       </c>
       <c r="H237" t="s">
         <v>17</v>
       </c>
       <c r="I237" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B238" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C238" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D238"/>
       <c r="E238" t="s">
         <v>14</v>
       </c>
       <c r="F238" t="s">
         <v>15</v>
       </c>
       <c r="G238" t="s">
         <v>16</v>
       </c>
       <c r="H238" t="s">
         <v>29</v>
       </c>
       <c r="I238" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B239" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C239" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D239"/>
       <c r="E239" t="s">
         <v>14</v>
       </c>
       <c r="F239" t="s">
         <v>15</v>
       </c>
       <c r="G239" t="s">
         <v>16</v>
       </c>
       <c r="H239" t="s">
         <v>29</v>
       </c>
       <c r="I239" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B240" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C240" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D240"/>
       <c r="E240" t="s">
         <v>14</v>
       </c>
       <c r="F240" t="s">
         <v>15</v>
       </c>
       <c r="G240" t="s">
         <v>16</v>
       </c>
       <c r="H240" t="s">
         <v>29</v>
       </c>
       <c r="I240" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B241" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C241" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D241"/>
       <c r="E241" t="s">
         <v>14</v>
       </c>
       <c r="F241" t="s">
         <v>15</v>
       </c>
       <c r="G241" t="s">
         <v>16</v>
       </c>
       <c r="H241" t="s">
         <v>23</v>
       </c>
       <c r="I241" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B242" t="s">
+        <v>616</v>
+      </c>
+      <c r="C242" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="D242"/>
       <c r="E242" t="s">
         <v>14</v>
       </c>
       <c r="F242" t="s">
         <v>15</v>
       </c>
       <c r="G242" t="s">
         <v>16</v>
       </c>
       <c r="H242"/>
       <c r="I242" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B243" t="s">
+        <v>618</v>
+      </c>
+      <c r="C243" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
       <c r="D243"/>
       <c r="E243" t="s">
         <v>14</v>
       </c>
       <c r="F243" t="s">
         <v>15</v>
       </c>
       <c r="G243" t="s">
         <v>16</v>
       </c>
       <c r="H243" t="s">
         <v>29</v>
       </c>
       <c r="I243" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B244" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C244" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D244"/>
       <c r="E244" t="s">
         <v>14</v>
       </c>
       <c r="F244" t="s">
         <v>15</v>
       </c>
       <c r="G244" t="s">
         <v>16</v>
       </c>
       <c r="H244" t="s">
         <v>29</v>
       </c>
       <c r="I244" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B245" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C245" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D245"/>
       <c r="E245" t="s">
         <v>22</v>
       </c>
       <c r="F245" t="s">
         <v>15</v>
       </c>
       <c r="G245" t="s">
         <v>16</v>
       </c>
       <c r="H245" t="s">
         <v>29</v>
       </c>
       <c r="I245" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B246" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C246" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D246"/>
       <c r="E246" t="s">
         <v>22</v>
       </c>
       <c r="F246" t="s">
         <v>15</v>
       </c>
       <c r="G246" t="s">
         <v>16</v>
       </c>
       <c r="H246" t="s">
         <v>17</v>
       </c>
       <c r="I246" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B247" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C247" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D247"/>
       <c r="E247" t="s">
         <v>22</v>
       </c>
       <c r="F247" t="s">
         <v>15</v>
       </c>
       <c r="G247" t="s">
         <v>16</v>
       </c>
       <c r="H247" t="s">
         <v>29</v>
       </c>
       <c r="I247" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B248"/>
       <c r="C248" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D248"/>
       <c r="E248" t="s">
         <v>14</v>
       </c>
       <c r="F248" t="s">
         <v>15</v>
       </c>
       <c r="G248" t="s">
         <v>16</v>
       </c>
       <c r="H248" t="s">
         <v>29</v>
       </c>
       <c r="I248" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B249" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C249" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D249"/>
       <c r="E249" t="s">
         <v>14</v>
       </c>
       <c r="F249" t="s">
         <v>15</v>
       </c>
       <c r="G249" t="s">
         <v>16</v>
       </c>
       <c r="H249" t="s">
         <v>17</v>
       </c>
       <c r="I249" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B250" t="s">
+        <v>635</v>
+      </c>
+      <c r="C250" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
       <c r="D250"/>
       <c r="E250" t="s">
         <v>14</v>
       </c>
       <c r="F250" t="s">
         <v>15</v>
       </c>
       <c r="G250" t="s">
         <v>16</v>
       </c>
       <c r="H250" t="s">
         <v>17</v>
       </c>
       <c r="I250" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B251" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C251" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D251"/>
       <c r="E251" t="s">
         <v>14</v>
       </c>
       <c r="F251" t="s">
         <v>15</v>
       </c>
       <c r="G251" t="s">
         <v>16</v>
       </c>
       <c r="H251"/>
       <c r="I251" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B252" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C252" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D252"/>
       <c r="E252" t="s">
         <v>14</v>
       </c>
       <c r="F252" t="s">
         <v>15</v>
       </c>
       <c r="G252" t="s">
         <v>16</v>
       </c>
       <c r="H252" t="s">
         <v>29</v>
       </c>
       <c r="I252" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B253" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C253" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D253"/>
       <c r="E253" t="s">
         <v>14</v>
       </c>
       <c r="F253" t="s">
         <v>15</v>
       </c>
       <c r="G253" t="s">
         <v>16</v>
       </c>
       <c r="H253" t="s">
         <v>29</v>
       </c>
       <c r="I253" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B254" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C254" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D254"/>
       <c r="E254" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F254" t="s">
         <v>15</v>
       </c>
       <c r="G254" t="s">
         <v>16</v>
       </c>
       <c r="H254" t="s">
         <v>29</v>
       </c>
       <c r="I254" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B255"/>
       <c r="C255" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D255"/>
       <c r="E255" t="s">
         <v>14</v>
       </c>
       <c r="F255" t="s">
         <v>15</v>
       </c>
       <c r="G255" t="s">
         <v>16</v>
       </c>
       <c r="H255" t="s">
         <v>29</v>
       </c>
       <c r="I255" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B256"/>
       <c r="C256" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D256"/>
       <c r="E256" t="s">
         <v>14</v>
       </c>
       <c r="F256" t="s">
         <v>15</v>
       </c>
       <c r="G256" t="s">
         <v>16</v>
       </c>
       <c r="H256" t="s">
         <v>29</v>
       </c>
       <c r="I256" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B257" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C257" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D257"/>
       <c r="E257" t="s">
         <v>14</v>
       </c>
       <c r="F257" t="s">
         <v>15</v>
       </c>
       <c r="G257" t="s">
         <v>16</v>
       </c>
       <c r="H257" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I257" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
-        <v>654</v>
-[...1 lines deleted...]
-      <c r="B258" t="s">
         <v>655</v>
       </c>
+      <c r="B258"/>
       <c r="C258" t="s">
         <v>656</v>
       </c>
       <c r="D258"/>
       <c r="E258" t="s">
         <v>14</v>
       </c>
       <c r="F258" t="s">
         <v>15</v>
       </c>
       <c r="G258" t="s">
         <v>16</v>
       </c>
       <c r="H258" t="s">
         <v>17</v>
       </c>
       <c r="I258" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
         <v>657</v>
       </c>
-      <c r="B259"/>
+      <c r="B259" t="s">
+        <v>658</v>
+      </c>
       <c r="C259" t="s">
-        <v>658</v>
+        <v>324</v>
       </c>
       <c r="D259"/>
       <c r="E259" t="s">
         <v>14</v>
       </c>
       <c r="F259" t="s">
         <v>15</v>
       </c>
       <c r="G259" t="s">
         <v>16</v>
       </c>
       <c r="H259" t="s">
         <v>17</v>
       </c>
       <c r="I259" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
         <v>659</v>
       </c>
-      <c r="B260" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B260"/>
       <c r="C260" t="s">
-        <v>329</v>
+        <v>659</v>
       </c>
       <c r="D260"/>
       <c r="E260" t="s">
         <v>14</v>
       </c>
       <c r="F260" t="s">
         <v>15</v>
       </c>
       <c r="G260" t="s">
         <v>16</v>
       </c>
       <c r="H260" t="s">
         <v>17</v>
       </c>
       <c r="I260" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
+        <v>660</v>
+      </c>
+      <c r="B261" t="s">
         <v>661</v>
       </c>
-      <c r="B261"/>
       <c r="C261" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="D261"/>
       <c r="E261" t="s">
         <v>14</v>
       </c>
       <c r="F261" t="s">
         <v>15</v>
       </c>
       <c r="G261" t="s">
         <v>16</v>
       </c>
       <c r="H261" t="s">
         <v>17</v>
       </c>
       <c r="I261" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
         <v>662</v>
       </c>
       <c r="B262" t="s">
         <v>663</v>
       </c>
       <c r="C262" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="D262"/>
       <c r="E262" t="s">
         <v>14</v>
       </c>
       <c r="F262" t="s">
         <v>15</v>
       </c>
       <c r="G262" t="s">
         <v>16</v>
       </c>
       <c r="H262" t="s">
         <v>17</v>
       </c>
       <c r="I262" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B263" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C263" t="s">
-        <v>666</v>
+        <v>579</v>
       </c>
       <c r="D263"/>
       <c r="E263" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F263" t="s">
         <v>15</v>
       </c>
       <c r="G263" t="s">
         <v>16</v>
       </c>
       <c r="H263" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="I263" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
         <v>667</v>
       </c>
       <c r="B264" t="s">
         <v>668</v>
       </c>
       <c r="C264" t="s">
-        <v>578</v>
+        <v>667</v>
       </c>
       <c r="D264"/>
       <c r="E264" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F264" t="s">
         <v>15</v>
       </c>
       <c r="G264" t="s">
         <v>16</v>
       </c>
       <c r="H264" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="I264" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
         <v>669</v>
       </c>
       <c r="B265" t="s">
         <v>670</v>
       </c>
       <c r="C265" t="s">
         <v>669</v>
       </c>
       <c r="D265"/>
-      <c r="E265" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E265"/>
+      <c r="F265"/>
       <c r="G265" t="s">
         <v>16</v>
       </c>
-      <c r="H265" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H265"/>
       <c r="I265" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
         <v>671</v>
       </c>
-      <c r="B266" t="s">
+      <c r="B266"/>
+      <c r="C266" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
       <c r="D266"/>
       <c r="E266"/>
-      <c r="F266"/>
+      <c r="F266" t="s">
+        <v>15</v>
+      </c>
       <c r="G266" t="s">
         <v>16</v>
       </c>
-      <c r="H266"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H266" t="s">
+        <v>29</v>
+      </c>
+      <c r="I266"/>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
         <v>673</v>
       </c>
       <c r="B267"/>
       <c r="C267" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="D267"/>
       <c r="E267"/>
       <c r="F267" t="s">
         <v>15</v>
       </c>
       <c r="G267" t="s">
         <v>16</v>
       </c>
       <c r="H267" t="s">
         <v>29</v>
       </c>
-      <c r="I267"/>
+      <c r="I267" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="B268"/>
       <c r="C268" t="s">
         <v>675</v>
       </c>
       <c r="D268"/>
-      <c r="E268"/>
+      <c r="E268" t="s">
+        <v>14</v>
+      </c>
       <c r="F268" t="s">
         <v>15</v>
       </c>
       <c r="G268" t="s">
         <v>16</v>
       </c>
       <c r="H268" t="s">
         <v>29</v>
       </c>
       <c r="I268" t="s">
-        <v>107</v>
+        <v>219</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
         <v>676</v>
       </c>
-      <c r="B269"/>
+      <c r="B269" t="s">
+        <v>677</v>
+      </c>
       <c r="C269" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D269"/>
       <c r="E269" t="s">
         <v>14</v>
       </c>
       <c r="F269" t="s">
         <v>15</v>
       </c>
       <c r="G269" t="s">
         <v>16</v>
       </c>
       <c r="H269" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I269" t="s">
-        <v>219</v>
+        <v>30</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>678</v>
-[...1 lines deleted...]
-      <c r="B270" t="s">
         <v>679</v>
       </c>
+      <c r="B270"/>
       <c r="C270" t="s">
         <v>680</v>
       </c>
       <c r="D270"/>
       <c r="E270" t="s">
         <v>14</v>
       </c>
       <c r="F270" t="s">
         <v>15</v>
       </c>
       <c r="G270" t="s">
         <v>16</v>
       </c>
       <c r="H270" t="s">
         <v>17</v>
       </c>
       <c r="I270" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
         <v>681</v>
       </c>
-      <c r="B271"/>
+      <c r="B271" t="s">
+        <v>682</v>
+      </c>
       <c r="C271" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D271"/>
       <c r="E271" t="s">
         <v>14</v>
       </c>
       <c r="F271" t="s">
         <v>15</v>
       </c>
       <c r="G271" t="s">
         <v>16</v>
       </c>
       <c r="H271" t="s">
         <v>17</v>
       </c>
       <c r="I271" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B272" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C272" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D272"/>
       <c r="E272" t="s">
         <v>14</v>
       </c>
       <c r="F272" t="s">
         <v>15</v>
       </c>
       <c r="G272" t="s">
         <v>16</v>
       </c>
       <c r="H272" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="I272" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
-        <v>686</v>
-[...1 lines deleted...]
-      <c r="B273" t="s">
         <v>687</v>
       </c>
+      <c r="B273"/>
       <c r="C273" t="s">
         <v>688</v>
       </c>
       <c r="D273"/>
       <c r="E273" t="s">
         <v>14</v>
       </c>
       <c r="F273" t="s">
         <v>15</v>
       </c>
       <c r="G273" t="s">
         <v>16</v>
       </c>
       <c r="H273" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I273" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
         <v>689</v>
       </c>
-      <c r="B274"/>
+      <c r="B274" t="s">
+        <v>690</v>
+      </c>
       <c r="C274" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D274"/>
       <c r="E274" t="s">
         <v>14</v>
       </c>
       <c r="F274" t="s">
         <v>15</v>
       </c>
       <c r="G274" t="s">
         <v>16</v>
       </c>
       <c r="H274" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I274" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B275" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C275" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D275"/>
       <c r="E275" t="s">
         <v>14</v>
       </c>
       <c r="F275" t="s">
         <v>15</v>
       </c>
       <c r="G275" t="s">
         <v>16</v>
       </c>
       <c r="H275" t="s">
         <v>17</v>
       </c>
       <c r="I275" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
-        <v>694</v>
-[...1 lines deleted...]
-      <c r="B276" t="s">
         <v>695</v>
       </c>
+      <c r="B276"/>
       <c r="C276" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="D276"/>
-      <c r="E276" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E276"/>
+      <c r="F276"/>
       <c r="G276" t="s">
         <v>16</v>
       </c>
-      <c r="H276" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H276"/>
       <c r="I276" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="B277"/>
       <c r="C277" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="D277"/>
       <c r="E277"/>
       <c r="F277"/>
       <c r="G277" t="s">
         <v>16</v>
       </c>
       <c r="H277"/>
       <c r="I277" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
+        <v>697</v>
+      </c>
+      <c r="B278" t="s">
         <v>698</v>
       </c>
-      <c r="B278"/>
       <c r="C278" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D278"/>
-      <c r="E278"/>
-      <c r="F278"/>
+      <c r="E278" t="s">
+        <v>14</v>
+      </c>
+      <c r="F278" t="s">
+        <v>15</v>
+      </c>
       <c r="G278" t="s">
         <v>16</v>
       </c>
-      <c r="H278"/>
+      <c r="H278" t="s">
+        <v>17</v>
+      </c>
       <c r="I278" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
-        <v>699</v>
-[...1 lines deleted...]
-      <c r="B279" t="s">
         <v>700</v>
       </c>
+      <c r="B279"/>
       <c r="C279" t="s">
         <v>701</v>
       </c>
       <c r="D279"/>
       <c r="E279" t="s">
         <v>14</v>
       </c>
       <c r="F279" t="s">
         <v>15</v>
       </c>
       <c r="G279" t="s">
         <v>16</v>
       </c>
       <c r="H279" t="s">
         <v>17</v>
       </c>
       <c r="I279" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
         <v>702</v>
       </c>
       <c r="B280"/>
       <c r="C280" t="s">
         <v>703</v>
       </c>
       <c r="D280"/>
       <c r="E280" t="s">
         <v>14</v>
       </c>
       <c r="F280" t="s">
         <v>15</v>
       </c>
       <c r="G280" t="s">
         <v>16</v>
       </c>
       <c r="H280" t="s">
         <v>17</v>
       </c>
       <c r="I280" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
         <v>704</v>
       </c>
-      <c r="B281"/>
+      <c r="B281" t="s">
+        <v>705</v>
+      </c>
       <c r="C281" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D281"/>
       <c r="E281" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F281" t="s">
         <v>15</v>
       </c>
       <c r="G281" t="s">
         <v>16</v>
       </c>
       <c r="H281" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I281" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B282" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C282" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D282"/>
       <c r="E282" t="s">
         <v>22</v>
       </c>
       <c r="F282" t="s">
         <v>15</v>
       </c>
       <c r="G282" t="s">
         <v>16</v>
       </c>
       <c r="H282" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I282" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B283" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C283" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D283"/>
       <c r="E283" t="s">
         <v>22</v>
       </c>
       <c r="F283" t="s">
         <v>15</v>
       </c>
       <c r="G283" t="s">
         <v>16</v>
       </c>
       <c r="H283" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I283" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B284" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C284" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D284"/>
       <c r="E284" t="s">
         <v>22</v>
       </c>
       <c r="F284" t="s">
         <v>15</v>
       </c>
       <c r="G284" t="s">
         <v>16</v>
       </c>
       <c r="H284" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I284" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
-        <v>715</v>
-[...1 lines deleted...]
-      <c r="B285" t="s">
         <v>716</v>
       </c>
+      <c r="B285"/>
       <c r="C285" t="s">
         <v>717</v>
       </c>
       <c r="D285"/>
       <c r="E285" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F285" t="s">
         <v>15</v>
       </c>
       <c r="G285" t="s">
         <v>16</v>
       </c>
       <c r="H285" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I285" t="s">
-        <v>18</v>
+        <v>166</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
         <v>718</v>
       </c>
       <c r="B286"/>
       <c r="C286" t="s">
         <v>719</v>
       </c>
       <c r="D286"/>
       <c r="E286" t="s">
         <v>14</v>
       </c>
       <c r="F286" t="s">
         <v>15</v>
       </c>
       <c r="G286" t="s">
         <v>16</v>
       </c>
       <c r="H286" t="s">
         <v>29</v>
       </c>
       <c r="I286" t="s">
-        <v>166</v>
+        <v>49</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" t="s">
         <v>720</v>
       </c>
       <c r="B287"/>
       <c r="C287" t="s">
-        <v>721</v>
+        <v>59</v>
       </c>
       <c r="D287"/>
       <c r="E287" t="s">
         <v>14</v>
       </c>
       <c r="F287" t="s">
         <v>15</v>
       </c>
       <c r="G287" t="s">
         <v>16</v>
       </c>
       <c r="H287" t="s">
         <v>29</v>
       </c>
       <c r="I287" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" t="s">
+        <v>721</v>
+      </c>
+      <c r="B288" t="s">
         <v>722</v>
       </c>
-      <c r="B288"/>
       <c r="C288" t="s">
-        <v>59</v>
+        <v>723</v>
       </c>
       <c r="D288"/>
       <c r="E288" t="s">
         <v>14</v>
       </c>
       <c r="F288" t="s">
         <v>15</v>
       </c>
       <c r="G288" t="s">
         <v>16</v>
       </c>
       <c r="H288" t="s">
         <v>29</v>
       </c>
       <c r="I288" t="s">
-        <v>60</v>
+        <v>166</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" t="s">
-        <v>723</v>
-[...1 lines deleted...]
-      <c r="B289" t="s">
         <v>724</v>
       </c>
+      <c r="B289"/>
       <c r="C289" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="D289"/>
       <c r="E289" t="s">
         <v>14</v>
       </c>
       <c r="F289" t="s">
         <v>15</v>
       </c>
       <c r="G289" t="s">
         <v>16</v>
       </c>
       <c r="H289" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I289" t="s">
-        <v>166</v>
+        <v>34</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="B290"/>
       <c r="C290" t="s">
         <v>726</v>
       </c>
       <c r="D290"/>
       <c r="E290" t="s">
         <v>14</v>
       </c>
       <c r="F290" t="s">
         <v>15</v>
       </c>
       <c r="G290" t="s">
         <v>16</v>
       </c>
       <c r="H290" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I290" t="s">
-        <v>34</v>
+        <v>87</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
         <v>727</v>
       </c>
       <c r="B291"/>
       <c r="C291" t="s">
         <v>728</v>
       </c>
       <c r="D291"/>
       <c r="E291" t="s">
         <v>14</v>
       </c>
       <c r="F291" t="s">
         <v>15</v>
       </c>
       <c r="G291" t="s">
         <v>16</v>
       </c>
       <c r="H291" t="s">
         <v>29</v>
       </c>
       <c r="I291" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
         <v>729</v>
       </c>
-      <c r="B292"/>
+      <c r="B292" t="s">
+        <v>730</v>
+      </c>
       <c r="C292" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="D292"/>
       <c r="E292" t="s">
         <v>14</v>
       </c>
       <c r="F292" t="s">
         <v>15</v>
       </c>
       <c r="G292" t="s">
         <v>16</v>
       </c>
       <c r="H292" t="s">
         <v>29</v>
       </c>
       <c r="I292" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" t="s">
-        <v>731</v>
-[...1 lines deleted...]
-      <c r="B293" t="s">
         <v>732</v>
       </c>
+      <c r="B293"/>
       <c r="C293" t="s">
         <v>733</v>
       </c>
       <c r="D293"/>
       <c r="E293" t="s">
         <v>14</v>
       </c>
       <c r="F293" t="s">
         <v>15</v>
       </c>
       <c r="G293" t="s">
         <v>16</v>
       </c>
       <c r="H293" t="s">
         <v>29</v>
       </c>
       <c r="I293" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
         <v>734</v>
       </c>
       <c r="B294"/>
       <c r="C294" t="s">
         <v>735</v>
       </c>
       <c r="D294"/>
       <c r="E294" t="s">
         <v>14</v>
       </c>
       <c r="F294" t="s">
         <v>15</v>
       </c>
       <c r="G294" t="s">
         <v>16</v>
       </c>
       <c r="H294" t="s">
         <v>29</v>
       </c>
       <c r="I294" t="s">
-        <v>87</v>
+        <v>52</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
         <v>736</v>
       </c>
       <c r="B295"/>
       <c r="C295" t="s">
         <v>737</v>
       </c>
       <c r="D295"/>
       <c r="E295" t="s">
         <v>14</v>
       </c>
       <c r="F295" t="s">
         <v>15</v>
       </c>
       <c r="G295" t="s">
         <v>16</v>
       </c>
       <c r="H295" t="s">
         <v>29</v>
       </c>
       <c r="I295" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
         <v>738</v>
       </c>
       <c r="B296"/>
       <c r="C296" t="s">
         <v>739</v>
       </c>
       <c r="D296"/>
       <c r="E296" t="s">
         <v>14</v>
       </c>
       <c r="F296" t="s">
         <v>15</v>
       </c>
       <c r="G296" t="s">
         <v>16</v>
       </c>
       <c r="H296" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I296" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" t="s">
         <v>740</v>
       </c>
       <c r="B297"/>
       <c r="C297" t="s">
         <v>741</v>
       </c>
       <c r="D297"/>
       <c r="E297" t="s">
         <v>14</v>
       </c>
       <c r="F297" t="s">
         <v>15</v>
       </c>
       <c r="G297" t="s">
         <v>16</v>
       </c>
       <c r="H297" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I297" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" t="s">
         <v>742</v>
       </c>
       <c r="B298"/>
       <c r="C298" t="s">
         <v>743</v>
       </c>
       <c r="D298"/>
       <c r="E298" t="s">
         <v>14</v>
       </c>
       <c r="F298" t="s">
         <v>15</v>
       </c>
       <c r="G298" t="s">
         <v>16</v>
       </c>
       <c r="H298" t="s">
         <v>29</v>
       </c>
       <c r="I298" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
         <v>744</v>
       </c>
       <c r="B299"/>
       <c r="C299" t="s">
-        <v>745</v>
+        <v>445</v>
       </c>
       <c r="D299"/>
       <c r="E299" t="s">
         <v>14</v>
       </c>
       <c r="F299" t="s">
         <v>15</v>
       </c>
       <c r="G299" t="s">
         <v>16</v>
       </c>
       <c r="H299" t="s">
         <v>29</v>
       </c>
       <c r="I299" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="B300"/>
       <c r="C300" t="s">
-        <v>444</v>
+        <v>746</v>
       </c>
       <c r="D300"/>
       <c r="E300" t="s">
         <v>14</v>
       </c>
       <c r="F300" t="s">
         <v>15</v>
       </c>
       <c r="G300" t="s">
         <v>16</v>
       </c>
       <c r="H300" t="s">
         <v>29</v>
       </c>
       <c r="I300" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" t="s">
         <v>747</v>
       </c>
-      <c r="B301"/>
+      <c r="B301" t="s">
+        <v>748</v>
+      </c>
       <c r="C301" t="s">
-        <v>748</v>
+        <v>470</v>
       </c>
       <c r="D301"/>
       <c r="E301" t="s">
         <v>14</v>
       </c>
       <c r="F301" t="s">
         <v>15</v>
       </c>
       <c r="G301" t="s">
         <v>16</v>
       </c>
       <c r="H301" t="s">
         <v>29</v>
       </c>
       <c r="I301" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" t="s">
         <v>749</v>
       </c>
-      <c r="B302" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B302"/>
       <c r="C302" t="s">
-        <v>469</v>
+        <v>324</v>
       </c>
       <c r="D302"/>
       <c r="E302" t="s">
         <v>14</v>
       </c>
       <c r="F302" t="s">
         <v>15</v>
       </c>
       <c r="G302" t="s">
         <v>16</v>
       </c>
       <c r="H302" t="s">
         <v>29</v>
       </c>
       <c r="I302" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="B303"/>
       <c r="C303" t="s">
-        <v>329</v>
+        <v>751</v>
       </c>
       <c r="D303"/>
       <c r="E303" t="s">
         <v>14</v>
       </c>
       <c r="F303" t="s">
         <v>15</v>
       </c>
       <c r="G303" t="s">
         <v>16</v>
       </c>
       <c r="H303" t="s">
         <v>29</v>
       </c>
       <c r="I303" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" t="s">
         <v>752</v>
       </c>
-      <c r="B304"/>
+      <c r="B304" t="s">
+        <v>753</v>
+      </c>
       <c r="C304" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D304"/>
       <c r="E304" t="s">
         <v>14</v>
       </c>
       <c r="F304" t="s">
         <v>15</v>
       </c>
       <c r="G304" t="s">
         <v>16</v>
       </c>
       <c r="H304" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I304" t="s">
-        <v>87</v>
+        <v>559</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="B305" t="s">
         <v>755</v>
       </c>
+      <c r="B305"/>
       <c r="C305" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="D305"/>
       <c r="E305" t="s">
         <v>14</v>
       </c>
       <c r="F305" t="s">
         <v>15</v>
       </c>
       <c r="G305" t="s">
         <v>16</v>
       </c>
       <c r="H305" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I305" t="s">
-        <v>558</v>
+        <v>87</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" t="s">
+        <v>756</v>
+      </c>
+      <c r="B306" t="s">
         <v>757</v>
       </c>
-      <c r="B306"/>
       <c r="C306" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D306"/>
       <c r="E306" t="s">
         <v>14</v>
       </c>
       <c r="F306" t="s">
         <v>15</v>
       </c>
       <c r="G306" t="s">
         <v>16</v>
       </c>
       <c r="H306" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I306" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" t="s">
-        <v>758</v>
-[...1 lines deleted...]
-      <c r="B307" t="s">
         <v>759</v>
       </c>
+      <c r="B307"/>
       <c r="C307" t="s">
         <v>760</v>
       </c>
       <c r="D307"/>
       <c r="E307" t="s">
         <v>14</v>
       </c>
       <c r="F307" t="s">
         <v>15</v>
       </c>
       <c r="G307" t="s">
         <v>16</v>
       </c>
       <c r="H307" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I307" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" t="s">
         <v>761</v>
       </c>
-      <c r="B308"/>
+      <c r="B308" t="s">
+        <v>762</v>
+      </c>
       <c r="C308" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D308"/>
       <c r="E308" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F308" t="s">
         <v>15</v>
       </c>
       <c r="G308" t="s">
         <v>16</v>
       </c>
       <c r="H308" t="s">
         <v>29</v>
       </c>
       <c r="I308" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="B309" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C309" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D309"/>
       <c r="E309" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F309" t="s">
         <v>15</v>
       </c>
       <c r="G309" t="s">
         <v>16</v>
       </c>
-      <c r="H309" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H309"/>
       <c r="I309" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B310" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C310" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D310"/>
       <c r="E310" t="s">
         <v>14</v>
       </c>
       <c r="F310" t="s">
         <v>15</v>
       </c>
       <c r="G310" t="s">
         <v>16</v>
       </c>
       <c r="H310"/>
       <c r="I310" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B311" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C311" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D311"/>
       <c r="E311" t="s">
         <v>14</v>
       </c>
       <c r="F311" t="s">
         <v>15</v>
       </c>
       <c r="G311" t="s">
         <v>16</v>
       </c>
       <c r="H311"/>
       <c r="I311" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B312" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C312" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D312"/>
       <c r="E312" t="s">
         <v>14</v>
       </c>
       <c r="F312" t="s">
         <v>15</v>
       </c>
       <c r="G312" t="s">
         <v>16</v>
       </c>
       <c r="H312"/>
       <c r="I312" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B313" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C313" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D313"/>
       <c r="E313" t="s">
         <v>14</v>
       </c>
       <c r="F313" t="s">
         <v>15</v>
       </c>
       <c r="G313" t="s">
         <v>16</v>
       </c>
       <c r="H313"/>
       <c r="I313" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B314" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C314" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D314"/>
       <c r="E314" t="s">
         <v>14</v>
       </c>
       <c r="F314" t="s">
         <v>15</v>
       </c>
       <c r="G314" t="s">
         <v>16</v>
       </c>
       <c r="H314"/>
       <c r="I314" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B315" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C315" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D315"/>
       <c r="E315" t="s">
         <v>14</v>
       </c>
       <c r="F315" t="s">
         <v>15</v>
       </c>
       <c r="G315" t="s">
         <v>16</v>
       </c>
       <c r="H315"/>
       <c r="I315" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B316" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C316" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D316"/>
       <c r="E316" t="s">
         <v>14</v>
       </c>
       <c r="F316" t="s">
         <v>15</v>
       </c>
       <c r="G316" t="s">
         <v>16</v>
       </c>
       <c r="H316"/>
       <c r="I316" t="s">
-        <v>107</v>
+        <v>205</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B317" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C317" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D317"/>
       <c r="E317" t="s">
         <v>14</v>
       </c>
       <c r="F317" t="s">
         <v>15</v>
       </c>
       <c r="G317" t="s">
         <v>16</v>
       </c>
       <c r="H317"/>
       <c r="I317" t="s">
-        <v>205</v>
+        <v>34</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B318" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C318" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D318"/>
       <c r="E318" t="s">
         <v>14</v>
       </c>
       <c r="F318" t="s">
         <v>15</v>
       </c>
       <c r="G318" t="s">
         <v>16</v>
       </c>
       <c r="H318"/>
       <c r="I318" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="B319" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C319" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D319"/>
       <c r="E319" t="s">
         <v>14</v>
       </c>
       <c r="F319" t="s">
         <v>15</v>
       </c>
       <c r="G319" t="s">
         <v>16</v>
       </c>
-      <c r="H319"/>
+      <c r="H319" t="s">
+        <v>29</v>
+      </c>
       <c r="I319" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" t="s">
-        <v>796</v>
-[...1 lines deleted...]
-      <c r="B320" t="s">
+        <v>115</v>
+      </c>
+      <c r="B320"/>
+      <c r="C320" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
       <c r="D320"/>
       <c r="E320" t="s">
         <v>14</v>
       </c>
       <c r="F320" t="s">
         <v>15</v>
       </c>
       <c r="G320" t="s">
         <v>16</v>
       </c>
       <c r="H320" t="s">
         <v>29</v>
       </c>
       <c r="I320" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" t="s">
-        <v>115</v>
+        <v>798</v>
       </c>
       <c r="B321"/>
       <c r="C321" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="D321"/>
       <c r="E321" t="s">
         <v>14</v>
       </c>
       <c r="F321" t="s">
         <v>15</v>
       </c>
       <c r="G321" t="s">
         <v>16</v>
       </c>
       <c r="H321" t="s">
         <v>29</v>
       </c>
       <c r="I321" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="B322"/>
       <c r="C322" t="s">
         <v>800</v>
       </c>
       <c r="D322"/>
       <c r="E322" t="s">
         <v>14</v>
       </c>
       <c r="F322" t="s">
         <v>15</v>
       </c>
       <c r="G322" t="s">
         <v>16</v>
       </c>
       <c r="H322" t="s">
         <v>29</v>
       </c>
       <c r="I322" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" t="s">
         <v>801</v>
@@ -13961,2412 +13928,2412 @@
       <c r="B325"/>
       <c r="C325" t="s">
         <v>806</v>
       </c>
       <c r="D325"/>
       <c r="E325" t="s">
         <v>14</v>
       </c>
       <c r="F325" t="s">
         <v>15</v>
       </c>
       <c r="G325" t="s">
         <v>16</v>
       </c>
       <c r="H325" t="s">
         <v>29</v>
       </c>
       <c r="I325" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" t="s">
         <v>807</v>
       </c>
-      <c r="B326"/>
+      <c r="B326" t="s">
+        <v>808</v>
+      </c>
       <c r="C326" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D326"/>
       <c r="E326" t="s">
         <v>14</v>
       </c>
       <c r="F326" t="s">
         <v>15</v>
       </c>
       <c r="G326" t="s">
         <v>16</v>
       </c>
       <c r="H326" t="s">
         <v>29</v>
       </c>
       <c r="I326" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" t="s">
-        <v>809</v>
-[...1 lines deleted...]
-      <c r="B327" t="s">
         <v>810</v>
       </c>
+      <c r="B327"/>
       <c r="C327" t="s">
         <v>811</v>
       </c>
       <c r="D327"/>
       <c r="E327" t="s">
         <v>14</v>
       </c>
       <c r="F327" t="s">
         <v>15</v>
       </c>
       <c r="G327" t="s">
         <v>16</v>
       </c>
       <c r="H327" t="s">
         <v>29</v>
       </c>
       <c r="I327" t="s">
-        <v>49</v>
+        <v>87</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" t="s">
         <v>812</v>
       </c>
       <c r="B328"/>
       <c r="C328" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="D328"/>
       <c r="E328" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F328" t="s">
         <v>15</v>
       </c>
       <c r="G328" t="s">
         <v>16</v>
       </c>
       <c r="H328" t="s">
         <v>29</v>
       </c>
       <c r="I328" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
       <c r="B329"/>
       <c r="C329" t="s">
         <v>814</v>
       </c>
       <c r="D329"/>
       <c r="E329" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F329" t="s">
         <v>15</v>
       </c>
       <c r="G329" t="s">
         <v>16</v>
       </c>
       <c r="H329" t="s">
         <v>29</v>
       </c>
       <c r="I329" t="s">
-        <v>87</v>
+        <v>60</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" t="s">
         <v>815</v>
       </c>
-      <c r="B330"/>
+      <c r="B330" t="s">
+        <v>816</v>
+      </c>
       <c r="C330" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D330"/>
-      <c r="E330" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E330"/>
+      <c r="F330"/>
       <c r="G330" t="s">
         <v>16</v>
       </c>
       <c r="H330" t="s">
-        <v>29</v>
+        <v>818</v>
       </c>
       <c r="I330" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="B331" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="C331" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="D331"/>
-      <c r="E331"/>
-      <c r="F331"/>
+      <c r="E331" t="s">
+        <v>14</v>
+      </c>
+      <c r="F331" t="s">
+        <v>15</v>
+      </c>
       <c r="G331" t="s">
         <v>16</v>
       </c>
-      <c r="H331" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H331"/>
       <c r="I331" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" t="s">
-        <v>821</v>
-[...1 lines deleted...]
-      <c r="B332" t="s">
         <v>822</v>
       </c>
+      <c r="B332"/>
       <c r="C332" t="s">
         <v>823</v>
       </c>
       <c r="D332"/>
       <c r="E332" t="s">
         <v>14</v>
       </c>
       <c r="F332" t="s">
         <v>15</v>
       </c>
       <c r="G332" t="s">
         <v>16</v>
       </c>
-      <c r="H332"/>
+      <c r="H332" t="s">
+        <v>29</v>
+      </c>
       <c r="I332" t="s">
-        <v>107</v>
+        <v>205</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" t="s">
+        <v>165</v>
+      </c>
+      <c r="B333" t="s">
         <v>824</v>
       </c>
-      <c r="B333"/>
       <c r="C333" t="s">
         <v>825</v>
       </c>
       <c r="D333"/>
       <c r="E333" t="s">
         <v>14</v>
       </c>
       <c r="F333" t="s">
         <v>15</v>
       </c>
       <c r="G333" t="s">
         <v>16</v>
       </c>
       <c r="H333" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I333" t="s">
-        <v>205</v>
+        <v>107</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="B334" t="s">
         <v>826</v>
       </c>
+      <c r="B334"/>
       <c r="C334" t="s">
         <v>827</v>
       </c>
       <c r="D334"/>
       <c r="E334" t="s">
         <v>14</v>
       </c>
       <c r="F334" t="s">
         <v>15</v>
       </c>
       <c r="G334" t="s">
         <v>16</v>
       </c>
       <c r="H334" t="s">
         <v>17</v>
       </c>
       <c r="I334" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" t="s">
         <v>828</v>
       </c>
       <c r="B335"/>
       <c r="C335" t="s">
         <v>829</v>
       </c>
       <c r="D335"/>
       <c r="E335" t="s">
         <v>14</v>
       </c>
       <c r="F335" t="s">
         <v>15</v>
       </c>
       <c r="G335" t="s">
         <v>16</v>
       </c>
       <c r="H335" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I335" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" t="s">
         <v>830</v>
       </c>
       <c r="B336"/>
       <c r="C336" t="s">
         <v>831</v>
       </c>
       <c r="D336"/>
       <c r="E336" t="s">
         <v>14</v>
       </c>
       <c r="F336" t="s">
         <v>15</v>
       </c>
       <c r="G336" t="s">
         <v>16</v>
       </c>
       <c r="H336" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I336" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" t="s">
         <v>832</v>
       </c>
-      <c r="B337"/>
+      <c r="B337" t="s">
+        <v>833</v>
+      </c>
       <c r="C337" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D337"/>
       <c r="E337" t="s">
         <v>14</v>
       </c>
       <c r="F337" t="s">
         <v>15</v>
       </c>
       <c r="G337" t="s">
         <v>16</v>
       </c>
       <c r="H337" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I337" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" t="s">
-        <v>834</v>
-[...1 lines deleted...]
-      <c r="B338" t="s">
         <v>835</v>
       </c>
+      <c r="B338"/>
       <c r="C338" t="s">
         <v>836</v>
       </c>
       <c r="D338"/>
       <c r="E338" t="s">
         <v>14</v>
       </c>
       <c r="F338" t="s">
         <v>15</v>
       </c>
       <c r="G338" t="s">
         <v>16</v>
       </c>
       <c r="H338" t="s">
         <v>29</v>
       </c>
       <c r="I338" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" t="s">
         <v>837</v>
       </c>
       <c r="B339"/>
       <c r="C339" t="s">
         <v>838</v>
       </c>
       <c r="D339"/>
       <c r="E339" t="s">
         <v>14</v>
       </c>
       <c r="F339" t="s">
         <v>15</v>
       </c>
       <c r="G339" t="s">
         <v>16</v>
       </c>
       <c r="H339" t="s">
         <v>29</v>
       </c>
       <c r="I339" t="s">
-        <v>18</v>
+        <v>219</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" t="s">
         <v>839</v>
       </c>
       <c r="B340"/>
       <c r="C340" t="s">
         <v>840</v>
       </c>
       <c r="D340"/>
       <c r="E340" t="s">
         <v>14</v>
       </c>
       <c r="F340" t="s">
         <v>15</v>
       </c>
       <c r="G340" t="s">
         <v>16</v>
       </c>
       <c r="H340" t="s">
         <v>29</v>
       </c>
       <c r="I340" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" t="s">
         <v>841</v>
       </c>
       <c r="B341"/>
       <c r="C341" t="s">
         <v>842</v>
       </c>
       <c r="D341"/>
       <c r="E341" t="s">
         <v>14</v>
       </c>
       <c r="F341" t="s">
         <v>15</v>
       </c>
       <c r="G341" t="s">
         <v>16</v>
       </c>
-      <c r="H341" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H341"/>
       <c r="I341" t="s">
-        <v>219</v>
+        <v>18</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" t="s">
         <v>843</v>
       </c>
       <c r="B342"/>
       <c r="C342" t="s">
         <v>844</v>
       </c>
       <c r="D342"/>
       <c r="E342" t="s">
         <v>14</v>
       </c>
       <c r="F342" t="s">
         <v>15</v>
       </c>
       <c r="G342" t="s">
         <v>16</v>
       </c>
-      <c r="H342"/>
+      <c r="H342" t="s">
+        <v>845</v>
+      </c>
       <c r="I342" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B343"/>
       <c r="C343" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="D343"/>
       <c r="E343" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F343" t="s">
         <v>15</v>
       </c>
       <c r="G343" t="s">
         <v>16</v>
       </c>
       <c r="H343" t="s">
-        <v>847</v>
+        <v>17</v>
       </c>
       <c r="I343" t="s">
-        <v>18</v>
+        <v>166</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" t="s">
         <v>848</v>
       </c>
       <c r="B344"/>
-      <c r="C344" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C344"/>
       <c r="D344"/>
       <c r="E344" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F344" t="s">
         <v>15</v>
       </c>
       <c r="G344" t="s">
         <v>16</v>
       </c>
       <c r="H344" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I344" t="s">
-        <v>166</v>
+        <v>219</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="B345"/>
-      <c r="C345"/>
+      <c r="C345" t="s">
+        <v>849</v>
+      </c>
       <c r="D345"/>
       <c r="E345" t="s">
         <v>14</v>
       </c>
       <c r="F345" t="s">
         <v>15</v>
       </c>
       <c r="G345" t="s">
         <v>16</v>
       </c>
       <c r="H345" t="s">
         <v>29</v>
       </c>
       <c r="I345" t="s">
-        <v>219</v>
+        <v>18</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="B346"/>
-      <c r="C346" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C346"/>
       <c r="D346"/>
       <c r="E346" t="s">
-        <v>14</v>
+        <v>851</v>
       </c>
       <c r="F346" t="s">
         <v>15</v>
       </c>
       <c r="G346" t="s">
         <v>16</v>
       </c>
       <c r="H346" t="s">
         <v>29</v>
       </c>
       <c r="I346" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" t="s">
         <v>852</v>
       </c>
       <c r="B347"/>
       <c r="C347"/>
       <c r="D347"/>
       <c r="E347" t="s">
         <v>853</v>
       </c>
       <c r="F347" t="s">
         <v>15</v>
       </c>
       <c r="G347" t="s">
         <v>16</v>
       </c>
       <c r="H347" t="s">
         <v>29</v>
       </c>
       <c r="I347" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" t="s">
         <v>854</v>
       </c>
-      <c r="B348"/>
-      <c r="C348"/>
+      <c r="B348" t="s">
+        <v>855</v>
+      </c>
+      <c r="C348" t="s">
+        <v>856</v>
+      </c>
       <c r="D348"/>
       <c r="E348" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="F348" t="s">
         <v>15</v>
       </c>
       <c r="G348" t="s">
         <v>16</v>
       </c>
       <c r="H348" t="s">
         <v>29</v>
       </c>
       <c r="I348" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" t="s">
-        <v>856</v>
-[...1 lines deleted...]
-      <c r="B349" t="s">
         <v>857</v>
       </c>
+      <c r="B349"/>
       <c r="C349" t="s">
         <v>858</v>
       </c>
       <c r="D349"/>
       <c r="E349" t="s">
-        <v>855</v>
+        <v>22</v>
       </c>
       <c r="F349" t="s">
         <v>15</v>
       </c>
       <c r="G349" t="s">
         <v>16</v>
       </c>
       <c r="H349" t="s">
         <v>29</v>
       </c>
       <c r="I349" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" t="s">
         <v>859</v>
       </c>
       <c r="B350"/>
-      <c r="C350" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C350"/>
       <c r="D350"/>
       <c r="E350" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F350" t="s">
         <v>15</v>
       </c>
       <c r="G350" t="s">
         <v>16</v>
       </c>
       <c r="H350" t="s">
         <v>29</v>
       </c>
       <c r="I350" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="B351"/>
-      <c r="C351"/>
+      <c r="C351" t="s">
+        <v>860</v>
+      </c>
       <c r="D351"/>
       <c r="E351" t="s">
         <v>14</v>
       </c>
       <c r="F351" t="s">
         <v>15</v>
       </c>
       <c r="G351" t="s">
         <v>16</v>
       </c>
       <c r="H351" t="s">
         <v>29</v>
       </c>
       <c r="I351" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="B352"/>
       <c r="C352" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="D352"/>
       <c r="E352" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F352" t="s">
         <v>15</v>
       </c>
       <c r="G352" t="s">
         <v>16</v>
       </c>
       <c r="H352" t="s">
         <v>29</v>
       </c>
       <c r="I352" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="B353"/>
       <c r="C353" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="D353"/>
       <c r="E353" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F353" t="s">
         <v>15</v>
       </c>
       <c r="G353" t="s">
         <v>16</v>
       </c>
       <c r="H353" t="s">
         <v>29</v>
       </c>
       <c r="I353" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" t="s">
+        <v>863</v>
+      </c>
+      <c r="B354" t="s">
         <v>864</v>
       </c>
-      <c r="B354"/>
       <c r="C354" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D354"/>
       <c r="E354" t="s">
         <v>14</v>
       </c>
       <c r="F354" t="s">
         <v>15</v>
       </c>
       <c r="G354" t="s">
         <v>16</v>
       </c>
       <c r="H354" t="s">
         <v>29</v>
       </c>
       <c r="I354" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" t="s">
-        <v>865</v>
-[...1 lines deleted...]
-      <c r="B355" t="s">
         <v>866</v>
       </c>
+      <c r="B355"/>
       <c r="C355" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="D355"/>
       <c r="E355" t="s">
         <v>14</v>
       </c>
       <c r="F355" t="s">
         <v>15</v>
       </c>
       <c r="G355" t="s">
         <v>16</v>
       </c>
       <c r="H355" t="s">
         <v>29</v>
       </c>
       <c r="I355" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" t="s">
+        <v>867</v>
+      </c>
+      <c r="B356" t="s">
         <v>868</v>
       </c>
-      <c r="B356"/>
       <c r="C356" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="D356"/>
       <c r="E356" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F356" t="s">
         <v>15</v>
       </c>
       <c r="G356" t="s">
         <v>16</v>
       </c>
       <c r="H356" t="s">
         <v>29</v>
       </c>
       <c r="I356" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" t="s">
         <v>869</v>
       </c>
       <c r="B357" t="s">
         <v>870</v>
       </c>
       <c r="C357" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="D357"/>
       <c r="E357" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F357" t="s">
         <v>15</v>
       </c>
       <c r="G357" t="s">
         <v>16</v>
       </c>
       <c r="H357" t="s">
         <v>29</v>
       </c>
       <c r="I357" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="B358" t="s">
-        <v>872</v>
-[...1 lines deleted...]
-      <c r="C358" t="s">
         <v>873</v>
       </c>
+      <c r="C358"/>
       <c r="D358"/>
       <c r="E358" t="s">
-        <v>14</v>
+        <v>853</v>
       </c>
       <c r="F358" t="s">
         <v>15</v>
       </c>
       <c r="G358" t="s">
         <v>16</v>
       </c>
       <c r="H358" t="s">
         <v>29</v>
       </c>
       <c r="I358" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" t="s">
         <v>874</v>
       </c>
       <c r="B359" t="s">
         <v>875</v>
       </c>
       <c r="C359"/>
       <c r="D359"/>
       <c r="E359" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="F359" t="s">
         <v>15</v>
       </c>
       <c r="G359" t="s">
         <v>16</v>
       </c>
       <c r="H359" t="s">
         <v>29</v>
       </c>
       <c r="I359" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" t="s">
         <v>876</v>
       </c>
       <c r="B360" t="s">
         <v>877</v>
       </c>
-      <c r="C360"/>
+      <c r="C360" t="s">
+        <v>878</v>
+      </c>
       <c r="D360"/>
       <c r="E360" t="s">
-        <v>855</v>
+        <v>14</v>
       </c>
       <c r="F360" t="s">
         <v>15</v>
       </c>
       <c r="G360" t="s">
         <v>16</v>
       </c>
       <c r="H360" t="s">
         <v>29</v>
       </c>
       <c r="I360" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="B361" t="s">
         <v>879</v>
       </c>
-      <c r="C361" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B361"/>
+      <c r="C361"/>
       <c r="D361"/>
       <c r="E361" t="s">
-        <v>14</v>
+        <v>880</v>
       </c>
       <c r="F361" t="s">
         <v>15</v>
       </c>
       <c r="G361" t="s">
         <v>16</v>
       </c>
       <c r="H361" t="s">
         <v>29</v>
       </c>
       <c r="I361" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" t="s">
         <v>881</v>
       </c>
       <c r="B362"/>
       <c r="C362"/>
       <c r="D362"/>
       <c r="E362" t="s">
-        <v>882</v>
+        <v>14</v>
       </c>
       <c r="F362" t="s">
         <v>15</v>
       </c>
       <c r="G362" t="s">
         <v>16</v>
       </c>
       <c r="H362" t="s">
         <v>29</v>
       </c>
       <c r="I362" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" t="s">
+        <v>882</v>
+      </c>
+      <c r="B363" t="s">
         <v>883</v>
       </c>
-      <c r="B363"/>
       <c r="C363"/>
       <c r="D363"/>
       <c r="E363" t="s">
         <v>14</v>
       </c>
       <c r="F363" t="s">
         <v>15</v>
       </c>
       <c r="G363" t="s">
         <v>16</v>
       </c>
       <c r="H363" t="s">
         <v>29</v>
       </c>
       <c r="I363" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" t="s">
         <v>884</v>
       </c>
-      <c r="B364" t="s">
+      <c r="B364"/>
+      <c r="C364" t="s">
         <v>885</v>
       </c>
-      <c r="C364"/>
       <c r="D364"/>
       <c r="E364" t="s">
         <v>14</v>
       </c>
       <c r="F364" t="s">
         <v>15</v>
       </c>
       <c r="G364" t="s">
         <v>16</v>
       </c>
       <c r="H364" t="s">
         <v>29</v>
       </c>
       <c r="I364" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" t="s">
         <v>886</v>
       </c>
-      <c r="B365"/>
+      <c r="B365" t="s">
+        <v>887</v>
+      </c>
       <c r="C365" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="D365"/>
       <c r="E365" t="s">
         <v>14</v>
       </c>
       <c r="F365" t="s">
         <v>15</v>
       </c>
       <c r="G365" t="s">
         <v>16</v>
       </c>
       <c r="H365" t="s">
         <v>29</v>
       </c>
       <c r="I365" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="B366" t="s">
         <v>889</v>
       </c>
-      <c r="C366" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B366"/>
+      <c r="C366"/>
       <c r="D366"/>
       <c r="E366" t="s">
         <v>14</v>
       </c>
       <c r="F366" t="s">
         <v>15</v>
       </c>
       <c r="G366" t="s">
         <v>16</v>
       </c>
       <c r="H366" t="s">
         <v>29</v>
       </c>
       <c r="I366" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" t="s">
+        <v>890</v>
+      </c>
+      <c r="B367"/>
+      <c r="C367" t="s">
         <v>891</v>
       </c>
-      <c r="B367"/>
-      <c r="C367"/>
       <c r="D367"/>
       <c r="E367" t="s">
-        <v>14</v>
+        <v>853</v>
       </c>
       <c r="F367" t="s">
         <v>15</v>
       </c>
       <c r="G367" t="s">
         <v>16</v>
       </c>
       <c r="H367" t="s">
         <v>29</v>
       </c>
       <c r="I367" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" t="s">
         <v>892</v>
       </c>
       <c r="B368"/>
-      <c r="C368" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C368"/>
       <c r="D368"/>
       <c r="E368" t="s">
-        <v>855</v>
+        <v>22</v>
       </c>
       <c r="F368" t="s">
         <v>15</v>
       </c>
       <c r="G368" t="s">
         <v>16</v>
       </c>
       <c r="H368" t="s">
         <v>29</v>
       </c>
       <c r="I368" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" t="s">
+        <v>893</v>
+      </c>
+      <c r="B369" t="s">
         <v>894</v>
       </c>
-      <c r="B369"/>
       <c r="C369"/>
       <c r="D369"/>
       <c r="E369" t="s">
         <v>22</v>
       </c>
       <c r="F369" t="s">
         <v>15</v>
       </c>
       <c r="G369" t="s">
         <v>16</v>
       </c>
       <c r="H369" t="s">
         <v>29</v>
       </c>
       <c r="I369" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" t="s">
         <v>895</v>
       </c>
-      <c r="B370" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B370"/>
       <c r="C370"/>
       <c r="D370"/>
       <c r="E370" t="s">
         <v>22</v>
       </c>
       <c r="F370" t="s">
         <v>15</v>
       </c>
       <c r="G370" t="s">
         <v>16</v>
       </c>
       <c r="H370" t="s">
         <v>29</v>
       </c>
       <c r="I370" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="B371"/>
       <c r="C371"/>
       <c r="D371"/>
       <c r="E371" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F371" t="s">
         <v>15</v>
       </c>
       <c r="G371" t="s">
         <v>16</v>
       </c>
       <c r="H371" t="s">
         <v>29</v>
       </c>
       <c r="I371" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" t="s">
+        <v>897</v>
+      </c>
+      <c r="B372"/>
+      <c r="C372" t="s">
         <v>898</v>
       </c>
-      <c r="B372"/>
-      <c r="C372"/>
       <c r="D372"/>
       <c r="E372" t="s">
         <v>14</v>
       </c>
       <c r="F372" t="s">
         <v>15</v>
       </c>
       <c r="G372" t="s">
         <v>16</v>
       </c>
       <c r="H372" t="s">
         <v>29</v>
       </c>
       <c r="I372" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" t="s">
         <v>899</v>
       </c>
-      <c r="B373"/>
-      <c r="C373" t="s">
+      <c r="B373" t="s">
         <v>900</v>
       </c>
+      <c r="C373"/>
       <c r="D373"/>
       <c r="E373" t="s">
         <v>14</v>
       </c>
       <c r="F373" t="s">
         <v>15</v>
       </c>
       <c r="G373" t="s">
         <v>16</v>
       </c>
       <c r="H373" t="s">
         <v>29</v>
       </c>
       <c r="I373" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" t="s">
         <v>901</v>
       </c>
-      <c r="B374" t="s">
+      <c r="B374"/>
+      <c r="C374" t="s">
         <v>902</v>
       </c>
-      <c r="C374"/>
       <c r="D374"/>
       <c r="E374" t="s">
         <v>14</v>
       </c>
       <c r="F374" t="s">
         <v>15</v>
       </c>
       <c r="G374" t="s">
         <v>16</v>
       </c>
       <c r="H374" t="s">
         <v>29</v>
       </c>
       <c r="I374" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" t="s">
         <v>903</v>
       </c>
       <c r="B375"/>
-      <c r="C375" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C375"/>
       <c r="D375"/>
       <c r="E375" t="s">
-        <v>14</v>
+        <v>853</v>
       </c>
       <c r="F375" t="s">
         <v>15</v>
       </c>
       <c r="G375" t="s">
         <v>16</v>
       </c>
       <c r="H375" t="s">
         <v>29</v>
       </c>
       <c r="I375" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="B376"/>
       <c r="C376"/>
       <c r="D376"/>
       <c r="E376" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="F376" t="s">
         <v>15</v>
       </c>
       <c r="G376" t="s">
         <v>16</v>
       </c>
       <c r="H376" t="s">
         <v>29</v>
       </c>
       <c r="I376" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="B377"/>
       <c r="C377"/>
       <c r="D377"/>
       <c r="E377" t="s">
-        <v>855</v>
+        <v>14</v>
       </c>
       <c r="F377" t="s">
         <v>15</v>
       </c>
       <c r="G377" t="s">
         <v>16</v>
       </c>
       <c r="H377" t="s">
         <v>29</v>
       </c>
       <c r="I377" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="B378"/>
       <c r="C378"/>
       <c r="D378"/>
       <c r="E378" t="s">
         <v>14</v>
       </c>
       <c r="F378" t="s">
         <v>15</v>
       </c>
       <c r="G378" t="s">
         <v>16</v>
       </c>
       <c r="H378" t="s">
         <v>29</v>
       </c>
       <c r="I378" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="B379"/>
       <c r="C379"/>
       <c r="D379"/>
       <c r="E379" t="s">
         <v>14</v>
       </c>
       <c r="F379" t="s">
         <v>15</v>
       </c>
       <c r="G379" t="s">
         <v>16</v>
       </c>
       <c r="H379" t="s">
         <v>29</v>
       </c>
       <c r="I379" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="B380"/>
       <c r="C380"/>
       <c r="D380"/>
       <c r="E380" t="s">
         <v>14</v>
       </c>
       <c r="F380" t="s">
         <v>15</v>
       </c>
       <c r="G380" t="s">
         <v>16</v>
       </c>
       <c r="H380" t="s">
         <v>29</v>
       </c>
       <c r="I380" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="B381"/>
       <c r="C381"/>
       <c r="D381"/>
       <c r="E381" t="s">
         <v>14</v>
       </c>
       <c r="F381" t="s">
         <v>15</v>
       </c>
       <c r="G381" t="s">
         <v>16</v>
       </c>
       <c r="H381" t="s">
         <v>29</v>
       </c>
       <c r="I381" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="B382"/>
       <c r="C382"/>
       <c r="D382"/>
       <c r="E382" t="s">
         <v>14</v>
       </c>
       <c r="F382" t="s">
         <v>15</v>
       </c>
       <c r="G382" t="s">
         <v>16</v>
       </c>
       <c r="H382" t="s">
         <v>29</v>
       </c>
       <c r="I382" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" t="s">
+        <v>911</v>
+      </c>
+      <c r="B383"/>
+      <c r="C383" t="s">
         <v>912</v>
       </c>
-      <c r="B383"/>
-      <c r="C383"/>
       <c r="D383"/>
       <c r="E383" t="s">
         <v>14</v>
       </c>
       <c r="F383" t="s">
         <v>15</v>
       </c>
       <c r="G383" t="s">
         <v>16</v>
       </c>
       <c r="H383" t="s">
         <v>29</v>
       </c>
       <c r="I383" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" t="s">
         <v>913</v>
       </c>
       <c r="B384"/>
       <c r="C384" t="s">
         <v>914</v>
       </c>
       <c r="D384"/>
       <c r="E384" t="s">
         <v>14</v>
       </c>
       <c r="F384" t="s">
         <v>15</v>
       </c>
       <c r="G384" t="s">
         <v>16</v>
       </c>
       <c r="H384" t="s">
         <v>29</v>
       </c>
       <c r="I384" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" t="s">
         <v>915</v>
       </c>
       <c r="B385"/>
-      <c r="C385" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C385"/>
       <c r="D385"/>
       <c r="E385" t="s">
         <v>14</v>
       </c>
       <c r="F385" t="s">
         <v>15</v>
       </c>
       <c r="G385" t="s">
         <v>16</v>
       </c>
       <c r="H385" t="s">
         <v>29</v>
       </c>
       <c r="I385" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" t="s">
+        <v>916</v>
+      </c>
+      <c r="B386" t="s">
         <v>917</v>
       </c>
-      <c r="B386"/>
       <c r="C386"/>
       <c r="D386"/>
       <c r="E386" t="s">
         <v>14</v>
       </c>
       <c r="F386" t="s">
         <v>15</v>
       </c>
       <c r="G386" t="s">
         <v>16</v>
       </c>
       <c r="H386" t="s">
         <v>29</v>
       </c>
       <c r="I386" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" t="s">
         <v>918</v>
       </c>
-      <c r="B387" t="s">
+      <c r="B387"/>
+      <c r="C387" t="s">
         <v>919</v>
       </c>
-      <c r="C387"/>
       <c r="D387"/>
       <c r="E387" t="s">
         <v>14</v>
       </c>
       <c r="F387" t="s">
         <v>15</v>
       </c>
       <c r="G387" t="s">
         <v>16</v>
       </c>
       <c r="H387" t="s">
         <v>29</v>
       </c>
       <c r="I387" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" t="s">
         <v>920</v>
       </c>
       <c r="B388"/>
-      <c r="C388" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C388"/>
       <c r="D388"/>
       <c r="E388" t="s">
         <v>14</v>
       </c>
       <c r="F388" t="s">
         <v>15</v>
       </c>
       <c r="G388" t="s">
         <v>16</v>
       </c>
       <c r="H388" t="s">
         <v>29</v>
       </c>
       <c r="I388" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" t="s">
+        <v>921</v>
+      </c>
+      <c r="B389"/>
+      <c r="C389" t="s">
         <v>922</v>
       </c>
-      <c r="B389"/>
-      <c r="C389"/>
       <c r="D389"/>
       <c r="E389" t="s">
         <v>14</v>
       </c>
       <c r="F389" t="s">
         <v>15</v>
       </c>
       <c r="G389" t="s">
         <v>16</v>
       </c>
       <c r="H389" t="s">
         <v>29</v>
       </c>
       <c r="I389" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" t="s">
         <v>923</v>
       </c>
       <c r="B390"/>
-      <c r="C390" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C390"/>
       <c r="D390"/>
       <c r="E390" t="s">
         <v>14</v>
       </c>
       <c r="F390" t="s">
         <v>15</v>
       </c>
       <c r="G390" t="s">
         <v>16</v>
       </c>
       <c r="H390" t="s">
         <v>29</v>
       </c>
       <c r="I390" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" t="s">
+        <v>924</v>
+      </c>
+      <c r="B391"/>
+      <c r="C391" t="s">
         <v>925</v>
       </c>
-      <c r="B391"/>
-      <c r="C391"/>
       <c r="D391"/>
       <c r="E391" t="s">
         <v>14</v>
       </c>
       <c r="F391" t="s">
         <v>15</v>
       </c>
       <c r="G391" t="s">
         <v>16</v>
       </c>
       <c r="H391" t="s">
         <v>29</v>
       </c>
       <c r="I391" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" t="s">
         <v>926</v>
       </c>
       <c r="B392"/>
       <c r="C392" t="s">
         <v>927</v>
       </c>
       <c r="D392"/>
       <c r="E392" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F392" t="s">
         <v>15</v>
       </c>
       <c r="G392" t="s">
         <v>16</v>
       </c>
       <c r="H392" t="s">
         <v>29</v>
       </c>
       <c r="I392" t="s">
-        <v>47</v>
+        <v>166</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" t="s">
         <v>928</v>
       </c>
       <c r="B393"/>
-      <c r="C393" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C393"/>
       <c r="D393"/>
       <c r="E393" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F393" t="s">
         <v>15</v>
       </c>
       <c r="G393" t="s">
         <v>16</v>
       </c>
       <c r="H393" t="s">
         <v>29</v>
       </c>
       <c r="I393" t="s">
-        <v>166</v>
+        <v>47</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="B394"/>
       <c r="C394"/>
       <c r="D394"/>
       <c r="E394" t="s">
         <v>14</v>
       </c>
       <c r="F394" t="s">
         <v>15</v>
       </c>
       <c r="G394" t="s">
         <v>16</v>
       </c>
       <c r="H394" t="s">
         <v>29</v>
       </c>
       <c r="I394" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" t="s">
-        <v>931</v>
+        <v>930</v>
       </c>
       <c r="B395"/>
       <c r="C395"/>
       <c r="D395"/>
       <c r="E395" t="s">
         <v>14</v>
       </c>
       <c r="F395" t="s">
         <v>15</v>
       </c>
       <c r="G395" t="s">
         <v>16</v>
       </c>
       <c r="H395" t="s">
         <v>29</v>
       </c>
       <c r="I395" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" t="s">
+        <v>931</v>
+      </c>
+      <c r="B396" t="s">
         <v>932</v>
       </c>
-      <c r="B396"/>
-      <c r="C396"/>
+      <c r="C396" t="s">
+        <v>933</v>
+      </c>
       <c r="D396"/>
       <c r="E396" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F396" t="s">
         <v>15</v>
       </c>
       <c r="G396" t="s">
         <v>16</v>
       </c>
       <c r="H396" t="s">
         <v>29</v>
       </c>
       <c r="I396" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B397" t="s">
-        <v>934</v>
-[...1 lines deleted...]
-      <c r="C397" t="s">
         <v>935</v>
       </c>
+      <c r="C397"/>
       <c r="D397"/>
       <c r="E397" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F397" t="s">
         <v>15</v>
       </c>
       <c r="G397" t="s">
         <v>16</v>
       </c>
       <c r="H397" t="s">
         <v>29</v>
       </c>
       <c r="I397" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" t="s">
         <v>936</v>
       </c>
-      <c r="B398" t="s">
+      <c r="B398"/>
+      <c r="C398" t="s">
         <v>937</v>
       </c>
-      <c r="C398"/>
       <c r="D398"/>
       <c r="E398" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F398" t="s">
         <v>15</v>
       </c>
       <c r="G398" t="s">
         <v>16</v>
       </c>
       <c r="H398" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I398" t="s">
-        <v>47</v>
+        <v>166</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" t="s">
         <v>938</v>
       </c>
       <c r="B399"/>
       <c r="C399" t="s">
         <v>939</v>
       </c>
       <c r="D399"/>
       <c r="E399" t="s">
         <v>22</v>
       </c>
       <c r="F399" t="s">
         <v>15</v>
       </c>
       <c r="G399" t="s">
         <v>16</v>
       </c>
       <c r="H399" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I399" t="s">
-        <v>166</v>
+        <v>940</v>
       </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" t="s">
-        <v>940</v>
-[...1 lines deleted...]
-      <c r="B400"/>
+        <v>941</v>
+      </c>
+      <c r="B400" t="s">
+        <v>942</v>
+      </c>
       <c r="C400" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="D400"/>
       <c r="E400" t="s">
         <v>22</v>
       </c>
       <c r="F400" t="s">
         <v>15</v>
       </c>
       <c r="G400" t="s">
         <v>16</v>
       </c>
       <c r="H400" t="s">
         <v>29</v>
       </c>
       <c r="I400" t="s">
-        <v>942</v>
+        <v>34</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="A401" t="s">
-        <v>943</v>
-[...1 lines deleted...]
-      <c r="B401" t="s">
         <v>944</v>
       </c>
+      <c r="B401"/>
       <c r="C401" t="s">
         <v>945</v>
       </c>
       <c r="D401"/>
       <c r="E401" t="s">
         <v>22</v>
       </c>
       <c r="F401" t="s">
         <v>15</v>
       </c>
       <c r="G401" t="s">
         <v>16</v>
       </c>
       <c r="H401" t="s">
         <v>29</v>
       </c>
       <c r="I401" t="s">
-        <v>34</v>
+        <v>940</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="A402" t="s">
         <v>946</v>
       </c>
       <c r="B402"/>
       <c r="C402" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="D402"/>
       <c r="E402" t="s">
         <v>22</v>
       </c>
       <c r="F402" t="s">
         <v>15</v>
       </c>
       <c r="G402" t="s">
         <v>16</v>
       </c>
       <c r="H402" t="s">
         <v>29</v>
       </c>
       <c r="I402" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="A403" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="B403"/>
       <c r="C403" t="s">
         <v>948</v>
       </c>
       <c r="D403"/>
       <c r="E403" t="s">
         <v>22</v>
       </c>
       <c r="F403" t="s">
         <v>15</v>
       </c>
       <c r="G403" t="s">
         <v>16</v>
       </c>
       <c r="H403" t="s">
         <v>29</v>
       </c>
       <c r="I403" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
     </row>
     <row r="404" spans="1:9">
       <c r="A404" t="s">
         <v>949</v>
       </c>
-      <c r="B404"/>
+      <c r="B404" t="s">
+        <v>950</v>
+      </c>
       <c r="C404" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D404"/>
       <c r="E404" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F404" t="s">
         <v>15</v>
       </c>
       <c r="G404" t="s">
         <v>16</v>
       </c>
       <c r="H404" t="s">
         <v>29</v>
       </c>
       <c r="I404" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405" t="s">
-        <v>951</v>
-[...3 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="B405"/>
       <c r="C405" t="s">
         <v>953</v>
       </c>
       <c r="D405"/>
       <c r="E405" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F405" t="s">
         <v>15</v>
       </c>
       <c r="G405" t="s">
         <v>16</v>
       </c>
       <c r="H405" t="s">
         <v>29</v>
       </c>
       <c r="I405" t="s">
-        <v>954</v>
+        <v>166</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406" t="s">
-        <v>955</v>
+        <v>954</v>
       </c>
       <c r="B406"/>
       <c r="C406" t="s">
         <v>955</v>
       </c>
       <c r="D406"/>
       <c r="E406" t="s">
         <v>22</v>
       </c>
       <c r="F406" t="s">
         <v>15</v>
       </c>
       <c r="G406" t="s">
         <v>16</v>
       </c>
       <c r="H406" t="s">
         <v>29</v>
       </c>
       <c r="I406" t="s">
-        <v>166</v>
+        <v>940</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407" t="s">
         <v>956</v>
       </c>
       <c r="B407"/>
       <c r="C407" t="s">
         <v>957</v>
       </c>
       <c r="D407"/>
       <c r="E407" t="s">
         <v>22</v>
       </c>
       <c r="F407" t="s">
         <v>15</v>
       </c>
       <c r="G407" t="s">
         <v>16</v>
       </c>
       <c r="H407" t="s">
         <v>29</v>
       </c>
       <c r="I407" t="s">
-        <v>942</v>
+        <v>166</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408" t="s">
         <v>958</v>
       </c>
       <c r="B408"/>
-      <c r="C408" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C408"/>
       <c r="D408"/>
       <c r="E408" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F408" t="s">
         <v>15</v>
       </c>
       <c r="G408" t="s">
         <v>16</v>
       </c>
       <c r="H408" t="s">
         <v>29</v>
       </c>
       <c r="I408" t="s">
-        <v>166</v>
+        <v>952</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="A409" t="s">
+        <v>959</v>
+      </c>
+      <c r="B409"/>
+      <c r="C409" t="s">
         <v>960</v>
       </c>
-      <c r="B409"/>
-      <c r="C409"/>
       <c r="D409"/>
       <c r="E409" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F409" t="s">
         <v>15</v>
       </c>
       <c r="G409" t="s">
         <v>16</v>
       </c>
       <c r="H409" t="s">
         <v>29</v>
       </c>
       <c r="I409" t="s">
-        <v>954</v>
+        <v>166</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="A410" t="s">
         <v>961</v>
       </c>
       <c r="B410"/>
       <c r="C410" t="s">
         <v>962</v>
       </c>
       <c r="D410"/>
       <c r="E410" t="s">
         <v>22</v>
       </c>
       <c r="F410" t="s">
         <v>15</v>
       </c>
       <c r="G410" t="s">
         <v>16</v>
       </c>
       <c r="H410" t="s">
         <v>29</v>
       </c>
       <c r="I410" t="s">
-        <v>166</v>
+        <v>940</v>
       </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411" t="s">
         <v>963</v>
       </c>
       <c r="B411"/>
       <c r="C411" t="s">
         <v>964</v>
       </c>
       <c r="D411"/>
       <c r="E411" t="s">
         <v>22</v>
       </c>
       <c r="F411" t="s">
         <v>15</v>
       </c>
       <c r="G411" t="s">
         <v>16</v>
       </c>
       <c r="H411" t="s">
         <v>29</v>
       </c>
       <c r="I411" t="s">
-        <v>942</v>
+        <v>166</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412" t="s">
         <v>965</v>
       </c>
       <c r="B412"/>
-      <c r="C412" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C412"/>
       <c r="D412"/>
       <c r="E412" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F412" t="s">
         <v>15</v>
       </c>
       <c r="G412" t="s">
         <v>16</v>
       </c>
       <c r="H412" t="s">
         <v>29</v>
       </c>
       <c r="I412" t="s">
-        <v>166</v>
+        <v>952</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="A413" t="s">
+        <v>966</v>
+      </c>
+      <c r="B413"/>
+      <c r="C413" t="s">
         <v>967</v>
       </c>
-      <c r="B413"/>
-      <c r="C413"/>
       <c r="D413"/>
       <c r="E413" t="s">
         <v>14</v>
       </c>
       <c r="F413" t="s">
         <v>15</v>
       </c>
       <c r="G413" t="s">
         <v>16</v>
       </c>
       <c r="H413" t="s">
         <v>29</v>
       </c>
       <c r="I413" t="s">
-        <v>954</v>
+        <v>940</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="A414" t="s">
         <v>968</v>
       </c>
       <c r="B414"/>
       <c r="C414" t="s">
         <v>969</v>
       </c>
       <c r="D414"/>
       <c r="E414" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F414" t="s">
         <v>15</v>
       </c>
       <c r="G414" t="s">
         <v>16</v>
       </c>
       <c r="H414" t="s">
         <v>29</v>
       </c>
       <c r="I414" t="s">
-        <v>942</v>
+        <v>166</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="A415" t="s">
         <v>970</v>
       </c>
       <c r="B415"/>
       <c r="C415" t="s">
         <v>971</v>
       </c>
       <c r="D415"/>
       <c r="E415" t="s">
         <v>22</v>
       </c>
       <c r="F415" t="s">
         <v>15</v>
       </c>
       <c r="G415" t="s">
         <v>16</v>
       </c>
       <c r="H415" t="s">
         <v>29</v>
       </c>
       <c r="I415" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="A416" t="s">
         <v>972</v>
       </c>
       <c r="B416"/>
       <c r="C416" t="s">
         <v>973</v>
       </c>
       <c r="D416"/>
       <c r="E416" t="s">
-        <v>22</v>
+        <v>853</v>
       </c>
       <c r="F416" t="s">
         <v>15</v>
       </c>
       <c r="G416" t="s">
         <v>16</v>
       </c>
       <c r="H416" t="s">
         <v>29</v>
       </c>
       <c r="I416" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="A417" t="s">
         <v>974</v>
       </c>
       <c r="B417"/>
       <c r="C417" t="s">
         <v>975</v>
       </c>
       <c r="D417"/>
       <c r="E417" t="s">
-        <v>855</v>
+        <v>22</v>
       </c>
       <c r="F417" t="s">
         <v>15</v>
       </c>
       <c r="G417" t="s">
         <v>16</v>
       </c>
       <c r="H417" t="s">
         <v>29</v>
       </c>
       <c r="I417" t="s">
-        <v>166</v>
+        <v>940</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="A418" t="s">
         <v>976</v>
       </c>
       <c r="B418"/>
       <c r="C418" t="s">
         <v>977</v>
       </c>
       <c r="D418"/>
       <c r="E418" t="s">
         <v>22</v>
       </c>
       <c r="F418" t="s">
         <v>15</v>
       </c>
       <c r="G418" t="s">
         <v>16</v>
       </c>
       <c r="H418" t="s">
         <v>29</v>
       </c>
       <c r="I418" t="s">
-        <v>942</v>
+        <v>166</v>
       </c>
     </row>
     <row r="419" spans="1:9">
       <c r="A419" t="s">
         <v>978</v>
       </c>
       <c r="B419"/>
       <c r="C419" t="s">
         <v>979</v>
       </c>
       <c r="D419"/>
       <c r="E419" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F419" t="s">
         <v>15</v>
       </c>
       <c r="G419" t="s">
         <v>16</v>
       </c>
       <c r="H419" t="s">
         <v>29</v>
       </c>
       <c r="I419" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="420" spans="1:9">
       <c r="A420" t="s">
         <v>980</v>
       </c>
       <c r="B420"/>
       <c r="C420" t="s">
         <v>981</v>
       </c>
       <c r="D420"/>
       <c r="E420" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F420" t="s">
         <v>15</v>
       </c>
       <c r="G420" t="s">
         <v>16</v>
       </c>
       <c r="H420" t="s">
         <v>29</v>
       </c>
       <c r="I420" t="s">
-        <v>166</v>
+        <v>49</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="A421" t="s">
         <v>982</v>
       </c>
       <c r="B421"/>
       <c r="C421" t="s">
         <v>983</v>
       </c>
       <c r="D421"/>
       <c r="E421" t="s">
         <v>22</v>
       </c>
       <c r="F421" t="s">
         <v>15</v>
       </c>
       <c r="G421" t="s">
         <v>16</v>
       </c>
       <c r="H421" t="s">
         <v>29</v>
       </c>
       <c r="I421" t="s">
-        <v>49</v>
+        <v>166</v>
       </c>
     </row>
     <row r="422" spans="1:9">
       <c r="A422" t="s">
         <v>984</v>
       </c>
       <c r="B422"/>
       <c r="C422" t="s">
         <v>985</v>
       </c>
       <c r="D422"/>
       <c r="E422" t="s">
         <v>22</v>
       </c>
       <c r="F422" t="s">
         <v>15</v>
       </c>
       <c r="G422" t="s">
         <v>16</v>
       </c>
       <c r="H422" t="s">
         <v>29</v>
       </c>
       <c r="I422" t="s">
         <v>166</v>
@@ -16385,178 +16352,178 @@
         <v>22</v>
       </c>
       <c r="F423" t="s">
         <v>15</v>
       </c>
       <c r="G423" t="s">
         <v>16</v>
       </c>
       <c r="H423" t="s">
         <v>29</v>
       </c>
       <c r="I423" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="A424" t="s">
         <v>988</v>
       </c>
       <c r="B424"/>
       <c r="C424" t="s">
         <v>989</v>
       </c>
       <c r="D424"/>
       <c r="E424" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F424" t="s">
         <v>15</v>
       </c>
       <c r="G424" t="s">
         <v>16</v>
       </c>
       <c r="H424" t="s">
         <v>29</v>
       </c>
       <c r="I424" t="s">
-        <v>166</v>
+        <v>49</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="A425" t="s">
         <v>990</v>
       </c>
-      <c r="B425"/>
+      <c r="B425" t="s">
+        <v>991</v>
+      </c>
       <c r="C425" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D425"/>
       <c r="E425" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F425" t="s">
         <v>15</v>
       </c>
       <c r="G425" t="s">
         <v>16</v>
       </c>
       <c r="H425" t="s">
         <v>29</v>
       </c>
       <c r="I425" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="426" spans="1:9">
       <c r="A426" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B426" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C426" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D426"/>
       <c r="E426" t="s">
         <v>22</v>
       </c>
       <c r="F426" t="s">
         <v>15</v>
       </c>
       <c r="G426" t="s">
         <v>16</v>
       </c>
       <c r="H426" t="s">
         <v>29</v>
       </c>
       <c r="I426" t="s">
-        <v>60</v>
+        <v>166</v>
       </c>
     </row>
     <row r="427" spans="1:9">
       <c r="A427" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B427" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C427" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D427"/>
       <c r="E427" t="s">
         <v>22</v>
       </c>
       <c r="F427" t="s">
         <v>15</v>
       </c>
       <c r="G427" t="s">
         <v>16</v>
       </c>
       <c r="H427" t="s">
         <v>29</v>
       </c>
       <c r="I427" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="A428" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="B428" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C428" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D428"/>
       <c r="E428" t="s">
         <v>22</v>
       </c>
       <c r="F428" t="s">
         <v>15</v>
       </c>
       <c r="G428" t="s">
         <v>16</v>
       </c>
       <c r="H428" t="s">
         <v>29</v>
       </c>
       <c r="I428" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="429" spans="1:9">
       <c r="A429" t="s">
-        <v>1001</v>
-[...1 lines deleted...]
-      <c r="B429" t="s">
         <v>1002</v>
       </c>
+      <c r="B429"/>
       <c r="C429" t="s">
         <v>1003</v>
       </c>
       <c r="D429"/>
       <c r="E429" t="s">
         <v>22</v>
       </c>
       <c r="F429" t="s">
         <v>15</v>
       </c>
       <c r="G429" t="s">
         <v>16</v>
       </c>
       <c r="H429" t="s">
         <v>29</v>
       </c>
       <c r="I429" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="A430" t="s">
         <v>1004</v>
       </c>
       <c r="B430"/>
@@ -16564,964 +16531,964 @@
         <v>1005</v>
       </c>
       <c r="D430"/>
       <c r="E430" t="s">
         <v>22</v>
       </c>
       <c r="F430" t="s">
         <v>15</v>
       </c>
       <c r="G430" t="s">
         <v>16</v>
       </c>
       <c r="H430" t="s">
         <v>29</v>
       </c>
       <c r="I430" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="A431" t="s">
         <v>1006</v>
       </c>
       <c r="B431"/>
       <c r="C431" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="D431"/>
       <c r="E431" t="s">
         <v>22</v>
       </c>
       <c r="F431" t="s">
         <v>15</v>
       </c>
       <c r="G431" t="s">
         <v>16</v>
       </c>
       <c r="H431" t="s">
         <v>29</v>
       </c>
       <c r="I431" t="s">
-        <v>166</v>
+        <v>49</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="A432" t="s">
-        <v>1008</v>
+        <v>1007</v>
       </c>
       <c r="B432"/>
       <c r="C432" t="s">
-        <v>1008</v>
+        <v>1007</v>
       </c>
       <c r="D432"/>
       <c r="E432" t="s">
         <v>22</v>
       </c>
       <c r="F432" t="s">
         <v>15</v>
       </c>
       <c r="G432" t="s">
         <v>16</v>
       </c>
       <c r="H432" t="s">
         <v>29</v>
       </c>
       <c r="I432" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="A433" t="s">
-        <v>1009</v>
+        <v>1008</v>
       </c>
       <c r="B433"/>
-      <c r="C433" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C433"/>
       <c r="D433"/>
       <c r="E433" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F433" t="s">
         <v>15</v>
       </c>
       <c r="G433" t="s">
         <v>16</v>
       </c>
       <c r="H433" t="s">
         <v>29</v>
       </c>
       <c r="I433" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="434" spans="1:9">
       <c r="A434" t="s">
-        <v>1010</v>
+        <v>1009</v>
       </c>
       <c r="B434"/>
       <c r="C434"/>
       <c r="D434"/>
       <c r="E434" t="s">
         <v>14</v>
       </c>
       <c r="F434" t="s">
         <v>15</v>
       </c>
       <c r="G434" t="s">
         <v>16</v>
       </c>
       <c r="H434" t="s">
         <v>29</v>
       </c>
       <c r="I434" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="435" spans="1:9">
       <c r="A435" t="s">
-        <v>1011</v>
+        <v>1010</v>
       </c>
       <c r="B435"/>
       <c r="C435"/>
       <c r="D435"/>
       <c r="E435" t="s">
         <v>14</v>
       </c>
       <c r="F435" t="s">
         <v>15</v>
       </c>
       <c r="G435" t="s">
         <v>16</v>
       </c>
       <c r="H435" t="s">
         <v>29</v>
       </c>
       <c r="I435" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="A436" t="s">
-        <v>1012</v>
+        <v>1011</v>
       </c>
       <c r="B436"/>
       <c r="C436"/>
       <c r="D436"/>
       <c r="E436" t="s">
         <v>14</v>
       </c>
       <c r="F436" t="s">
         <v>15</v>
       </c>
       <c r="G436" t="s">
         <v>16</v>
       </c>
       <c r="H436" t="s">
         <v>29</v>
       </c>
       <c r="I436" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="437" spans="1:9">
       <c r="A437" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B437"/>
+      <c r="C437" t="s">
         <v>1013</v>
       </c>
-      <c r="B437"/>
-      <c r="C437"/>
       <c r="D437"/>
       <c r="E437" t="s">
         <v>14</v>
       </c>
       <c r="F437" t="s">
         <v>15</v>
       </c>
       <c r="G437" t="s">
         <v>16</v>
       </c>
       <c r="H437" t="s">
         <v>29</v>
       </c>
       <c r="I437" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="438" spans="1:9">
       <c r="A438" t="s">
         <v>1014</v>
       </c>
       <c r="B438"/>
-      <c r="C438" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C438"/>
       <c r="D438"/>
       <c r="E438" t="s">
         <v>14</v>
       </c>
       <c r="F438" t="s">
         <v>15</v>
       </c>
       <c r="G438" t="s">
         <v>16</v>
       </c>
       <c r="H438" t="s">
         <v>29</v>
       </c>
       <c r="I438" t="s">
-        <v>60</v>
+        <v>205</v>
       </c>
     </row>
     <row r="439" spans="1:9">
       <c r="A439" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B439"/>
       <c r="C439"/>
       <c r="D439"/>
       <c r="E439" t="s">
         <v>14</v>
       </c>
       <c r="F439" t="s">
         <v>15</v>
       </c>
       <c r="G439" t="s">
         <v>16</v>
       </c>
       <c r="H439" t="s">
         <v>29</v>
       </c>
       <c r="I439" t="s">
-        <v>205</v>
+        <v>60</v>
       </c>
     </row>
     <row r="440" spans="1:9">
       <c r="A440" t="s">
-        <v>1017</v>
+        <v>1016</v>
       </c>
       <c r="B440"/>
       <c r="C440"/>
       <c r="D440"/>
       <c r="E440" t="s">
         <v>14</v>
       </c>
       <c r="F440" t="s">
         <v>15</v>
       </c>
       <c r="G440" t="s">
         <v>16</v>
       </c>
       <c r="H440" t="s">
-        <v>29</v>
+        <v>845</v>
       </c>
       <c r="I440" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="441" spans="1:9">
       <c r="A441" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B441"/>
+      <c r="C441" t="s">
         <v>1018</v>
       </c>
-      <c r="B441"/>
-      <c r="C441"/>
       <c r="D441"/>
       <c r="E441" t="s">
         <v>14</v>
       </c>
       <c r="F441" t="s">
         <v>15</v>
       </c>
       <c r="G441" t="s">
         <v>16</v>
       </c>
       <c r="H441" t="s">
-        <v>847</v>
+        <v>29</v>
       </c>
       <c r="I441" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="A442" t="s">
         <v>1019</v>
       </c>
       <c r="B442"/>
-      <c r="C442" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C442"/>
       <c r="D442"/>
       <c r="E442" t="s">
         <v>14</v>
       </c>
       <c r="F442" t="s">
         <v>15</v>
       </c>
       <c r="G442" t="s">
         <v>16</v>
       </c>
       <c r="H442" t="s">
         <v>29</v>
       </c>
       <c r="I442" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="443" spans="1:9">
       <c r="A443" t="s">
-        <v>1021</v>
+        <v>1020</v>
       </c>
       <c r="B443"/>
       <c r="C443"/>
       <c r="D443"/>
       <c r="E443" t="s">
         <v>14</v>
       </c>
       <c r="F443" t="s">
         <v>15</v>
       </c>
       <c r="G443" t="s">
         <v>16</v>
       </c>
       <c r="H443" t="s">
         <v>29</v>
       </c>
       <c r="I443" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="444" spans="1:9">
       <c r="A444" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="B444"/>
       <c r="C444"/>
       <c r="D444"/>
       <c r="E444" t="s">
-        <v>14</v>
+        <v>853</v>
       </c>
       <c r="F444" t="s">
         <v>15</v>
       </c>
       <c r="G444" t="s">
         <v>16</v>
       </c>
       <c r="H444" t="s">
         <v>29</v>
       </c>
       <c r="I444" t="s">
-        <v>60</v>
+        <v>205</v>
       </c>
     </row>
     <row r="445" spans="1:9">
       <c r="A445" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B445"/>
+      <c r="C445" t="s">
         <v>1023</v>
       </c>
-      <c r="B445"/>
-      <c r="C445"/>
       <c r="D445"/>
       <c r="E445" t="s">
-        <v>855</v>
+        <v>14</v>
       </c>
       <c r="F445" t="s">
         <v>15</v>
       </c>
       <c r="G445" t="s">
         <v>16</v>
       </c>
       <c r="H445" t="s">
         <v>29</v>
       </c>
       <c r="I445" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="A446" t="s">
         <v>1024</v>
       </c>
-      <c r="B446"/>
+      <c r="B446" t="s">
+        <v>1025</v>
+      </c>
       <c r="C446" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D446"/>
       <c r="E446" t="s">
         <v>14</v>
       </c>
       <c r="F446" t="s">
         <v>15</v>
       </c>
       <c r="G446" t="s">
         <v>16</v>
       </c>
       <c r="H446" t="s">
         <v>29</v>
       </c>
       <c r="I446" t="s">
-        <v>205</v>
+        <v>60</v>
       </c>
     </row>
     <row r="447" spans="1:9">
       <c r="A447" t="s">
-        <v>1026</v>
-[...1 lines deleted...]
-      <c r="B447" t="s">
         <v>1027</v>
       </c>
-      <c r="C447" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B447"/>
+      <c r="C447"/>
       <c r="D447"/>
       <c r="E447" t="s">
         <v>14</v>
       </c>
       <c r="F447" t="s">
         <v>15</v>
       </c>
       <c r="G447" t="s">
         <v>16</v>
       </c>
       <c r="H447" t="s">
         <v>29</v>
       </c>
       <c r="I447" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="A448" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="B448"/>
       <c r="C448"/>
       <c r="D448"/>
       <c r="E448" t="s">
         <v>14</v>
       </c>
       <c r="F448" t="s">
         <v>15</v>
       </c>
       <c r="G448" t="s">
         <v>16</v>
       </c>
       <c r="H448" t="s">
         <v>29</v>
       </c>
       <c r="I448" t="s">
-        <v>60</v>
+        <v>205</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="A449" t="s">
-        <v>1030</v>
+        <v>1029</v>
       </c>
       <c r="B449"/>
       <c r="C449"/>
       <c r="D449"/>
       <c r="E449" t="s">
         <v>14</v>
       </c>
       <c r="F449" t="s">
         <v>15</v>
       </c>
       <c r="G449" t="s">
         <v>16</v>
       </c>
       <c r="H449" t="s">
         <v>29</v>
       </c>
       <c r="I449" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="A450" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="B450"/>
       <c r="C450"/>
       <c r="D450"/>
       <c r="E450" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F450" t="s">
         <v>15</v>
       </c>
       <c r="G450" t="s">
         <v>16</v>
       </c>
       <c r="H450" t="s">
         <v>29</v>
       </c>
       <c r="I450" t="s">
-        <v>205</v>
+        <v>60</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="A451" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B451" t="s">
         <v>1032</v>
       </c>
-      <c r="B451"/>
-      <c r="C451"/>
+      <c r="C451" t="s">
+        <v>1033</v>
+      </c>
       <c r="D451"/>
       <c r="E451" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F451" t="s">
         <v>15</v>
       </c>
       <c r="G451" t="s">
         <v>16</v>
       </c>
       <c r="H451" t="s">
         <v>29</v>
       </c>
       <c r="I451" t="s">
-        <v>60</v>
+        <v>205</v>
       </c>
     </row>
     <row r="452" spans="1:9">
       <c r="A452" t="s">
-        <v>1033</v>
-[...1 lines deleted...]
-      <c r="B452" t="s">
         <v>1034</v>
       </c>
+      <c r="B452"/>
       <c r="C452" t="s">
         <v>1035</v>
       </c>
       <c r="D452"/>
       <c r="E452" t="s">
         <v>14</v>
       </c>
       <c r="F452" t="s">
         <v>15</v>
       </c>
       <c r="G452" t="s">
         <v>16</v>
       </c>
       <c r="H452" t="s">
         <v>29</v>
       </c>
       <c r="I452" t="s">
-        <v>205</v>
+        <v>60</v>
       </c>
     </row>
     <row r="453" spans="1:9">
       <c r="A453" t="s">
         <v>1036</v>
       </c>
-      <c r="B453"/>
+      <c r="B453" t="s">
+        <v>1037</v>
+      </c>
       <c r="C453" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D453"/>
       <c r="E453" t="s">
         <v>14</v>
       </c>
       <c r="F453" t="s">
         <v>15</v>
       </c>
       <c r="G453" t="s">
         <v>16</v>
       </c>
       <c r="H453" t="s">
         <v>29</v>
       </c>
       <c r="I453" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="A454" t="s">
-        <v>1038</v>
-[...1 lines deleted...]
-      <c r="B454" t="s">
         <v>1039</v>
       </c>
-      <c r="C454" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B454"/>
+      <c r="C454"/>
       <c r="D454"/>
       <c r="E454" t="s">
         <v>14</v>
       </c>
       <c r="F454" t="s">
         <v>15</v>
       </c>
       <c r="G454" t="s">
         <v>16</v>
       </c>
       <c r="H454" t="s">
         <v>29</v>
       </c>
       <c r="I454" t="s">
-        <v>60</v>
+        <v>205</v>
       </c>
     </row>
     <row r="455" spans="1:9">
       <c r="A455" t="s">
-        <v>1041</v>
+        <v>1040</v>
       </c>
       <c r="B455"/>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455" t="s">
         <v>14</v>
       </c>
       <c r="F455" t="s">
         <v>15</v>
       </c>
       <c r="G455" t="s">
         <v>16</v>
       </c>
       <c r="H455" t="s">
         <v>29</v>
       </c>
       <c r="I455" t="s">
-        <v>205</v>
+        <v>80</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="A456" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B456" t="s">
         <v>1042</v>
       </c>
-      <c r="B456"/>
       <c r="C456"/>
       <c r="D456"/>
       <c r="E456" t="s">
         <v>14</v>
       </c>
       <c r="F456" t="s">
         <v>15</v>
       </c>
       <c r="G456" t="s">
         <v>16</v>
       </c>
       <c r="H456" t="s">
         <v>29</v>
       </c>
       <c r="I456" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="457" spans="1:9">
       <c r="A457" t="s">
         <v>1043</v>
       </c>
       <c r="B457" t="s">
         <v>1044</v>
       </c>
-      <c r="C457"/>
+      <c r="C457" t="s">
+        <v>1045</v>
+      </c>
       <c r="D457"/>
       <c r="E457" t="s">
         <v>14</v>
       </c>
       <c r="F457" t="s">
         <v>15</v>
       </c>
       <c r="G457" t="s">
         <v>16</v>
       </c>
       <c r="H457" t="s">
         <v>29</v>
       </c>
       <c r="I457" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="458" spans="1:9">
       <c r="A458" t="s">
-        <v>1045</v>
-[...1 lines deleted...]
-      <c r="B458" t="s">
         <v>1046</v>
       </c>
-      <c r="C458" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B458"/>
+      <c r="C458"/>
       <c r="D458"/>
       <c r="E458" t="s">
         <v>14</v>
       </c>
       <c r="F458" t="s">
         <v>15</v>
       </c>
       <c r="G458" t="s">
         <v>16</v>
       </c>
       <c r="H458" t="s">
         <v>29</v>
       </c>
       <c r="I458" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="459" spans="1:9">
       <c r="A459" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B459" t="s">
         <v>1048</v>
       </c>
-      <c r="B459"/>
       <c r="C459"/>
       <c r="D459"/>
       <c r="E459" t="s">
         <v>14</v>
       </c>
       <c r="F459" t="s">
         <v>15</v>
       </c>
       <c r="G459" t="s">
         <v>16</v>
       </c>
       <c r="H459" t="s">
         <v>29</v>
       </c>
       <c r="I459" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="460" spans="1:9">
       <c r="A460" t="s">
         <v>1049</v>
       </c>
-      <c r="B460" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B460"/>
       <c r="C460"/>
       <c r="D460"/>
       <c r="E460" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F460" t="s">
         <v>15</v>
       </c>
       <c r="G460" t="s">
         <v>16</v>
       </c>
       <c r="H460" t="s">
         <v>29</v>
       </c>
       <c r="I460" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="A461" t="s">
-        <v>1051</v>
+        <v>1050</v>
       </c>
       <c r="B461"/>
       <c r="C461"/>
       <c r="D461"/>
       <c r="E461" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F461" t="s">
         <v>15</v>
       </c>
       <c r="G461" t="s">
         <v>16</v>
       </c>
       <c r="H461" t="s">
         <v>29</v>
       </c>
       <c r="I461" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="462" spans="1:9">
       <c r="A462" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B462"/>
+      <c r="C462" t="s">
         <v>1052</v>
       </c>
-      <c r="B462"/>
-      <c r="C462"/>
       <c r="D462"/>
       <c r="E462" t="s">
         <v>14</v>
       </c>
       <c r="F462" t="s">
         <v>15</v>
       </c>
       <c r="G462" t="s">
         <v>16</v>
       </c>
       <c r="H462" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="I462" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="A463" t="s">
         <v>1053</v>
       </c>
       <c r="B463"/>
-      <c r="C463" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C463"/>
       <c r="D463"/>
       <c r="E463" t="s">
         <v>14</v>
       </c>
       <c r="F463" t="s">
         <v>15</v>
       </c>
       <c r="G463" t="s">
         <v>16</v>
       </c>
       <c r="H463" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I463" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="A464" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="B464"/>
       <c r="C464"/>
       <c r="D464"/>
       <c r="E464" t="s">
         <v>14</v>
       </c>
       <c r="F464" t="s">
         <v>15</v>
       </c>
       <c r="G464" t="s">
         <v>16</v>
       </c>
       <c r="H464" t="s">
         <v>29</v>
       </c>
       <c r="I464" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="A465" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B465" t="s">
         <v>1056</v>
       </c>
-      <c r="B465"/>
       <c r="C465"/>
       <c r="D465"/>
       <c r="E465" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F465" t="s">
         <v>15</v>
       </c>
       <c r="G465" t="s">
         <v>16</v>
       </c>
       <c r="H465" t="s">
         <v>29</v>
       </c>
       <c r="I465" t="s">
-        <v>80</v>
+        <v>589</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="A466" t="s">
         <v>1057</v>
       </c>
-      <c r="B466" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B466"/>
       <c r="C466"/>
       <c r="D466"/>
       <c r="E466" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F466" t="s">
         <v>15</v>
       </c>
       <c r="G466" t="s">
         <v>16</v>
       </c>
       <c r="H466" t="s">
         <v>29</v>
       </c>
       <c r="I466" t="s">
-        <v>588</v>
+        <v>559</v>
       </c>
     </row>
     <row r="467" spans="1:9">
       <c r="A467" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B467" t="s">
         <v>1059</v>
       </c>
-      <c r="B467"/>
       <c r="C467"/>
       <c r="D467"/>
       <c r="E467" t="s">
         <v>14</v>
       </c>
       <c r="F467" t="s">
         <v>15</v>
       </c>
       <c r="G467" t="s">
         <v>16</v>
       </c>
       <c r="H467" t="s">
         <v>29</v>
       </c>
       <c r="I467" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="468" spans="1:9">
       <c r="A468" t="s">
         <v>1060</v>
       </c>
-      <c r="B468" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B468"/>
       <c r="C468"/>
       <c r="D468"/>
       <c r="E468" t="s">
         <v>14</v>
       </c>
       <c r="F468" t="s">
         <v>15</v>
       </c>
       <c r="G468" t="s">
         <v>16</v>
       </c>
       <c r="H468" t="s">
         <v>29</v>
       </c>
       <c r="I468" t="s">
-        <v>558</v>
+        <v>18</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="A469" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B469"/>
+      <c r="C469" t="s">
         <v>1062</v>
       </c>
-      <c r="B469"/>
-      <c r="C469"/>
       <c r="D469"/>
       <c r="E469" t="s">
         <v>14</v>
       </c>
       <c r="F469" t="s">
         <v>15</v>
       </c>
       <c r="G469" t="s">
         <v>16</v>
       </c>
       <c r="H469" t="s">
         <v>29</v>
       </c>
       <c r="I469" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="470" spans="1:9">
       <c r="A470" t="s">
         <v>1063</v>
       </c>
       <c r="B470"/>
       <c r="C470" t="s">
         <v>1064</v>
       </c>
@@ -17680,1471 +17647,1471 @@
         <v>14</v>
       </c>
       <c r="F476" t="s">
         <v>15</v>
       </c>
       <c r="G476" t="s">
         <v>16</v>
       </c>
       <c r="H476" t="s">
         <v>29</v>
       </c>
       <c r="I476" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="A477" t="s">
         <v>1077</v>
       </c>
       <c r="B477"/>
       <c r="C477" t="s">
         <v>1078</v>
       </c>
       <c r="D477"/>
       <c r="E477" t="s">
-        <v>14</v>
+        <v>851</v>
       </c>
       <c r="F477" t="s">
         <v>15</v>
       </c>
       <c r="G477" t="s">
         <v>16</v>
       </c>
       <c r="H477" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I477" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="478" spans="1:9">
       <c r="A478" t="s">
         <v>1079</v>
       </c>
       <c r="B478"/>
       <c r="C478" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
       <c r="D478"/>
       <c r="E478" t="s">
-        <v>853</v>
+        <v>22</v>
       </c>
       <c r="F478" t="s">
         <v>15</v>
       </c>
       <c r="G478" t="s">
         <v>16</v>
       </c>
-      <c r="H478" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H478"/>
       <c r="I478" t="s">
-        <v>60</v>
+        <v>559</v>
       </c>
     </row>
     <row r="479" spans="1:9">
       <c r="A479" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B479" t="s">
         <v>1081</v>
       </c>
-      <c r="B479"/>
       <c r="C479" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="D479"/>
       <c r="E479" t="s">
         <v>22</v>
       </c>
       <c r="F479" t="s">
         <v>15</v>
       </c>
       <c r="G479" t="s">
         <v>16</v>
       </c>
-      <c r="H479"/>
+      <c r="H479" t="s">
+        <v>23</v>
+      </c>
       <c r="I479" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="A480" t="s">
-        <v>1082</v>
+        <v>539</v>
       </c>
       <c r="B480" t="s">
         <v>1083</v>
       </c>
       <c r="C480" t="s">
-        <v>1084</v>
+        <v>539</v>
       </c>
       <c r="D480"/>
       <c r="E480" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F480" t="s">
         <v>15</v>
       </c>
       <c r="G480" t="s">
         <v>16</v>
       </c>
       <c r="H480" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I480" t="s">
-        <v>558</v>
+        <v>87</v>
       </c>
     </row>
     <row r="481" spans="1:9">
       <c r="A481" t="s">
-        <v>538</v>
+        <v>1084</v>
       </c>
       <c r="B481" t="s">
         <v>1085</v>
       </c>
       <c r="C481" t="s">
-        <v>538</v>
+        <v>1086</v>
       </c>
       <c r="D481"/>
       <c r="E481" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F481" t="s">
         <v>15</v>
       </c>
       <c r="G481" t="s">
         <v>16</v>
       </c>
       <c r="H481" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="I481" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="A482" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="B482" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="C482" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="D482"/>
       <c r="E482" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F482" t="s">
         <v>15</v>
       </c>
       <c r="G482" t="s">
         <v>16</v>
       </c>
       <c r="H482" t="s">
         <v>38</v>
       </c>
       <c r="I482" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="A483" t="s">
-        <v>1089</v>
+        <v>675</v>
       </c>
       <c r="B483" t="s">
         <v>1090</v>
       </c>
       <c r="C483" t="s">
-        <v>1091</v>
+        <v>674</v>
       </c>
       <c r="D483"/>
       <c r="E483" t="s">
         <v>14</v>
       </c>
       <c r="F483" t="s">
         <v>15</v>
       </c>
       <c r="G483" t="s">
         <v>16</v>
       </c>
       <c r="H483" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I483" t="s">
-        <v>47</v>
+        <v>219</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="A484" t="s">
-        <v>677</v>
+        <v>1091</v>
       </c>
       <c r="B484" t="s">
         <v>1092</v>
       </c>
       <c r="C484" t="s">
-        <v>676</v>
+        <v>1093</v>
       </c>
       <c r="D484"/>
       <c r="E484" t="s">
         <v>14</v>
       </c>
       <c r="F484" t="s">
         <v>15</v>
       </c>
       <c r="G484" t="s">
         <v>16</v>
       </c>
       <c r="H484" t="s">
         <v>29</v>
       </c>
       <c r="I484" t="s">
-        <v>219</v>
+        <v>47</v>
       </c>
     </row>
     <row r="485" spans="1:9">
       <c r="A485" t="s">
-        <v>1093</v>
+        <v>298</v>
       </c>
       <c r="B485" t="s">
         <v>1094</v>
       </c>
       <c r="C485" t="s">
-        <v>1095</v>
+        <v>296</v>
       </c>
       <c r="D485"/>
       <c r="E485" t="s">
         <v>14</v>
       </c>
       <c r="F485" t="s">
         <v>15</v>
       </c>
       <c r="G485" t="s">
         <v>16</v>
       </c>
       <c r="H485" t="s">
         <v>29</v>
       </c>
       <c r="I485" t="s">
-        <v>47</v>
+        <v>219</v>
       </c>
     </row>
     <row r="486" spans="1:9">
       <c r="A486" t="s">
-        <v>298</v>
+        <v>467</v>
       </c>
       <c r="B486" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="C486" t="s">
-        <v>296</v>
+        <v>465</v>
       </c>
       <c r="D486"/>
       <c r="E486" t="s">
         <v>14</v>
       </c>
       <c r="F486" t="s">
         <v>15</v>
       </c>
       <c r="G486" t="s">
         <v>16</v>
       </c>
       <c r="H486" t="s">
         <v>29</v>
       </c>
       <c r="I486" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="487" spans="1:9">
       <c r="A487" t="s">
-        <v>466</v>
+        <v>1096</v>
       </c>
       <c r="B487" t="s">
         <v>1097</v>
       </c>
       <c r="C487" t="s">
-        <v>464</v>
+        <v>1098</v>
       </c>
       <c r="D487"/>
       <c r="E487" t="s">
         <v>14</v>
       </c>
       <c r="F487" t="s">
         <v>15</v>
       </c>
       <c r="G487" t="s">
         <v>16</v>
       </c>
       <c r="H487" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I487" t="s">
-        <v>219</v>
+        <v>107</v>
       </c>
     </row>
     <row r="488" spans="1:9">
       <c r="A488" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="B488" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C488" t="s">
         <v>1099</v>
-      </c>
-[...1 lines deleted...]
-        <v>1100</v>
       </c>
       <c r="D488"/>
       <c r="E488" t="s">
         <v>14</v>
       </c>
       <c r="F488" t="s">
         <v>15</v>
       </c>
       <c r="G488" t="s">
         <v>16</v>
       </c>
       <c r="H488" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I488" t="s">
-        <v>107</v>
+        <v>219</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="A489" t="s">
         <v>1101</v>
       </c>
       <c r="B489" t="s">
         <v>1102</v>
       </c>
       <c r="C489" t="s">
         <v>1101</v>
       </c>
       <c r="D489"/>
       <c r="E489" t="s">
         <v>14</v>
       </c>
       <c r="F489" t="s">
         <v>15</v>
       </c>
       <c r="G489" t="s">
         <v>16</v>
       </c>
       <c r="H489" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I489" t="s">
-        <v>219</v>
+        <v>18</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="A490" t="s">
         <v>1103</v>
       </c>
       <c r="B490" t="s">
         <v>1104</v>
       </c>
       <c r="C490" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="D490"/>
       <c r="E490" t="s">
         <v>14</v>
       </c>
       <c r="F490" t="s">
-        <v>15</v>
+        <v>451</v>
       </c>
       <c r="G490" t="s">
         <v>16</v>
       </c>
       <c r="H490" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I490" t="s">
-        <v>18</v>
+        <v>166</v>
       </c>
     </row>
     <row r="491" spans="1:9">
       <c r="A491" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="B491" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C491" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D491"/>
       <c r="E491" t="s">
         <v>14</v>
       </c>
       <c r="F491" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G491" t="s">
         <v>16</v>
       </c>
       <c r="H491" t="s">
         <v>29</v>
       </c>
       <c r="I491" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
     </row>
     <row r="492" spans="1:9">
       <c r="A492" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="B492" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C492" t="s">
         <v>1109</v>
-      </c>
-[...1 lines deleted...]
-        <v>1110</v>
       </c>
       <c r="D492"/>
       <c r="E492" t="s">
         <v>14</v>
       </c>
       <c r="F492" t="s">
-        <v>450</v>
+        <v>15</v>
       </c>
       <c r="G492" t="s">
         <v>16</v>
       </c>
       <c r="H492" t="s">
         <v>29</v>
       </c>
       <c r="I492" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="A493" t="s">
         <v>1111</v>
       </c>
       <c r="B493" t="s">
         <v>1112</v>
       </c>
       <c r="C493" t="s">
-        <v>1111</v>
+        <v>335</v>
       </c>
       <c r="D493"/>
       <c r="E493" t="s">
         <v>14</v>
       </c>
       <c r="F493" t="s">
         <v>15</v>
       </c>
       <c r="G493" t="s">
         <v>16</v>
       </c>
       <c r="H493" t="s">
         <v>29</v>
       </c>
       <c r="I493" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="494" spans="1:9">
       <c r="A494" t="s">
         <v>1113</v>
       </c>
       <c r="B494" t="s">
         <v>1114</v>
       </c>
       <c r="C494" t="s">
-        <v>334</v>
+        <v>1115</v>
       </c>
       <c r="D494"/>
       <c r="E494" t="s">
         <v>14</v>
       </c>
       <c r="F494" t="s">
         <v>15</v>
       </c>
       <c r="G494" t="s">
         <v>16</v>
       </c>
       <c r="H494" t="s">
         <v>29</v>
       </c>
       <c r="I494" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="A495" t="s">
-        <v>1115</v>
-[...1 lines deleted...]
-      <c r="B495" t="s">
         <v>1116</v>
+      </c>
+      <c r="B495">
+        <v>5258963121</v>
       </c>
       <c r="C495" t="s">
         <v>1117</v>
       </c>
       <c r="D495"/>
       <c r="E495" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F495" t="s">
         <v>15</v>
       </c>
       <c r="G495" t="s">
         <v>16</v>
       </c>
       <c r="H495" t="s">
         <v>29</v>
       </c>
       <c r="I495" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="A496" t="s">
         <v>1118</v>
       </c>
       <c r="B496">
-        <v>5258963121</v>
+        <v>1234</v>
       </c>
       <c r="C496" t="s">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="D496"/>
       <c r="E496" t="s">
         <v>22</v>
       </c>
       <c r="F496" t="s">
         <v>15</v>
       </c>
       <c r="G496" t="s">
         <v>16</v>
       </c>
       <c r="H496" t="s">
         <v>29</v>
       </c>
       <c r="I496" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="A497" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B497" t="s">
         <v>1120</v>
       </c>
-      <c r="B497">
-[...1 lines deleted...]
-      </c>
       <c r="C497" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="D497"/>
       <c r="E497" t="s">
         <v>22</v>
       </c>
       <c r="F497" t="s">
         <v>15</v>
       </c>
       <c r="G497" t="s">
         <v>16</v>
       </c>
       <c r="H497" t="s">
         <v>29</v>
       </c>
       <c r="I497" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="498" spans="1:9">
       <c r="A498" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="B498" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C498" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="D498"/>
       <c r="E498" t="s">
         <v>22</v>
       </c>
       <c r="F498" t="s">
         <v>15</v>
       </c>
       <c r="G498" t="s">
         <v>16</v>
       </c>
       <c r="H498" t="s">
         <v>29</v>
       </c>
       <c r="I498" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="499" spans="1:9">
       <c r="A499" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="B499" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C499" t="s">
         <v>1125</v>
-      </c>
-[...1 lines deleted...]
-        <v>1126</v>
       </c>
       <c r="D499"/>
       <c r="E499" t="s">
-        <v>22</v>
+        <v>1127</v>
       </c>
       <c r="F499" t="s">
         <v>15</v>
       </c>
       <c r="G499" t="s">
         <v>16</v>
       </c>
       <c r="H499" t="s">
         <v>29</v>
       </c>
       <c r="I499" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="A500" t="s">
-        <v>1127</v>
-[...1 lines deleted...]
-      <c r="B500" t="s">
         <v>1128</v>
       </c>
+      <c r="B500"/>
       <c r="C500" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D500"/>
       <c r="E500" t="s">
-        <v>1129</v>
+        <v>22</v>
       </c>
       <c r="F500" t="s">
         <v>15</v>
       </c>
       <c r="G500" t="s">
         <v>16</v>
       </c>
       <c r="H500" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I500" t="s">
-        <v>60</v>
+        <v>205</v>
       </c>
     </row>
     <row r="501" spans="1:9">
       <c r="A501" t="s">
         <v>1130</v>
       </c>
-      <c r="B501"/>
+      <c r="B501">
+        <v>1234567</v>
+      </c>
       <c r="C501" t="s">
-        <v>1131</v>
+        <v>1130</v>
       </c>
       <c r="D501"/>
       <c r="E501" t="s">
-        <v>22</v>
+        <v>329</v>
       </c>
       <c r="F501" t="s">
-        <v>15</v>
+        <v>1131</v>
       </c>
       <c r="G501" t="s">
         <v>16</v>
       </c>
       <c r="H501" t="s">
         <v>23</v>
       </c>
       <c r="I501" t="s">
-        <v>205</v>
+        <v>107</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="A502" t="s">
         <v>1132</v>
       </c>
       <c r="B502">
-        <v>1234567</v>
+        <v>43322</v>
       </c>
       <c r="C502" t="s">
         <v>1132</v>
       </c>
       <c r="D502"/>
       <c r="E502" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F502" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G502" t="s">
         <v>16</v>
       </c>
       <c r="H502" t="s">
         <v>23</v>
       </c>
       <c r="I502" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="503" spans="1:9">
       <c r="A503" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B503" t="s">
         <v>1134</v>
       </c>
-      <c r="B503">
-[...1 lines deleted...]
-      </c>
       <c r="C503" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="D503"/>
       <c r="E503" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F503" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G503" t="s">
         <v>16</v>
       </c>
       <c r="H503" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="I503" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="504" spans="1:9">
       <c r="A504" t="s">
         <v>1135</v>
       </c>
       <c r="B504" t="s">
         <v>1136</v>
       </c>
       <c r="C504" t="s">
         <v>1135</v>
       </c>
       <c r="D504"/>
       <c r="E504" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F504" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G504" t="s">
         <v>16</v>
       </c>
       <c r="H504" t="s">
         <v>38</v>
       </c>
       <c r="I504" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="505" spans="1:9">
       <c r="A505" t="s">
         <v>1137</v>
       </c>
       <c r="B505" t="s">
         <v>1138</v>
       </c>
       <c r="C505" t="s">
         <v>1137</v>
       </c>
       <c r="D505"/>
       <c r="E505" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F505" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G505" t="s">
         <v>16</v>
       </c>
       <c r="H505" t="s">
         <v>38</v>
       </c>
       <c r="I505" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="A506" t="s">
         <v>1139</v>
       </c>
       <c r="B506" t="s">
         <v>1140</v>
       </c>
       <c r="C506" t="s">
         <v>1139</v>
       </c>
       <c r="D506"/>
       <c r="E506" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F506" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G506" t="s">
         <v>16</v>
       </c>
       <c r="H506" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="I506" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="507" spans="1:9">
       <c r="A507" t="s">
         <v>1141</v>
       </c>
       <c r="B507" t="s">
         <v>1142</v>
       </c>
       <c r="C507" t="s">
         <v>1141</v>
       </c>
       <c r="D507"/>
       <c r="E507" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F507" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G507" t="s">
         <v>16</v>
       </c>
       <c r="H507" t="s">
         <v>23</v>
       </c>
       <c r="I507" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="A508" t="s">
         <v>1143</v>
       </c>
       <c r="B508" t="s">
         <v>1144</v>
       </c>
       <c r="C508" t="s">
         <v>1143</v>
       </c>
       <c r="D508"/>
       <c r="E508" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F508" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G508" t="s">
         <v>16</v>
       </c>
       <c r="H508" t="s">
         <v>23</v>
       </c>
       <c r="I508" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="A509" t="s">
         <v>1145</v>
       </c>
       <c r="B509" t="s">
         <v>1146</v>
       </c>
       <c r="C509" t="s">
         <v>1145</v>
       </c>
       <c r="D509"/>
       <c r="E509" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F509" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G509" t="s">
         <v>16</v>
       </c>
       <c r="H509" t="s">
         <v>23</v>
       </c>
       <c r="I509" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="A510" t="s">
         <v>1147</v>
       </c>
       <c r="B510" t="s">
         <v>1148</v>
       </c>
       <c r="C510" t="s">
         <v>1147</v>
       </c>
       <c r="D510"/>
       <c r="E510" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F510" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G510" t="s">
         <v>16</v>
       </c>
       <c r="H510" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="I510" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="511" spans="1:9">
       <c r="A511" t="s">
         <v>1149</v>
       </c>
       <c r="B511" t="s">
         <v>1150</v>
       </c>
       <c r="C511" t="s">
         <v>1149</v>
       </c>
       <c r="D511"/>
       <c r="E511" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F511" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G511" t="s">
         <v>16</v>
       </c>
       <c r="H511" t="s">
         <v>38</v>
       </c>
       <c r="I511" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="512" spans="1:9">
       <c r="A512" t="s">
         <v>1151</v>
       </c>
       <c r="B512" t="s">
         <v>1152</v>
       </c>
       <c r="C512" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="D512"/>
       <c r="E512" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F512" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="G512" t="s">
         <v>16</v>
       </c>
       <c r="H512" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I512" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="A513" t="s">
-        <v>1153</v>
-[...1 lines deleted...]
-      <c r="B513" t="s">
         <v>1154</v>
       </c>
+      <c r="B513"/>
       <c r="C513" t="s">
         <v>1155</v>
       </c>
       <c r="D513"/>
       <c r="E513" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F513" t="s">
         <v>15</v>
       </c>
       <c r="G513" t="s">
         <v>16</v>
       </c>
       <c r="H513" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I513" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="514" spans="1:9">
       <c r="A514" t="s">
         <v>1156</v>
       </c>
       <c r="B514"/>
       <c r="C514" t="s">
         <v>1157</v>
       </c>
       <c r="D514"/>
       <c r="E514" t="s">
         <v>22</v>
       </c>
       <c r="F514" t="s">
         <v>15</v>
       </c>
       <c r="G514" t="s">
         <v>16</v>
       </c>
       <c r="H514" t="s">
         <v>23</v>
       </c>
       <c r="I514" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="515" spans="1:9">
       <c r="A515" t="s">
         <v>1158</v>
       </c>
       <c r="B515"/>
       <c r="C515" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="D515"/>
       <c r="E515" t="s">
         <v>22</v>
       </c>
       <c r="F515" t="s">
         <v>15</v>
       </c>
       <c r="G515" t="s">
         <v>16</v>
       </c>
       <c r="H515" t="s">
         <v>23</v>
       </c>
       <c r="I515" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="A516" t="s">
-        <v>1160</v>
+        <v>1159</v>
       </c>
       <c r="B516"/>
       <c r="C516" t="s">
         <v>1160</v>
       </c>
       <c r="D516"/>
       <c r="E516" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F516" t="s">
         <v>15</v>
       </c>
       <c r="G516" t="s">
         <v>16</v>
       </c>
       <c r="H516" t="s">
         <v>23</v>
       </c>
       <c r="I516" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="517" spans="1:9">
       <c r="A517" t="s">
         <v>1161</v>
       </c>
-      <c r="B517"/>
+      <c r="B517" t="s">
+        <v>1162</v>
+      </c>
       <c r="C517" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="D517"/>
       <c r="E517" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F517" t="s">
         <v>15</v>
       </c>
       <c r="G517" t="s">
         <v>16</v>
       </c>
       <c r="H517" t="s">
         <v>23</v>
       </c>
       <c r="I517" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="A518" t="s">
-        <v>1163</v>
-[...1 lines deleted...]
-      <c r="B518" t="s">
         <v>1164</v>
       </c>
+      <c r="B518"/>
       <c r="C518" t="s">
         <v>1165</v>
       </c>
       <c r="D518"/>
       <c r="E518" t="s">
         <v>22</v>
       </c>
       <c r="F518" t="s">
         <v>15</v>
       </c>
       <c r="G518" t="s">
         <v>16</v>
       </c>
       <c r="H518" t="s">
         <v>23</v>
       </c>
       <c r="I518" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="519" spans="1:9">
       <c r="A519" t="s">
         <v>1166</v>
       </c>
       <c r="B519"/>
       <c r="C519" t="s">
         <v>1167</v>
       </c>
       <c r="D519"/>
       <c r="E519" t="s">
         <v>22</v>
       </c>
       <c r="F519" t="s">
         <v>15</v>
       </c>
       <c r="G519" t="s">
         <v>16</v>
       </c>
       <c r="H519" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I519" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="520" spans="1:9">
       <c r="A520" t="s">
         <v>1168</v>
       </c>
       <c r="B520"/>
       <c r="C520" t="s">
         <v>1169</v>
       </c>
       <c r="D520"/>
       <c r="E520" t="s">
         <v>22</v>
       </c>
       <c r="F520" t="s">
         <v>15</v>
       </c>
       <c r="G520" t="s">
         <v>16</v>
       </c>
       <c r="H520" t="s">
         <v>29</v>
       </c>
       <c r="I520" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="A521" t="s">
         <v>1170</v>
       </c>
       <c r="B521"/>
       <c r="C521" t="s">
         <v>1171</v>
       </c>
       <c r="D521"/>
       <c r="E521" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F521" t="s">
         <v>15</v>
       </c>
       <c r="G521" t="s">
         <v>16</v>
       </c>
       <c r="H521" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="I521" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="522" spans="1:9">
       <c r="A522" t="s">
         <v>1172</v>
       </c>
       <c r="B522"/>
       <c r="C522" t="s">
-        <v>1173</v>
+        <v>1172</v>
       </c>
       <c r="D522"/>
       <c r="E522" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F522" t="s">
         <v>15</v>
       </c>
       <c r="G522" t="s">
         <v>16</v>
       </c>
       <c r="H522" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I522" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="A523" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B523" t="s">
         <v>1174</v>
       </c>
-      <c r="B523"/>
       <c r="C523" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D523"/>
       <c r="E523" t="s">
-        <v>22</v>
+        <v>329</v>
       </c>
       <c r="F523" t="s">
         <v>15</v>
       </c>
       <c r="G523" t="s">
         <v>16</v>
       </c>
       <c r="H523" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I523" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="A524" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="B524" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="C524" t="s">
-        <v>1177</v>
+        <v>68</v>
       </c>
       <c r="D524"/>
       <c r="E524" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F524" t="s">
         <v>15</v>
       </c>
       <c r="G524" t="s">
         <v>16</v>
       </c>
       <c r="H524" t="s">
         <v>23</v>
       </c>
       <c r="I524" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="525" spans="1:9">
       <c r="A525" t="s">
         <v>1178</v>
       </c>
-      <c r="B525" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B525"/>
       <c r="C525" t="s">
-        <v>68</v>
+        <v>1178</v>
       </c>
       <c r="D525"/>
       <c r="E525" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F525" t="s">
         <v>15</v>
       </c>
       <c r="G525" t="s">
         <v>16</v>
       </c>
       <c r="H525" t="s">
         <v>23</v>
       </c>
       <c r="I525" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="526" spans="1:9">
       <c r="A526" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="B526"/>
       <c r="C526" t="s">
         <v>1180</v>
       </c>
       <c r="D526"/>
       <c r="E526" t="s">
         <v>14</v>
       </c>
       <c r="F526" t="s">
         <v>15</v>
       </c>
       <c r="G526" t="s">
         <v>16</v>
       </c>
       <c r="H526" t="s">
         <v>23</v>
       </c>
       <c r="I526" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="A527" t="s">
         <v>1181</v>
       </c>
       <c r="B527"/>
       <c r="C527" t="s">
         <v>1182</v>
       </c>
       <c r="D527"/>
       <c r="E527" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F527" t="s">
         <v>15</v>
       </c>
       <c r="G527" t="s">
         <v>16</v>
       </c>
       <c r="H527" t="s">
         <v>23</v>
       </c>
       <c r="I527" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="528" spans="1:9">
       <c r="A528" t="s">
         <v>1183</v>
       </c>
       <c r="B528"/>
       <c r="C528" t="s">
         <v>1184</v>
       </c>
       <c r="D528"/>
       <c r="E528" t="s">
-        <v>22</v>
+        <v>329</v>
       </c>
       <c r="F528" t="s">
         <v>15</v>
       </c>
       <c r="G528" t="s">
         <v>16</v>
       </c>
       <c r="H528" t="s">
         <v>23</v>
       </c>
       <c r="I528" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="A529" t="s">
         <v>1185</v>
       </c>
       <c r="B529"/>
       <c r="C529" t="s">
-        <v>1186</v>
+        <v>1185</v>
       </c>
       <c r="D529"/>
       <c r="E529" t="s">
-        <v>327</v>
+        <v>22</v>
       </c>
       <c r="F529" t="s">
         <v>15</v>
       </c>
       <c r="G529" t="s">
         <v>16</v>
       </c>
       <c r="H529" t="s">
         <v>23</v>
       </c>
       <c r="I529" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="530" spans="1:9">
       <c r="A530" t="s">
-        <v>1187</v>
+        <v>1186</v>
       </c>
       <c r="B530"/>
       <c r="C530" t="s">
-        <v>1187</v>
+        <v>1186</v>
       </c>
       <c r="D530"/>
       <c r="E530" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="F530" t="s">
         <v>15</v>
       </c>
       <c r="G530" t="s">
         <v>16</v>
       </c>
       <c r="H530" t="s">
         <v>23</v>
       </c>
       <c r="I530" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="531" spans="1:9">
       <c r="A531" t="s">
-        <v>1188</v>
+        <v>1187</v>
       </c>
       <c r="B531"/>
       <c r="C531" t="s">
         <v>1188</v>
       </c>
       <c r="D531"/>
       <c r="E531" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="F531" t="s">
         <v>15</v>
       </c>
       <c r="G531" t="s">
         <v>16</v>
       </c>
       <c r="H531" t="s">
         <v>23</v>
       </c>
       <c r="I531" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="A532" t="s">
         <v>1189</v>
       </c>
       <c r="B532"/>
       <c r="C532" t="s">
         <v>1190</v>
       </c>
       <c r="D532"/>
       <c r="E532" t="s">
         <v>14</v>
@@ -19159,742 +19126,742 @@
         <v>23</v>
       </c>
       <c r="I532" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="533" spans="1:9">
       <c r="A533" t="s">
         <v>1191</v>
       </c>
       <c r="B533"/>
       <c r="C533" t="s">
         <v>1192</v>
       </c>
       <c r="D533"/>
       <c r="E533" t="s">
         <v>14</v>
       </c>
       <c r="F533" t="s">
         <v>15</v>
       </c>
       <c r="G533" t="s">
         <v>16</v>
       </c>
       <c r="H533" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I533" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="A534" t="s">
         <v>1193</v>
       </c>
       <c r="B534"/>
       <c r="C534" t="s">
         <v>1194</v>
       </c>
       <c r="D534"/>
       <c r="E534" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F534" t="s">
         <v>15</v>
       </c>
       <c r="G534" t="s">
         <v>16</v>
       </c>
       <c r="H534" t="s">
         <v>29</v>
       </c>
       <c r="I534" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="A535" t="s">
         <v>1195</v>
       </c>
       <c r="B535"/>
       <c r="C535" t="s">
         <v>1196</v>
       </c>
       <c r="D535"/>
       <c r="E535" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F535" t="s">
         <v>15</v>
       </c>
       <c r="G535" t="s">
         <v>16</v>
       </c>
       <c r="H535" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="I535" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="A536" t="s">
         <v>1197</v>
       </c>
       <c r="B536"/>
       <c r="C536" t="s">
         <v>1198</v>
       </c>
       <c r="D536"/>
       <c r="E536" t="s">
-        <v>14</v>
+        <v>851</v>
       </c>
       <c r="F536" t="s">
         <v>15</v>
       </c>
       <c r="G536" t="s">
         <v>16</v>
       </c>
       <c r="H536" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="I536" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="537" spans="1:9">
       <c r="A537" t="s">
         <v>1199</v>
       </c>
       <c r="B537"/>
       <c r="C537" t="s">
         <v>1200</v>
       </c>
       <c r="D537"/>
       <c r="E537" t="s">
-        <v>853</v>
+        <v>880</v>
       </c>
       <c r="F537" t="s">
         <v>15</v>
       </c>
       <c r="G537" t="s">
         <v>16</v>
       </c>
       <c r="H537" t="s">
         <v>23</v>
       </c>
       <c r="I537" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="538" spans="1:9">
       <c r="A538" t="s">
         <v>1201</v>
       </c>
       <c r="B538"/>
       <c r="C538" t="s">
         <v>1202</v>
       </c>
       <c r="D538"/>
       <c r="E538" t="s">
-        <v>882</v>
+        <v>22</v>
       </c>
       <c r="F538" t="s">
         <v>15</v>
       </c>
       <c r="G538" t="s">
         <v>16</v>
       </c>
       <c r="H538" t="s">
         <v>23</v>
       </c>
       <c r="I538" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="A539" t="s">
         <v>1203</v>
       </c>
       <c r="B539"/>
       <c r="C539" t="s">
         <v>1204</v>
       </c>
       <c r="D539"/>
       <c r="E539" t="s">
-        <v>22</v>
+        <v>851</v>
       </c>
       <c r="F539" t="s">
         <v>15</v>
       </c>
       <c r="G539" t="s">
         <v>16</v>
       </c>
       <c r="H539" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="I539" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="540" spans="1:9">
       <c r="A540" t="s">
         <v>1205</v>
       </c>
       <c r="B540"/>
       <c r="C540" t="s">
         <v>1206</v>
       </c>
       <c r="D540"/>
       <c r="E540" t="s">
-        <v>853</v>
+        <v>22</v>
       </c>
       <c r="F540" t="s">
         <v>15</v>
       </c>
       <c r="G540" t="s">
         <v>16</v>
       </c>
       <c r="H540" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="I540" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="A541" t="s">
         <v>1207</v>
       </c>
       <c r="B541"/>
       <c r="C541" t="s">
         <v>1208</v>
       </c>
       <c r="D541"/>
       <c r="E541" t="s">
-        <v>22</v>
+        <v>851</v>
       </c>
       <c r="F541" t="s">
         <v>15</v>
       </c>
       <c r="G541" t="s">
         <v>16</v>
       </c>
       <c r="H541" t="s">
         <v>23</v>
       </c>
       <c r="I541" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="542" spans="1:9">
       <c r="A542" t="s">
         <v>1209</v>
       </c>
       <c r="B542"/>
       <c r="C542" t="s">
         <v>1210</v>
       </c>
       <c r="D542"/>
       <c r="E542" t="s">
-        <v>853</v>
+        <v>880</v>
       </c>
       <c r="F542" t="s">
         <v>15</v>
       </c>
       <c r="G542" t="s">
         <v>16</v>
       </c>
       <c r="H542" t="s">
         <v>23</v>
       </c>
       <c r="I542" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="543" spans="1:9">
       <c r="A543" t="s">
         <v>1211</v>
       </c>
       <c r="B543"/>
       <c r="C543" t="s">
         <v>1212</v>
       </c>
       <c r="D543"/>
       <c r="E543" t="s">
-        <v>882</v>
+        <v>22</v>
       </c>
       <c r="F543" t="s">
         <v>15</v>
       </c>
       <c r="G543" t="s">
         <v>16</v>
       </c>
       <c r="H543" t="s">
         <v>23</v>
       </c>
       <c r="I543" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="A544" t="s">
         <v>1213</v>
       </c>
       <c r="B544"/>
       <c r="C544" t="s">
         <v>1214</v>
       </c>
       <c r="D544"/>
       <c r="E544" t="s">
-        <v>22</v>
+        <v>880</v>
       </c>
       <c r="F544" t="s">
         <v>15</v>
       </c>
       <c r="G544" t="s">
         <v>16</v>
       </c>
       <c r="H544" t="s">
         <v>23</v>
       </c>
       <c r="I544" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="A545" t="s">
         <v>1215</v>
       </c>
       <c r="B545"/>
       <c r="C545" t="s">
         <v>1216</v>
       </c>
       <c r="D545"/>
       <c r="E545" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="F545" t="s">
         <v>15</v>
       </c>
       <c r="G545" t="s">
         <v>16</v>
       </c>
       <c r="H545" t="s">
         <v>23</v>
       </c>
       <c r="I545" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="A546" t="s">
         <v>1217</v>
       </c>
       <c r="B546"/>
       <c r="C546" t="s">
         <v>1218</v>
       </c>
       <c r="D546"/>
       <c r="E546" t="s">
-        <v>882</v>
+        <v>14</v>
       </c>
       <c r="F546" t="s">
         <v>15</v>
       </c>
       <c r="G546" t="s">
         <v>16</v>
       </c>
       <c r="H546" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I546" t="s">
-        <v>18</v>
+        <v>559</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="A547" t="s">
         <v>1219</v>
       </c>
       <c r="B547"/>
       <c r="C547" t="s">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="D547"/>
       <c r="E547" t="s">
-        <v>14</v>
+        <v>880</v>
       </c>
       <c r="F547" t="s">
         <v>15</v>
       </c>
       <c r="G547" t="s">
         <v>16</v>
       </c>
       <c r="H547" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I547" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="548" spans="1:9">
       <c r="A548" t="s">
-        <v>1221</v>
+        <v>1220</v>
       </c>
       <c r="B548"/>
       <c r="C548" t="s">
-        <v>1221</v>
+        <v>76</v>
       </c>
       <c r="D548"/>
       <c r="E548" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="F548" t="s">
         <v>15</v>
       </c>
       <c r="G548" t="s">
         <v>16</v>
       </c>
       <c r="H548" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I548" t="s">
-        <v>558</v>
+        <v>107</v>
       </c>
     </row>
     <row r="549" spans="1:9">
       <c r="A549" t="s">
-        <v>1222</v>
+        <v>1221</v>
       </c>
       <c r="B549"/>
       <c r="C549" t="s">
-        <v>76</v>
+        <v>1222</v>
       </c>
       <c r="D549"/>
       <c r="E549" t="s">
-        <v>882</v>
+        <v>14</v>
       </c>
       <c r="F549" t="s">
         <v>15</v>
       </c>
       <c r="G549" t="s">
         <v>16</v>
       </c>
       <c r="H549" t="s">
         <v>29</v>
       </c>
       <c r="I549" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="A550" t="s">
         <v>1223</v>
       </c>
       <c r="B550"/>
       <c r="C550" t="s">
         <v>1224</v>
       </c>
       <c r="D550"/>
       <c r="E550" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F550" t="s">
         <v>15</v>
       </c>
       <c r="G550" t="s">
         <v>16</v>
       </c>
       <c r="H550" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I550" t="s">
-        <v>107</v>
+        <v>559</v>
       </c>
     </row>
     <row r="551" spans="1:9">
       <c r="A551" t="s">
         <v>1225</v>
       </c>
       <c r="B551"/>
       <c r="C551" t="s">
         <v>1226</v>
       </c>
       <c r="D551"/>
       <c r="E551" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F551" t="s">
         <v>15</v>
       </c>
       <c r="G551" t="s">
         <v>16</v>
       </c>
       <c r="H551" t="s">
         <v>23</v>
       </c>
       <c r="I551" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="552" spans="1:9">
       <c r="A552" t="s">
         <v>1227</v>
       </c>
       <c r="B552"/>
       <c r="C552" t="s">
         <v>1228</v>
       </c>
       <c r="D552"/>
       <c r="E552" t="s">
         <v>14</v>
       </c>
       <c r="F552" t="s">
         <v>15</v>
       </c>
       <c r="G552" t="s">
         <v>16</v>
       </c>
       <c r="H552" t="s">
         <v>23</v>
       </c>
       <c r="I552" t="s">
-        <v>558</v>
+        <v>107</v>
       </c>
     </row>
     <row r="553" spans="1:9">
       <c r="A553" t="s">
         <v>1229</v>
       </c>
       <c r="B553"/>
       <c r="C553" t="s">
-        <v>1230</v>
+        <v>1229</v>
       </c>
       <c r="D553"/>
       <c r="E553" t="s">
         <v>14</v>
       </c>
       <c r="F553" t="s">
         <v>15</v>
       </c>
       <c r="G553" t="s">
         <v>16</v>
       </c>
       <c r="H553" t="s">
         <v>23</v>
       </c>
       <c r="I553" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="A554" t="s">
-        <v>1231</v>
+        <v>1230</v>
       </c>
       <c r="B554"/>
       <c r="C554" t="s">
         <v>1231</v>
       </c>
       <c r="D554"/>
       <c r="E554" t="s">
         <v>14</v>
       </c>
       <c r="F554" t="s">
         <v>15</v>
       </c>
       <c r="G554" t="s">
         <v>16</v>
       </c>
       <c r="H554" t="s">
         <v>23</v>
       </c>
       <c r="I554" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="555" spans="1:9">
       <c r="A555" t="s">
         <v>1232</v>
       </c>
       <c r="B555"/>
       <c r="C555" t="s">
-        <v>1233</v>
+        <v>1232</v>
       </c>
       <c r="D555"/>
       <c r="E555" t="s">
         <v>14</v>
       </c>
       <c r="F555" t="s">
         <v>15</v>
       </c>
       <c r="G555" t="s">
         <v>16</v>
       </c>
       <c r="H555" t="s">
         <v>23</v>
       </c>
       <c r="I555" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="A556" t="s">
-        <v>1234</v>
+        <v>1233</v>
       </c>
       <c r="B556"/>
       <c r="C556" t="s">
         <v>1234</v>
       </c>
       <c r="D556"/>
       <c r="E556" t="s">
         <v>14</v>
       </c>
       <c r="F556" t="s">
         <v>15</v>
       </c>
       <c r="G556" t="s">
         <v>16</v>
       </c>
       <c r="H556" t="s">
         <v>23</v>
       </c>
       <c r="I556" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="A557" t="s">
         <v>1235</v>
       </c>
       <c r="B557"/>
       <c r="C557" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="D557"/>
       <c r="E557" t="s">
         <v>14</v>
       </c>
       <c r="F557" t="s">
         <v>15</v>
       </c>
       <c r="G557" t="s">
         <v>16</v>
       </c>
       <c r="H557" t="s">
         <v>23</v>
       </c>
       <c r="I557" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="558" spans="1:9">
       <c r="A558" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="B558"/>
       <c r="C558" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="D558"/>
       <c r="E558" t="s">
         <v>14</v>
       </c>
       <c r="F558" t="s">
         <v>15</v>
       </c>
       <c r="G558" t="s">
         <v>16</v>
       </c>
       <c r="H558" t="s">
         <v>23</v>
       </c>
       <c r="I558" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="559" spans="1:9">
       <c r="A559" t="s">
-        <v>1238</v>
+        <v>1237</v>
       </c>
       <c r="B559"/>
       <c r="C559" t="s">
         <v>1238</v>
       </c>
       <c r="D559"/>
       <c r="E559" t="s">
         <v>14</v>
       </c>
       <c r="F559" t="s">
         <v>15</v>
       </c>
       <c r="G559" t="s">
         <v>16</v>
       </c>
       <c r="H559" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="I559" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="A560" t="s">
         <v>1239</v>
       </c>
       <c r="B560"/>
       <c r="C560" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="D560"/>
       <c r="E560" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F560" t="s">
         <v>15</v>
       </c>
       <c r="G560" t="s">
         <v>16</v>
       </c>
       <c r="H560" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="I560" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="561" spans="1:9">
       <c r="A561" t="s">
-        <v>1241</v>
+        <v>1240</v>
       </c>
       <c r="B561"/>
       <c r="C561" t="s">
         <v>1241</v>
       </c>
       <c r="D561"/>
       <c r="E561" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F561" t="s">
         <v>15</v>
       </c>
       <c r="G561" t="s">
         <v>16</v>
       </c>
       <c r="H561" t="s">
         <v>23</v>
       </c>
       <c r="I561" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="A562" t="s">
         <v>1242</v>
       </c>
       <c r="B562"/>
       <c r="C562" t="s">
         <v>1243</v>
       </c>
       <c r="D562"/>
       <c r="E562" t="s">
         <v>14</v>
@@ -19950,76 +19917,76 @@
         <v>14</v>
       </c>
       <c r="F564" t="s">
         <v>15</v>
       </c>
       <c r="G564" t="s">
         <v>16</v>
       </c>
       <c r="H564" t="s">
         <v>23</v>
       </c>
       <c r="I564" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="565" spans="1:9">
       <c r="A565" t="s">
         <v>1248</v>
       </c>
       <c r="B565"/>
       <c r="C565" t="s">
         <v>1249</v>
       </c>
       <c r="D565"/>
       <c r="E565" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F565" t="s">
         <v>15</v>
       </c>
       <c r="G565" t="s">
         <v>16</v>
       </c>
       <c r="H565" t="s">
         <v>23</v>
       </c>
       <c r="I565" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="566" spans="1:9">
       <c r="A566" t="s">
         <v>1250</v>
       </c>
       <c r="B566"/>
       <c r="C566" t="s">
         <v>1251</v>
       </c>
       <c r="D566"/>
       <c r="E566" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F566" t="s">
         <v>15</v>
       </c>
       <c r="G566" t="s">
         <v>16</v>
       </c>
       <c r="H566" t="s">
         <v>23</v>
       </c>
       <c r="I566" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="A567" t="s">
         <v>1252</v>
       </c>
       <c r="B567"/>
       <c r="C567" t="s">
         <v>1253</v>
       </c>
       <c r="D567"/>
       <c r="E567" t="s">
         <v>14</v>
@@ -20075,7465 +20042,7357 @@
         <v>14</v>
       </c>
       <c r="F569" t="s">
         <v>15</v>
       </c>
       <c r="G569" t="s">
         <v>16</v>
       </c>
       <c r="H569" t="s">
         <v>23</v>
       </c>
       <c r="I569" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="A570" t="s">
         <v>1258</v>
       </c>
       <c r="B570"/>
       <c r="C570" t="s">
         <v>1259</v>
       </c>
       <c r="D570"/>
       <c r="E570" t="s">
-        <v>14</v>
+        <v>880</v>
       </c>
       <c r="F570" t="s">
         <v>15</v>
       </c>
       <c r="G570" t="s">
         <v>16</v>
       </c>
       <c r="H570" t="s">
         <v>23</v>
       </c>
       <c r="I570" t="s">
-        <v>107</v>
+        <v>559</v>
       </c>
     </row>
     <row r="571" spans="1:9">
       <c r="A571" t="s">
         <v>1260</v>
       </c>
       <c r="B571"/>
       <c r="C571" t="s">
         <v>1261</v>
       </c>
       <c r="D571"/>
       <c r="E571" t="s">
-        <v>882</v>
+        <v>22</v>
       </c>
       <c r="F571" t="s">
         <v>15</v>
       </c>
       <c r="G571" t="s">
         <v>16</v>
       </c>
       <c r="H571" t="s">
         <v>23</v>
       </c>
       <c r="I571" t="s">
-        <v>558</v>
+        <v>18</v>
       </c>
     </row>
     <row r="572" spans="1:9">
       <c r="A572" t="s">
         <v>1262</v>
       </c>
       <c r="B572"/>
       <c r="C572" t="s">
         <v>1263</v>
       </c>
       <c r="D572"/>
       <c r="E572" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F572" t="s">
         <v>15</v>
       </c>
       <c r="G572" t="s">
         <v>16</v>
       </c>
       <c r="H572" t="s">
         <v>23</v>
       </c>
       <c r="I572" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="A573" t="s">
         <v>1264</v>
       </c>
       <c r="B573"/>
       <c r="C573" t="s">
         <v>1265</v>
       </c>
       <c r="D573"/>
       <c r="E573" t="s">
         <v>14</v>
       </c>
       <c r="F573" t="s">
         <v>15</v>
       </c>
       <c r="G573" t="s">
         <v>16</v>
       </c>
       <c r="H573" t="s">
         <v>23</v>
       </c>
       <c r="I573" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="574" spans="1:9">
       <c r="A574" t="s">
         <v>1266</v>
       </c>
       <c r="B574"/>
       <c r="C574" t="s">
         <v>1267</v>
       </c>
       <c r="D574"/>
       <c r="E574" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F574" t="s">
         <v>15</v>
       </c>
       <c r="G574" t="s">
         <v>16</v>
       </c>
       <c r="H574" t="s">
         <v>23</v>
       </c>
       <c r="I574" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="A575" t="s">
         <v>1268</v>
       </c>
       <c r="B575"/>
       <c r="C575" t="s">
         <v>1269</v>
       </c>
       <c r="D575"/>
       <c r="E575" t="s">
         <v>22</v>
       </c>
       <c r="F575" t="s">
         <v>15</v>
       </c>
       <c r="G575" t="s">
         <v>16</v>
       </c>
       <c r="H575" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="I575" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="A576" t="s">
         <v>1270</v>
       </c>
       <c r="B576"/>
       <c r="C576" t="s">
         <v>1271</v>
       </c>
       <c r="D576"/>
       <c r="E576" t="s">
-        <v>22</v>
+        <v>329</v>
       </c>
       <c r="F576" t="s">
         <v>15</v>
       </c>
       <c r="G576" t="s">
         <v>16</v>
       </c>
       <c r="H576" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I576"/>
     </row>
     <row r="577" spans="1:9">
       <c r="A577" t="s">
         <v>1272</v>
       </c>
       <c r="B577"/>
       <c r="C577" t="s">
         <v>1273</v>
       </c>
       <c r="D577"/>
       <c r="E577" t="s">
-        <v>14</v>
+        <v>851</v>
       </c>
       <c r="F577" t="s">
         <v>15</v>
       </c>
       <c r="G577" t="s">
         <v>16</v>
       </c>
       <c r="H577" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I577" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="578" spans="1:9">
       <c r="A578" t="s">
         <v>1274</v>
       </c>
       <c r="B578"/>
       <c r="C578" t="s">
         <v>1275</v>
       </c>
       <c r="D578"/>
       <c r="E578" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F578" t="s">
         <v>15</v>
       </c>
       <c r="G578" t="s">
         <v>16</v>
       </c>
       <c r="H578" t="s">
         <v>29</v>
       </c>
-      <c r="I578"/>
+      <c r="I578" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="579" spans="1:9">
       <c r="A579" t="s">
         <v>1276</v>
       </c>
-      <c r="B579"/>
+      <c r="B579" t="s">
+        <v>1277</v>
+      </c>
       <c r="C579" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="D579"/>
       <c r="E579" t="s">
-        <v>853</v>
+        <v>14</v>
       </c>
       <c r="F579" t="s">
         <v>15</v>
       </c>
       <c r="G579" t="s">
         <v>16</v>
       </c>
       <c r="H579" t="s">
         <v>29</v>
       </c>
       <c r="I579" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="580" spans="1:9">
       <c r="A580" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="B580"/>
       <c r="C580" t="s">
         <v>1279</v>
       </c>
       <c r="D580"/>
       <c r="E580" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F580" t="s">
         <v>15</v>
       </c>
       <c r="G580" t="s">
         <v>16</v>
       </c>
       <c r="H580" t="s">
         <v>29</v>
       </c>
       <c r="I580" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="A581" t="s">
         <v>1280</v>
       </c>
-      <c r="B581" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B581"/>
       <c r="C581" t="s">
-        <v>1282</v>
+        <v>1280</v>
       </c>
       <c r="D581"/>
       <c r="E581" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F581" t="s">
         <v>15</v>
       </c>
       <c r="G581" t="s">
         <v>16</v>
       </c>
       <c r="H581" t="s">
         <v>29</v>
       </c>
-      <c r="I581" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I581"/>
     </row>
     <row r="582" spans="1:9">
       <c r="A582" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="B582"/>
       <c r="C582" t="s">
-        <v>1283</v>
+        <v>1282</v>
       </c>
       <c r="D582"/>
       <c r="E582" t="s">
-        <v>327</v>
+        <v>22</v>
       </c>
       <c r="F582" t="s">
-        <v>15</v>
+        <v>451</v>
       </c>
       <c r="G582" t="s">
         <v>16</v>
       </c>
       <c r="H582" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I582" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
     </row>
     <row r="583" spans="1:9">
       <c r="A583" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B583" t="s">
         <v>1284</v>
       </c>
-      <c r="B583"/>
       <c r="C583" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="D583"/>
       <c r="E583" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F583" t="s">
         <v>15</v>
       </c>
       <c r="G583" t="s">
         <v>16</v>
       </c>
       <c r="H583" t="s">
         <v>29</v>
       </c>
-      <c r="I583"/>
+      <c r="I583" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="584" spans="1:9">
       <c r="A584" t="s">
-        <v>1285</v>
-[...1 lines deleted...]
-      <c r="B584"/>
+        <v>1286</v>
+      </c>
+      <c r="B584" t="s">
+        <v>1287</v>
+      </c>
       <c r="C584" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="D584"/>
       <c r="E584" t="s">
-        <v>22</v>
+        <v>329</v>
       </c>
       <c r="F584" t="s">
-        <v>450</v>
+        <v>15</v>
       </c>
       <c r="G584" t="s">
         <v>16</v>
       </c>
       <c r="H584" t="s">
         <v>23</v>
       </c>
       <c r="I584" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="A585" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="B585" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="C585" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="D585"/>
       <c r="E585" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F585" t="s">
         <v>15</v>
       </c>
       <c r="G585" t="s">
         <v>16</v>
       </c>
       <c r="H585" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="I585" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="586" spans="1:9">
       <c r="A586" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="B586" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="C586" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="D586"/>
       <c r="E586" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F586" t="s">
         <v>15</v>
       </c>
       <c r="G586" t="s">
         <v>16</v>
       </c>
       <c r="H586" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I586" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="A587" t="s">
-        <v>1293</v>
-[...3 lines deleted...]
-      </c>
+        <v>1295</v>
+      </c>
+      <c r="B587"/>
       <c r="C587" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="D587"/>
       <c r="E587" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F587" t="s">
         <v>15</v>
       </c>
       <c r="G587" t="s">
         <v>16</v>
       </c>
       <c r="H587" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I587" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="A588" t="s">
-        <v>1296</v>
-[...1 lines deleted...]
-      <c r="B588" t="s">
         <v>1297</v>
       </c>
+      <c r="B588"/>
       <c r="C588" t="s">
         <v>1298</v>
       </c>
       <c r="D588"/>
       <c r="E588" t="s">
         <v>14</v>
       </c>
       <c r="F588" t="s">
         <v>15</v>
       </c>
       <c r="G588" t="s">
         <v>16</v>
       </c>
       <c r="H588" t="s">
         <v>29</v>
       </c>
-      <c r="I588" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I588"/>
     </row>
     <row r="589" spans="1:9">
       <c r="A589" t="s">
         <v>1299</v>
       </c>
       <c r="B589"/>
       <c r="C589" t="s">
         <v>1300</v>
       </c>
       <c r="D589"/>
       <c r="E589" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F589" t="s">
         <v>15</v>
       </c>
       <c r="G589" t="s">
         <v>16</v>
       </c>
       <c r="H589" t="s">
         <v>29</v>
       </c>
-      <c r="I589" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I589"/>
     </row>
     <row r="590" spans="1:9">
       <c r="A590" t="s">
         <v>1301</v>
       </c>
       <c r="B590"/>
       <c r="C590" t="s">
         <v>1302</v>
       </c>
       <c r="D590"/>
       <c r="E590" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F590" t="s">
         <v>15</v>
       </c>
       <c r="G590" t="s">
         <v>16</v>
       </c>
       <c r="H590" t="s">
         <v>29</v>
       </c>
       <c r="I590"/>
     </row>
     <row r="591" spans="1:9">
       <c r="A591" t="s">
         <v>1303</v>
       </c>
       <c r="B591"/>
       <c r="C591" t="s">
         <v>1304</v>
       </c>
       <c r="D591"/>
       <c r="E591" t="s">
         <v>14</v>
       </c>
       <c r="F591" t="s">
         <v>15</v>
       </c>
       <c r="G591" t="s">
         <v>16</v>
       </c>
       <c r="H591" t="s">
         <v>29</v>
       </c>
-      <c r="I591"/>
+      <c r="I591" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="592" spans="1:9">
       <c r="A592" t="s">
         <v>1305</v>
       </c>
       <c r="B592"/>
       <c r="C592" t="s">
         <v>1306</v>
       </c>
       <c r="D592"/>
       <c r="E592" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F592" t="s">
         <v>15</v>
       </c>
       <c r="G592" t="s">
         <v>16</v>
       </c>
       <c r="H592" t="s">
         <v>29</v>
       </c>
-      <c r="I592"/>
+      <c r="I592" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="593" spans="1:9">
       <c r="A593" t="s">
         <v>1307</v>
       </c>
-      <c r="B593"/>
+      <c r="B593" t="s">
+        <v>1308</v>
+      </c>
       <c r="C593" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="D593"/>
       <c r="E593" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F593" t="s">
         <v>15</v>
       </c>
       <c r="G593" t="s">
         <v>16</v>
       </c>
       <c r="H593" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I593" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
     </row>
     <row r="594" spans="1:9">
       <c r="A594" t="s">
-        <v>1309</v>
-[...1 lines deleted...]
-      <c r="B594"/>
+        <v>1310</v>
+      </c>
+      <c r="B594" t="s">
+        <v>1311</v>
+      </c>
       <c r="C594" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="D594"/>
       <c r="E594" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F594" t="s">
         <v>15</v>
       </c>
       <c r="G594" t="s">
         <v>16</v>
       </c>
       <c r="H594" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I594" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="595" spans="1:9">
       <c r="A595" t="s">
-        <v>1311</v>
-[...3 lines deleted...]
-      </c>
+        <v>1313</v>
+      </c>
+      <c r="B595"/>
       <c r="C595" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="D595"/>
       <c r="E595" t="s">
         <v>22</v>
       </c>
       <c r="F595" t="s">
         <v>15</v>
       </c>
       <c r="G595" t="s">
         <v>16</v>
       </c>
       <c r="H595" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I595" t="s">
-        <v>49</v>
+        <v>107</v>
       </c>
     </row>
     <row r="596" spans="1:9">
       <c r="A596" t="s">
-        <v>1314</v>
-[...1 lines deleted...]
-      <c r="B596" t="s">
         <v>1315</v>
       </c>
+      <c r="B596"/>
       <c r="C596" t="s">
         <v>1316</v>
       </c>
       <c r="D596"/>
       <c r="E596" t="s">
         <v>22</v>
       </c>
       <c r="F596" t="s">
         <v>15</v>
       </c>
       <c r="G596" t="s">
         <v>16</v>
       </c>
       <c r="H596" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I596" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="597" spans="1:9">
       <c r="A597" t="s">
         <v>1317</v>
       </c>
-      <c r="B597"/>
+      <c r="B597" t="s">
+        <v>1318</v>
+      </c>
       <c r="C597" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
       <c r="D597"/>
       <c r="E597" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F597" t="s">
         <v>15</v>
       </c>
       <c r="G597" t="s">
         <v>16</v>
       </c>
       <c r="H597" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I597" t="s">
-        <v>107</v>
+        <v>34</v>
       </c>
     </row>
     <row r="598" spans="1:9">
       <c r="A598" t="s">
         <v>1319</v>
       </c>
-      <c r="B598"/>
+      <c r="B598" t="s">
+        <v>1320</v>
+      </c>
       <c r="C598" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="D598"/>
       <c r="E598" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F598" t="s">
         <v>15</v>
       </c>
       <c r="G598" t="s">
         <v>16</v>
       </c>
       <c r="H598" t="s">
         <v>29</v>
       </c>
       <c r="I598" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="599" spans="1:9">
       <c r="A599" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B599" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="C599" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="D599"/>
       <c r="E599" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F599" t="s">
         <v>15</v>
       </c>
       <c r="G599" t="s">
         <v>16</v>
       </c>
       <c r="H599" t="s">
         <v>23</v>
       </c>
       <c r="I599" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
     </row>
     <row r="600" spans="1:9">
       <c r="A600" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="B600" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="C600" t="s">
         <v>1325</v>
       </c>
       <c r="D600"/>
       <c r="E600" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F600" t="s">
         <v>15</v>
       </c>
       <c r="G600" t="s">
         <v>16</v>
       </c>
       <c r="H600" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I600" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
     </row>
     <row r="601" spans="1:9">
       <c r="A601" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="B601" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="C601" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="D601"/>
       <c r="E601" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F601" t="s">
         <v>15</v>
       </c>
       <c r="G601" t="s">
         <v>16</v>
       </c>
       <c r="H601" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I601" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="602" spans="1:9">
       <c r="A602" t="s">
-        <v>1329</v>
-[...1 lines deleted...]
-      <c r="B602" t="s">
         <v>1330</v>
       </c>
+      <c r="B602"/>
       <c r="C602" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="D602"/>
       <c r="E602" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F602" t="s">
         <v>15</v>
       </c>
       <c r="G602" t="s">
         <v>16</v>
       </c>
       <c r="H602" t="s">
         <v>23</v>
       </c>
       <c r="I602" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="603" spans="1:9">
       <c r="A603" t="s">
-        <v>1331</v>
-[...1 lines deleted...]
-      <c r="B603" t="s">
         <v>1332</v>
       </c>
+      <c r="B603"/>
       <c r="C603" t="s">
         <v>1333</v>
       </c>
       <c r="D603"/>
       <c r="E603" t="s">
         <v>14</v>
       </c>
       <c r="F603" t="s">
         <v>15</v>
       </c>
       <c r="G603" t="s">
         <v>16</v>
       </c>
       <c r="H603" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="I603"/>
     </row>
     <row r="604" spans="1:9">
       <c r="A604" t="s">
         <v>1334</v>
       </c>
       <c r="B604"/>
       <c r="C604" t="s">
         <v>1335</v>
       </c>
       <c r="D604"/>
       <c r="E604" t="s">
         <v>14</v>
       </c>
       <c r="F604" t="s">
         <v>15</v>
       </c>
       <c r="G604" t="s">
         <v>16</v>
       </c>
       <c r="H604" t="s">
         <v>29</v>
       </c>
       <c r="I604" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
     </row>
     <row r="605" spans="1:9">
       <c r="A605" t="s">
         <v>1336</v>
       </c>
       <c r="B605"/>
       <c r="C605" t="s">
         <v>1337</v>
       </c>
       <c r="D605"/>
       <c r="E605" t="s">
         <v>14</v>
       </c>
       <c r="F605" t="s">
         <v>15</v>
       </c>
       <c r="G605" t="s">
         <v>16</v>
       </c>
       <c r="H605" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I605" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="606" spans="1:9">
       <c r="A606" t="s">
         <v>1338</v>
       </c>
       <c r="B606"/>
       <c r="C606" t="s">
-        <v>1339</v>
+        <v>1338</v>
       </c>
       <c r="D606"/>
       <c r="E606" t="s">
         <v>14</v>
       </c>
       <c r="F606" t="s">
         <v>15</v>
       </c>
       <c r="G606" t="s">
         <v>16</v>
       </c>
       <c r="H606" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="I606"/>
+        <v>29</v>
+      </c>
+      <c r="I606" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="607" spans="1:9">
       <c r="A607" t="s">
-        <v>1340</v>
+        <v>1339</v>
       </c>
       <c r="B607"/>
       <c r="C607" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="D607"/>
       <c r="E607" t="s">
         <v>14</v>
       </c>
       <c r="F607" t="s">
         <v>15</v>
       </c>
       <c r="G607" t="s">
         <v>16</v>
       </c>
       <c r="H607" t="s">
         <v>29</v>
       </c>
       <c r="I607" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="608" spans="1:9">
       <c r="A608" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
       <c r="B608"/>
       <c r="C608" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="D608"/>
       <c r="E608" t="s">
         <v>14</v>
       </c>
       <c r="F608" t="s">
         <v>15</v>
       </c>
       <c r="G608" t="s">
         <v>16</v>
       </c>
       <c r="H608" t="s">
         <v>29</v>
       </c>
-      <c r="I608" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I608"/>
     </row>
     <row r="609" spans="1:9">
       <c r="A609" t="s">
-        <v>1344</v>
-[...1 lines deleted...]
-      <c r="B609"/>
+        <v>1342</v>
+      </c>
+      <c r="B609" t="s">
+        <v>1343</v>
+      </c>
       <c r="C609" t="s">
         <v>1344</v>
       </c>
       <c r="D609"/>
       <c r="E609" t="s">
         <v>14</v>
       </c>
       <c r="F609" t="s">
         <v>15</v>
       </c>
       <c r="G609" t="s">
         <v>16</v>
       </c>
       <c r="H609" t="s">
         <v>29</v>
       </c>
       <c r="I609" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="610" spans="1:9">
       <c r="A610" t="s">
         <v>1345</v>
       </c>
       <c r="B610"/>
       <c r="C610" t="s">
         <v>1346</v>
       </c>
       <c r="D610"/>
       <c r="E610" t="s">
         <v>14</v>
       </c>
       <c r="F610" t="s">
         <v>15</v>
       </c>
       <c r="G610" t="s">
         <v>16</v>
       </c>
       <c r="H610" t="s">
         <v>29</v>
       </c>
       <c r="I610" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
     </row>
     <row r="611" spans="1:9">
       <c r="A611" t="s">
         <v>1347</v>
       </c>
-      <c r="B611"/>
+      <c r="B611" t="s">
+        <v>1348</v>
+      </c>
       <c r="C611" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="D611"/>
       <c r="E611" t="s">
         <v>14</v>
       </c>
       <c r="F611" t="s">
         <v>15</v>
       </c>
       <c r="G611" t="s">
         <v>16</v>
       </c>
       <c r="H611" t="s">
         <v>29</v>
       </c>
       <c r="I611" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="612" spans="1:9">
       <c r="A612" t="s">
-        <v>1348</v>
-[...1 lines deleted...]
-      <c r="B612"/>
+        <v>1350</v>
+      </c>
+      <c r="B612" t="s">
+        <v>1351</v>
+      </c>
       <c r="C612" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="D612"/>
       <c r="E612" t="s">
         <v>14</v>
       </c>
       <c r="F612" t="s">
         <v>15</v>
       </c>
       <c r="G612" t="s">
         <v>16</v>
       </c>
       <c r="H612" t="s">
         <v>29</v>
       </c>
-      <c r="I612"/>
+      <c r="I612" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="613" spans="1:9">
       <c r="A613" t="s">
-        <v>1350</v>
-[...3 lines deleted...]
-      </c>
+        <v>1352</v>
+      </c>
+      <c r="B613"/>
       <c r="C613" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="D613"/>
       <c r="E613" t="s">
         <v>14</v>
       </c>
       <c r="F613" t="s">
         <v>15</v>
       </c>
       <c r="G613" t="s">
         <v>16</v>
       </c>
       <c r="H613" t="s">
         <v>29</v>
       </c>
-      <c r="I613" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I613"/>
     </row>
     <row r="614" spans="1:9">
       <c r="A614" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B614"/>
       <c r="C614" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="D614"/>
       <c r="E614" t="s">
         <v>14</v>
       </c>
       <c r="F614" t="s">
         <v>15</v>
       </c>
       <c r="G614" t="s">
         <v>16</v>
       </c>
       <c r="H614" t="s">
         <v>29</v>
       </c>
       <c r="I614" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="615" spans="1:9">
       <c r="A615" t="s">
-        <v>1355</v>
-[...1 lines deleted...]
-      <c r="B615" t="s">
         <v>1356</v>
       </c>
+      <c r="B615"/>
       <c r="C615" t="s">
-        <v>1357</v>
+        <v>1356</v>
       </c>
       <c r="D615"/>
       <c r="E615" t="s">
         <v>14</v>
       </c>
       <c r="F615" t="s">
         <v>15</v>
       </c>
       <c r="G615" t="s">
         <v>16</v>
       </c>
       <c r="H615" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="I615"/>
     </row>
     <row r="616" spans="1:9">
       <c r="A616" t="s">
-        <v>1358</v>
+        <v>1357</v>
       </c>
       <c r="B616"/>
       <c r="C616" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="D616"/>
       <c r="E616" t="s">
         <v>14</v>
       </c>
       <c r="F616" t="s">
         <v>15</v>
       </c>
       <c r="G616" t="s">
         <v>16</v>
       </c>
       <c r="H616" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I616" t="s">
-        <v>205</v>
+        <v>107</v>
       </c>
     </row>
     <row r="617" spans="1:9">
       <c r="A617" t="s">
-        <v>1360</v>
-[...3 lines deleted...]
-      </c>
+        <v>1359</v>
+      </c>
+      <c r="B617"/>
       <c r="C617" t="s">
         <v>1360</v>
       </c>
       <c r="D617"/>
       <c r="E617" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F617" t="s">
         <v>15</v>
       </c>
       <c r="G617" t="s">
         <v>16</v>
       </c>
       <c r="H617" t="s">
         <v>29</v>
       </c>
       <c r="I617" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="618" spans="1:9">
       <c r="A618" t="s">
-        <v>1362</v>
+        <v>1361</v>
       </c>
       <c r="B618"/>
       <c r="C618" t="s">
-        <v>1363</v>
+        <v>1362</v>
       </c>
       <c r="D618"/>
       <c r="E618" t="s">
         <v>14</v>
       </c>
       <c r="F618" t="s">
         <v>15</v>
       </c>
       <c r="G618" t="s">
         <v>16</v>
       </c>
       <c r="H618" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I618"/>
+        <v>23</v>
+      </c>
+      <c r="I618" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="619" spans="1:9">
       <c r="A619" t="s">
-        <v>1364</v>
+        <v>1363</v>
       </c>
       <c r="B619"/>
       <c r="C619" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="D619"/>
       <c r="E619" t="s">
         <v>14</v>
       </c>
       <c r="F619" t="s">
         <v>15</v>
       </c>
       <c r="G619" t="s">
         <v>16</v>
       </c>
       <c r="H619" t="s">
         <v>29</v>
       </c>
-      <c r="I619" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I619"/>
     </row>
     <row r="620" spans="1:9">
       <c r="A620" t="s">
-        <v>1366</v>
+        <v>1365</v>
       </c>
       <c r="B620"/>
       <c r="C620" t="s">
         <v>1366</v>
       </c>
       <c r="D620"/>
       <c r="E620" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F620" t="s">
         <v>15</v>
       </c>
       <c r="G620" t="s">
         <v>16</v>
       </c>
       <c r="H620" t="s">
         <v>38</v>
       </c>
-      <c r="I620"/>
+      <c r="I620" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="621" spans="1:9">
       <c r="A621" t="s">
         <v>1367</v>
       </c>
       <c r="B621"/>
       <c r="C621" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="D621"/>
       <c r="E621" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F621" t="s">
         <v>15</v>
       </c>
       <c r="G621" t="s">
         <v>16</v>
       </c>
       <c r="H621" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="I621" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="622" spans="1:9">
       <c r="A622" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="B622"/>
       <c r="C622" t="s">
-        <v>1370</v>
+        <v>1369</v>
       </c>
       <c r="D622"/>
       <c r="E622" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F622" t="s">
         <v>15</v>
       </c>
       <c r="G622" t="s">
         <v>16</v>
       </c>
       <c r="H622" t="s">
         <v>29</v>
       </c>
-      <c r="I622" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I622"/>
     </row>
     <row r="623" spans="1:9">
       <c r="A623" t="s">
-        <v>1371</v>
+        <v>1370</v>
       </c>
       <c r="B623"/>
       <c r="C623" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="D623"/>
       <c r="E623" t="s">
-        <v>14</v>
+        <v>851</v>
       </c>
       <c r="F623" t="s">
         <v>15</v>
       </c>
       <c r="G623" t="s">
         <v>16</v>
       </c>
       <c r="H623" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I623" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="624" spans="1:9">
       <c r="A624" t="s">
-        <v>1373</v>
+        <v>1372</v>
       </c>
       <c r="B624"/>
       <c r="C624" t="s">
-        <v>1374</v>
+        <v>1372</v>
       </c>
       <c r="D624"/>
       <c r="E624" t="s">
-        <v>14</v>
+        <v>880</v>
       </c>
       <c r="F624" t="s">
         <v>15</v>
       </c>
       <c r="G624" t="s">
         <v>16</v>
       </c>
       <c r="H624" t="s">
         <v>29</v>
       </c>
-      <c r="I624"/>
+      <c r="I624" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="625" spans="1:9">
       <c r="A625" t="s">
-        <v>1375</v>
+        <v>1373</v>
       </c>
       <c r="B625"/>
       <c r="C625" t="s">
-        <v>1376</v>
+        <v>1374</v>
       </c>
       <c r="D625"/>
       <c r="E625" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F625" t="s">
         <v>15</v>
       </c>
       <c r="G625" t="s">
         <v>16</v>
       </c>
       <c r="H625" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I625"/>
     </row>
     <row r="626" spans="1:9">
       <c r="A626" t="s">
-        <v>1377</v>
+        <v>1375</v>
       </c>
       <c r="B626"/>
       <c r="C626" t="s">
-        <v>1377</v>
+        <v>1375</v>
       </c>
       <c r="D626"/>
       <c r="E626" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F626" t="s">
         <v>15</v>
       </c>
       <c r="G626" t="s">
         <v>16</v>
       </c>
       <c r="H626" t="s">
         <v>38</v>
       </c>
-      <c r="I626" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I626"/>
     </row>
     <row r="627" spans="1:9">
       <c r="A627" t="s">
-        <v>1378</v>
+        <v>1376</v>
       </c>
       <c r="B627"/>
       <c r="C627" t="s">
-        <v>1379</v>
+        <v>1376</v>
       </c>
       <c r="D627"/>
       <c r="E627" t="s">
         <v>14</v>
       </c>
       <c r="F627" t="s">
         <v>15</v>
       </c>
       <c r="G627" t="s">
         <v>16</v>
       </c>
       <c r="H627" t="s">
         <v>29</v>
       </c>
       <c r="I627"/>
     </row>
     <row r="628" spans="1:9">
       <c r="A628" t="s">
-        <v>1380</v>
+        <v>1377</v>
       </c>
       <c r="B628"/>
       <c r="C628" t="s">
-        <v>1381</v>
+        <v>1377</v>
       </c>
       <c r="D628"/>
       <c r="E628" t="s">
-        <v>853</v>
+        <v>14</v>
       </c>
       <c r="F628" t="s">
         <v>15</v>
       </c>
       <c r="G628" t="s">
         <v>16</v>
       </c>
       <c r="H628" t="s">
         <v>29</v>
       </c>
-      <c r="I628" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I628"/>
     </row>
     <row r="629" spans="1:9">
       <c r="A629" t="s">
-        <v>1382</v>
-[...1 lines deleted...]
-      <c r="B629"/>
+        <v>1378</v>
+      </c>
+      <c r="B629" t="s">
+        <v>1379</v>
+      </c>
       <c r="C629" t="s">
-        <v>1382</v>
+        <v>1380</v>
       </c>
       <c r="D629"/>
       <c r="E629" t="s">
-        <v>882</v>
+        <v>851</v>
       </c>
       <c r="F629" t="s">
         <v>15</v>
       </c>
       <c r="G629" t="s">
         <v>16</v>
       </c>
       <c r="H629" t="s">
         <v>29</v>
       </c>
       <c r="I629" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="630" spans="1:9">
       <c r="A630" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B630" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C630" t="s">
         <v>1383</v>
-      </c>
-[...2 lines deleted...]
-        <v>1384</v>
       </c>
       <c r="D630"/>
       <c r="E630" t="s">
-        <v>14</v>
+        <v>851</v>
       </c>
       <c r="F630" t="s">
         <v>15</v>
       </c>
       <c r="G630" t="s">
         <v>16</v>
       </c>
       <c r="H630" t="s">
         <v>29</v>
       </c>
-      <c r="I630"/>
+      <c r="I630" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="631" spans="1:9">
       <c r="A631" t="s">
-        <v>1385</v>
+        <v>1384</v>
       </c>
       <c r="B631"/>
       <c r="C631" t="s">
         <v>1385</v>
       </c>
       <c r="D631"/>
       <c r="E631" t="s">
         <v>14</v>
       </c>
       <c r="F631" t="s">
         <v>15</v>
       </c>
       <c r="G631" t="s">
         <v>16</v>
       </c>
       <c r="H631" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I631"/>
     </row>
     <row r="632" spans="1:9">
       <c r="A632" t="s">
         <v>1386</v>
       </c>
       <c r="B632"/>
       <c r="C632" t="s">
         <v>1386</v>
       </c>
       <c r="D632"/>
       <c r="E632" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F632" t="s">
-        <v>15</v>
+        <v>1131</v>
       </c>
       <c r="G632" t="s">
         <v>16</v>
       </c>
       <c r="H632" t="s">
         <v>29</v>
       </c>
       <c r="I632"/>
     </row>
     <row r="633" spans="1:9">
       <c r="A633" t="s">
         <v>1387</v>
       </c>
       <c r="B633"/>
       <c r="C633" t="s">
         <v>1387</v>
       </c>
       <c r="D633"/>
       <c r="E633" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F633" t="s">
-        <v>15</v>
+        <v>1131</v>
       </c>
       <c r="G633" t="s">
         <v>16</v>
       </c>
       <c r="H633" t="s">
         <v>29</v>
       </c>
       <c r="I633"/>
     </row>
     <row r="634" spans="1:9">
       <c r="A634" t="s">
         <v>1388</v>
       </c>
-      <c r="B634" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B634"/>
       <c r="C634" t="s">
-        <v>1390</v>
+        <v>1388</v>
       </c>
       <c r="D634"/>
       <c r="E634" t="s">
-        <v>853</v>
+        <v>22</v>
       </c>
       <c r="F634" t="s">
-        <v>15</v>
+        <v>1131</v>
       </c>
       <c r="G634" t="s">
         <v>16</v>
       </c>
       <c r="H634" t="s">
         <v>29</v>
       </c>
-      <c r="I634" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I634"/>
     </row>
     <row r="635" spans="1:9">
       <c r="A635" t="s">
-        <v>1391</v>
-[...3 lines deleted...]
-      </c>
+        <v>1389</v>
+      </c>
+      <c r="B635"/>
       <c r="C635" t="s">
-        <v>1393</v>
+        <v>1389</v>
       </c>
       <c r="D635"/>
       <c r="E635" t="s">
-        <v>853</v>
+        <v>22</v>
       </c>
       <c r="F635" t="s">
-        <v>15</v>
+        <v>1131</v>
       </c>
       <c r="G635" t="s">
         <v>16</v>
       </c>
       <c r="H635" t="s">
         <v>29</v>
       </c>
-      <c r="I635" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I635"/>
     </row>
     <row r="636" spans="1:9">
       <c r="A636" t="s">
-        <v>1394</v>
+        <v>1390</v>
       </c>
       <c r="B636"/>
       <c r="C636" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="D636"/>
       <c r="E636" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F636" t="s">
-        <v>15</v>
+        <v>1131</v>
       </c>
       <c r="G636" t="s">
         <v>16</v>
       </c>
       <c r="H636" t="s">
         <v>29</v>
       </c>
       <c r="I636"/>
     </row>
     <row r="637" spans="1:9">
       <c r="A637" t="s">
-        <v>1396</v>
+        <v>1391</v>
       </c>
       <c r="B637"/>
       <c r="C637" t="s">
-        <v>1396</v>
+        <v>1392</v>
       </c>
       <c r="D637"/>
       <c r="E637" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F637" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="G637" t="s">
         <v>16</v>
       </c>
       <c r="H637" t="s">
         <v>29</v>
       </c>
-      <c r="I637"/>
+      <c r="I637" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="638" spans="1:9">
       <c r="A638" t="s">
-        <v>1397</v>
+        <v>1393</v>
       </c>
       <c r="B638"/>
       <c r="C638" t="s">
-        <v>1397</v>
+        <v>1393</v>
       </c>
       <c r="D638"/>
       <c r="E638" t="s">
         <v>22</v>
       </c>
       <c r="F638" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="G638" t="s">
         <v>16</v>
       </c>
       <c r="H638" t="s">
         <v>29</v>
       </c>
-      <c r="I638"/>
+      <c r="I638" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="639" spans="1:9">
       <c r="A639" t="s">
-        <v>1398</v>
+        <v>1394</v>
       </c>
       <c r="B639"/>
       <c r="C639" t="s">
-        <v>1398</v>
+        <v>1395</v>
       </c>
       <c r="D639"/>
       <c r="E639" t="s">
         <v>22</v>
       </c>
       <c r="F639" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="G639" t="s">
         <v>16</v>
       </c>
       <c r="H639" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I639"/>
     </row>
     <row r="640" spans="1:9">
       <c r="A640" t="s">
-        <v>1399</v>
+        <v>1396</v>
       </c>
       <c r="B640"/>
       <c r="C640" t="s">
-        <v>1399</v>
+        <v>1396</v>
       </c>
       <c r="D640"/>
       <c r="E640" t="s">
         <v>22</v>
       </c>
       <c r="F640" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="G640" t="s">
         <v>16</v>
       </c>
       <c r="H640" t="s">
         <v>29</v>
       </c>
       <c r="I640"/>
     </row>
     <row r="641" spans="1:9">
       <c r="A641" t="s">
-        <v>1400</v>
+        <v>1397</v>
       </c>
       <c r="B641"/>
       <c r="C641" t="s">
-        <v>1400</v>
+        <v>1397</v>
       </c>
       <c r="D641"/>
       <c r="E641" t="s">
         <v>22</v>
       </c>
       <c r="F641" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G641" t="s">
         <v>16</v>
       </c>
       <c r="H641" t="s">
         <v>29</v>
       </c>
       <c r="I641"/>
     </row>
     <row r="642" spans="1:9">
       <c r="A642" t="s">
-        <v>1401</v>
+        <v>1398</v>
       </c>
       <c r="B642"/>
       <c r="C642" t="s">
-        <v>1402</v>
+        <v>1398</v>
       </c>
       <c r="D642"/>
       <c r="E642" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F642" t="s">
-        <v>15</v>
+        <v>1131</v>
       </c>
       <c r="G642" t="s">
         <v>16</v>
       </c>
       <c r="H642" t="s">
         <v>29</v>
       </c>
-      <c r="I642" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I642"/>
     </row>
     <row r="643" spans="1:9">
       <c r="A643" t="s">
-        <v>1403</v>
+        <v>1399</v>
       </c>
       <c r="B643"/>
       <c r="C643" t="s">
-        <v>1403</v>
+        <v>1399</v>
       </c>
       <c r="D643"/>
       <c r="E643" t="s">
         <v>22</v>
       </c>
       <c r="F643" t="s">
-        <v>15</v>
+        <v>1131</v>
       </c>
       <c r="G643" t="s">
         <v>16</v>
       </c>
       <c r="H643" t="s">
         <v>29</v>
       </c>
-      <c r="I643" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I643"/>
     </row>
     <row r="644" spans="1:9">
       <c r="A644" t="s">
-        <v>1404</v>
+        <v>1400</v>
       </c>
       <c r="B644"/>
       <c r="C644" t="s">
-        <v>1405</v>
+        <v>1400</v>
       </c>
       <c r="D644"/>
       <c r="E644" t="s">
         <v>22</v>
       </c>
       <c r="F644" t="s">
-        <v>15</v>
+        <v>1131</v>
       </c>
       <c r="G644" t="s">
         <v>16</v>
       </c>
       <c r="H644" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I644"/>
     </row>
     <row r="645" spans="1:9">
       <c r="A645" t="s">
-        <v>1406</v>
+        <v>1401</v>
       </c>
       <c r="B645"/>
       <c r="C645" t="s">
-        <v>1406</v>
+        <v>1401</v>
       </c>
       <c r="D645"/>
       <c r="E645" t="s">
         <v>22</v>
       </c>
       <c r="F645" t="s">
-        <v>15</v>
+        <v>1131</v>
       </c>
       <c r="G645" t="s">
         <v>16</v>
       </c>
       <c r="H645" t="s">
         <v>29</v>
       </c>
       <c r="I645"/>
     </row>
     <row r="646" spans="1:9">
       <c r="A646" t="s">
-        <v>1407</v>
+        <v>1402</v>
       </c>
       <c r="B646"/>
       <c r="C646" t="s">
-        <v>1407</v>
+        <v>1402</v>
       </c>
       <c r="D646"/>
       <c r="E646" t="s">
         <v>22</v>
       </c>
       <c r="F646" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G646" t="s">
         <v>16</v>
       </c>
       <c r="H646" t="s">
         <v>29</v>
       </c>
       <c r="I646"/>
     </row>
     <row r="647" spans="1:9">
       <c r="A647" t="s">
-        <v>1408</v>
+        <v>1403</v>
       </c>
       <c r="B647"/>
       <c r="C647" t="s">
-        <v>1408</v>
+        <v>1403</v>
       </c>
       <c r="D647"/>
       <c r="E647" t="s">
         <v>22</v>
       </c>
       <c r="F647" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G647" t="s">
         <v>16</v>
       </c>
       <c r="H647" t="s">
         <v>29</v>
       </c>
       <c r="I647"/>
     </row>
     <row r="648" spans="1:9">
       <c r="A648" t="s">
-        <v>1409</v>
+        <v>1404</v>
       </c>
       <c r="B648"/>
       <c r="C648" t="s">
-        <v>1409</v>
+        <v>1404</v>
       </c>
       <c r="D648"/>
       <c r="E648" t="s">
         <v>22</v>
       </c>
       <c r="F648" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G648" t="s">
         <v>16</v>
       </c>
       <c r="H648" t="s">
         <v>29</v>
       </c>
       <c r="I648"/>
     </row>
     <row r="649" spans="1:9">
       <c r="A649" t="s">
-        <v>1410</v>
+        <v>1405</v>
       </c>
       <c r="B649"/>
       <c r="C649" t="s">
-        <v>1410</v>
+        <v>1405</v>
       </c>
       <c r="D649"/>
       <c r="E649" t="s">
         <v>22</v>
       </c>
       <c r="F649" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G649" t="s">
         <v>16</v>
       </c>
       <c r="H649" t="s">
         <v>29</v>
       </c>
       <c r="I649"/>
     </row>
     <row r="650" spans="1:9">
       <c r="A650" t="s">
-        <v>1411</v>
+        <v>1406</v>
       </c>
       <c r="B650"/>
       <c r="C650" t="s">
-        <v>1411</v>
+        <v>1406</v>
       </c>
       <c r="D650"/>
       <c r="E650" t="s">
         <v>22</v>
       </c>
       <c r="F650" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G650" t="s">
         <v>16</v>
       </c>
       <c r="H650" t="s">
         <v>29</v>
       </c>
       <c r="I650"/>
     </row>
     <row r="651" spans="1:9">
       <c r="A651" t="s">
-        <v>1412</v>
+        <v>1407</v>
       </c>
       <c r="B651"/>
       <c r="C651" t="s">
-        <v>1412</v>
+        <v>1407</v>
       </c>
       <c r="D651"/>
       <c r="E651" t="s">
         <v>22</v>
       </c>
       <c r="F651" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G651" t="s">
         <v>16</v>
       </c>
       <c r="H651" t="s">
         <v>29</v>
       </c>
       <c r="I651"/>
     </row>
     <row r="652" spans="1:9">
       <c r="A652" t="s">
-        <v>1413</v>
+        <v>1408</v>
       </c>
       <c r="B652"/>
       <c r="C652" t="s">
-        <v>1413</v>
+        <v>1408</v>
       </c>
       <c r="D652"/>
       <c r="E652" t="s">
         <v>22</v>
       </c>
       <c r="F652" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G652" t="s">
         <v>16</v>
       </c>
       <c r="H652" t="s">
         <v>29</v>
       </c>
       <c r="I652"/>
     </row>
     <row r="653" spans="1:9">
       <c r="A653" t="s">
-        <v>1414</v>
+        <v>1409</v>
       </c>
       <c r="B653"/>
       <c r="C653" t="s">
-        <v>1414</v>
+        <v>1409</v>
       </c>
       <c r="D653"/>
       <c r="E653" t="s">
         <v>22</v>
       </c>
       <c r="F653" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G653" t="s">
         <v>16</v>
       </c>
       <c r="H653" t="s">
         <v>29</v>
       </c>
       <c r="I653"/>
     </row>
     <row r="654" spans="1:9">
       <c r="A654" t="s">
-        <v>1415</v>
+        <v>1410</v>
       </c>
       <c r="B654"/>
       <c r="C654" t="s">
-        <v>1415</v>
+        <v>1410</v>
       </c>
       <c r="D654"/>
       <c r="E654" t="s">
         <v>22</v>
       </c>
       <c r="F654" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G654" t="s">
         <v>16</v>
       </c>
       <c r="H654" t="s">
         <v>29</v>
       </c>
       <c r="I654"/>
     </row>
     <row r="655" spans="1:9">
       <c r="A655" t="s">
-        <v>1416</v>
+        <v>1411</v>
       </c>
       <c r="B655"/>
       <c r="C655" t="s">
-        <v>1416</v>
+        <v>1411</v>
       </c>
       <c r="D655"/>
       <c r="E655" t="s">
         <v>22</v>
       </c>
       <c r="F655" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G655" t="s">
         <v>16</v>
       </c>
       <c r="H655" t="s">
         <v>29</v>
       </c>
       <c r="I655"/>
     </row>
     <row r="656" spans="1:9">
       <c r="A656" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
       <c r="B656"/>
       <c r="C656" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
       <c r="D656"/>
       <c r="E656" t="s">
         <v>22</v>
       </c>
       <c r="F656" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G656" t="s">
         <v>16</v>
       </c>
       <c r="H656" t="s">
         <v>29</v>
       </c>
       <c r="I656"/>
     </row>
     <row r="657" spans="1:9">
       <c r="A657" t="s">
-        <v>1418</v>
+        <v>1413</v>
       </c>
       <c r="B657"/>
       <c r="C657" t="s">
-        <v>1418</v>
+        <v>1413</v>
       </c>
       <c r="D657"/>
       <c r="E657" t="s">
         <v>22</v>
       </c>
       <c r="F657" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G657" t="s">
         <v>16</v>
       </c>
       <c r="H657" t="s">
         <v>29</v>
       </c>
       <c r="I657"/>
     </row>
     <row r="658" spans="1:9">
       <c r="A658" t="s">
-        <v>1419</v>
+        <v>1414</v>
       </c>
       <c r="B658"/>
       <c r="C658" t="s">
-        <v>1419</v>
+        <v>1414</v>
       </c>
       <c r="D658"/>
       <c r="E658" t="s">
         <v>22</v>
       </c>
       <c r="F658" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G658" t="s">
         <v>16</v>
       </c>
       <c r="H658" t="s">
         <v>29</v>
       </c>
       <c r="I658"/>
     </row>
     <row r="659" spans="1:9">
       <c r="A659" t="s">
-        <v>1420</v>
+        <v>1415</v>
       </c>
       <c r="B659"/>
       <c r="C659" t="s">
-        <v>1420</v>
+        <v>1415</v>
       </c>
       <c r="D659"/>
       <c r="E659" t="s">
         <v>22</v>
       </c>
       <c r="F659" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G659" t="s">
         <v>16</v>
       </c>
       <c r="H659" t="s">
         <v>29</v>
       </c>
       <c r="I659"/>
     </row>
     <row r="660" spans="1:9">
       <c r="A660" t="s">
-        <v>1421</v>
+        <v>1416</v>
       </c>
       <c r="B660"/>
       <c r="C660" t="s">
-        <v>1421</v>
+        <v>1416</v>
       </c>
       <c r="D660"/>
       <c r="E660" t="s">
         <v>22</v>
       </c>
       <c r="F660" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="G660" t="s">
         <v>16</v>
       </c>
       <c r="H660" t="s">
         <v>29</v>
       </c>
       <c r="I660"/>
     </row>
     <row r="661" spans="1:9">
       <c r="A661" t="s">
-        <v>1422</v>
+        <v>1417</v>
       </c>
       <c r="B661"/>
       <c r="C661" t="s">
-        <v>1422</v>
+        <v>1417</v>
       </c>
       <c r="D661"/>
       <c r="E661" t="s">
         <v>22</v>
       </c>
       <c r="F661" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="G661" t="s">
         <v>16</v>
       </c>
       <c r="H661" t="s">
         <v>29</v>
       </c>
       <c r="I661"/>
     </row>
     <row r="662" spans="1:9">
       <c r="A662" t="s">
-        <v>1423</v>
-[...1 lines deleted...]
-      <c r="B662"/>
+        <v>1418</v>
+      </c>
+      <c r="B662" t="s">
+        <v>1419</v>
+      </c>
       <c r="C662" t="s">
-        <v>1423</v>
+        <v>1418</v>
       </c>
       <c r="D662"/>
       <c r="E662" t="s">
         <v>22</v>
       </c>
       <c r="F662" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="G662" t="s">
         <v>16</v>
       </c>
       <c r="H662" t="s">
         <v>29</v>
       </c>
-      <c r="I662"/>
+      <c r="I662" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="663" spans="1:9">
       <c r="A663" t="s">
-        <v>1424</v>
+        <v>1420</v>
       </c>
       <c r="B663"/>
       <c r="C663" t="s">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="D663"/>
       <c r="E663" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F663" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="G663" t="s">
         <v>16</v>
       </c>
       <c r="H663" t="s">
         <v>29</v>
       </c>
-      <c r="I663"/>
+      <c r="I663" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="664" spans="1:9">
       <c r="A664" t="s">
-        <v>1425</v>
-[...1 lines deleted...]
-      <c r="B664"/>
+        <v>1422</v>
+      </c>
+      <c r="B664" t="s">
+        <v>1423</v>
+      </c>
       <c r="C664" t="s">
-        <v>1425</v>
+        <v>1424</v>
       </c>
       <c r="D664"/>
       <c r="E664" t="s">
-        <v>22</v>
+        <v>329</v>
       </c>
       <c r="F664" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="G664" t="s">
         <v>16</v>
       </c>
       <c r="H664" t="s">
         <v>29</v>
       </c>
-      <c r="I664"/>
+      <c r="I664" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="665" spans="1:9">
       <c r="A665" t="s">
-        <v>1426</v>
+        <v>1425</v>
       </c>
       <c r="B665"/>
       <c r="C665" t="s">
-        <v>1426</v>
+        <v>1425</v>
       </c>
       <c r="D665"/>
       <c r="E665" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F665" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="G665" t="s">
         <v>16</v>
       </c>
       <c r="H665" t="s">
         <v>29</v>
       </c>
-      <c r="I665"/>
+      <c r="I665" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="666" spans="1:9">
       <c r="A666" t="s">
-        <v>1427</v>
+        <v>1426</v>
       </c>
       <c r="B666"/>
       <c r="C666" t="s">
         <v>1427</v>
       </c>
       <c r="D666"/>
       <c r="E666" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F666" t="s">
         <v>15</v>
       </c>
       <c r="G666" t="s">
         <v>16</v>
       </c>
       <c r="H666" t="s">
         <v>29</v>
       </c>
-      <c r="I666"/>
+      <c r="I666" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="667" spans="1:9">
       <c r="A667" t="s">
         <v>1428</v>
       </c>
       <c r="B667" t="s">
         <v>1429</v>
       </c>
       <c r="C667" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="D667"/>
       <c r="E667" t="s">
-        <v>22</v>
+        <v>329</v>
       </c>
       <c r="F667" t="s">
         <v>15</v>
       </c>
       <c r="G667" t="s">
         <v>16</v>
       </c>
       <c r="H667" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I667" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="668" spans="1:9">
       <c r="A668" t="s">
-        <v>1430</v>
-[...1 lines deleted...]
-      <c r="B668"/>
+        <v>1431</v>
+      </c>
+      <c r="B668" t="s">
+        <v>1432</v>
+      </c>
       <c r="C668" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="D668"/>
       <c r="E668" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F668" t="s">
         <v>15</v>
       </c>
       <c r="G668" t="s">
         <v>16</v>
       </c>
       <c r="H668" t="s">
         <v>29</v>
       </c>
       <c r="I668" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="669" spans="1:9">
       <c r="A669" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="B669" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="C669" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="D669"/>
       <c r="E669" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F669" t="s">
         <v>15</v>
       </c>
       <c r="G669" t="s">
         <v>16</v>
       </c>
       <c r="H669" t="s">
         <v>29</v>
       </c>
       <c r="I669" t="s">
-        <v>18</v>
+        <v>559</v>
       </c>
     </row>
     <row r="670" spans="1:9">
       <c r="A670" t="s">
-        <v>1435</v>
-[...1 lines deleted...]
-      <c r="B670"/>
+        <v>1437</v>
+      </c>
+      <c r="B670" t="s">
+        <v>1438</v>
+      </c>
       <c r="C670" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="D670"/>
       <c r="E670" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F670" t="s">
         <v>15</v>
       </c>
       <c r="G670" t="s">
         <v>16</v>
       </c>
       <c r="H670" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I670" t="s">
-        <v>49</v>
+        <v>107</v>
       </c>
     </row>
     <row r="671" spans="1:9">
       <c r="A671" t="s">
-        <v>1436</v>
-[...1 lines deleted...]
-      <c r="B671"/>
+        <v>1440</v>
+      </c>
+      <c r="B671" t="s">
+        <v>1441</v>
+      </c>
       <c r="C671" t="s">
-        <v>1437</v>
+        <v>1442</v>
       </c>
       <c r="D671"/>
       <c r="E671" t="s">
         <v>14</v>
       </c>
       <c r="F671" t="s">
         <v>15</v>
       </c>
       <c r="G671" t="s">
         <v>16</v>
       </c>
       <c r="H671" t="s">
         <v>29</v>
       </c>
       <c r="I671" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="672" spans="1:9">
       <c r="A672" t="s">
-        <v>1438</v>
-[...3 lines deleted...]
-      </c>
+        <v>1443</v>
+      </c>
+      <c r="B672"/>
       <c r="C672" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="D672"/>
       <c r="E672" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F672" t="s">
         <v>15</v>
       </c>
       <c r="G672" t="s">
         <v>16</v>
       </c>
       <c r="H672" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I672"/>
     </row>
     <row r="673" spans="1:9">
       <c r="A673" t="s">
-        <v>1441</v>
-[...3 lines deleted...]
-      </c>
+        <v>1445</v>
+      </c>
+      <c r="B673"/>
       <c r="C673" t="s">
-        <v>1443</v>
+        <v>1446</v>
       </c>
       <c r="D673"/>
       <c r="E673" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F673" t="s">
         <v>15</v>
       </c>
       <c r="G673" t="s">
         <v>16</v>
       </c>
       <c r="H673" t="s">
         <v>29</v>
       </c>
       <c r="I673" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="674" spans="1:9">
       <c r="A674" t="s">
-        <v>1444</v>
-[...3 lines deleted...]
-      </c>
+        <v>1447</v>
+      </c>
+      <c r="B674"/>
       <c r="C674" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="D674"/>
       <c r="E674" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F674" t="s">
         <v>15</v>
       </c>
       <c r="G674" t="s">
         <v>16</v>
       </c>
       <c r="H674" t="s">
         <v>29</v>
       </c>
-      <c r="I674" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I674"/>
     </row>
     <row r="675" spans="1:9">
       <c r="A675" t="s">
-        <v>1447</v>
-[...4 lines deleted...]
-      <c r="C675" t="s">
         <v>1449</v>
       </c>
+      <c r="B675"/>
+      <c r="C675"/>
       <c r="D675"/>
       <c r="E675" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F675" t="s">
         <v>15</v>
       </c>
       <c r="G675" t="s">
         <v>16</v>
       </c>
       <c r="H675" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I675"/>
     </row>
     <row r="676" spans="1:9">
       <c r="A676" t="s">
         <v>1450</v>
       </c>
-      <c r="B676" t="s">
+      <c r="B676"/>
+      <c r="C676" t="s">
         <v>1451</v>
-      </c>
-[...1 lines deleted...]
-        <v>1452</v>
       </c>
       <c r="D676"/>
       <c r="E676" t="s">
         <v>14</v>
       </c>
       <c r="F676" t="s">
         <v>15</v>
       </c>
       <c r="G676" t="s">
         <v>16</v>
       </c>
       <c r="H676" t="s">
         <v>29</v>
       </c>
       <c r="I676" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="677" spans="1:9">
       <c r="A677" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B677" t="s">
         <v>1453</v>
       </c>
-      <c r="B677"/>
       <c r="C677" t="s">
         <v>1454</v>
       </c>
       <c r="D677"/>
       <c r="E677" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F677" t="s">
         <v>15</v>
       </c>
       <c r="G677" t="s">
         <v>16</v>
       </c>
       <c r="H677" t="s">
         <v>29</v>
       </c>
-      <c r="I677"/>
+      <c r="I677" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="678" spans="1:9">
-      <c r="A678" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A678"/>
       <c r="B678"/>
-      <c r="C678" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C678"/>
       <c r="D678"/>
       <c r="E678" t="s">
         <v>14</v>
       </c>
       <c r="F678" t="s">
         <v>15</v>
       </c>
       <c r="G678" t="s">
         <v>16</v>
       </c>
       <c r="H678" t="s">
         <v>29</v>
       </c>
       <c r="I678" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="679" spans="1:9">
       <c r="A679" t="s">
-        <v>1457</v>
+        <v>1455</v>
       </c>
       <c r="B679"/>
       <c r="C679" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="D679"/>
       <c r="E679" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F679" t="s">
         <v>15</v>
       </c>
       <c r="G679" t="s">
         <v>16</v>
       </c>
       <c r="H679" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I679"/>
+        <v>23</v>
+      </c>
+      <c r="I679" t="s">
+        <v>359</v>
+      </c>
     </row>
     <row r="680" spans="1:9">
       <c r="A680" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="B680"/>
-      <c r="C680"/>
+      <c r="C680" t="s">
+        <v>1456</v>
+      </c>
       <c r="D680"/>
       <c r="E680" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F680" t="s">
         <v>15</v>
       </c>
       <c r="G680" t="s">
         <v>16</v>
       </c>
       <c r="H680" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I680"/>
+        <v>23</v>
+      </c>
+      <c r="I680" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="681" spans="1:9">
       <c r="A681" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="B681"/>
       <c r="C681" t="s">
-        <v>1461</v>
+        <v>1457</v>
       </c>
       <c r="D681"/>
       <c r="E681" t="s">
         <v>14</v>
       </c>
       <c r="F681" t="s">
         <v>15</v>
       </c>
       <c r="G681" t="s">
         <v>16</v>
       </c>
       <c r="H681" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I681" t="s">
-        <v>107</v>
+        <v>47</v>
       </c>
     </row>
     <row r="682" spans="1:9">
       <c r="A682" t="s">
-        <v>1462</v>
-[...3 lines deleted...]
-      </c>
+        <v>1458</v>
+      </c>
+      <c r="B682"/>
       <c r="C682" t="s">
-        <v>1464</v>
+        <v>1458</v>
       </c>
       <c r="D682"/>
       <c r="E682" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F682" t="s">
         <v>15</v>
       </c>
       <c r="G682" t="s">
         <v>16</v>
       </c>
       <c r="H682" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I682"/>
     </row>
     <row r="683" spans="1:9">
-      <c r="A683"/>
+      <c r="A683" t="s">
+        <v>1459</v>
+      </c>
       <c r="B683"/>
-      <c r="C683"/>
+      <c r="C683" t="s">
+        <v>1460</v>
+      </c>
       <c r="D683"/>
       <c r="E683" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F683" t="s">
         <v>15</v>
       </c>
       <c r="G683" t="s">
         <v>16</v>
       </c>
       <c r="H683" t="s">
         <v>29</v>
       </c>
       <c r="I683" t="s">
-        <v>107</v>
+        <v>205</v>
       </c>
     </row>
     <row r="684" spans="1:9">
       <c r="A684" t="s">
-        <v>1465</v>
+        <v>1461</v>
       </c>
       <c r="B684"/>
       <c r="C684" t="s">
-        <v>1465</v>
+        <v>1461</v>
       </c>
       <c r="D684"/>
       <c r="E684" t="s">
-        <v>22</v>
+        <v>329</v>
       </c>
       <c r="F684" t="s">
         <v>15</v>
       </c>
       <c r="G684" t="s">
         <v>16</v>
       </c>
       <c r="H684" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I684" t="s">
-        <v>358</v>
+        <v>34</v>
       </c>
     </row>
     <row r="685" spans="1:9">
       <c r="A685" t="s">
-        <v>1466</v>
+        <v>1462</v>
       </c>
       <c r="B685"/>
       <c r="C685" t="s">
-        <v>1466</v>
+        <v>1462</v>
       </c>
       <c r="D685"/>
       <c r="E685" t="s">
-        <v>22</v>
+        <v>329</v>
       </c>
       <c r="F685" t="s">
         <v>15</v>
       </c>
       <c r="G685" t="s">
         <v>16</v>
       </c>
       <c r="H685" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I685" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="686" spans="1:9">
       <c r="A686" t="s">
-        <v>1467</v>
+        <v>1463</v>
       </c>
       <c r="B686"/>
       <c r="C686" t="s">
-        <v>1467</v>
+        <v>1463</v>
       </c>
       <c r="D686"/>
       <c r="E686" t="s">
         <v>14</v>
       </c>
       <c r="F686" t="s">
         <v>15</v>
       </c>
       <c r="G686" t="s">
         <v>16</v>
       </c>
       <c r="H686" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="I686" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="687" spans="1:9">
       <c r="A687" t="s">
-        <v>1468</v>
+        <v>1464</v>
       </c>
       <c r="B687"/>
       <c r="C687" t="s">
-        <v>1468</v>
+        <v>1464</v>
       </c>
       <c r="D687"/>
       <c r="E687" t="s">
         <v>14</v>
       </c>
       <c r="F687" t="s">
         <v>15</v>
       </c>
       <c r="G687" t="s">
         <v>16</v>
       </c>
       <c r="H687" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I687"/>
+        <v>29</v>
+      </c>
+      <c r="I687" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="688" spans="1:9">
       <c r="A688" t="s">
-        <v>1469</v>
-[...3 lines deleted...]
-      </c>
+        <v>1465</v>
+      </c>
+      <c r="B688"/>
       <c r="C688" t="s">
-        <v>1469</v>
+        <v>1465</v>
       </c>
       <c r="D688"/>
       <c r="E688" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F688" t="s">
         <v>15</v>
       </c>
       <c r="G688" t="s">
         <v>16</v>
       </c>
       <c r="H688" t="s">
         <v>29</v>
       </c>
       <c r="I688" t="s">
-        <v>60</v>
+        <v>107</v>
       </c>
     </row>
     <row r="689" spans="1:9">
       <c r="A689" t="s">
-        <v>1471</v>
+        <v>1466</v>
       </c>
       <c r="B689"/>
       <c r="C689" t="s">
-        <v>1472</v>
+        <v>1466</v>
       </c>
       <c r="D689"/>
       <c r="E689" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F689" t="s">
         <v>15</v>
       </c>
       <c r="G689" t="s">
         <v>16</v>
       </c>
       <c r="H689" t="s">
         <v>29</v>
       </c>
       <c r="I689" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="690" spans="1:9">
       <c r="A690" t="s">
-        <v>1473</v>
+        <v>1467</v>
       </c>
       <c r="B690"/>
       <c r="C690" t="s">
-        <v>1474</v>
+        <v>1467</v>
       </c>
       <c r="D690"/>
       <c r="E690" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F690" t="s">
         <v>15</v>
       </c>
       <c r="G690" t="s">
         <v>16</v>
       </c>
       <c r="H690" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="I690" t="s">
-        <v>205</v>
+        <v>107</v>
       </c>
     </row>
     <row r="691" spans="1:9">
       <c r="A691" t="s">
-        <v>1475</v>
+        <v>1468</v>
       </c>
       <c r="B691"/>
       <c r="C691" t="s">
-        <v>1475</v>
+        <v>1468</v>
       </c>
       <c r="D691"/>
       <c r="E691" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F691" t="s">
         <v>15</v>
       </c>
       <c r="G691" t="s">
         <v>16</v>
       </c>
       <c r="H691" t="s">
         <v>29</v>
       </c>
       <c r="I691" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
     </row>
     <row r="692" spans="1:9">
       <c r="A692" t="s">
-        <v>1476</v>
+        <v>1469</v>
       </c>
       <c r="B692"/>
       <c r="C692" t="s">
-        <v>1476</v>
+        <v>1469</v>
       </c>
       <c r="D692"/>
       <c r="E692" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F692" t="s">
         <v>15</v>
       </c>
       <c r="G692" t="s">
         <v>16</v>
       </c>
       <c r="H692" t="s">
         <v>29</v>
       </c>
       <c r="I692" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="693" spans="1:9">
       <c r="A693" t="s">
-        <v>1477</v>
+        <v>1470</v>
       </c>
       <c r="B693"/>
       <c r="C693" t="s">
-        <v>1477</v>
+        <v>1470</v>
       </c>
       <c r="D693"/>
       <c r="E693" t="s">
         <v>14</v>
       </c>
       <c r="F693" t="s">
         <v>15</v>
       </c>
       <c r="G693" t="s">
         <v>16</v>
       </c>
       <c r="H693" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I693" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="694" spans="1:9">
       <c r="A694" t="s">
-        <v>1478</v>
+        <v>1471</v>
       </c>
       <c r="B694"/>
       <c r="C694" t="s">
-        <v>1478</v>
+        <v>1471</v>
       </c>
       <c r="D694"/>
       <c r="E694" t="s">
         <v>14</v>
       </c>
       <c r="F694" t="s">
         <v>15</v>
       </c>
       <c r="G694" t="s">
         <v>16</v>
       </c>
       <c r="H694" t="s">
         <v>29</v>
       </c>
       <c r="I694" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="695" spans="1:9">
       <c r="A695" t="s">
-        <v>1479</v>
+        <v>1472</v>
       </c>
       <c r="B695"/>
       <c r="C695" t="s">
-        <v>1479</v>
+        <v>1472</v>
       </c>
       <c r="D695"/>
       <c r="E695" t="s">
         <v>14</v>
       </c>
       <c r="F695" t="s">
         <v>15</v>
       </c>
       <c r="G695" t="s">
         <v>16</v>
       </c>
       <c r="H695" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="I695"/>
     </row>
     <row r="696" spans="1:9">
       <c r="A696" t="s">
-        <v>1480</v>
+        <v>1473</v>
       </c>
       <c r="B696"/>
       <c r="C696" t="s">
-        <v>1480</v>
+        <v>1473</v>
       </c>
       <c r="D696"/>
       <c r="E696" t="s">
         <v>14</v>
       </c>
       <c r="F696" t="s">
         <v>15</v>
       </c>
       <c r="G696" t="s">
         <v>16</v>
       </c>
       <c r="H696" t="s">
         <v>29</v>
       </c>
       <c r="I696" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="697" spans="1:9">
       <c r="A697" t="s">
-        <v>1481</v>
-[...1 lines deleted...]
-      <c r="B697"/>
+        <v>1474</v>
+      </c>
+      <c r="B697" t="s">
+        <v>1475</v>
+      </c>
       <c r="C697" t="s">
-        <v>1481</v>
+        <v>1474</v>
       </c>
       <c r="D697"/>
       <c r="E697" t="s">
         <v>14</v>
       </c>
       <c r="F697" t="s">
         <v>15</v>
       </c>
       <c r="G697" t="s">
         <v>16</v>
       </c>
       <c r="H697" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I697" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="698" spans="1:9">
       <c r="A698" t="s">
-        <v>1482</v>
-[...1 lines deleted...]
-      <c r="B698"/>
+        <v>1476</v>
+      </c>
+      <c r="B698" t="s">
+        <v>1477</v>
+      </c>
       <c r="C698" t="s">
-        <v>1482</v>
+        <v>1476</v>
       </c>
       <c r="D698"/>
       <c r="E698" t="s">
         <v>14</v>
       </c>
       <c r="F698" t="s">
         <v>15</v>
       </c>
       <c r="G698" t="s">
         <v>16</v>
       </c>
       <c r="H698" t="s">
         <v>29</v>
       </c>
       <c r="I698" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="699" spans="1:9">
       <c r="A699" t="s">
-        <v>1483</v>
-[...1 lines deleted...]
-      <c r="B699"/>
+        <v>1478</v>
+      </c>
+      <c r="B699" t="s">
+        <v>1479</v>
+      </c>
       <c r="C699" t="s">
-        <v>1483</v>
+        <v>1478</v>
       </c>
       <c r="D699"/>
       <c r="E699" t="s">
         <v>14</v>
       </c>
       <c r="F699" t="s">
         <v>15</v>
       </c>
       <c r="G699" t="s">
         <v>16</v>
       </c>
       <c r="H699" t="s">
         <v>29</v>
       </c>
       <c r="I699" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
     </row>
     <row r="700" spans="1:9">
       <c r="A700" t="s">
-        <v>1484</v>
-[...1 lines deleted...]
-      <c r="B700"/>
+        <v>1480</v>
+      </c>
+      <c r="B700" t="s">
+        <v>1481</v>
+      </c>
       <c r="C700" t="s">
-        <v>1484</v>
+        <v>1480</v>
       </c>
       <c r="D700"/>
       <c r="E700" t="s">
         <v>14</v>
       </c>
       <c r="F700" t="s">
         <v>15</v>
       </c>
       <c r="G700" t="s">
         <v>16</v>
       </c>
       <c r="H700" t="s">
         <v>29</v>
       </c>
       <c r="I700" t="s">
-        <v>49</v>
+        <v>107</v>
       </c>
     </row>
     <row r="701" spans="1:9">
       <c r="A701" t="s">
-        <v>1485</v>
+        <v>1482</v>
       </c>
       <c r="B701"/>
       <c r="C701" t="s">
-        <v>1485</v>
+        <v>1482</v>
       </c>
       <c r="D701"/>
       <c r="E701" t="s">
         <v>14</v>
       </c>
       <c r="F701" t="s">
         <v>15</v>
       </c>
       <c r="G701" t="s">
         <v>16</v>
       </c>
       <c r="H701" t="s">
         <v>29</v>
       </c>
       <c r="I701" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="702" spans="1:9">
       <c r="A702" t="s">
-        <v>1486</v>
+        <v>1483</v>
       </c>
       <c r="B702"/>
       <c r="C702" t="s">
-        <v>1486</v>
+        <v>1483</v>
       </c>
       <c r="D702"/>
       <c r="E702" t="s">
         <v>14</v>
       </c>
       <c r="F702" t="s">
         <v>15</v>
       </c>
       <c r="G702" t="s">
         <v>16</v>
       </c>
       <c r="H702" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="I702"/>
+        <v>29</v>
+      </c>
+      <c r="I702" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="703" spans="1:9">
       <c r="A703" t="s">
-        <v>1487</v>
+        <v>1484</v>
       </c>
       <c r="B703"/>
       <c r="C703" t="s">
-        <v>1487</v>
+        <v>1484</v>
       </c>
       <c r="D703"/>
       <c r="E703" t="s">
         <v>14</v>
       </c>
       <c r="F703" t="s">
         <v>15</v>
       </c>
       <c r="G703" t="s">
         <v>16</v>
       </c>
       <c r="H703" t="s">
         <v>29</v>
       </c>
       <c r="I703" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="704" spans="1:9">
       <c r="A704" t="s">
-        <v>1488</v>
+        <v>1485</v>
       </c>
       <c r="B704" t="s">
-        <v>1489</v>
+        <v>1486</v>
       </c>
       <c r="C704" t="s">
-        <v>1488</v>
+        <v>1485</v>
       </c>
       <c r="D704"/>
       <c r="E704" t="s">
         <v>14</v>
       </c>
       <c r="F704" t="s">
         <v>15</v>
       </c>
       <c r="G704" t="s">
         <v>16</v>
       </c>
       <c r="H704" t="s">
         <v>29</v>
       </c>
       <c r="I704" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="705" spans="1:9">
       <c r="A705" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
       <c r="B705" t="s">
-        <v>1491</v>
+        <v>1488</v>
       </c>
       <c r="C705" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
       <c r="D705"/>
       <c r="E705" t="s">
         <v>14</v>
       </c>
       <c r="F705" t="s">
         <v>15</v>
       </c>
       <c r="G705" t="s">
         <v>16</v>
       </c>
       <c r="H705" t="s">
         <v>29</v>
       </c>
       <c r="I705" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="706" spans="1:9">
       <c r="A706" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="B706" t="s">
-        <v>1493</v>
+        <v>1490</v>
       </c>
       <c r="C706" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="D706"/>
       <c r="E706" t="s">
         <v>14</v>
       </c>
       <c r="F706" t="s">
         <v>15</v>
       </c>
       <c r="G706" t="s">
         <v>16</v>
       </c>
       <c r="H706" t="s">
         <v>29</v>
       </c>
       <c r="I706" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="707" spans="1:9">
       <c r="A707" t="s">
-        <v>1494</v>
+        <v>1491</v>
       </c>
       <c r="B707" t="s">
-        <v>1495</v>
+        <v>1492</v>
       </c>
       <c r="C707" t="s">
-        <v>1494</v>
+        <v>1491</v>
       </c>
       <c r="D707"/>
       <c r="E707" t="s">
         <v>14</v>
       </c>
       <c r="F707" t="s">
         <v>15</v>
       </c>
       <c r="G707" t="s">
         <v>16</v>
       </c>
       <c r="H707" t="s">
         <v>29</v>
       </c>
       <c r="I707" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="708" spans="1:9">
       <c r="A708" t="s">
-        <v>1496</v>
+        <v>1493</v>
       </c>
       <c r="B708"/>
       <c r="C708" t="s">
-        <v>1496</v>
+        <v>1493</v>
       </c>
       <c r="D708"/>
       <c r="E708" t="s">
         <v>14</v>
       </c>
       <c r="F708" t="s">
         <v>15</v>
       </c>
       <c r="G708" t="s">
         <v>16</v>
       </c>
       <c r="H708" t="s">
         <v>29</v>
       </c>
       <c r="I708" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="709" spans="1:9">
       <c r="A709" t="s">
-        <v>1497</v>
-[...1 lines deleted...]
-      <c r="B709"/>
+        <v>1494</v>
+      </c>
+      <c r="B709" t="s">
+        <v>1495</v>
+      </c>
       <c r="C709" t="s">
-        <v>1497</v>
+        <v>1494</v>
       </c>
       <c r="D709"/>
       <c r="E709" t="s">
         <v>14</v>
       </c>
       <c r="F709" t="s">
         <v>15</v>
       </c>
       <c r="G709" t="s">
         <v>16</v>
       </c>
       <c r="H709" t="s">
         <v>29</v>
       </c>
       <c r="I709" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="710" spans="1:9">
       <c r="A710" t="s">
-        <v>1498</v>
-[...1 lines deleted...]
-      <c r="B710"/>
+        <v>1496</v>
+      </c>
+      <c r="B710" t="s">
+        <v>1497</v>
+      </c>
       <c r="C710" t="s">
-        <v>1498</v>
+        <v>1496</v>
       </c>
       <c r="D710"/>
       <c r="E710" t="s">
         <v>14</v>
       </c>
       <c r="F710" t="s">
         <v>15</v>
       </c>
       <c r="G710" t="s">
         <v>16</v>
       </c>
       <c r="H710" t="s">
         <v>29</v>
       </c>
       <c r="I710" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="711" spans="1:9">
       <c r="A711" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B711" t="s">
         <v>1499</v>
       </c>
-      <c r="B711" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C711" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="D711"/>
       <c r="E711" t="s">
         <v>14</v>
       </c>
       <c r="F711" t="s">
         <v>15</v>
       </c>
       <c r="G711" t="s">
         <v>16</v>
       </c>
       <c r="H711" t="s">
         <v>29</v>
       </c>
       <c r="I711" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="712" spans="1:9">
       <c r="A712" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B712" t="s">
         <v>1501</v>
       </c>
-      <c r="B712" t="s">
+      <c r="C712" t="s">
         <v>1502</v>
-      </c>
-[...1 lines deleted...]
-        <v>1501</v>
       </c>
       <c r="D712"/>
       <c r="E712" t="s">
         <v>14</v>
       </c>
       <c r="F712" t="s">
         <v>15</v>
       </c>
       <c r="G712" t="s">
         <v>16</v>
       </c>
       <c r="H712" t="s">
         <v>29</v>
       </c>
       <c r="I712" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="713" spans="1:9">
       <c r="A713" t="s">
         <v>1503</v>
       </c>
       <c r="B713" t="s">
         <v>1504</v>
       </c>
       <c r="C713" t="s">
         <v>1503</v>
       </c>
       <c r="D713"/>
       <c r="E713" t="s">
         <v>14</v>
       </c>
       <c r="F713" t="s">
         <v>15</v>
       </c>
       <c r="G713" t="s">
         <v>16</v>
       </c>
       <c r="H713" t="s">
         <v>29</v>
       </c>
       <c r="I713" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="714" spans="1:9">
       <c r="A714" t="s">
         <v>1505</v>
       </c>
       <c r="B714" t="s">
         <v>1506</v>
       </c>
       <c r="C714" t="s">
         <v>1505</v>
       </c>
       <c r="D714"/>
       <c r="E714" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F714" t="s">
         <v>15</v>
       </c>
       <c r="G714" t="s">
         <v>16</v>
       </c>
       <c r="H714" t="s">
         <v>29</v>
       </c>
       <c r="I714" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="715" spans="1:9">
       <c r="A715" t="s">
         <v>1507</v>
       </c>
-      <c r="B715"/>
+      <c r="B715" t="s">
+        <v>1508</v>
+      </c>
       <c r="C715" t="s">
         <v>1507</v>
       </c>
       <c r="D715"/>
       <c r="E715" t="s">
         <v>14</v>
       </c>
       <c r="F715" t="s">
         <v>15</v>
       </c>
       <c r="G715" t="s">
         <v>16</v>
       </c>
       <c r="H715" t="s">
         <v>29</v>
       </c>
       <c r="I715" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="716" spans="1:9">
       <c r="A716" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="B716" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C716" t="s">
         <v>1509</v>
-      </c>
-[...1 lines deleted...]
-        <v>1508</v>
       </c>
       <c r="D716"/>
       <c r="E716" t="s">
         <v>14</v>
       </c>
       <c r="F716" t="s">
         <v>15</v>
       </c>
       <c r="G716" t="s">
         <v>16</v>
       </c>
       <c r="H716" t="s">
         <v>29</v>
       </c>
       <c r="I716" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="717" spans="1:9">
       <c r="A717" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="B717" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C717" t="s">
         <v>1511</v>
-      </c>
-[...1 lines deleted...]
-        <v>1510</v>
       </c>
       <c r="D717"/>
       <c r="E717" t="s">
         <v>14</v>
       </c>
       <c r="F717" t="s">
         <v>15</v>
       </c>
       <c r="G717" t="s">
         <v>16</v>
       </c>
       <c r="H717" t="s">
         <v>29</v>
       </c>
       <c r="I717" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="718" spans="1:9">
       <c r="A718" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="B718" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C718" t="s">
         <v>1513</v>
-      </c>
-[...1 lines deleted...]
-        <v>1512</v>
       </c>
       <c r="D718"/>
       <c r="E718" t="s">
         <v>14</v>
       </c>
       <c r="F718" t="s">
         <v>15</v>
       </c>
       <c r="G718" t="s">
         <v>16</v>
       </c>
       <c r="H718" t="s">
         <v>29</v>
       </c>
       <c r="I718" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="719" spans="1:9">
       <c r="A719" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="B719" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C719" t="s">
         <v>1515</v>
-      </c>
-[...1 lines deleted...]
-        <v>1516</v>
       </c>
       <c r="D719"/>
       <c r="E719" t="s">
         <v>14</v>
       </c>
       <c r="F719" t="s">
         <v>15</v>
       </c>
       <c r="G719" t="s">
         <v>16</v>
       </c>
       <c r="H719" t="s">
         <v>29</v>
       </c>
       <c r="I719" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="720" spans="1:9">
       <c r="A720" t="s">
         <v>1517</v>
       </c>
       <c r="B720" t="s">
         <v>1518</v>
       </c>
       <c r="C720" t="s">
         <v>1517</v>
       </c>
       <c r="D720"/>
       <c r="E720" t="s">
         <v>14</v>
       </c>
       <c r="F720" t="s">
         <v>15</v>
       </c>
       <c r="G720" t="s">
         <v>16</v>
       </c>
       <c r="H720" t="s">
         <v>29</v>
       </c>
       <c r="I720" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="721" spans="1:9">
       <c r="A721" t="s">
         <v>1519</v>
       </c>
       <c r="B721" t="s">
         <v>1520</v>
       </c>
       <c r="C721" t="s">
         <v>1519</v>
       </c>
       <c r="D721"/>
       <c r="E721" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F721" t="s">
         <v>15</v>
       </c>
       <c r="G721" t="s">
         <v>16</v>
       </c>
       <c r="H721" t="s">
         <v>29</v>
       </c>
       <c r="I721" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="722" spans="1:9">
       <c r="A722" t="s">
         <v>1521</v>
       </c>
       <c r="B722" t="s">
         <v>1522</v>
       </c>
       <c r="C722" t="s">
         <v>1521</v>
       </c>
       <c r="D722"/>
       <c r="E722" t="s">
         <v>14</v>
       </c>
       <c r="F722" t="s">
         <v>15</v>
       </c>
       <c r="G722" t="s">
         <v>16</v>
       </c>
       <c r="H722" t="s">
         <v>29</v>
       </c>
       <c r="I722" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="723" spans="1:9">
       <c r="A723" t="s">
         <v>1523</v>
       </c>
       <c r="B723" t="s">
         <v>1524</v>
       </c>
       <c r="C723" t="s">
         <v>1523</v>
       </c>
       <c r="D723"/>
       <c r="E723" t="s">
         <v>14</v>
       </c>
       <c r="F723" t="s">
         <v>15</v>
       </c>
       <c r="G723" t="s">
         <v>16</v>
       </c>
       <c r="H723" t="s">
         <v>29</v>
       </c>
       <c r="I723" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
     </row>
     <row r="724" spans="1:9">
       <c r="A724" t="s">
         <v>1525</v>
       </c>
       <c r="B724" t="s">
         <v>1526</v>
       </c>
       <c r="C724" t="s">
         <v>1525</v>
       </c>
       <c r="D724"/>
       <c r="E724" t="s">
         <v>14</v>
       </c>
       <c r="F724" t="s">
         <v>15</v>
       </c>
       <c r="G724" t="s">
         <v>16</v>
       </c>
       <c r="H724" t="s">
         <v>29</v>
       </c>
       <c r="I724" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="725" spans="1:9">
       <c r="A725" t="s">
         <v>1527</v>
       </c>
       <c r="B725" t="s">
         <v>1528</v>
       </c>
       <c r="C725" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="D725"/>
       <c r="E725" t="s">
         <v>14</v>
       </c>
       <c r="F725" t="s">
         <v>15</v>
       </c>
       <c r="G725" t="s">
         <v>16</v>
       </c>
       <c r="H725" t="s">
         <v>29</v>
       </c>
       <c r="I725" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="726" spans="1:9">
       <c r="A726" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="B726" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C726" t="s">
         <v>1530</v>
-      </c>
-[...1 lines deleted...]
-        <v>1529</v>
       </c>
       <c r="D726"/>
       <c r="E726" t="s">
         <v>14</v>
       </c>
       <c r="F726" t="s">
         <v>15</v>
       </c>
       <c r="G726" t="s">
         <v>16</v>
       </c>
       <c r="H726" t="s">
         <v>29</v>
       </c>
       <c r="I726" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="727" spans="1:9">
       <c r="A727" t="s">
-        <v>1531</v>
-[...1 lines deleted...]
-      <c r="B727" t="s">
         <v>1532</v>
       </c>
+      <c r="B727"/>
       <c r="C727" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="D727"/>
       <c r="E727" t="s">
         <v>14</v>
       </c>
       <c r="F727" t="s">
         <v>15</v>
       </c>
       <c r="G727" t="s">
         <v>16</v>
       </c>
       <c r="H727" t="s">
         <v>29</v>
       </c>
       <c r="I727" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="728" spans="1:9">
       <c r="A728" t="s">
         <v>1533</v>
       </c>
-      <c r="B728" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B728"/>
       <c r="C728" t="s">
         <v>1533</v>
       </c>
       <c r="D728"/>
       <c r="E728" t="s">
         <v>14</v>
       </c>
       <c r="F728" t="s">
         <v>15</v>
       </c>
       <c r="G728" t="s">
         <v>16</v>
       </c>
       <c r="H728" t="s">
         <v>29</v>
       </c>
       <c r="I728" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="729" spans="1:9">
       <c r="A729" t="s">
-        <v>1535</v>
-[...3 lines deleted...]
-      </c>
+        <v>1534</v>
+      </c>
+      <c r="B729"/>
       <c r="C729" t="s">
-        <v>1535</v>
+        <v>1534</v>
       </c>
       <c r="D729"/>
       <c r="E729" t="s">
         <v>14</v>
       </c>
       <c r="F729" t="s">
         <v>15</v>
       </c>
       <c r="G729" t="s">
         <v>16</v>
       </c>
       <c r="H729" t="s">
         <v>29</v>
       </c>
       <c r="I729" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="730" spans="1:9">
       <c r="A730" t="s">
-        <v>1537</v>
-[...3 lines deleted...]
-      </c>
+        <v>1535</v>
+      </c>
+      <c r="B730"/>
       <c r="C730" t="s">
-        <v>1537</v>
+        <v>1535</v>
       </c>
       <c r="D730"/>
       <c r="E730" t="s">
         <v>14</v>
       </c>
       <c r="F730" t="s">
         <v>15</v>
       </c>
       <c r="G730" t="s">
         <v>16</v>
       </c>
       <c r="H730" t="s">
         <v>29</v>
       </c>
       <c r="I730" t="s">
-        <v>49</v>
+        <v>107</v>
       </c>
     </row>
     <row r="731" spans="1:9">
       <c r="A731" t="s">
-        <v>1539</v>
-[...3 lines deleted...]
-      </c>
+        <v>1536</v>
+      </c>
+      <c r="B731"/>
       <c r="C731" t="s">
-        <v>1539</v>
+        <v>1536</v>
       </c>
       <c r="D731"/>
       <c r="E731" t="s">
         <v>14</v>
       </c>
       <c r="F731" t="s">
         <v>15</v>
       </c>
       <c r="G731" t="s">
         <v>16</v>
       </c>
       <c r="H731" t="s">
         <v>29</v>
       </c>
       <c r="I731" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="732" spans="1:9">
       <c r="A732" t="s">
-        <v>1541</v>
-[...3 lines deleted...]
-      </c>
+        <v>1537</v>
+      </c>
+      <c r="B732"/>
       <c r="C732" t="s">
-        <v>1543</v>
+        <v>1537</v>
       </c>
       <c r="D732"/>
       <c r="E732" t="s">
         <v>14</v>
       </c>
       <c r="F732" t="s">
         <v>15</v>
       </c>
       <c r="G732" t="s">
         <v>16</v>
       </c>
       <c r="H732" t="s">
         <v>29</v>
       </c>
       <c r="I732" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="733" spans="1:9">
       <c r="A733" t="s">
-        <v>1544</v>
-[...3 lines deleted...]
-      </c>
+        <v>1538</v>
+      </c>
+      <c r="B733"/>
       <c r="C733" t="s">
-        <v>1544</v>
+        <v>1538</v>
       </c>
       <c r="D733"/>
       <c r="E733" t="s">
         <v>14</v>
       </c>
       <c r="F733" t="s">
         <v>15</v>
       </c>
       <c r="G733" t="s">
         <v>16</v>
       </c>
       <c r="H733" t="s">
         <v>29</v>
       </c>
       <c r="I733" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="734" spans="1:9">
       <c r="A734" t="s">
-        <v>1546</v>
+        <v>1539</v>
       </c>
       <c r="B734"/>
       <c r="C734" t="s">
-        <v>1546</v>
+        <v>1539</v>
       </c>
       <c r="D734"/>
       <c r="E734" t="s">
         <v>14</v>
       </c>
       <c r="F734" t="s">
         <v>15</v>
       </c>
       <c r="G734" t="s">
         <v>16</v>
       </c>
       <c r="H734" t="s">
         <v>29</v>
       </c>
       <c r="I734" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="735" spans="1:9">
       <c r="A735" t="s">
-        <v>1547</v>
+        <v>1540</v>
       </c>
       <c r="B735"/>
       <c r="C735" t="s">
-        <v>1547</v>
+        <v>1540</v>
       </c>
       <c r="D735"/>
       <c r="E735" t="s">
         <v>14</v>
       </c>
       <c r="F735" t="s">
         <v>15</v>
       </c>
       <c r="G735" t="s">
         <v>16</v>
       </c>
       <c r="H735" t="s">
         <v>29</v>
       </c>
       <c r="I735" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="736" spans="1:9">
       <c r="A736" t="s">
-        <v>1548</v>
+        <v>1541</v>
       </c>
       <c r="B736"/>
       <c r="C736" t="s">
-        <v>1548</v>
+        <v>1541</v>
       </c>
       <c r="D736"/>
       <c r="E736" t="s">
         <v>14</v>
       </c>
       <c r="F736" t="s">
         <v>15</v>
       </c>
       <c r="G736" t="s">
         <v>16</v>
       </c>
       <c r="H736" t="s">
         <v>29</v>
       </c>
       <c r="I736" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="737" spans="1:9">
       <c r="A737" t="s">
-        <v>1549</v>
+        <v>1542</v>
       </c>
       <c r="B737"/>
       <c r="C737" t="s">
-        <v>1549</v>
+        <v>1542</v>
       </c>
       <c r="D737"/>
       <c r="E737" t="s">
         <v>14</v>
       </c>
       <c r="F737" t="s">
         <v>15</v>
       </c>
       <c r="G737" t="s">
         <v>16</v>
       </c>
       <c r="H737" t="s">
         <v>29</v>
       </c>
       <c r="I737" t="s">
-        <v>107</v>
+        <v>47</v>
       </c>
     </row>
     <row r="738" spans="1:9">
       <c r="A738" t="s">
-        <v>1550</v>
+        <v>1543</v>
       </c>
       <c r="B738"/>
       <c r="C738" t="s">
-        <v>1550</v>
+        <v>1543</v>
       </c>
       <c r="D738"/>
       <c r="E738" t="s">
         <v>14</v>
       </c>
       <c r="F738" t="s">
         <v>15</v>
       </c>
       <c r="G738" t="s">
         <v>16</v>
       </c>
       <c r="H738" t="s">
         <v>29</v>
       </c>
       <c r="I738" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="739" spans="1:9">
       <c r="A739" t="s">
-        <v>1551</v>
+        <v>1544</v>
       </c>
       <c r="B739"/>
       <c r="C739" t="s">
-        <v>1551</v>
+        <v>1544</v>
       </c>
       <c r="D739"/>
       <c r="E739" t="s">
         <v>14</v>
       </c>
       <c r="F739" t="s">
         <v>15</v>
       </c>
       <c r="G739" t="s">
         <v>16</v>
       </c>
       <c r="H739" t="s">
         <v>29</v>
       </c>
-      <c r="I739" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I739"/>
     </row>
     <row r="740" spans="1:9">
       <c r="A740" t="s">
-        <v>1552</v>
+        <v>1545</v>
       </c>
       <c r="B740"/>
       <c r="C740" t="s">
-        <v>1552</v>
+        <v>1545</v>
       </c>
       <c r="D740"/>
       <c r="E740" t="s">
         <v>14</v>
       </c>
       <c r="F740" t="s">
         <v>15</v>
       </c>
       <c r="G740" t="s">
         <v>16</v>
       </c>
       <c r="H740" t="s">
         <v>29</v>
       </c>
       <c r="I740" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="741" spans="1:9">
       <c r="A741" t="s">
-        <v>1553</v>
+        <v>1546</v>
       </c>
       <c r="B741"/>
       <c r="C741" t="s">
-        <v>1553</v>
+        <v>1546</v>
       </c>
       <c r="D741"/>
       <c r="E741" t="s">
         <v>14</v>
       </c>
       <c r="F741" t="s">
         <v>15</v>
       </c>
       <c r="G741" t="s">
         <v>16</v>
       </c>
       <c r="H741" t="s">
         <v>29</v>
       </c>
       <c r="I741" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
     </row>
     <row r="742" spans="1:9">
       <c r="A742" t="s">
-        <v>1554</v>
+        <v>1547</v>
       </c>
       <c r="B742"/>
       <c r="C742" t="s">
-        <v>1554</v>
+        <v>1547</v>
       </c>
       <c r="D742"/>
       <c r="E742" t="s">
         <v>14</v>
       </c>
       <c r="F742" t="s">
         <v>15</v>
       </c>
       <c r="G742" t="s">
         <v>16</v>
       </c>
       <c r="H742" t="s">
         <v>29</v>
       </c>
       <c r="I742" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="743" spans="1:9">
       <c r="A743" t="s">
-        <v>1555</v>
+        <v>1548</v>
       </c>
       <c r="B743"/>
       <c r="C743" t="s">
-        <v>1555</v>
+        <v>1548</v>
       </c>
       <c r="D743"/>
       <c r="E743" t="s">
         <v>14</v>
       </c>
       <c r="F743" t="s">
         <v>15</v>
       </c>
       <c r="G743" t="s">
         <v>16</v>
       </c>
       <c r="H743" t="s">
         <v>29</v>
       </c>
       <c r="I743" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="744" spans="1:9">
       <c r="A744" t="s">
-        <v>1556</v>
+        <v>1549</v>
       </c>
       <c r="B744"/>
       <c r="C744" t="s">
-        <v>1556</v>
+        <v>1549</v>
       </c>
       <c r="D744"/>
       <c r="E744" t="s">
         <v>14</v>
       </c>
       <c r="F744" t="s">
         <v>15</v>
       </c>
       <c r="G744" t="s">
         <v>16</v>
       </c>
       <c r="H744" t="s">
         <v>29</v>
       </c>
       <c r="I744" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="745" spans="1:9">
       <c r="A745" t="s">
-        <v>1557</v>
+        <v>1550</v>
       </c>
       <c r="B745"/>
       <c r="C745" t="s">
-        <v>1557</v>
+        <v>1550</v>
       </c>
       <c r="D745"/>
       <c r="E745" t="s">
         <v>14</v>
       </c>
       <c r="F745" t="s">
         <v>15</v>
       </c>
       <c r="G745" t="s">
         <v>16</v>
       </c>
       <c r="H745" t="s">
         <v>29</v>
       </c>
       <c r="I745" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="746" spans="1:9">
       <c r="A746" t="s">
-        <v>1558</v>
+        <v>1551</v>
       </c>
       <c r="B746"/>
       <c r="C746" t="s">
-        <v>1558</v>
+        <v>1551</v>
       </c>
       <c r="D746"/>
       <c r="E746" t="s">
         <v>14</v>
       </c>
       <c r="F746" t="s">
         <v>15</v>
       </c>
       <c r="G746" t="s">
         <v>16</v>
       </c>
       <c r="H746" t="s">
         <v>29</v>
       </c>
-      <c r="I746"/>
+      <c r="I746" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="747" spans="1:9">
       <c r="A747" t="s">
-        <v>1559</v>
+        <v>1552</v>
       </c>
       <c r="B747"/>
       <c r="C747" t="s">
-        <v>1559</v>
+        <v>1552</v>
       </c>
       <c r="D747"/>
       <c r="E747" t="s">
         <v>14</v>
       </c>
       <c r="F747" t="s">
         <v>15</v>
       </c>
       <c r="G747" t="s">
         <v>16</v>
       </c>
       <c r="H747" t="s">
         <v>29</v>
       </c>
       <c r="I747" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="748" spans="1:9">
       <c r="A748" t="s">
-        <v>1560</v>
+        <v>1553</v>
       </c>
       <c r="B748"/>
       <c r="C748" t="s">
-        <v>1560</v>
+        <v>1553</v>
       </c>
       <c r="D748"/>
       <c r="E748" t="s">
         <v>14</v>
       </c>
       <c r="F748" t="s">
         <v>15</v>
       </c>
       <c r="G748" t="s">
         <v>16</v>
       </c>
       <c r="H748" t="s">
         <v>29</v>
       </c>
       <c r="I748" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="749" spans="1:9">
       <c r="A749" t="s">
-        <v>1561</v>
+        <v>1554</v>
       </c>
       <c r="B749"/>
       <c r="C749" t="s">
-        <v>1561</v>
+        <v>1555</v>
       </c>
       <c r="D749"/>
       <c r="E749" t="s">
         <v>14</v>
       </c>
       <c r="F749" t="s">
         <v>15</v>
       </c>
       <c r="G749" t="s">
         <v>16</v>
       </c>
       <c r="H749" t="s">
         <v>29</v>
       </c>
       <c r="I749" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="750" spans="1:9">
       <c r="A750" t="s">
-        <v>1562</v>
+        <v>1556</v>
       </c>
       <c r="B750"/>
       <c r="C750" t="s">
-        <v>1562</v>
+        <v>1556</v>
       </c>
       <c r="D750"/>
       <c r="E750" t="s">
         <v>14</v>
       </c>
       <c r="F750" t="s">
         <v>15</v>
       </c>
       <c r="G750" t="s">
         <v>16</v>
       </c>
       <c r="H750" t="s">
         <v>29</v>
       </c>
       <c r="I750" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="751" spans="1:9">
       <c r="A751" t="s">
-        <v>1563</v>
+        <v>1557</v>
       </c>
       <c r="B751"/>
       <c r="C751" t="s">
-        <v>1563</v>
+        <v>98</v>
       </c>
       <c r="D751"/>
       <c r="E751" t="s">
         <v>14</v>
       </c>
       <c r="F751" t="s">
         <v>15</v>
       </c>
       <c r="G751" t="s">
         <v>16</v>
       </c>
       <c r="H751" t="s">
         <v>29</v>
       </c>
-      <c r="I751" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I751"/>
     </row>
     <row r="752" spans="1:9">
       <c r="A752" t="s">
-        <v>1564</v>
-[...1 lines deleted...]
-      <c r="B752"/>
+        <v>1558</v>
+      </c>
+      <c r="B752" t="s">
+        <v>1559</v>
+      </c>
       <c r="C752" t="s">
-        <v>1564</v>
+        <v>1558</v>
       </c>
       <c r="D752"/>
       <c r="E752" t="s">
         <v>14</v>
       </c>
       <c r="F752" t="s">
         <v>15</v>
       </c>
       <c r="G752" t="s">
         <v>16</v>
       </c>
       <c r="H752" t="s">
         <v>29</v>
       </c>
       <c r="I752" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="753" spans="1:9">
       <c r="A753" t="s">
-        <v>1565</v>
-[...1 lines deleted...]
-      <c r="B753"/>
+        <v>1560</v>
+      </c>
+      <c r="B753" t="s">
+        <v>1561</v>
+      </c>
       <c r="C753" t="s">
-        <v>1565</v>
+        <v>1560</v>
       </c>
       <c r="D753"/>
       <c r="E753" t="s">
         <v>14</v>
       </c>
       <c r="F753" t="s">
         <v>15</v>
       </c>
       <c r="G753" t="s">
         <v>16</v>
       </c>
       <c r="H753" t="s">
         <v>29</v>
       </c>
       <c r="I753" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="754" spans="1:9">
       <c r="A754" t="s">
-        <v>1566</v>
-[...1 lines deleted...]
-      <c r="B754"/>
+        <v>1562</v>
+      </c>
+      <c r="B754" t="s">
+        <v>1563</v>
+      </c>
       <c r="C754" t="s">
-        <v>1566</v>
+        <v>1562</v>
       </c>
       <c r="D754"/>
       <c r="E754" t="s">
         <v>14</v>
       </c>
       <c r="F754" t="s">
         <v>15</v>
       </c>
       <c r="G754" t="s">
         <v>16</v>
       </c>
       <c r="H754" t="s">
         <v>29</v>
       </c>
       <c r="I754" t="s">
-        <v>87</v>
+        <v>205</v>
       </c>
     </row>
     <row r="755" spans="1:9">
       <c r="A755" t="s">
-        <v>1567</v>
-[...1 lines deleted...]
-      <c r="B755"/>
+        <v>1564</v>
+      </c>
+      <c r="B755" t="s">
+        <v>1565</v>
+      </c>
       <c r="C755" t="s">
-        <v>1567</v>
+        <v>1564</v>
       </c>
       <c r="D755"/>
       <c r="E755" t="s">
         <v>14</v>
       </c>
       <c r="F755" t="s">
         <v>15</v>
       </c>
       <c r="G755" t="s">
         <v>16</v>
       </c>
       <c r="H755" t="s">
         <v>29</v>
       </c>
       <c r="I755" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="756" spans="1:9">
       <c r="A756" t="s">
-        <v>1568</v>
-[...1 lines deleted...]
-      <c r="B756"/>
+        <v>1566</v>
+      </c>
+      <c r="B756" t="s">
+        <v>1567</v>
+      </c>
       <c r="C756" t="s">
-        <v>1569</v>
+        <v>1566</v>
       </c>
       <c r="D756"/>
       <c r="E756" t="s">
         <v>14</v>
       </c>
       <c r="F756" t="s">
         <v>15</v>
       </c>
       <c r="G756" t="s">
         <v>16</v>
       </c>
       <c r="H756" t="s">
         <v>29</v>
       </c>
       <c r="I756" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
     </row>
     <row r="757" spans="1:9">
       <c r="A757" t="s">
-        <v>1570</v>
+        <v>1568</v>
       </c>
       <c r="B757"/>
       <c r="C757" t="s">
-        <v>1570</v>
+        <v>1568</v>
       </c>
       <c r="D757"/>
       <c r="E757" t="s">
         <v>14</v>
       </c>
       <c r="F757" t="s">
         <v>15</v>
       </c>
       <c r="G757" t="s">
         <v>16</v>
       </c>
       <c r="H757" t="s">
         <v>29</v>
       </c>
       <c r="I757" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="758" spans="1:9">
       <c r="A758" t="s">
-        <v>1571</v>
-[...1 lines deleted...]
-      <c r="B758"/>
+        <v>1569</v>
+      </c>
+      <c r="B758" t="s">
+        <v>1570</v>
+      </c>
       <c r="C758" t="s">
         <v>1571</v>
       </c>
       <c r="D758"/>
       <c r="E758" t="s">
         <v>14</v>
       </c>
       <c r="F758" t="s">
         <v>15</v>
       </c>
       <c r="G758" t="s">
         <v>16</v>
       </c>
       <c r="H758" t="s">
         <v>29</v>
       </c>
-      <c r="I758"/>
+      <c r="I758" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="759" spans="1:9">
       <c r="A759" t="s">
         <v>1572</v>
       </c>
-      <c r="B759" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B759"/>
       <c r="C759" t="s">
         <v>1572</v>
       </c>
       <c r="D759"/>
       <c r="E759" t="s">
         <v>14</v>
       </c>
       <c r="F759" t="s">
         <v>15</v>
       </c>
       <c r="G759" t="s">
         <v>16</v>
       </c>
       <c r="H759" t="s">
         <v>29</v>
       </c>
       <c r="I759" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="760" spans="1:9">
       <c r="A760" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B760" t="s">
         <v>1574</v>
       </c>
-      <c r="B760" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C760" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="D760"/>
       <c r="E760" t="s">
         <v>14</v>
       </c>
       <c r="F760" t="s">
         <v>15</v>
       </c>
       <c r="G760" t="s">
         <v>16</v>
       </c>
       <c r="H760" t="s">
         <v>29</v>
       </c>
       <c r="I760" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="761" spans="1:9">
       <c r="A761" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B761" t="s">
         <v>1576</v>
       </c>
-      <c r="B761" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C761" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="D761"/>
       <c r="E761" t="s">
         <v>14</v>
       </c>
       <c r="F761" t="s">
         <v>15</v>
       </c>
       <c r="G761" t="s">
         <v>16</v>
       </c>
       <c r="H761" t="s">
         <v>29</v>
       </c>
       <c r="I761" t="s">
-        <v>205</v>
+        <v>87</v>
       </c>
     </row>
     <row r="762" spans="1:9">
       <c r="A762" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B762" t="s">
         <v>1578</v>
       </c>
-      <c r="B762" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C762" t="s">
-        <v>1578</v>
+        <v>1577</v>
       </c>
       <c r="D762"/>
       <c r="E762" t="s">
         <v>14</v>
       </c>
       <c r="F762" t="s">
         <v>15</v>
       </c>
       <c r="G762" t="s">
         <v>16</v>
       </c>
       <c r="H762" t="s">
         <v>29</v>
       </c>
       <c r="I762" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="763" spans="1:9">
       <c r="A763" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B763" t="s">
         <v>1580</v>
       </c>
-      <c r="B763" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C763" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="D763"/>
       <c r="E763" t="s">
         <v>14</v>
       </c>
       <c r="F763" t="s">
         <v>15</v>
       </c>
       <c r="G763" t="s">
         <v>16</v>
       </c>
       <c r="H763" t="s">
         <v>29</v>
       </c>
       <c r="I763" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="764" spans="1:9">
       <c r="A764" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="B764"/>
       <c r="C764" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="D764"/>
       <c r="E764" t="s">
         <v>14</v>
       </c>
       <c r="F764" t="s">
         <v>15</v>
       </c>
       <c r="G764" t="s">
         <v>16</v>
       </c>
       <c r="H764" t="s">
         <v>29</v>
       </c>
       <c r="I764" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="765" spans="1:9">
       <c r="A765" t="s">
-        <v>1583</v>
-[...3 lines deleted...]
-      </c>
+        <v>1582</v>
+      </c>
+      <c r="B765"/>
       <c r="C765" t="s">
-        <v>1585</v>
+        <v>1582</v>
       </c>
       <c r="D765"/>
       <c r="E765" t="s">
         <v>14</v>
       </c>
       <c r="F765" t="s">
         <v>15</v>
       </c>
       <c r="G765" t="s">
         <v>16</v>
       </c>
       <c r="H765" t="s">
         <v>29</v>
       </c>
       <c r="I765" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="766" spans="1:9">
       <c r="A766" t="s">
-        <v>1586</v>
+        <v>1583</v>
       </c>
       <c r="B766"/>
       <c r="C766" t="s">
-        <v>1586</v>
+        <v>1583</v>
       </c>
       <c r="D766"/>
       <c r="E766" t="s">
         <v>14</v>
       </c>
       <c r="F766" t="s">
         <v>15</v>
       </c>
       <c r="G766" t="s">
         <v>16</v>
       </c>
       <c r="H766" t="s">
         <v>29</v>
       </c>
       <c r="I766" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="767" spans="1:9">
       <c r="A767" t="s">
-        <v>1587</v>
-[...3 lines deleted...]
-      </c>
+        <v>1584</v>
+      </c>
+      <c r="B767"/>
       <c r="C767" t="s">
-        <v>1587</v>
+        <v>1584</v>
       </c>
       <c r="D767"/>
       <c r="E767" t="s">
         <v>14</v>
       </c>
       <c r="F767" t="s">
         <v>15</v>
       </c>
       <c r="G767" t="s">
         <v>16</v>
       </c>
       <c r="H767" t="s">
         <v>29</v>
       </c>
       <c r="I767" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="768" spans="1:9">
       <c r="A768" t="s">
-        <v>1589</v>
-[...3 lines deleted...]
-      </c>
+        <v>1585</v>
+      </c>
+      <c r="B768"/>
       <c r="C768" t="s">
-        <v>1589</v>
+        <v>1585</v>
       </c>
       <c r="D768"/>
       <c r="E768" t="s">
         <v>14</v>
       </c>
       <c r="F768" t="s">
         <v>15</v>
       </c>
       <c r="G768" t="s">
         <v>16</v>
       </c>
       <c r="H768" t="s">
         <v>29</v>
       </c>
       <c r="I768" t="s">
-        <v>87</v>
+        <v>107</v>
       </c>
     </row>
     <row r="769" spans="1:9">
       <c r="A769" t="s">
-        <v>1591</v>
-[...3 lines deleted...]
-      </c>
+        <v>1586</v>
+      </c>
+      <c r="B769"/>
       <c r="C769" t="s">
-        <v>1591</v>
+        <v>1586</v>
       </c>
       <c r="D769"/>
       <c r="E769" t="s">
         <v>14</v>
       </c>
       <c r="F769" t="s">
         <v>15</v>
       </c>
       <c r="G769" t="s">
         <v>16</v>
       </c>
       <c r="H769" t="s">
         <v>29</v>
       </c>
       <c r="I769" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="770" spans="1:9">
       <c r="A770" t="s">
-        <v>1593</v>
-[...3 lines deleted...]
-      </c>
+        <v>1587</v>
+      </c>
+      <c r="B770"/>
       <c r="C770" t="s">
-        <v>1593</v>
+        <v>1587</v>
       </c>
       <c r="D770"/>
       <c r="E770" t="s">
         <v>14</v>
       </c>
       <c r="F770" t="s">
         <v>15</v>
       </c>
       <c r="G770" t="s">
         <v>16</v>
       </c>
       <c r="H770" t="s">
         <v>29</v>
       </c>
       <c r="I770" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="771" spans="1:9">
       <c r="A771" t="s">
-        <v>1595</v>
+        <v>1588</v>
       </c>
       <c r="B771"/>
       <c r="C771" t="s">
-        <v>1595</v>
+        <v>1589</v>
       </c>
       <c r="D771"/>
       <c r="E771" t="s">
         <v>14</v>
       </c>
       <c r="F771" t="s">
         <v>15</v>
       </c>
       <c r="G771" t="s">
         <v>16</v>
       </c>
       <c r="H771" t="s">
         <v>29</v>
       </c>
-      <c r="I771" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I771"/>
     </row>
     <row r="772" spans="1:9">
       <c r="A772" t="s">
-        <v>1596</v>
+        <v>1590</v>
       </c>
       <c r="B772"/>
       <c r="C772" t="s">
-        <v>1596</v>
+        <v>1590</v>
       </c>
       <c r="D772"/>
       <c r="E772" t="s">
         <v>14</v>
       </c>
       <c r="F772" t="s">
         <v>15</v>
       </c>
       <c r="G772" t="s">
         <v>16</v>
       </c>
       <c r="H772" t="s">
         <v>29</v>
       </c>
       <c r="I772" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="773" spans="1:9">
       <c r="A773" t="s">
-        <v>1597</v>
+        <v>1591</v>
       </c>
       <c r="B773"/>
       <c r="C773" t="s">
-        <v>1597</v>
+        <v>1591</v>
       </c>
       <c r="D773"/>
       <c r="E773" t="s">
         <v>14</v>
       </c>
       <c r="F773" t="s">
         <v>15</v>
       </c>
       <c r="G773" t="s">
         <v>16</v>
       </c>
       <c r="H773" t="s">
         <v>29</v>
       </c>
-      <c r="I773" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I773"/>
     </row>
     <row r="774" spans="1:9">
       <c r="A774" t="s">
-        <v>1598</v>
+        <v>1592</v>
       </c>
       <c r="B774"/>
       <c r="C774" t="s">
-        <v>1598</v>
+        <v>1592</v>
       </c>
       <c r="D774"/>
       <c r="E774" t="s">
         <v>14</v>
       </c>
       <c r="F774" t="s">
         <v>15</v>
       </c>
       <c r="G774" t="s">
         <v>16</v>
       </c>
       <c r="H774" t="s">
         <v>29</v>
       </c>
       <c r="I774" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="775" spans="1:9">
       <c r="A775" t="s">
-        <v>1599</v>
+        <v>1593</v>
       </c>
       <c r="B775"/>
       <c r="C775" t="s">
-        <v>1599</v>
+        <v>1593</v>
       </c>
       <c r="D775"/>
       <c r="E775" t="s">
         <v>14</v>
       </c>
       <c r="F775" t="s">
         <v>15</v>
       </c>
       <c r="G775" t="s">
         <v>16</v>
       </c>
       <c r="H775" t="s">
         <v>29</v>
       </c>
-      <c r="I775" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I775"/>
     </row>
     <row r="776" spans="1:9">
       <c r="A776" t="s">
-        <v>1600</v>
+        <v>1594</v>
       </c>
       <c r="B776"/>
       <c r="C776" t="s">
-        <v>1600</v>
+        <v>1594</v>
       </c>
       <c r="D776"/>
       <c r="E776" t="s">
         <v>14</v>
       </c>
       <c r="F776" t="s">
         <v>15</v>
       </c>
       <c r="G776" t="s">
         <v>16</v>
       </c>
       <c r="H776" t="s">
         <v>29</v>
       </c>
-      <c r="I776" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I776"/>
     </row>
     <row r="777" spans="1:9">
       <c r="A777" t="s">
-        <v>1601</v>
+        <v>1595</v>
       </c>
       <c r="B777"/>
       <c r="C777" t="s">
-        <v>1601</v>
+        <v>1595</v>
       </c>
       <c r="D777"/>
       <c r="E777" t="s">
         <v>14</v>
       </c>
       <c r="F777" t="s">
         <v>15</v>
       </c>
       <c r="G777" t="s">
         <v>16</v>
       </c>
       <c r="H777" t="s">
         <v>29</v>
       </c>
-      <c r="I777" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I777"/>
     </row>
     <row r="778" spans="1:9">
       <c r="A778" t="s">
-        <v>1602</v>
+        <v>1596</v>
       </c>
       <c r="B778"/>
       <c r="C778" t="s">
-        <v>1602</v>
+        <v>1596</v>
       </c>
       <c r="D778"/>
       <c r="E778" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F778" t="s">
-        <v>15</v>
+        <v>1131</v>
       </c>
       <c r="G778" t="s">
         <v>16</v>
       </c>
       <c r="H778" t="s">
         <v>29</v>
       </c>
       <c r="I778" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
     </row>
     <row r="779" spans="1:9">
       <c r="A779" t="s">
-        <v>1603</v>
+        <v>1597</v>
       </c>
       <c r="B779"/>
       <c r="C779" t="s">
-        <v>1604</v>
+        <v>1597</v>
       </c>
       <c r="D779"/>
       <c r="E779" t="s">
         <v>14</v>
       </c>
       <c r="F779" t="s">
         <v>15</v>
       </c>
       <c r="G779" t="s">
         <v>16</v>
       </c>
       <c r="H779" t="s">
         <v>29</v>
       </c>
       <c r="I779"/>
     </row>
     <row r="780" spans="1:9">
       <c r="A780" t="s">
-        <v>1605</v>
+        <v>1598</v>
       </c>
       <c r="B780"/>
       <c r="C780" t="s">
-        <v>1605</v>
+        <v>1598</v>
       </c>
       <c r="D780"/>
       <c r="E780" t="s">
         <v>14</v>
       </c>
       <c r="F780" t="s">
         <v>15</v>
       </c>
       <c r="G780" t="s">
         <v>16</v>
       </c>
       <c r="H780" t="s">
         <v>29</v>
       </c>
       <c r="I780" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="781" spans="1:9">
       <c r="A781" t="s">
-        <v>1606</v>
+        <v>1599</v>
       </c>
       <c r="B781"/>
       <c r="C781" t="s">
-        <v>1606</v>
+        <v>1599</v>
       </c>
       <c r="D781"/>
       <c r="E781" t="s">
         <v>14</v>
       </c>
       <c r="F781" t="s">
         <v>15</v>
       </c>
       <c r="G781" t="s">
         <v>16</v>
       </c>
       <c r="H781" t="s">
         <v>29</v>
       </c>
-      <c r="I781"/>
+      <c r="I781" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="782" spans="1:9">
       <c r="A782" t="s">
-        <v>1607</v>
+        <v>1600</v>
       </c>
       <c r="B782"/>
       <c r="C782" t="s">
-        <v>1607</v>
+        <v>1600</v>
       </c>
       <c r="D782"/>
       <c r="E782" t="s">
         <v>14</v>
       </c>
       <c r="F782" t="s">
         <v>15</v>
       </c>
       <c r="G782" t="s">
         <v>16</v>
       </c>
       <c r="H782" t="s">
         <v>29</v>
       </c>
-      <c r="I782" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I782"/>
     </row>
     <row r="783" spans="1:9">
       <c r="A783" t="s">
-        <v>1608</v>
+        <v>1601</v>
       </c>
       <c r="B783"/>
       <c r="C783" t="s">
-        <v>1608</v>
+        <v>1601</v>
       </c>
       <c r="D783"/>
       <c r="E783" t="s">
         <v>14</v>
       </c>
       <c r="F783" t="s">
         <v>15</v>
       </c>
       <c r="G783" t="s">
         <v>16</v>
       </c>
       <c r="H783" t="s">
         <v>29</v>
       </c>
       <c r="I783"/>
     </row>
     <row r="784" spans="1:9">
       <c r="A784" t="s">
-        <v>1609</v>
+        <v>1602</v>
       </c>
       <c r="B784"/>
       <c r="C784" t="s">
-        <v>1609</v>
+        <v>1602</v>
       </c>
       <c r="D784"/>
       <c r="E784" t="s">
         <v>14</v>
       </c>
       <c r="F784" t="s">
         <v>15</v>
       </c>
       <c r="G784" t="s">
         <v>16</v>
       </c>
       <c r="H784" t="s">
         <v>29</v>
       </c>
       <c r="I784"/>
     </row>
     <row r="785" spans="1:9">
       <c r="A785" t="s">
-        <v>1610</v>
+        <v>1603</v>
       </c>
       <c r="B785"/>
       <c r="C785" t="s">
-        <v>1610</v>
+        <v>1603</v>
       </c>
       <c r="D785"/>
       <c r="E785" t="s">
         <v>14</v>
       </c>
       <c r="F785" t="s">
         <v>15</v>
       </c>
       <c r="G785" t="s">
         <v>16</v>
       </c>
       <c r="H785" t="s">
         <v>29</v>
       </c>
       <c r="I785"/>
     </row>
     <row r="786" spans="1:9">
       <c r="A786" t="s">
-        <v>1611</v>
+        <v>1604</v>
       </c>
       <c r="B786"/>
       <c r="C786" t="s">
-        <v>1611</v>
+        <v>1604</v>
       </c>
       <c r="D786"/>
       <c r="E786" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F786" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="G786" t="s">
         <v>16</v>
       </c>
       <c r="H786" t="s">
         <v>29</v>
       </c>
       <c r="I786" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
     </row>
     <row r="787" spans="1:9">
       <c r="A787" t="s">
-        <v>1612</v>
+        <v>1605</v>
       </c>
       <c r="B787"/>
       <c r="C787" t="s">
-        <v>1612</v>
+        <v>1605</v>
       </c>
       <c r="D787"/>
       <c r="E787" t="s">
         <v>14</v>
       </c>
       <c r="F787" t="s">
         <v>15</v>
       </c>
       <c r="G787" t="s">
         <v>16</v>
       </c>
       <c r="H787" t="s">
         <v>29</v>
       </c>
-      <c r="I787"/>
+      <c r="I787" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="788" spans="1:9">
       <c r="A788" t="s">
-        <v>1613</v>
+        <v>1606</v>
       </c>
       <c r="B788"/>
       <c r="C788" t="s">
-        <v>1613</v>
+        <v>1606</v>
       </c>
       <c r="D788"/>
       <c r="E788" t="s">
         <v>14</v>
       </c>
       <c r="F788" t="s">
         <v>15</v>
       </c>
       <c r="G788" t="s">
         <v>16</v>
       </c>
       <c r="H788" t="s">
         <v>29</v>
       </c>
       <c r="I788" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="789" spans="1:9">
       <c r="A789" t="s">
-        <v>1614</v>
+        <v>1607</v>
       </c>
       <c r="B789"/>
       <c r="C789" t="s">
-        <v>1614</v>
+        <v>1607</v>
       </c>
       <c r="D789"/>
       <c r="E789" t="s">
         <v>14</v>
       </c>
       <c r="F789" t="s">
         <v>15</v>
       </c>
       <c r="G789" t="s">
         <v>16</v>
       </c>
       <c r="H789" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="I789" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="790" spans="1:9">
       <c r="A790" t="s">
-        <v>1615</v>
+        <v>1608</v>
       </c>
       <c r="B790"/>
       <c r="C790" t="s">
-        <v>1615</v>
+        <v>1608</v>
       </c>
       <c r="D790"/>
       <c r="E790" t="s">
         <v>14</v>
       </c>
       <c r="F790" t="s">
         <v>15</v>
       </c>
       <c r="G790" t="s">
         <v>16</v>
       </c>
       <c r="H790" t="s">
         <v>29</v>
       </c>
-      <c r="I790"/>
+      <c r="I790" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="791" spans="1:9">
       <c r="A791" t="s">
-        <v>1616</v>
+        <v>1609</v>
       </c>
       <c r="B791"/>
       <c r="C791" t="s">
-        <v>1616</v>
+        <v>1609</v>
       </c>
       <c r="D791"/>
       <c r="E791" t="s">
         <v>14</v>
       </c>
       <c r="F791" t="s">
         <v>15</v>
       </c>
       <c r="G791" t="s">
         <v>16</v>
       </c>
       <c r="H791" t="s">
         <v>29</v>
       </c>
-      <c r="I791"/>
+      <c r="I791" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="792" spans="1:9">
       <c r="A792" t="s">
-        <v>1617</v>
+        <v>1610</v>
       </c>
       <c r="B792"/>
       <c r="C792" t="s">
-        <v>1617</v>
+        <v>1610</v>
       </c>
       <c r="D792"/>
       <c r="E792" t="s">
         <v>14</v>
       </c>
       <c r="F792" t="s">
         <v>15</v>
       </c>
       <c r="G792" t="s">
         <v>16</v>
       </c>
       <c r="H792" t="s">
         <v>29</v>
       </c>
-      <c r="I792"/>
+      <c r="I792" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="793" spans="1:9">
       <c r="A793" t="s">
-        <v>1618</v>
+        <v>1611</v>
       </c>
       <c r="B793"/>
       <c r="C793" t="s">
-        <v>1618</v>
+        <v>1611</v>
       </c>
       <c r="D793"/>
       <c r="E793" t="s">
         <v>14</v>
       </c>
       <c r="F793" t="s">
         <v>15</v>
       </c>
       <c r="G793" t="s">
         <v>16</v>
       </c>
       <c r="H793" t="s">
         <v>29</v>
       </c>
       <c r="I793"/>
     </row>
     <row r="794" spans="1:9">
       <c r="A794" t="s">
-        <v>1619</v>
+        <v>1612</v>
       </c>
       <c r="B794"/>
       <c r="C794" t="s">
-        <v>1619</v>
+        <v>1612</v>
       </c>
       <c r="D794"/>
       <c r="E794" t="s">
         <v>14</v>
       </c>
       <c r="F794" t="s">
         <v>15</v>
       </c>
       <c r="G794" t="s">
         <v>16</v>
       </c>
       <c r="H794" t="s">
         <v>29</v>
       </c>
       <c r="I794" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="795" spans="1:9">
       <c r="A795" t="s">
-        <v>1620</v>
+        <v>1613</v>
       </c>
       <c r="B795"/>
       <c r="C795" t="s">
-        <v>1620</v>
+        <v>1613</v>
       </c>
       <c r="D795"/>
       <c r="E795" t="s">
         <v>14</v>
       </c>
       <c r="F795" t="s">
         <v>15</v>
       </c>
       <c r="G795" t="s">
         <v>16</v>
       </c>
       <c r="H795" t="s">
         <v>29</v>
       </c>
       <c r="I795" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="796" spans="1:9">
       <c r="A796" t="s">
-        <v>1621</v>
+        <v>1614</v>
       </c>
       <c r="B796"/>
       <c r="C796" t="s">
-        <v>1621</v>
+        <v>1614</v>
       </c>
       <c r="D796"/>
       <c r="E796" t="s">
         <v>14</v>
       </c>
       <c r="F796" t="s">
         <v>15</v>
       </c>
       <c r="G796" t="s">
         <v>16</v>
       </c>
       <c r="H796" t="s">
         <v>29</v>
       </c>
       <c r="I796" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="797" spans="1:9">
       <c r="A797" t="s">
-        <v>1622</v>
+        <v>1615</v>
       </c>
       <c r="B797"/>
       <c r="C797" t="s">
-        <v>1622</v>
+        <v>1615</v>
       </c>
       <c r="D797"/>
       <c r="E797" t="s">
         <v>14</v>
       </c>
       <c r="F797" t="s">
         <v>15</v>
       </c>
       <c r="G797" t="s">
         <v>16</v>
       </c>
       <c r="H797" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="I797" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="798" spans="1:9">
       <c r="A798" t="s">
-        <v>1623</v>
+        <v>1616</v>
       </c>
       <c r="B798"/>
       <c r="C798" t="s">
-        <v>1623</v>
+        <v>1616</v>
       </c>
       <c r="D798"/>
       <c r="E798" t="s">
         <v>14</v>
       </c>
       <c r="F798" t="s">
         <v>15</v>
       </c>
       <c r="G798" t="s">
         <v>16</v>
       </c>
       <c r="H798" t="s">
         <v>29</v>
       </c>
       <c r="I798" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="799" spans="1:9">
       <c r="A799" t="s">
-        <v>1624</v>
+        <v>1617</v>
       </c>
       <c r="B799"/>
       <c r="C799" t="s">
-        <v>1624</v>
+        <v>1617</v>
       </c>
       <c r="D799"/>
       <c r="E799" t="s">
         <v>14</v>
       </c>
       <c r="F799" t="s">
         <v>15</v>
       </c>
       <c r="G799" t="s">
         <v>16</v>
       </c>
       <c r="H799" t="s">
         <v>29</v>
       </c>
       <c r="I799" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="800" spans="1:9">
       <c r="A800" t="s">
-        <v>1625</v>
+        <v>1618</v>
       </c>
       <c r="B800"/>
       <c r="C800" t="s">
-        <v>1625</v>
+        <v>1618</v>
       </c>
       <c r="D800"/>
       <c r="E800" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F800" t="s">
         <v>15</v>
       </c>
       <c r="G800" t="s">
         <v>16</v>
       </c>
       <c r="H800" t="s">
         <v>29</v>
       </c>
       <c r="I800" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="801" spans="1:9">
       <c r="A801" t="s">
-        <v>1626</v>
+        <v>1619</v>
       </c>
       <c r="B801"/>
       <c r="C801" t="s">
-        <v>1626</v>
+        <v>1619</v>
       </c>
       <c r="D801"/>
       <c r="E801" t="s">
         <v>14</v>
       </c>
       <c r="F801" t="s">
         <v>15</v>
       </c>
       <c r="G801" t="s">
         <v>16</v>
       </c>
       <c r="H801" t="s">
         <v>29</v>
       </c>
-      <c r="I801"/>
+      <c r="I801" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="802" spans="1:9">
       <c r="A802" t="s">
-        <v>1627</v>
+        <v>1620</v>
       </c>
       <c r="B802"/>
       <c r="C802" t="s">
-        <v>1627</v>
+        <v>1620</v>
       </c>
       <c r="D802"/>
       <c r="E802" t="s">
         <v>14</v>
       </c>
       <c r="F802" t="s">
         <v>15</v>
       </c>
       <c r="G802" t="s">
         <v>16</v>
       </c>
       <c r="H802" t="s">
         <v>29</v>
       </c>
       <c r="I802" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="803" spans="1:9">
       <c r="A803" t="s">
-        <v>1628</v>
+        <v>1621</v>
       </c>
       <c r="B803"/>
       <c r="C803" t="s">
-        <v>1628</v>
+        <v>1621</v>
       </c>
       <c r="D803"/>
       <c r="E803" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F803" t="s">
         <v>15</v>
       </c>
       <c r="G803" t="s">
         <v>16</v>
       </c>
       <c r="H803" t="s">
         <v>29</v>
       </c>
       <c r="I803" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="804" spans="1:9">
       <c r="A804" t="s">
-        <v>1629</v>
+        <v>1622</v>
       </c>
       <c r="B804"/>
       <c r="C804" t="s">
-        <v>1629</v>
+        <v>1622</v>
       </c>
       <c r="D804"/>
       <c r="E804" t="s">
         <v>14</v>
       </c>
       <c r="F804" t="s">
         <v>15</v>
       </c>
       <c r="G804" t="s">
         <v>16</v>
       </c>
       <c r="H804" t="s">
         <v>29</v>
       </c>
       <c r="I804" t="s">
-        <v>47</v>
+        <v>107</v>
       </c>
     </row>
     <row r="805" spans="1:9">
       <c r="A805" t="s">
-        <v>1630</v>
+        <v>1623</v>
       </c>
       <c r="B805"/>
       <c r="C805" t="s">
-        <v>1630</v>
+        <v>1623</v>
       </c>
       <c r="D805"/>
       <c r="E805" t="s">
         <v>14</v>
       </c>
       <c r="F805" t="s">
         <v>15</v>
       </c>
       <c r="G805" t="s">
         <v>16</v>
       </c>
       <c r="H805" t="s">
         <v>29</v>
       </c>
       <c r="I805" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="806" spans="1:9">
       <c r="A806" t="s">
-        <v>1631</v>
+        <v>1624</v>
       </c>
       <c r="B806"/>
       <c r="C806" t="s">
-        <v>1631</v>
+        <v>1624</v>
       </c>
       <c r="D806"/>
       <c r="E806" t="s">
         <v>14</v>
       </c>
       <c r="F806" t="s">
         <v>15</v>
       </c>
       <c r="G806" t="s">
         <v>16</v>
       </c>
       <c r="H806" t="s">
         <v>29</v>
       </c>
       <c r="I806" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="807" spans="1:9">
       <c r="A807" t="s">
-        <v>1632</v>
+        <v>1625</v>
       </c>
       <c r="B807"/>
       <c r="C807" t="s">
-        <v>1632</v>
+        <v>1625</v>
       </c>
       <c r="D807"/>
       <c r="E807" t="s">
         <v>14</v>
       </c>
       <c r="F807" t="s">
         <v>15</v>
       </c>
       <c r="G807" t="s">
         <v>16</v>
       </c>
       <c r="H807" t="s">
         <v>29</v>
       </c>
       <c r="I807" t="s">
-        <v>107</v>
+        <v>47</v>
       </c>
     </row>
     <row r="808" spans="1:9">
       <c r="A808" t="s">
-        <v>1633</v>
+        <v>1626</v>
       </c>
       <c r="B808"/>
       <c r="C808" t="s">
-        <v>1633</v>
+        <v>1626</v>
       </c>
       <c r="D808"/>
       <c r="E808" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F808" t="s">
         <v>15</v>
       </c>
       <c r="G808" t="s">
         <v>16</v>
       </c>
       <c r="H808" t="s">
         <v>29</v>
       </c>
       <c r="I808" t="s">
-        <v>49</v>
+        <v>107</v>
       </c>
     </row>
     <row r="809" spans="1:9">
       <c r="A809" t="s">
-        <v>1634</v>
+        <v>1627</v>
       </c>
       <c r="B809"/>
       <c r="C809" t="s">
-        <v>1634</v>
+        <v>1627</v>
       </c>
       <c r="D809"/>
       <c r="E809" t="s">
         <v>14</v>
       </c>
       <c r="F809" t="s">
         <v>15</v>
       </c>
       <c r="G809" t="s">
         <v>16</v>
       </c>
       <c r="H809" t="s">
         <v>29</v>
       </c>
       <c r="I809" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="810" spans="1:9">
       <c r="A810" t="s">
-        <v>1635</v>
+        <v>1628</v>
       </c>
       <c r="B810"/>
       <c r="C810" t="s">
-        <v>1635</v>
+        <v>1628</v>
       </c>
       <c r="D810"/>
       <c r="E810" t="s">
         <v>14</v>
       </c>
       <c r="F810" t="s">
         <v>15</v>
       </c>
       <c r="G810" t="s">
         <v>16</v>
       </c>
       <c r="H810" t="s">
         <v>29</v>
       </c>
       <c r="I810" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="811" spans="1:9">
       <c r="A811" t="s">
-        <v>1636</v>
+        <v>1629</v>
       </c>
       <c r="B811"/>
       <c r="C811" t="s">
-        <v>1636</v>
+        <v>1629</v>
       </c>
       <c r="D811"/>
       <c r="E811" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F811" t="s">
         <v>15</v>
       </c>
       <c r="G811" t="s">
         <v>16</v>
       </c>
       <c r="H811" t="s">
         <v>29</v>
       </c>
       <c r="I811" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="812" spans="1:9">
       <c r="A812" t="s">
-        <v>1637</v>
+        <v>1556</v>
       </c>
       <c r="B812"/>
       <c r="C812" t="s">
-        <v>1637</v>
+        <v>1556</v>
       </c>
       <c r="D812"/>
       <c r="E812" t="s">
         <v>14</v>
       </c>
       <c r="F812" t="s">
         <v>15</v>
       </c>
       <c r="G812" t="s">
         <v>16</v>
       </c>
       <c r="H812" t="s">
         <v>29</v>
       </c>
       <c r="I812" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="813" spans="1:9">
       <c r="A813" t="s">
-        <v>1638</v>
+        <v>1630</v>
       </c>
       <c r="B813"/>
       <c r="C813" t="s">
-        <v>1638</v>
+        <v>1630</v>
       </c>
       <c r="D813"/>
       <c r="E813" t="s">
         <v>14</v>
       </c>
       <c r="F813" t="s">
         <v>15</v>
       </c>
       <c r="G813" t="s">
         <v>16</v>
       </c>
       <c r="H813" t="s">
         <v>29</v>
       </c>
       <c r="I813" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="814" spans="1:9">
       <c r="A814" t="s">
-        <v>1639</v>
+        <v>1631</v>
       </c>
       <c r="B814"/>
       <c r="C814" t="s">
-        <v>1639</v>
+        <v>1631</v>
       </c>
       <c r="D814"/>
       <c r="E814" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F814" t="s">
         <v>15</v>
       </c>
       <c r="G814" t="s">
         <v>16</v>
       </c>
       <c r="H814" t="s">
         <v>29</v>
       </c>
       <c r="I814" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="815" spans="1:9">
       <c r="A815" t="s">
-        <v>1640</v>
+        <v>1632</v>
       </c>
       <c r="B815"/>
       <c r="C815" t="s">
-        <v>1640</v>
+        <v>1632</v>
       </c>
       <c r="D815"/>
       <c r="E815" t="s">
         <v>14</v>
       </c>
       <c r="F815" t="s">
         <v>15</v>
       </c>
       <c r="G815" t="s">
         <v>16</v>
       </c>
       <c r="H815" t="s">
         <v>29</v>
       </c>
       <c r="I815" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="816" spans="1:9">
       <c r="A816" t="s">
-        <v>1641</v>
+        <v>1633</v>
       </c>
       <c r="B816"/>
       <c r="C816" t="s">
-        <v>1641</v>
+        <v>1633</v>
       </c>
       <c r="D816"/>
       <c r="E816" t="s">
         <v>14</v>
       </c>
       <c r="F816" t="s">
         <v>15</v>
       </c>
       <c r="G816" t="s">
         <v>16</v>
       </c>
       <c r="H816" t="s">
         <v>29</v>
       </c>
       <c r="I816" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="817" spans="1:9">
       <c r="A817" t="s">
-        <v>1642</v>
+        <v>1634</v>
       </c>
       <c r="B817"/>
       <c r="C817" t="s">
-        <v>1642</v>
+        <v>1634</v>
       </c>
       <c r="D817"/>
       <c r="E817" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F817" t="s">
-        <v>15</v>
+        <v>1131</v>
       </c>
       <c r="G817" t="s">
         <v>16</v>
       </c>
       <c r="H817" t="s">
         <v>29</v>
       </c>
-      <c r="I817" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I817"/>
     </row>
     <row r="818" spans="1:9">
       <c r="A818" t="s">
-        <v>1643</v>
+        <v>1635</v>
       </c>
       <c r="B818"/>
       <c r="C818" t="s">
-        <v>1643</v>
+        <v>1635</v>
       </c>
       <c r="D818"/>
       <c r="E818" t="s">
         <v>14</v>
       </c>
       <c r="F818" t="s">
         <v>15</v>
       </c>
       <c r="G818" t="s">
         <v>16</v>
       </c>
       <c r="H818" t="s">
         <v>29</v>
       </c>
       <c r="I818" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="819" spans="1:9">
       <c r="A819" t="s">
-        <v>1644</v>
+        <v>1636</v>
       </c>
       <c r="B819"/>
       <c r="C819" t="s">
-        <v>1644</v>
+        <v>1636</v>
       </c>
       <c r="D819"/>
       <c r="E819" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F819" t="s">
         <v>15</v>
       </c>
       <c r="G819" t="s">
         <v>16</v>
       </c>
       <c r="H819" t="s">
         <v>29</v>
       </c>
       <c r="I819" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="820" spans="1:9">
       <c r="A820" t="s">
-        <v>1570</v>
+        <v>1637</v>
       </c>
       <c r="B820"/>
       <c r="C820" t="s">
-        <v>1570</v>
+        <v>1637</v>
       </c>
       <c r="D820"/>
       <c r="E820" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F820" t="s">
         <v>15</v>
       </c>
       <c r="G820" t="s">
         <v>16</v>
       </c>
       <c r="H820" t="s">
         <v>29</v>
       </c>
       <c r="I820" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="821" spans="1:9">
       <c r="A821" t="s">
-        <v>1645</v>
+        <v>1638</v>
       </c>
       <c r="B821"/>
       <c r="C821" t="s">
-        <v>1645</v>
+        <v>1638</v>
       </c>
       <c r="D821"/>
       <c r="E821" t="s">
         <v>14</v>
       </c>
       <c r="F821" t="s">
         <v>15</v>
       </c>
       <c r="G821" t="s">
         <v>16</v>
       </c>
       <c r="H821" t="s">
         <v>29</v>
       </c>
       <c r="I821" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="822" spans="1:9">
       <c r="A822" t="s">
-        <v>1646</v>
+        <v>1639</v>
       </c>
       <c r="B822"/>
       <c r="C822" t="s">
-        <v>1646</v>
+        <v>1639</v>
       </c>
       <c r="D822"/>
       <c r="E822" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F822" t="s">
         <v>15</v>
       </c>
       <c r="G822" t="s">
         <v>16</v>
       </c>
       <c r="H822" t="s">
         <v>29</v>
       </c>
-      <c r="I822" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I822"/>
     </row>
     <row r="823" spans="1:9">
       <c r="A823" t="s">
-        <v>1647</v>
+        <v>1640</v>
       </c>
       <c r="B823"/>
       <c r="C823" t="s">
-        <v>1647</v>
+        <v>1640</v>
       </c>
       <c r="D823"/>
       <c r="E823" t="s">
         <v>14</v>
       </c>
       <c r="F823" t="s">
         <v>15</v>
       </c>
       <c r="G823" t="s">
         <v>16</v>
       </c>
       <c r="H823" t="s">
         <v>29</v>
       </c>
-      <c r="I823" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I823"/>
     </row>
     <row r="824" spans="1:9">
       <c r="A824" t="s">
-        <v>1648</v>
+        <v>1641</v>
       </c>
       <c r="B824"/>
       <c r="C824" t="s">
-        <v>1648</v>
+        <v>1642</v>
       </c>
       <c r="D824"/>
       <c r="E824" t="s">
         <v>14</v>
       </c>
       <c r="F824" t="s">
         <v>15</v>
       </c>
       <c r="G824" t="s">
         <v>16</v>
       </c>
       <c r="H824" t="s">
         <v>29</v>
       </c>
-      <c r="I824" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I824"/>
     </row>
     <row r="825" spans="1:9">
       <c r="A825" t="s">
-        <v>1649</v>
+        <v>1643</v>
       </c>
       <c r="B825"/>
       <c r="C825" t="s">
-        <v>1649</v>
+        <v>1643</v>
       </c>
       <c r="D825"/>
       <c r="E825" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F825" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="G825" t="s">
         <v>16</v>
       </c>
       <c r="H825" t="s">
         <v>29</v>
       </c>
       <c r="I825"/>
     </row>
     <row r="826" spans="1:9">
       <c r="A826" t="s">
-        <v>1650</v>
+        <v>1644</v>
       </c>
       <c r="B826"/>
       <c r="C826" t="s">
-        <v>1650</v>
+        <v>1644</v>
       </c>
       <c r="D826"/>
       <c r="E826" t="s">
         <v>14</v>
       </c>
       <c r="F826" t="s">
         <v>15</v>
       </c>
       <c r="G826" t="s">
         <v>16</v>
       </c>
       <c r="H826" t="s">
         <v>29</v>
       </c>
-      <c r="I826" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I826"/>
     </row>
     <row r="827" spans="1:9">
       <c r="A827" t="s">
-        <v>1651</v>
+        <v>1645</v>
       </c>
       <c r="B827"/>
       <c r="C827" t="s">
-        <v>1651</v>
+        <v>1645</v>
       </c>
       <c r="D827"/>
       <c r="E827" t="s">
         <v>14</v>
       </c>
       <c r="F827" t="s">
         <v>15</v>
       </c>
       <c r="G827" t="s">
         <v>16</v>
       </c>
       <c r="H827" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I827" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
     </row>
     <row r="828" spans="1:9">
       <c r="A828" t="s">
-        <v>1652</v>
+        <v>1646</v>
       </c>
       <c r="B828"/>
       <c r="C828" t="s">
-        <v>1652</v>
+        <v>1646</v>
       </c>
       <c r="D828"/>
       <c r="E828" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F828" t="s">
         <v>15</v>
       </c>
       <c r="G828" t="s">
         <v>16</v>
       </c>
       <c r="H828" t="s">
         <v>29</v>
       </c>
-      <c r="I828" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I828"/>
     </row>
     <row r="829" spans="1:9">
       <c r="A829" t="s">
-        <v>1653</v>
+        <v>1647</v>
       </c>
       <c r="B829"/>
       <c r="C829" t="s">
-        <v>1653</v>
+        <v>1647</v>
       </c>
       <c r="D829"/>
       <c r="E829" t="s">
         <v>14</v>
       </c>
       <c r="F829" t="s">
         <v>15</v>
       </c>
       <c r="G829" t="s">
         <v>16</v>
       </c>
       <c r="H829" t="s">
         <v>29</v>
       </c>
-      <c r="I829" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I829"/>
     </row>
     <row r="830" spans="1:9">
       <c r="A830" t="s">
-        <v>1654</v>
+        <v>1648</v>
       </c>
       <c r="B830"/>
       <c r="C830" t="s">
-        <v>1654</v>
+        <v>1648</v>
       </c>
       <c r="D830"/>
       <c r="E830" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F830" t="s">
         <v>15</v>
       </c>
       <c r="G830" t="s">
         <v>16</v>
       </c>
       <c r="H830" t="s">
         <v>29</v>
       </c>
       <c r="I830"/>
     </row>
     <row r="831" spans="1:9">
       <c r="A831" t="s">
-        <v>1655</v>
+        <v>1649</v>
       </c>
       <c r="B831"/>
       <c r="C831" t="s">
-        <v>1655</v>
+        <v>1649</v>
       </c>
       <c r="D831"/>
       <c r="E831" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F831" t="s">
         <v>15</v>
       </c>
       <c r="G831" t="s">
         <v>16</v>
       </c>
       <c r="H831" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I831"/>
+        <v>23</v>
+      </c>
+      <c r="I831" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="832" spans="1:9">
       <c r="A832" t="s">
-        <v>1656</v>
+        <v>1650</v>
       </c>
       <c r="B832"/>
       <c r="C832" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D832"/>
       <c r="E832" t="s">
         <v>14</v>
       </c>
       <c r="F832" t="s">
         <v>15</v>
       </c>
       <c r="G832" t="s">
         <v>16</v>
       </c>
       <c r="H832" t="s">
         <v>29</v>
       </c>
-      <c r="I832"/>
+      <c r="I832" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="833" spans="1:9">
       <c r="A833" t="s">
-        <v>1658</v>
+        <v>1651</v>
       </c>
       <c r="B833"/>
       <c r="C833" t="s">
-        <v>1658</v>
+        <v>1651</v>
       </c>
       <c r="D833"/>
       <c r="E833" t="s">
         <v>14</v>
       </c>
       <c r="F833" t="s">
         <v>15</v>
       </c>
       <c r="G833" t="s">
         <v>16</v>
       </c>
       <c r="H833" t="s">
         <v>29</v>
       </c>
-      <c r="I833"/>
+      <c r="I833" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="834" spans="1:9">
       <c r="A834" t="s">
-        <v>1659</v>
+        <v>1652</v>
       </c>
       <c r="B834"/>
       <c r="C834" t="s">
-        <v>1659</v>
+        <v>1652</v>
       </c>
       <c r="D834"/>
       <c r="E834" t="s">
         <v>14</v>
       </c>
       <c r="F834" t="s">
         <v>15</v>
       </c>
       <c r="G834" t="s">
         <v>16</v>
       </c>
       <c r="H834" t="s">
         <v>29</v>
       </c>
-      <c r="I834"/>
+      <c r="I834" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="835" spans="1:9">
       <c r="A835" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="B835"/>
       <c r="C835" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="D835"/>
       <c r="E835" t="s">
         <v>14</v>
       </c>
       <c r="F835" t="s">
         <v>15</v>
       </c>
       <c r="G835" t="s">
         <v>16</v>
       </c>
       <c r="H835" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I835" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="836" spans="1:9">
       <c r="A836" t="s">
-        <v>1661</v>
-[...1 lines deleted...]
-      <c r="B836"/>
+        <v>1654</v>
+      </c>
+      <c r="B836" t="s">
+        <v>1655</v>
+      </c>
       <c r="C836" t="s">
-        <v>1661</v>
+        <v>1654</v>
       </c>
       <c r="D836"/>
       <c r="E836" t="s">
-        <v>14</v>
+        <v>329</v>
       </c>
       <c r="F836" t="s">
         <v>15</v>
       </c>
       <c r="G836" t="s">
         <v>16</v>
       </c>
       <c r="H836" t="s">
         <v>29</v>
       </c>
-      <c r="I836"/>
+      <c r="I836" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="837" spans="1:9">
       <c r="A837" t="s">
-        <v>1662</v>
+        <v>1656</v>
       </c>
       <c r="B837"/>
       <c r="C837" t="s">
-        <v>1662</v>
+        <v>1656</v>
       </c>
       <c r="D837"/>
       <c r="E837" t="s">
         <v>14</v>
       </c>
       <c r="F837" t="s">
         <v>15</v>
       </c>
       <c r="G837" t="s">
         <v>16</v>
       </c>
       <c r="H837" t="s">
         <v>29</v>
       </c>
-      <c r="I837"/>
+      <c r="I837" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="838" spans="1:9">
       <c r="A838" t="s">
-        <v>1663</v>
+        <v>1657</v>
       </c>
       <c r="B838"/>
       <c r="C838" t="s">
-        <v>1663</v>
+        <v>1657</v>
       </c>
       <c r="D838"/>
       <c r="E838" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F838" t="s">
         <v>15</v>
       </c>
       <c r="G838" t="s">
         <v>16</v>
       </c>
       <c r="H838" t="s">
         <v>29</v>
       </c>
       <c r="I838"/>
     </row>
     <row r="839" spans="1:9">
       <c r="A839" t="s">
-        <v>1664</v>
+        <v>1658</v>
       </c>
       <c r="B839"/>
       <c r="C839" t="s">
-        <v>1664</v>
+        <v>1658</v>
       </c>
       <c r="D839"/>
       <c r="E839" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F839" t="s">
         <v>15</v>
       </c>
       <c r="G839" t="s">
         <v>16</v>
       </c>
       <c r="H839" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I839" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="840" spans="1:9">
       <c r="A840" t="s">
-        <v>1665</v>
+        <v>1659</v>
       </c>
       <c r="B840"/>
       <c r="C840" t="s">
-        <v>1665</v>
+        <v>1659</v>
       </c>
       <c r="D840"/>
       <c r="E840" t="s">
         <v>14</v>
       </c>
       <c r="F840" t="s">
         <v>15</v>
       </c>
       <c r="G840" t="s">
         <v>16</v>
       </c>
       <c r="H840" t="s">
         <v>29</v>
       </c>
-      <c r="I840" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I840"/>
     </row>
     <row r="841" spans="1:9">
       <c r="A841" t="s">
-        <v>1666</v>
+        <v>1660</v>
       </c>
       <c r="B841"/>
       <c r="C841" t="s">
-        <v>1666</v>
+        <v>1660</v>
       </c>
       <c r="D841"/>
       <c r="E841" t="s">
         <v>14</v>
       </c>
       <c r="F841" t="s">
         <v>15</v>
       </c>
       <c r="G841" t="s">
         <v>16</v>
       </c>
       <c r="H841" t="s">
         <v>29</v>
       </c>
-      <c r="I841" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I841"/>
     </row>
     <row r="842" spans="1:9">
       <c r="A842" t="s">
-        <v>1667</v>
+        <v>1661</v>
       </c>
       <c r="B842"/>
       <c r="C842" t="s">
-        <v>1667</v>
+        <v>1661</v>
       </c>
       <c r="D842"/>
       <c r="E842" t="s">
         <v>14</v>
       </c>
       <c r="F842" t="s">
         <v>15</v>
       </c>
       <c r="G842" t="s">
         <v>16</v>
       </c>
       <c r="H842" t="s">
         <v>29</v>
       </c>
-      <c r="I842" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I842"/>
     </row>
     <row r="843" spans="1:9">
       <c r="A843" t="s">
-        <v>1668</v>
+        <v>1662</v>
       </c>
       <c r="B843"/>
       <c r="C843" t="s">
-        <v>1668</v>
+        <v>1662</v>
       </c>
       <c r="D843"/>
       <c r="E843" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F843" t="s">
         <v>15</v>
       </c>
       <c r="G843" t="s">
         <v>16</v>
       </c>
       <c r="H843" t="s">
         <v>29</v>
       </c>
       <c r="I843" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="844" spans="1:9">
       <c r="A844" t="s">
-        <v>1669</v>
-[...3 lines deleted...]
-      </c>
+        <v>1663</v>
+      </c>
+      <c r="B844"/>
       <c r="C844" t="s">
-        <v>1669</v>
+        <v>1663</v>
       </c>
       <c r="D844"/>
       <c r="E844" t="s">
-        <v>327</v>
+        <v>14</v>
       </c>
       <c r="F844" t="s">
         <v>15</v>
       </c>
       <c r="G844" t="s">
         <v>16</v>
       </c>
       <c r="H844" t="s">
         <v>29</v>
       </c>
       <c r="I844" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
     </row>
     <row r="845" spans="1:9">
       <c r="A845" t="s">
-        <v>1671</v>
+        <v>1664</v>
       </c>
       <c r="B845"/>
       <c r="C845" t="s">
-        <v>1671</v>
+        <v>1664</v>
       </c>
       <c r="D845"/>
       <c r="E845" t="s">
         <v>14</v>
       </c>
       <c r="F845" t="s">
         <v>15</v>
       </c>
       <c r="G845" t="s">
         <v>16</v>
       </c>
       <c r="H845" t="s">
         <v>29</v>
       </c>
       <c r="I845" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
     </row>
     <row r="846" spans="1:9">
       <c r="A846" t="s">
-        <v>1672</v>
-[...1 lines deleted...]
-      <c r="B846"/>
+        <v>1665</v>
+      </c>
+      <c r="B846" t="s">
+        <v>1666</v>
+      </c>
       <c r="C846" t="s">
-        <v>1672</v>
+        <v>1665</v>
       </c>
       <c r="D846"/>
       <c r="E846" t="s">
         <v>14</v>
       </c>
       <c r="F846" t="s">
         <v>15</v>
       </c>
       <c r="G846" t="s">
         <v>16</v>
       </c>
       <c r="H846" t="s">
         <v>29</v>
       </c>
-      <c r="I846"/>
+      <c r="I846" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="847" spans="1:9">
       <c r="A847" t="s">
-        <v>1673</v>
-[...1 lines deleted...]
-      <c r="B847"/>
+        <v>1667</v>
+      </c>
+      <c r="B847" t="s">
+        <v>1668</v>
+      </c>
       <c r="C847" t="s">
-        <v>1673</v>
+        <v>1667</v>
       </c>
       <c r="D847"/>
       <c r="E847" t="s">
         <v>14</v>
       </c>
       <c r="F847" t="s">
         <v>15</v>
       </c>
       <c r="G847" t="s">
         <v>16</v>
       </c>
       <c r="H847" t="s">
         <v>29</v>
       </c>
       <c r="I847" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="848" spans="1:9">
       <c r="A848" t="s">
-        <v>1674</v>
-[...1 lines deleted...]
-      <c r="B848"/>
+        <v>1669</v>
+      </c>
+      <c r="B848" t="s">
+        <v>1670</v>
+      </c>
       <c r="C848" t="s">
-        <v>1674</v>
+        <v>1669</v>
       </c>
       <c r="D848"/>
       <c r="E848" t="s">
         <v>14</v>
       </c>
       <c r="F848" t="s">
         <v>15</v>
       </c>
       <c r="G848" t="s">
         <v>16</v>
       </c>
       <c r="H848" t="s">
         <v>29</v>
       </c>
-      <c r="I848"/>
+      <c r="I848" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="849" spans="1:9">
       <c r="A849" t="s">
-        <v>1675</v>
+        <v>1671</v>
       </c>
       <c r="B849"/>
       <c r="C849" t="s">
-        <v>1675</v>
+        <v>1671</v>
       </c>
       <c r="D849"/>
       <c r="E849" t="s">
         <v>14</v>
       </c>
       <c r="F849" t="s">
         <v>15</v>
       </c>
       <c r="G849" t="s">
         <v>16</v>
       </c>
       <c r="H849" t="s">
         <v>29</v>
       </c>
-      <c r="I849"/>
+      <c r="I849" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="850" spans="1:9">
       <c r="A850" t="s">
-        <v>1676</v>
+        <v>1672</v>
       </c>
       <c r="B850"/>
       <c r="C850" t="s">
-        <v>1676</v>
+        <v>1672</v>
       </c>
       <c r="D850"/>
       <c r="E850" t="s">
         <v>14</v>
       </c>
       <c r="F850" t="s">
         <v>15</v>
       </c>
       <c r="G850" t="s">
         <v>16</v>
       </c>
       <c r="H850" t="s">
         <v>29</v>
       </c>
-      <c r="I850"/>
+      <c r="I850" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="851" spans="1:9">
       <c r="A851" t="s">
-        <v>1677</v>
-[...1 lines deleted...]
-      <c r="B851"/>
+        <v>1673</v>
+      </c>
+      <c r="B851" t="s">
+        <v>1674</v>
+      </c>
       <c r="C851" t="s">
-        <v>1677</v>
+        <v>1673</v>
       </c>
       <c r="D851"/>
       <c r="E851" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F851" t="s">
         <v>15</v>
       </c>
       <c r="G851" t="s">
         <v>16</v>
       </c>
       <c r="H851" t="s">
         <v>29</v>
       </c>
       <c r="I851" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="852" spans="1:9">
       <c r="A852" t="s">
-        <v>1678</v>
-[...1 lines deleted...]
-      <c r="B852"/>
+        <v>1675</v>
+      </c>
+      <c r="B852" t="s">
+        <v>1676</v>
+      </c>
       <c r="C852" t="s">
-        <v>1678</v>
+        <v>1675</v>
       </c>
       <c r="D852"/>
       <c r="E852" t="s">
         <v>14</v>
       </c>
       <c r="F852" t="s">
         <v>15</v>
       </c>
       <c r="G852" t="s">
         <v>16</v>
       </c>
       <c r="H852" t="s">
         <v>29</v>
       </c>
-      <c r="I852" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I852"/>
     </row>
     <row r="853" spans="1:9">
       <c r="A853" t="s">
-        <v>1679</v>
-[...1 lines deleted...]
-      <c r="B853"/>
+        <v>1677</v>
+      </c>
+      <c r="B853" t="s">
+        <v>1678</v>
+      </c>
       <c r="C853" t="s">
-        <v>1679</v>
+        <v>1677</v>
       </c>
       <c r="D853"/>
       <c r="E853" t="s">
         <v>14</v>
       </c>
       <c r="F853" t="s">
         <v>15</v>
       </c>
       <c r="G853" t="s">
         <v>16</v>
       </c>
       <c r="H853" t="s">
         <v>29</v>
       </c>
       <c r="I853" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="854" spans="1:9">
       <c r="A854" t="s">
-        <v>1680</v>
-[...3 lines deleted...]
-      </c>
+        <v>1679</v>
+      </c>
+      <c r="B854"/>
       <c r="C854" t="s">
-        <v>1680</v>
+        <v>1679</v>
       </c>
       <c r="D854"/>
       <c r="E854" t="s">
         <v>14</v>
       </c>
       <c r="F854" t="s">
         <v>15</v>
       </c>
       <c r="G854" t="s">
         <v>16</v>
       </c>
       <c r="H854" t="s">
         <v>29</v>
       </c>
-      <c r="I854" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I854"/>
     </row>
     <row r="855" spans="1:9">
       <c r="A855" t="s">
-        <v>1682</v>
+        <v>1680</v>
       </c>
       <c r="B855" t="s">
-        <v>1683</v>
+        <v>1681</v>
       </c>
       <c r="C855" t="s">
-        <v>1682</v>
+        <v>1680</v>
       </c>
       <c r="D855"/>
       <c r="E855" t="s">
         <v>14</v>
       </c>
       <c r="F855" t="s">
         <v>15</v>
       </c>
       <c r="G855" t="s">
         <v>16</v>
       </c>
       <c r="H855" t="s">
         <v>29</v>
       </c>
       <c r="I855" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="856" spans="1:9">
       <c r="A856" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1682</v>
+      </c>
+      <c r="B856"/>
       <c r="C856" t="s">
-        <v>1684</v>
+        <v>1682</v>
       </c>
       <c r="D856"/>
       <c r="E856" t="s">
         <v>14</v>
       </c>
       <c r="F856" t="s">
         <v>15</v>
       </c>
       <c r="G856" t="s">
         <v>16</v>
       </c>
       <c r="H856" t="s">
         <v>29</v>
       </c>
       <c r="I856" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
     </row>
     <row r="857" spans="1:9">
       <c r="A857" t="s">
-        <v>1686</v>
+        <v>1683</v>
       </c>
       <c r="B857"/>
       <c r="C857" t="s">
-        <v>1686</v>
+        <v>1683</v>
       </c>
       <c r="D857"/>
       <c r="E857" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F857" t="s">
         <v>15</v>
       </c>
       <c r="G857" t="s">
         <v>16</v>
       </c>
       <c r="H857" t="s">
         <v>29</v>
       </c>
-      <c r="I857" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I857"/>
     </row>
     <row r="858" spans="1:9">
       <c r="A858" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
       <c r="B858"/>
       <c r="C858" t="s">
-        <v>1687</v>
+        <v>1685</v>
       </c>
       <c r="D858"/>
       <c r="E858" t="s">
         <v>14</v>
       </c>
       <c r="F858" t="s">
         <v>15</v>
       </c>
       <c r="G858" t="s">
         <v>16</v>
       </c>
       <c r="H858" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I858"/>
     </row>
     <row r="859" spans="1:9">
       <c r="A859" t="s">
-        <v>1688</v>
-[...3 lines deleted...]
-      </c>
+        <v>1686</v>
+      </c>
+      <c r="B859"/>
       <c r="C859" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="D859"/>
       <c r="E859" t="s">
         <v>14</v>
       </c>
       <c r="F859" t="s">
         <v>15</v>
       </c>
       <c r="G859" t="s">
         <v>16</v>
       </c>
       <c r="H859" t="s">
         <v>29</v>
       </c>
       <c r="I859" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="860" spans="1:9">
       <c r="A860" t="s">
-        <v>1690</v>
-[...3 lines deleted...]
-      </c>
+        <v>1687</v>
+      </c>
+      <c r="B860"/>
       <c r="C860" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
       <c r="D860"/>
       <c r="E860" t="s">
         <v>14</v>
       </c>
       <c r="F860" t="s">
         <v>15</v>
       </c>
       <c r="G860" t="s">
         <v>16</v>
       </c>
       <c r="H860" t="s">
         <v>29</v>
       </c>
       <c r="I860"/>
     </row>
     <row r="861" spans="1:9">
       <c r="A861" t="s">
-        <v>1692</v>
-[...3 lines deleted...]
-      </c>
+        <v>1688</v>
+      </c>
+      <c r="B861"/>
       <c r="C861" t="s">
-        <v>1692</v>
+        <v>1688</v>
       </c>
       <c r="D861"/>
       <c r="E861" t="s">
         <v>14</v>
       </c>
       <c r="F861" t="s">
         <v>15</v>
       </c>
       <c r="G861" t="s">
         <v>16</v>
       </c>
       <c r="H861" t="s">
         <v>29</v>
       </c>
-      <c r="I861" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I861"/>
     </row>
     <row r="862" spans="1:9">
       <c r="A862" t="s">
-        <v>1694</v>
+        <v>1689</v>
       </c>
       <c r="B862"/>
       <c r="C862" t="s">
-        <v>1694</v>
+        <v>1689</v>
       </c>
       <c r="D862"/>
       <c r="E862" t="s">
         <v>14</v>
       </c>
       <c r="F862" t="s">
         <v>15</v>
       </c>
       <c r="G862" t="s">
         <v>16</v>
       </c>
       <c r="H862" t="s">
         <v>29</v>
       </c>
       <c r="I862"/>
     </row>
     <row r="863" spans="1:9">
       <c r="A863" t="s">
-        <v>1695</v>
-[...3 lines deleted...]
-      </c>
+        <v>1690</v>
+      </c>
+      <c r="B863"/>
       <c r="C863" t="s">
-        <v>1695</v>
+        <v>1690</v>
       </c>
       <c r="D863"/>
       <c r="E863" t="s">
         <v>14</v>
       </c>
       <c r="F863" t="s">
         <v>15</v>
       </c>
       <c r="G863" t="s">
         <v>16</v>
       </c>
       <c r="H863" t="s">
         <v>29</v>
       </c>
       <c r="I863" t="s">
         <v>49</v>
       </c>
-    </row>
-[...94 lines deleted...]
-      <c r="I867"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>