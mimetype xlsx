--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,1010 +12,1409 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="456">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES OPERATEURS MINIERS (LES-TITULAIRES-DES-PRODUITS-DES-CARRIERES)</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
+    <t>SIGLE</t>
+  </si>
+  <si>
     <t>FILIERE</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>SECTEUR</t>
   </si>
   <si>
     <t>CATEGORIE</t>
   </si>
   <si>
     <t>PARTENARIAT</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
     <t>ABDALLAH HASSAN ALI MOHAMED</t>
   </si>
   <si>
     <t>A0800967L</t>
   </si>
   <si>
+    <t>AHA</t>
+  </si>
+  <si>
     <t>En recherche</t>
   </si>
   <si>
     <t>Industriel</t>
   </si>
   <si>
     <t>Les titulaires des produits des carrières</t>
   </si>
   <si>
     <t>Entreprise privée</t>
   </si>
   <si>
     <t>Kinshasa</t>
   </si>
   <si>
     <t>ADELE NDALA</t>
   </si>
   <si>
     <t>ADVANCED MINERALS DRC</t>
   </si>
   <si>
     <t>A1216560E</t>
   </si>
   <si>
+    <t>AMD</t>
+  </si>
+  <si>
     <t>AFRIMINES RESOURCES Sprl</t>
   </si>
   <si>
     <t>A0708632R</t>
   </si>
   <si>
+    <t>AR</t>
+  </si>
+  <si>
     <t>En production</t>
   </si>
   <si>
     <t>AKOMA MINERALS DRC SPRL</t>
   </si>
   <si>
     <t>A1208398S</t>
   </si>
   <si>
+    <t>AM</t>
+  </si>
+  <si>
     <t>ALBHAI SHAROUKH ALIBHAI</t>
   </si>
   <si>
     <t>A0803918T</t>
   </si>
   <si>
+    <t>ASA</t>
+  </si>
+  <si>
     <t>AMBROISE MBAKA KAWAYA SWANA</t>
   </si>
   <si>
     <t>A1302557U</t>
   </si>
   <si>
+    <t>AMKS</t>
+  </si>
+  <si>
     <t>Ange LIBAGIZA KAPUKU</t>
   </si>
   <si>
     <t>A0911813B</t>
   </si>
   <si>
     <t>BAHATI DIAMOND SPRL</t>
   </si>
   <si>
     <t>A1302640K</t>
   </si>
   <si>
+    <t>BAHATI DIAMOND</t>
+  </si>
+  <si>
     <t>Kasaï-Oriental</t>
   </si>
   <si>
     <t>BAKWAFIKA KABULA</t>
   </si>
   <si>
     <t>A1204581T</t>
   </si>
   <si>
+    <t>B K</t>
+  </si>
+  <si>
     <t>BARNET GROUP SARL</t>
   </si>
   <si>
     <t>A0700431C</t>
   </si>
   <si>
+    <t>BG</t>
+  </si>
+  <si>
     <t>BASHALA KANTU WA MILANDU</t>
   </si>
   <si>
     <t>A1216939B</t>
   </si>
   <si>
+    <t>BKM</t>
+  </si>
+  <si>
     <t>BASMA RABAB</t>
   </si>
   <si>
     <t>A1302518C</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
     <t>BITMAK COMPANY</t>
   </si>
   <si>
     <t>A0705878Y</t>
   </si>
   <si>
+    <t>BC SARL</t>
+  </si>
+  <si>
     <t>Haut-Katanga</t>
   </si>
   <si>
     <t>CARRICONGO</t>
   </si>
   <si>
     <t>A1304478H</t>
   </si>
   <si>
+    <t>CC</t>
+  </si>
+  <si>
     <t>Actif</t>
   </si>
   <si>
     <t>Privé-privé</t>
   </si>
   <si>
     <t>CARRIEKIN Sprl</t>
   </si>
   <si>
     <t>A0910356S</t>
   </si>
   <si>
     <t>Cécile DIBA KAPINGA</t>
   </si>
   <si>
+    <t>CDK</t>
+  </si>
+  <si>
     <t>Kongo central</t>
   </si>
   <si>
     <t>CENTRACORE CONGO Sprl</t>
   </si>
   <si>
     <t>A1308475C</t>
   </si>
   <si>
+    <t>CC Sarl</t>
+  </si>
+  <si>
     <t>CESTARI FRANCESCO MARIO Sprl</t>
   </si>
   <si>
     <t>A0803839H</t>
   </si>
   <si>
+    <t>CFM</t>
+  </si>
+  <si>
     <t>Charlotte MBUINGA NGONGO</t>
   </si>
   <si>
     <t>A0815456K</t>
   </si>
   <si>
+    <t>CMN</t>
+  </si>
+  <si>
     <t>CHEMAF KATANGA MINING SPRL</t>
   </si>
   <si>
     <t>A1214818W</t>
   </si>
   <si>
+    <t>CKM SARL</t>
+  </si>
+  <si>
     <t>CIMENTERIE DE LUKALA « CILU »</t>
   </si>
   <si>
     <t>A0700256M</t>
   </si>
   <si>
+    <t>CILU</t>
+  </si>
+  <si>
     <t xml:space="preserve">CIMENTERIE DU CONGO </t>
   </si>
   <si>
     <t>A0803612J</t>
   </si>
   <si>
+    <t xml:space="preserve">CC </t>
+  </si>
+  <si>
     <t>CIMENTERIE NATIONALE «CINAT»</t>
   </si>
   <si>
     <t>A0700198Z</t>
   </si>
   <si>
+    <t>CINAT</t>
+  </si>
+  <si>
     <t>CLAUDINE TABELE</t>
   </si>
   <si>
     <t>A1106778F</t>
   </si>
   <si>
+    <t>CT</t>
+  </si>
+  <si>
     <t>COMONA Sprl</t>
   </si>
   <si>
     <t>A0700874J</t>
   </si>
   <si>
+    <t xml:space="preserve">COMONA </t>
+  </si>
+  <si>
     <t>CONGO STORE Sprl</t>
   </si>
   <si>
     <t>A0700252H</t>
   </si>
   <si>
+    <t>CS</t>
+  </si>
+  <si>
     <t>CORE MINERAL DRC SPRL</t>
   </si>
   <si>
     <t>A0805717Z</t>
   </si>
   <si>
+    <t>CMD</t>
+  </si>
+  <si>
     <t>Eddy MUANDA LUAKA</t>
   </si>
   <si>
     <t>A1009649A</t>
   </si>
   <si>
+    <t>EML</t>
+  </si>
+  <si>
     <t>EMBA INVESTMENTS LIMITED</t>
   </si>
   <si>
     <t>A0702586Y</t>
   </si>
   <si>
+    <t>EIL</t>
+  </si>
+  <si>
     <t>Eric Dieudonné Mapoti Olela</t>
   </si>
   <si>
     <t>A1211546P</t>
   </si>
   <si>
+    <t>EDMO</t>
+  </si>
+  <si>
     <t>Kasaï</t>
   </si>
   <si>
     <t>EXCEL DEVELOPMENT</t>
   </si>
   <si>
+    <t>EP</t>
+  </si>
+  <si>
     <t>EXPLOITATION ET PROSPECTION MINIERE SPRL</t>
   </si>
   <si>
     <t>A0702254P</t>
   </si>
   <si>
+    <t>EPM</t>
+  </si>
+  <si>
     <t>FAMETAL MINING ET RESSOURCES DRC Sprl</t>
   </si>
   <si>
     <t>A0801337N</t>
   </si>
   <si>
+    <t>FRM</t>
+  </si>
+  <si>
     <t>Bas-Uélé</t>
   </si>
   <si>
     <t>FELIX MAYANGA MAYANGA</t>
   </si>
   <si>
+    <t>FMM</t>
+  </si>
+  <si>
     <t>DIER-YE-MIY</t>
   </si>
   <si>
     <t>A1308890D</t>
   </si>
   <si>
     <t>FOURTUNE CONSTRUCTION CONGO</t>
   </si>
   <si>
     <t>A1107280B</t>
   </si>
   <si>
+    <t>FCC</t>
+  </si>
+  <si>
     <t>François KALWELE VULA</t>
   </si>
   <si>
     <t>A1211608G</t>
   </si>
   <si>
+    <t>FKV</t>
+  </si>
+  <si>
     <t>DOROD Sprl</t>
   </si>
   <si>
     <t>EBACOR Sprl</t>
   </si>
   <si>
     <t>A1115313H</t>
   </si>
   <si>
+    <t xml:space="preserve">EBACOR </t>
+  </si>
+  <si>
     <t xml:space="preserve">GEMCO </t>
   </si>
   <si>
     <t>A1301588R</t>
   </si>
   <si>
+    <t>GEMCO</t>
+  </si>
+  <si>
     <t>Georges MALUTAMA MATSHY</t>
   </si>
   <si>
     <t>A1614818A</t>
   </si>
   <si>
+    <t>GMM</t>
+  </si>
+  <si>
     <t>GERASIMOS EVANGELATOS</t>
   </si>
   <si>
     <t>A0811576S</t>
   </si>
   <si>
+    <t>GE</t>
+  </si>
+  <si>
     <t xml:space="preserve">GICC </t>
   </si>
   <si>
     <t>A0707251J</t>
   </si>
   <si>
     <t>GIRO GOLDFIELDS</t>
   </si>
   <si>
     <t>A1216135C</t>
   </si>
   <si>
+    <t>GIRO GOLD</t>
+  </si>
+  <si>
     <t>GLOBAL MINING CONGO</t>
   </si>
   <si>
     <t>A1116409Z</t>
   </si>
   <si>
+    <t>GMC</t>
+  </si>
+  <si>
     <t>HEBRON HOLDING DRC</t>
   </si>
   <si>
     <t>A1001033K</t>
   </si>
   <si>
+    <t>HH DRC</t>
+  </si>
+  <si>
     <t>GOLD DRAGON RESSOURCES RDC</t>
   </si>
   <si>
     <t>A1104477E</t>
   </si>
   <si>
+    <t>GDR</t>
+  </si>
+  <si>
     <t>Public-privé</t>
   </si>
   <si>
     <t>GOLD MINING CORPORATION-NEPOKO</t>
   </si>
   <si>
     <t>A1302135L</t>
   </si>
   <si>
+    <t>G M CN</t>
+  </si>
+  <si>
     <t>GOLDBELTS EXPLORATION AND MINING Sprl</t>
   </si>
   <si>
     <t>A1302658E</t>
   </si>
   <si>
+    <t>GEM</t>
+  </si>
+  <si>
     <t>GOLDEN VALLEY SERVICES Ltd</t>
   </si>
   <si>
+    <t>GVS</t>
+  </si>
+  <si>
     <t>IKULU LAMAJANA</t>
   </si>
   <si>
     <t>A1301888S</t>
   </si>
   <si>
+    <t>IL</t>
+  </si>
+  <si>
     <t>Innocent Bioko-Singa</t>
   </si>
   <si>
     <t>A0804589Y</t>
   </si>
   <si>
+    <t>IBS</t>
+  </si>
+  <si>
     <t xml:space="preserve">JAVAN CONGO </t>
   </si>
   <si>
     <t>A1216293Z</t>
   </si>
   <si>
+    <t>JC</t>
+  </si>
+  <si>
     <t>INTERMINES Sprl</t>
   </si>
   <si>
     <t>A1300867H</t>
   </si>
   <si>
     <t>JEAN LENGO DIA NDINGA</t>
   </si>
   <si>
     <t>A0706698P</t>
   </si>
   <si>
+    <t>JLDN</t>
+  </si>
+  <si>
     <t>JEAN LENI MULUNGU</t>
   </si>
   <si>
+    <t>JLM</t>
+  </si>
+  <si>
     <t>INVESTORS EQUITY LIMITED SPRL</t>
   </si>
   <si>
+    <t xml:space="preserve">IEL </t>
+  </si>
+  <si>
     <t>Jean Marie MULATU PUATI</t>
   </si>
   <si>
     <t>A0711784S</t>
   </si>
   <si>
+    <t>JMMP</t>
+  </si>
+  <si>
     <t>Jean Pierre NDOBO MWAMBY</t>
   </si>
   <si>
     <t>A0814681S</t>
   </si>
   <si>
+    <t>JPNM</t>
+  </si>
+  <si>
     <t>JEAN ROGER TSHIMANGA MUTAYI</t>
   </si>
   <si>
     <t>A0801684Q</t>
   </si>
   <si>
+    <t>JRTM</t>
+  </si>
+  <si>
     <t xml:space="preserve">ITURI GOLD MINING COMPANY </t>
   </si>
   <si>
+    <t>IGMC</t>
+  </si>
+  <si>
     <t>Joachim KEBAYO MAYALA</t>
   </si>
   <si>
     <t>A1211916R</t>
   </si>
   <si>
+    <t>JKM</t>
+  </si>
+  <si>
     <t>Joseph ITEJO MALANGA</t>
   </si>
   <si>
     <t>KABONGO DEVELOPPEMENT COMPANY</t>
   </si>
   <si>
     <t>A0711684G</t>
   </si>
   <si>
+    <t>KDC</t>
+  </si>
+  <si>
     <t>MAWIDI KAYEMBE</t>
   </si>
   <si>
+    <t>MK</t>
+  </si>
+  <si>
     <t>KALUBAMBA</t>
   </si>
   <si>
     <t>A1209837G</t>
   </si>
   <si>
     <t>Michel MUHIYA</t>
   </si>
   <si>
+    <t>MM</t>
+  </si>
+  <si>
     <t>KASAI SUD DIAMANT SARL</t>
   </si>
   <si>
     <t>A0805966U</t>
   </si>
   <si>
+    <t>KSD</t>
+  </si>
+  <si>
     <t>KASIMU LUWANDA KASIMU</t>
   </si>
   <si>
     <t>A1302072S</t>
   </si>
   <si>
+    <t>KLK</t>
+  </si>
+  <si>
     <t>KATANGA MEGA MINING</t>
   </si>
   <si>
     <t>A1116817S</t>
   </si>
   <si>
+    <t>KMM</t>
+  </si>
+  <si>
     <t>KGL ISIRO</t>
   </si>
   <si>
     <t>A0901461Z</t>
   </si>
   <si>
     <t>KGL SOMITURI</t>
   </si>
   <si>
     <t>A0901460Y</t>
   </si>
   <si>
     <t>MINERAL DEVELOPMENT AND INVESTMENT</t>
   </si>
   <si>
     <t>A1212178B</t>
   </si>
   <si>
+    <t>MDAI</t>
+  </si>
+  <si>
     <t>KUMPALA DIAMOND RESOURCES DRC Sarl</t>
   </si>
   <si>
+    <t>KDR</t>
+  </si>
+  <si>
     <t>KWANGO MINES SPRL</t>
   </si>
   <si>
     <t>A1405392C</t>
   </si>
   <si>
+    <t xml:space="preserve">K M </t>
+  </si>
+  <si>
     <t>LA BOISSIERE SPRL</t>
   </si>
   <si>
     <t>A0804236P</t>
   </si>
   <si>
+    <t xml:space="preserve">LA BOISSIERE </t>
+  </si>
+  <si>
     <t>Nessrallah SAHID MOHAMED</t>
   </si>
   <si>
     <t>A1308820C</t>
   </si>
   <si>
+    <t>NSM</t>
+  </si>
+  <si>
     <t>LA MINIERE DE ZANI KODO</t>
   </si>
   <si>
     <t>A0912866W</t>
   </si>
   <si>
+    <t>MZK</t>
+  </si>
+  <si>
     <t>NEW TIME SPRL</t>
   </si>
   <si>
     <t>A0904500C</t>
   </si>
   <si>
+    <t>NT Sprl</t>
+  </si>
+  <si>
     <t>LA MINIERE DU CONGO  MINICO</t>
   </si>
   <si>
+    <t>MINICO</t>
+  </si>
+  <si>
     <t>NGUVIS CORPORATION</t>
   </si>
   <si>
     <t>A0701469F</t>
   </si>
   <si>
+    <t>NC</t>
+  </si>
+  <si>
     <t>LAFARGE CIMENTS CONGO</t>
   </si>
   <si>
     <t>A1009598U</t>
   </si>
   <si>
+    <t>LCC</t>
+  </si>
+  <si>
     <t>LEDYA</t>
   </si>
   <si>
     <t>A0700173X</t>
   </si>
   <si>
     <t>Léon KHONDE MAKUNGA</t>
   </si>
   <si>
     <t>A1301818R</t>
   </si>
   <si>
+    <t>LKM</t>
+  </si>
+  <si>
     <t>LIBERTY DIAMOND GROUP Sprl</t>
   </si>
   <si>
+    <t>LDG</t>
+  </si>
+  <si>
     <t xml:space="preserve">LONCOR RESOURCES CONGO </t>
   </si>
   <si>
     <t>A0709233U</t>
   </si>
   <si>
+    <t>LRC</t>
+  </si>
+  <si>
     <t>LUMINGU LENGO</t>
   </si>
   <si>
+    <t>LL</t>
+  </si>
+  <si>
     <t>MABEKA NE NIKU NICOLAS</t>
   </si>
   <si>
     <t>A0707219</t>
   </si>
   <si>
+    <t>MNNN</t>
+  </si>
+  <si>
     <t>MAMBA TSHIBUYI</t>
   </si>
   <si>
     <t>A1304412L</t>
   </si>
   <si>
+    <t>MT</t>
+  </si>
+  <si>
     <t>Entreprise publique</t>
   </si>
   <si>
     <t>Mamie MAYINA NGENTSHI</t>
   </si>
   <si>
+    <t>MMN</t>
+  </si>
+  <si>
     <t>MANIEKE TSHITEMBO</t>
   </si>
   <si>
     <t>A1303174Q</t>
   </si>
   <si>
     <t>NYUMBA YA AKIBA SA</t>
   </si>
   <si>
     <t>A1002904T</t>
   </si>
   <si>
+    <t>NYAS</t>
+  </si>
+  <si>
     <t>SOCOMEX CONGO SARL</t>
   </si>
   <si>
     <t>A0700299J</t>
   </si>
   <si>
+    <t xml:space="preserve">SOCOMEX </t>
+  </si>
+  <si>
     <t>SODIFOR</t>
   </si>
   <si>
     <t>A1007789 D</t>
   </si>
   <si>
+    <t xml:space="preserve">SODIFOR </t>
+  </si>
+  <si>
     <t>STANISLAS SULU MASEB A MWANG</t>
   </si>
   <si>
     <t>A1117102C</t>
   </si>
   <si>
+    <t>SSMM</t>
+  </si>
+  <si>
     <t>Stéphie Mushiya Malengu</t>
   </si>
   <si>
     <t>A0700256 M</t>
   </si>
   <si>
+    <t>SMM</t>
+  </si>
+  <si>
     <t>STEVE TULUMUNA TULUMUNA</t>
   </si>
   <si>
     <t>A1302584Z</t>
   </si>
   <si>
+    <t>STT</t>
+  </si>
+  <si>
     <t>SYCAMORE INVESTMENTS</t>
   </si>
   <si>
     <t>A1304396T</t>
   </si>
   <si>
+    <t>SI</t>
+  </si>
+  <si>
     <t>SOCIETE CONGOLAISE D'AGREGATS</t>
   </si>
   <si>
     <t>A1302521F</t>
   </si>
   <si>
+    <t>SCA</t>
+  </si>
+  <si>
     <t>OSHUNG CONGO</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE DE BROYAGE AFRICAINE </t>
   </si>
   <si>
+    <t>SBA</t>
+  </si>
+  <si>
     <t>TANGANYIKA MINING SPRL</t>
   </si>
   <si>
+    <t>TM</t>
+  </si>
+  <si>
     <t>OSIFAL</t>
   </si>
   <si>
     <t>A0912960Y</t>
   </si>
   <si>
     <t>Théophas Mahuku</t>
   </si>
   <si>
     <t>A0806197 W</t>
   </si>
   <si>
     <t>SOCIETE DE PROSPECTION ET D’EXPLOITATION</t>
   </si>
   <si>
+    <t>SPE</t>
+  </si>
+  <si>
     <t>Théophile NYMI PHENE BALENDA</t>
   </si>
   <si>
     <t>A1104116E</t>
   </si>
   <si>
+    <t>TNPB</t>
+  </si>
+  <si>
     <t>PATIENCE</t>
   </si>
   <si>
     <t>A0901953J</t>
   </si>
   <si>
     <t>SOCIETE DES TRAVAUX DE GENIE CIVIL</t>
   </si>
   <si>
     <t>A0700162K</t>
   </si>
   <si>
+    <t>STGC</t>
+  </si>
+  <si>
     <t>THOMAS MUZITO MAVUJI</t>
   </si>
   <si>
     <t>A0408953</t>
   </si>
   <si>
+    <t>TMM</t>
+  </si>
+  <si>
     <t xml:space="preserve">THREE JS GROUP </t>
   </si>
   <si>
     <t>A1301958T</t>
   </si>
   <si>
     <t xml:space="preserve">Paulin LUENDU KADUNYI SACOR </t>
   </si>
   <si>
     <t>A1212931U</t>
   </si>
   <si>
+    <t>PLKS</t>
+  </si>
+  <si>
     <t>PIMA MINING Sprl</t>
   </si>
   <si>
     <t>A1300730J</t>
   </si>
   <si>
+    <t>PM</t>
+  </si>
+  <si>
     <t>Tshikele Bakashala Tshimanga</t>
   </si>
   <si>
+    <t>TBT</t>
+  </si>
+  <si>
     <t>Société du ciment de Katanga SPRL</t>
   </si>
   <si>
     <t>A1300212W</t>
   </si>
   <si>
     <t>Virgine MAMBIMBI MBUANGI</t>
   </si>
   <si>
     <t>A0804875J</t>
   </si>
   <si>
+    <t>VMM</t>
+  </si>
+  <si>
     <t>Raphaël SILUVANGI LUMBA</t>
   </si>
   <si>
     <t>A713494B</t>
   </si>
   <si>
+    <t>RSL</t>
+  </si>
+  <si>
     <t>SOCIETE JEHOVAH JIREH ADO SPRL</t>
   </si>
   <si>
     <t>A0702694M</t>
   </si>
   <si>
     <t>SOCIETE KAMKIS MINING SPRL</t>
   </si>
   <si>
     <t>A1009556Z</t>
   </si>
   <si>
+    <t>SKM</t>
+  </si>
+  <si>
     <t>WENTONA PROPERTIES SARL</t>
   </si>
   <si>
     <t>A1010504E</t>
   </si>
   <si>
+    <t xml:space="preserve">WENTONA PROPERTIES </t>
+  </si>
+  <si>
     <t xml:space="preserve">REGIE DE DISTRIBUTION D'EAU DE LA R.D.C </t>
   </si>
   <si>
     <t>A0700177B</t>
   </si>
   <si>
+    <t>REGIDESO'</t>
+  </si>
+  <si>
     <t>YOLLANDE MWAMBA MUYEMBI</t>
   </si>
   <si>
     <t>A1405461C</t>
   </si>
   <si>
     <t>YUSUFU MWANA KASONGO</t>
   </si>
   <si>
     <t>A1301889T</t>
   </si>
   <si>
+    <t>YMK</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DU DIAMANT DE LUPATAPATA</t>
   </si>
   <si>
     <t>A1202532R</t>
   </si>
   <si>
+    <t>SMDL</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE LONGATSHIMO</t>
   </si>
   <si>
     <t>A1303287N</t>
   </si>
   <si>
+    <t>SML</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DE MOKU-BEVERENDI</t>
   </si>
   <si>
     <t>A1109197K</t>
   </si>
   <si>
+    <t>SMB</t>
+  </si>
+  <si>
     <t>RUDY SAMBA MANDA</t>
   </si>
   <si>
     <t>A1504590G</t>
   </si>
   <si>
+    <t>RSM</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DU BAS-CONGO</t>
   </si>
   <si>
     <t>A1212183G</t>
   </si>
   <si>
     <t>SANZETTA INVESTMENTS</t>
   </si>
   <si>
     <t>SASO TRANS CONGO</t>
   </si>
   <si>
     <t>A0700861U</t>
   </si>
   <si>
+    <t>SASO TRANS</t>
+  </si>
+  <si>
     <t>SEMCO</t>
   </si>
   <si>
     <t>A1302783Q</t>
   </si>
   <si>
     <t>SHARMA VIKAS</t>
   </si>
   <si>
     <t>A0811958H</t>
   </si>
   <si>
+    <t>SV</t>
+  </si>
+  <si>
     <t>SICO KHALIL</t>
   </si>
   <si>
+    <t>SK</t>
+  </si>
+  <si>
     <t>SOCERDEMI</t>
   </si>
   <si>
     <t>A0804955W</t>
   </si>
   <si>
     <t>ACACIA</t>
   </si>
   <si>
     <t>A0702374T</t>
   </si>
   <si>
     <t>François KASENDE KANDOLO</t>
   </si>
   <si>
     <t>A0805464Z</t>
   </si>
   <si>
+    <t>FKK</t>
+  </si>
+  <si>
     <t>COOPERATIVE MINIERARE FAUSTIN MAPW</t>
   </si>
   <si>
     <t>A1302361G</t>
   </si>
   <si>
+    <t>FMB</t>
+  </si>
+  <si>
     <t xml:space="preserve">AFRICAN MINES CONGO </t>
   </si>
   <si>
     <t>A1501240Q</t>
   </si>
   <si>
+    <t>AMC</t>
+  </si>
+  <si>
     <t>JOHN KAMBA MUZENGA</t>
   </si>
   <si>
     <t>A1401627K</t>
   </si>
   <si>
     <t>LUC LUTWIKA MWIDYE</t>
   </si>
   <si>
+    <t>LLM</t>
+  </si>
+  <si>
     <t>MUYA RESSOURCES</t>
   </si>
   <si>
     <t>A0712818R</t>
   </si>
   <si>
+    <t>MR</t>
+  </si>
+  <si>
     <t>VINCENT DE PAUL LUNDA BULULU</t>
   </si>
   <si>
     <t>A0714426P</t>
   </si>
   <si>
     <t>CONCORDE POUR L'INDUSTRIE ET L'EXPLORATION</t>
   </si>
   <si>
     <t>A0909945W</t>
   </si>
   <si>
+    <t>CPIE Sarl</t>
+  </si>
+  <si>
     <t>MARIAM DJANDE WAMBAL</t>
   </si>
   <si>
+    <t>MDW</t>
+  </si>
+  <si>
     <t xml:space="preserve">MOBILIERS KOKETUA </t>
   </si>
   <si>
     <t>Richard MADIMBA KALALA</t>
   </si>
   <si>
+    <t>RMK</t>
+  </si>
+  <si>
     <t xml:space="preserve">SOCIETE HOLDMARK </t>
   </si>
   <si>
+    <t>SH</t>
+  </si>
+  <si>
     <t>ETIENNE KISUNKA COLA</t>
   </si>
   <si>
     <t>A1107185Y</t>
   </si>
   <si>
+    <t>EKC</t>
+  </si>
+  <si>
     <t>SRKM CONSTRUCT</t>
   </si>
   <si>
     <t>A1107010H</t>
   </si>
   <si>
+    <t>SRKM C</t>
+  </si>
+  <si>
     <t>FIFI ODIA KANYINDA</t>
   </si>
   <si>
     <t>A1418376Q</t>
   </si>
   <si>
+    <t>FOK</t>
+  </si>
+  <si>
     <t>CIMENTERIE INDUSTRIELLE DU CONGO</t>
   </si>
   <si>
+    <t>STE CIC</t>
+  </si>
+  <si>
     <t>SEBASTIEN MAYAMONA LUYEYE</t>
   </si>
   <si>
     <t>MINESTONE SARL</t>
   </si>
   <si>
     <t>A1301632P</t>
   </si>
   <si>
+    <t xml:space="preserve">MINESTONE </t>
+  </si>
+  <si>
     <t>AMERICAN ATM</t>
   </si>
   <si>
+    <t>A A</t>
+  </si>
+  <si>
     <t>BERNADETTE ILUNGA BAMPELEDI</t>
   </si>
   <si>
+    <t>BIB</t>
+  </si>
+  <si>
     <t>BUMBA MINES SARL</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE AFRICAINE DE CONSTRUCTION AU CONGO </t>
   </si>
   <si>
+    <t>SACC</t>
+  </si>
+  <si>
     <t>SOCIETE DES CARRIERES? DE COMMERCE? DES TRAVAUX ET D'INVESTISSEMENTS SARL</t>
   </si>
   <si>
+    <t>SCCTI Sarl</t>
+  </si>
+  <si>
     <t>CAILLASSE DU CONGO</t>
   </si>
   <si>
     <t>A0807944U</t>
   </si>
   <si>
     <t>CHRISTOPHE PAPA DIMITRIOU</t>
   </si>
   <si>
     <t>A1115313N</t>
   </si>
   <si>
+    <t>CPD</t>
+  </si>
+  <si>
     <t>3161331 CANADA SPRL</t>
   </si>
   <si>
+    <t>3 C</t>
+  </si>
+  <si>
     <t>Semi-Industriel</t>
   </si>
   <si>
     <t xml:space="preserve">ADAMANTES </t>
   </si>
   <si>
     <t>A1403076K</t>
   </si>
   <si>
+    <t>ADA</t>
+  </si>
+  <si>
     <t>COMICO</t>
   </si>
   <si>
     <t>A1105248S</t>
   </si>
   <si>
     <t>Coopérative Minière la Luminifère des Exploitants Artisanaux</t>
   </si>
   <si>
+    <t>COMILE – A</t>
+  </si>
+  <si>
     <t>TALVO</t>
   </si>
   <si>
     <t>A1212920U</t>
   </si>
   <si>
     <t>CIMENTS ET MATERIAUX DU KATANGA SAS</t>
   </si>
   <si>
     <t>AO811593L</t>
+  </si>
+  <si>
+    <t>CIMENKAT SAS</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>WORLD RESOURCES SARL</t>
   </si>
   <si>
     <t>SAFRICAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1340,4066 +1739,4576 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H171"/>
+  <dimension ref="A1:I171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H3" sqref="H3"/>
+      <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" s="1"/>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
-    </row>
-    <row r="3" spans="1:8">
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="4" spans="1:8">
+      <c r="I3" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="D4" t="s">
         <v>12</v>
       </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4"/>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H4" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B5"/>
-      <c r="C5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5"/>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6"/>
       <c r="E6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H6" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B7" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="C7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7"/>
       <c r="E7" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H7" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="C8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8"/>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H8" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I8" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" t="s">
         <v>26</v>
       </c>
-      <c r="C9"/>
-[...5 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H9" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="C10" t="s">
+        <v>35</v>
+      </c>
+      <c r="D10"/>
       <c r="E10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H10" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11"/>
       <c r="E11" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H11" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I11" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="C12" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12"/>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H12" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I12" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="C13" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13"/>
       <c r="E13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H13" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I13" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="C14" t="s">
+        <v>47</v>
+      </c>
+      <c r="D14"/>
       <c r="E14" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H14" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I14" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="C15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15"/>
       <c r="E15" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H15" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I15" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="C16" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16"/>
       <c r="E16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F16" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H16" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I16" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="C17" t="s">
+        <v>56</v>
+      </c>
+      <c r="D17"/>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F17" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H17" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I17" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
-[...4 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="C18" t="s">
+        <v>60</v>
+      </c>
+      <c r="D18"/>
       <c r="E18" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="F18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H18" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:8">
+        <v>62</v>
+      </c>
+      <c r="I18" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="B19" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="C19" t="s">
+        <v>63</v>
+      </c>
+      <c r="D19"/>
       <c r="E19" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H19" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="B20"/>
-      <c r="C20"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20"/>
       <c r="E20" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G20" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H20" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:8">
+        <v>62</v>
+      </c>
+      <c r="I20" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="B21" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="C21" t="s">
+        <v>70</v>
+      </c>
+      <c r="D21"/>
       <c r="E21" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H21" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I21" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="C22" t="s">
+        <v>73</v>
+      </c>
+      <c r="D22"/>
       <c r="E22" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H22" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I22" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>74</v>
+      </c>
+      <c r="B23" t="s">
+        <v>75</v>
+      </c>
+      <c r="C23" t="s">
+        <v>76</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>16</v>
+      </c>
+      <c r="H23" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" t="s">
+        <v>77</v>
+      </c>
+      <c r="B24" t="s">
+        <v>78</v>
+      </c>
+      <c r="C24" t="s">
+        <v>79</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24" t="s">
+        <v>26</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>16</v>
+      </c>
+      <c r="H24" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" t="s">
+        <v>80</v>
+      </c>
+      <c r="B25" t="s">
+        <v>81</v>
+      </c>
+      <c r="C25" t="s">
+        <v>82</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>16</v>
+      </c>
+      <c r="H25" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>83</v>
+      </c>
+      <c r="B26" t="s">
+        <v>84</v>
+      </c>
+      <c r="C26" t="s">
+        <v>85</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>16</v>
+      </c>
+      <c r="H26" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>86</v>
+      </c>
+      <c r="B27" t="s">
+        <v>87</v>
+      </c>
+      <c r="C27" t="s">
+        <v>88</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>16</v>
+      </c>
+      <c r="H27" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>89</v>
+      </c>
+      <c r="B28" t="s">
+        <v>90</v>
+      </c>
+      <c r="C28" t="s">
+        <v>91</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>16</v>
+      </c>
+      <c r="H28" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" t="s">
+        <v>92</v>
+      </c>
+      <c r="B29" t="s">
+        <v>93</v>
+      </c>
+      <c r="C29" t="s">
+        <v>94</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29" t="s">
+        <v>14</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>16</v>
+      </c>
+      <c r="H29" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>95</v>
+      </c>
+      <c r="B30" t="s">
+        <v>96</v>
+      </c>
+      <c r="C30" t="s">
+        <v>97</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>16</v>
+      </c>
+      <c r="H30" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
+        <v>98</v>
+      </c>
+      <c r="B31" t="s">
+        <v>99</v>
+      </c>
+      <c r="C31" t="s">
+        <v>100</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" t="s">
+        <v>16</v>
+      </c>
+      <c r="H31" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" t="s">
+        <v>101</v>
+      </c>
+      <c r="B32" t="s">
+        <v>102</v>
+      </c>
+      <c r="C32" t="s">
+        <v>103</v>
+      </c>
+      <c r="D32"/>
+      <c r="E32" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>16</v>
+      </c>
+      <c r="H32" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" t="s">
+        <v>104</v>
+      </c>
+      <c r="B33" t="s">
+        <v>105</v>
+      </c>
+      <c r="C33" t="s">
+        <v>106</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>16</v>
+      </c>
+      <c r="H33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" t="s">
+        <v>107</v>
+      </c>
+      <c r="B34" t="s">
+        <v>108</v>
+      </c>
+      <c r="C34" t="s">
+        <v>109</v>
+      </c>
+      <c r="D34"/>
+      <c r="E34" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>16</v>
+      </c>
+      <c r="H34" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" t="s">
+        <v>111</v>
+      </c>
+      <c r="B35"/>
+      <c r="C35" t="s">
+        <v>112</v>
+      </c>
+      <c r="D35"/>
+      <c r="E35" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>16</v>
+      </c>
+      <c r="H35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" t="s">
+        <v>113</v>
+      </c>
+      <c r="B36" t="s">
+        <v>114</v>
+      </c>
+      <c r="C36" t="s">
+        <v>115</v>
+      </c>
+      <c r="D36"/>
+      <c r="E36" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>16</v>
+      </c>
+      <c r="H36" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" t="s">
+        <v>116</v>
+      </c>
+      <c r="B37" t="s">
+        <v>117</v>
+      </c>
+      <c r="C37" t="s">
+        <v>118</v>
+      </c>
+      <c r="D37"/>
+      <c r="E37" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>16</v>
+      </c>
+      <c r="H37" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" t="s">
+        <v>120</v>
+      </c>
+      <c r="B38"/>
+      <c r="C38" t="s">
+        <v>121</v>
+      </c>
+      <c r="D38"/>
+      <c r="E38" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>16</v>
+      </c>
+      <c r="H38" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" t="s">
+        <v>122</v>
+      </c>
+      <c r="B39" t="s">
+        <v>123</v>
+      </c>
+      <c r="C39" t="s">
+        <v>122</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>16</v>
+      </c>
+      <c r="H39" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s">
+        <v>124</v>
+      </c>
+      <c r="B40" t="s">
+        <v>125</v>
+      </c>
+      <c r="C40" t="s">
+        <v>126</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>16</v>
+      </c>
+      <c r="H40" t="s">
+        <v>62</v>
+      </c>
+      <c r="I40" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" t="s">
+        <v>127</v>
+      </c>
+      <c r="B41" t="s">
+        <v>128</v>
+      </c>
+      <c r="C41" t="s">
+        <v>129</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>16</v>
+      </c>
+      <c r="H41" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" t="s">
+        <v>130</v>
+      </c>
+      <c r="B42"/>
+      <c r="C42" t="s">
+        <v>130</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>16</v>
+      </c>
+      <c r="H42" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" t="s">
+        <v>131</v>
+      </c>
+      <c r="B43" t="s">
+        <v>132</v>
+      </c>
+      <c r="C43" t="s">
+        <v>133</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>16</v>
+      </c>
+      <c r="H43" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" t="s">
+        <v>134</v>
+      </c>
+      <c r="B44" t="s">
+        <v>135</v>
+      </c>
+      <c r="C44" t="s">
+        <v>136</v>
+      </c>
+      <c r="D44"/>
+      <c r="E44" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>16</v>
+      </c>
+      <c r="H44" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
+        <v>137</v>
+      </c>
+      <c r="B45" t="s">
+        <v>138</v>
+      </c>
+      <c r="C45" t="s">
+        <v>139</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" t="s">
+        <v>16</v>
+      </c>
+      <c r="H45" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" t="s">
+        <v>140</v>
+      </c>
+      <c r="B46" t="s">
+        <v>141</v>
+      </c>
+      <c r="C46" t="s">
+        <v>142</v>
+      </c>
+      <c r="D46"/>
+      <c r="E46" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" t="s">
+        <v>16</v>
+      </c>
+      <c r="H46" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" t="s">
         <v>57</v>
       </c>
-      <c r="B23" t="s">
-[...47 lines deleted...]
-      <c r="B25" t="s">
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" t="s">
+        <v>143</v>
+      </c>
+      <c r="B47" t="s">
+        <v>144</v>
+      </c>
+      <c r="C47" t="s">
+        <v>143</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" t="s">
+        <v>15</v>
+      </c>
+      <c r="G47" t="s">
+        <v>16</v>
+      </c>
+      <c r="H47" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" t="s">
+        <v>145</v>
+      </c>
+      <c r="B48" t="s">
+        <v>146</v>
+      </c>
+      <c r="C48" t="s">
+        <v>147</v>
+      </c>
+      <c r="D48"/>
+      <c r="E48" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" t="s">
+        <v>16</v>
+      </c>
+      <c r="H48" t="s">
+        <v>17</v>
+      </c>
+      <c r="I48" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" t="s">
+        <v>148</v>
+      </c>
+      <c r="B49" t="s">
+        <v>149</v>
+      </c>
+      <c r="C49" t="s">
+        <v>150</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49" t="s">
+        <v>16</v>
+      </c>
+      <c r="H49" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" t="s">
+        <v>151</v>
+      </c>
+      <c r="B50" t="s">
+        <v>152</v>
+      </c>
+      <c r="C50" t="s">
+        <v>153</v>
+      </c>
+      <c r="D50"/>
+      <c r="E50" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50" t="s">
+        <v>16</v>
+      </c>
+      <c r="H50" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" t="s">
+        <v>154</v>
+      </c>
+      <c r="B51" t="s">
+        <v>155</v>
+      </c>
+      <c r="C51" t="s">
+        <v>156</v>
+      </c>
+      <c r="D51"/>
+      <c r="E51" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51" t="s">
+        <v>16</v>
+      </c>
+      <c r="H51" t="s">
+        <v>157</v>
+      </c>
+      <c r="I51" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" t="s">
+        <v>158</v>
+      </c>
+      <c r="B52" t="s">
+        <v>159</v>
+      </c>
+      <c r="C52" t="s">
+        <v>160</v>
+      </c>
+      <c r="D52"/>
+      <c r="E52" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52" t="s">
+        <v>16</v>
+      </c>
+      <c r="H52" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" t="s">
+        <v>161</v>
+      </c>
+      <c r="B53" t="s">
+        <v>162</v>
+      </c>
+      <c r="C53" t="s">
+        <v>163</v>
+      </c>
+      <c r="D53"/>
+      <c r="E53" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" t="s">
+        <v>16</v>
+      </c>
+      <c r="H53" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" t="s">
+        <v>164</v>
+      </c>
+      <c r="B54"/>
+      <c r="C54" t="s">
+        <v>165</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
+        <v>16</v>
+      </c>
+      <c r="H54" t="s">
+        <v>17</v>
+      </c>
+      <c r="I54" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" t="s">
+        <v>166</v>
+      </c>
+      <c r="B55" t="s">
+        <v>167</v>
+      </c>
+      <c r="C55" t="s">
+        <v>168</v>
+      </c>
+      <c r="D55"/>
+      <c r="E55" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>16</v>
+      </c>
+      <c r="H55" t="s">
+        <v>17</v>
+      </c>
+      <c r="I55" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" t="s">
+        <v>169</v>
+      </c>
+      <c r="B56" t="s">
+        <v>170</v>
+      </c>
+      <c r="C56" t="s">
+        <v>171</v>
+      </c>
+      <c r="D56"/>
+      <c r="E56" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>16</v>
+      </c>
+      <c r="H56" t="s">
+        <v>17</v>
+      </c>
+      <c r="I56" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" t="s">
+        <v>172</v>
+      </c>
+      <c r="B57" t="s">
+        <v>173</v>
+      </c>
+      <c r="C57" t="s">
+        <v>174</v>
+      </c>
+      <c r="D57"/>
+      <c r="E57" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>16</v>
+      </c>
+      <c r="H57" t="s">
+        <v>17</v>
+      </c>
+      <c r="I57" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" t="s">
+        <v>175</v>
+      </c>
+      <c r="B58" t="s">
+        <v>176</v>
+      </c>
+      <c r="C58" t="s">
+        <v>175</v>
+      </c>
+      <c r="D58"/>
+      <c r="E58" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>16</v>
+      </c>
+      <c r="H58" t="s">
+        <v>17</v>
+      </c>
+      <c r="I58" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" t="s">
+        <v>177</v>
+      </c>
+      <c r="B59" t="s">
+        <v>178</v>
+      </c>
+      <c r="C59" t="s">
+        <v>179</v>
+      </c>
+      <c r="D59"/>
+      <c r="E59" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59" t="s">
+        <v>16</v>
+      </c>
+      <c r="H59" t="s">
+        <v>17</v>
+      </c>
+      <c r="I59" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" t="s">
+        <v>180</v>
+      </c>
+      <c r="B60"/>
+      <c r="C60" t="s">
+        <v>181</v>
+      </c>
+      <c r="D60"/>
+      <c r="E60" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>16</v>
+      </c>
+      <c r="H60"/>
+      <c r="I60" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" t="s">
+        <v>182</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61" t="s">
+        <v>183</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" t="s">
+        <v>16</v>
+      </c>
+      <c r="H61" t="s">
+        <v>17</v>
+      </c>
+      <c r="I61" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" t="s">
+        <v>184</v>
+      </c>
+      <c r="B62" t="s">
+        <v>185</v>
+      </c>
+      <c r="C62" t="s">
+        <v>186</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62" t="s">
+        <v>16</v>
+      </c>
+      <c r="H62" t="s">
+        <v>17</v>
+      </c>
+      <c r="I62" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" t="s">
+        <v>187</v>
+      </c>
+      <c r="B63" t="s">
+        <v>188</v>
+      </c>
+      <c r="C63" t="s">
+        <v>189</v>
+      </c>
+      <c r="D63"/>
+      <c r="E63" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" t="s">
+        <v>16</v>
+      </c>
+      <c r="H63" t="s">
+        <v>17</v>
+      </c>
+      <c r="I63" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" t="s">
+        <v>190</v>
+      </c>
+      <c r="B64" t="s">
+        <v>191</v>
+      </c>
+      <c r="C64" t="s">
+        <v>192</v>
+      </c>
+      <c r="D64"/>
+      <c r="E64" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64" t="s">
+        <v>16</v>
+      </c>
+      <c r="H64" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" t="s">
+        <v>193</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65" t="s">
+        <v>194</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65" t="s">
+        <v>14</v>
+      </c>
+      <c r="F65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G65" t="s">
+        <v>16</v>
+      </c>
+      <c r="H65" t="s">
+        <v>17</v>
+      </c>
+      <c r="I65" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" t="s">
+        <v>195</v>
+      </c>
+      <c r="B66" t="s">
+        <v>196</v>
+      </c>
+      <c r="C66" t="s">
+        <v>197</v>
+      </c>
+      <c r="D66"/>
+      <c r="E66" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
+      <c r="G66" t="s">
+        <v>16</v>
+      </c>
+      <c r="H66" t="s">
+        <v>17</v>
+      </c>
+      <c r="I66" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" t="s">
+        <v>198</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67" t="s">
+        <v>198</v>
+      </c>
+      <c r="D67"/>
+      <c r="E67" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" t="s">
+        <v>15</v>
+      </c>
+      <c r="G67" t="s">
+        <v>16</v>
+      </c>
+      <c r="H67" t="s">
+        <v>17</v>
+      </c>
+      <c r="I67" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" t="s">
+        <v>199</v>
+      </c>
+      <c r="B68" t="s">
+        <v>200</v>
+      </c>
+      <c r="C68" t="s">
+        <v>201</v>
+      </c>
+      <c r="D68"/>
+      <c r="E68" t="s">
+        <v>14</v>
+      </c>
+      <c r="F68" t="s">
+        <v>15</v>
+      </c>
+      <c r="G68" t="s">
+        <v>16</v>
+      </c>
+      <c r="H68" t="s">
+        <v>17</v>
+      </c>
+      <c r="I68" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" t="s">
+        <v>202</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69" t="s">
+        <v>203</v>
+      </c>
+      <c r="D69"/>
+      <c r="E69" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" t="s">
+        <v>16</v>
+      </c>
+      <c r="H69" t="s">
         <v>62</v>
       </c>
-      <c r="C25"/>
-[...65 lines deleted...]
-      <c r="A28" t="s">
+      <c r="I69" t="s">
         <v>67</v>
       </c>
-      <c r="B28" t="s">
-[...614 lines deleted...]
-      <c r="A54" t="s">
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" t="s">
+        <v>204</v>
+      </c>
+      <c r="B70" t="s">
+        <v>205</v>
+      </c>
+      <c r="C70" t="s">
+        <v>204</v>
+      </c>
+      <c r="D70"/>
+      <c r="E70" t="s">
+        <v>14</v>
+      </c>
+      <c r="F70" t="s">
+        <v>15</v>
+      </c>
+      <c r="G70" t="s">
+        <v>16</v>
+      </c>
+      <c r="H70" t="s">
+        <v>17</v>
+      </c>
+      <c r="I70" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" t="s">
+        <v>206</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71" t="s">
+        <v>207</v>
+      </c>
+      <c r="D71"/>
+      <c r="E71" t="s">
+        <v>14</v>
+      </c>
+      <c r="F71" t="s">
+        <v>15</v>
+      </c>
+      <c r="G71" t="s">
+        <v>16</v>
+      </c>
+      <c r="H71" t="s">
+        <v>17</v>
+      </c>
+      <c r="I71" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" t="s">
+        <v>208</v>
+      </c>
+      <c r="B72" t="s">
+        <v>209</v>
+      </c>
+      <c r="C72" t="s">
+        <v>210</v>
+      </c>
+      <c r="D72"/>
+      <c r="E72" t="s">
+        <v>14</v>
+      </c>
+      <c r="F72" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72" t="s">
+        <v>16</v>
+      </c>
+      <c r="H72" t="s">
+        <v>17</v>
+      </c>
+      <c r="I72" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" t="s">
+        <v>211</v>
+      </c>
+      <c r="B73" t="s">
+        <v>212</v>
+      </c>
+      <c r="C73" t="s">
+        <v>213</v>
+      </c>
+      <c r="D73"/>
+      <c r="E73" t="s">
+        <v>14</v>
+      </c>
+      <c r="F73" t="s">
+        <v>15</v>
+      </c>
+      <c r="G73" t="s">
+        <v>16</v>
+      </c>
+      <c r="H73" t="s">
+        <v>17</v>
+      </c>
+      <c r="I73" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" t="s">
+        <v>214</v>
+      </c>
+      <c r="B74" t="s">
+        <v>215</v>
+      </c>
+      <c r="C74" t="s">
+        <v>216</v>
+      </c>
+      <c r="D74"/>
+      <c r="E74" t="s">
+        <v>14</v>
+      </c>
+      <c r="F74" t="s">
+        <v>15</v>
+      </c>
+      <c r="G74" t="s">
+        <v>16</v>
+      </c>
+      <c r="H74" t="s">
+        <v>17</v>
+      </c>
+      <c r="I74" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" t="s">
+        <v>217</v>
+      </c>
+      <c r="B75" t="s">
+        <v>218</v>
+      </c>
+      <c r="C75" t="s">
+        <v>217</v>
+      </c>
+      <c r="D75"/>
+      <c r="E75" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" t="s">
+        <v>15</v>
+      </c>
+      <c r="G75" t="s">
+        <v>16</v>
+      </c>
+      <c r="H75" t="s">
+        <v>17</v>
+      </c>
+      <c r="I75" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" t="s">
+        <v>219</v>
+      </c>
+      <c r="B76" t="s">
+        <v>220</v>
+      </c>
+      <c r="C76" t="s">
+        <v>219</v>
+      </c>
+      <c r="D76"/>
+      <c r="E76" t="s">
+        <v>14</v>
+      </c>
+      <c r="F76" t="s">
+        <v>15</v>
+      </c>
+      <c r="G76" t="s">
+        <v>16</v>
+      </c>
+      <c r="H76" t="s">
+        <v>17</v>
+      </c>
+      <c r="I76" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
+        <v>221</v>
+      </c>
+      <c r="B77" t="s">
+        <v>222</v>
+      </c>
+      <c r="C77" t="s">
+        <v>223</v>
+      </c>
+      <c r="D77"/>
+      <c r="E77" t="s">
+        <v>14</v>
+      </c>
+      <c r="F77" t="s">
+        <v>15</v>
+      </c>
+      <c r="G77" t="s">
+        <v>16</v>
+      </c>
+      <c r="H77" t="s">
+        <v>17</v>
+      </c>
+      <c r="I77" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>224</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78" t="s">
+        <v>225</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78" t="s">
+        <v>14</v>
+      </c>
+      <c r="F78" t="s">
+        <v>15</v>
+      </c>
+      <c r="G78" t="s">
+        <v>16</v>
+      </c>
+      <c r="H78" t="s">
+        <v>17</v>
+      </c>
+      <c r="I78" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>226</v>
+      </c>
+      <c r="B79" t="s">
+        <v>227</v>
+      </c>
+      <c r="C79" t="s">
+        <v>228</v>
+      </c>
+      <c r="D79"/>
+      <c r="E79" t="s">
+        <v>14</v>
+      </c>
+      <c r="F79" t="s">
+        <v>15</v>
+      </c>
+      <c r="G79" t="s">
+        <v>16</v>
+      </c>
+      <c r="H79" t="s">
+        <v>17</v>
+      </c>
+      <c r="I79" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>229</v>
+      </c>
+      <c r="B80" t="s">
+        <v>230</v>
+      </c>
+      <c r="C80" t="s">
+        <v>231</v>
+      </c>
+      <c r="D80"/>
+      <c r="E80" t="s">
+        <v>14</v>
+      </c>
+      <c r="F80" t="s">
+        <v>15</v>
+      </c>
+      <c r="G80" t="s">
+        <v>16</v>
+      </c>
+      <c r="H80" t="s">
+        <v>17</v>
+      </c>
+      <c r="I80" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>232</v>
+      </c>
+      <c r="B81" t="s">
+        <v>233</v>
+      </c>
+      <c r="C81" t="s">
+        <v>234</v>
+      </c>
+      <c r="D81"/>
+      <c r="E81" t="s">
+        <v>14</v>
+      </c>
+      <c r="F81" t="s">
+        <v>15</v>
+      </c>
+      <c r="G81" t="s">
+        <v>16</v>
+      </c>
+      <c r="H81" t="s">
+        <v>17</v>
+      </c>
+      <c r="I81" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>235</v>
+      </c>
+      <c r="B82" t="s">
+        <v>236</v>
+      </c>
+      <c r="C82" t="s">
+        <v>237</v>
+      </c>
+      <c r="D82"/>
+      <c r="E82" t="s">
+        <v>14</v>
+      </c>
+      <c r="F82" t="s">
+        <v>15</v>
+      </c>
+      <c r="G82" t="s">
+        <v>16</v>
+      </c>
+      <c r="H82" t="s">
+        <v>17</v>
+      </c>
+      <c r="I82" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>238</v>
+      </c>
+      <c r="B83" t="s">
+        <v>239</v>
+      </c>
+      <c r="C83" t="s">
+        <v>240</v>
+      </c>
+      <c r="D83"/>
+      <c r="E83" t="s">
+        <v>14</v>
+      </c>
+      <c r="F83" t="s">
+        <v>15</v>
+      </c>
+      <c r="G83" t="s">
+        <v>16</v>
+      </c>
+      <c r="H83" t="s">
+        <v>17</v>
+      </c>
+      <c r="I83" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" t="s">
+        <v>241</v>
+      </c>
+      <c r="B84"/>
+      <c r="C84" t="s">
+        <v>242</v>
+      </c>
+      <c r="D84"/>
+      <c r="E84" t="s">
+        <v>14</v>
+      </c>
+      <c r="F84" t="s">
+        <v>15</v>
+      </c>
+      <c r="G84" t="s">
+        <v>16</v>
+      </c>
+      <c r="H84" t="s">
+        <v>17</v>
+      </c>
+      <c r="I84" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" t="s">
+        <v>243</v>
+      </c>
+      <c r="B85" t="s">
+        <v>244</v>
+      </c>
+      <c r="C85" t="s">
+        <v>245</v>
+      </c>
+      <c r="D85"/>
+      <c r="E85" t="s">
+        <v>14</v>
+      </c>
+      <c r="F85" t="s">
+        <v>15</v>
+      </c>
+      <c r="G85" t="s">
+        <v>16</v>
+      </c>
+      <c r="H85" t="s">
+        <v>17</v>
+      </c>
+      <c r="I85" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" t="s">
+        <v>246</v>
+      </c>
+      <c r="B86" t="s">
+        <v>247</v>
+      </c>
+      <c r="C86" t="s">
+        <v>248</v>
+      </c>
+      <c r="D86"/>
+      <c r="E86" t="s">
+        <v>14</v>
+      </c>
+      <c r="F86" t="s">
+        <v>15</v>
+      </c>
+      <c r="G86" t="s">
+        <v>16</v>
+      </c>
+      <c r="H86" t="s">
+        <v>62</v>
+      </c>
+      <c r="I86" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" t="s">
+        <v>249</v>
+      </c>
+      <c r="B87" t="s">
+        <v>250</v>
+      </c>
+      <c r="C87" t="s">
+        <v>249</v>
+      </c>
+      <c r="D87"/>
+      <c r="E87" t="s">
+        <v>14</v>
+      </c>
+      <c r="F87" t="s">
+        <v>15</v>
+      </c>
+      <c r="G87" t="s">
+        <v>16</v>
+      </c>
+      <c r="H87" t="s">
+        <v>62</v>
+      </c>
+      <c r="I87" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" t="s">
+        <v>251</v>
+      </c>
+      <c r="B88" t="s">
+        <v>252</v>
+      </c>
+      <c r="C88" t="s">
+        <v>253</v>
+      </c>
+      <c r="D88"/>
+      <c r="E88" t="s">
+        <v>14</v>
+      </c>
+      <c r="F88" t="s">
+        <v>15</v>
+      </c>
+      <c r="G88" t="s">
+        <v>16</v>
+      </c>
+      <c r="H88" t="s">
+        <v>62</v>
+      </c>
+      <c r="I88" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" t="s">
+        <v>254</v>
+      </c>
+      <c r="B89"/>
+      <c r="C89" t="s">
+        <v>255</v>
+      </c>
+      <c r="D89"/>
+      <c r="E89" t="s">
+        <v>14</v>
+      </c>
+      <c r="F89" t="s">
+        <v>15</v>
+      </c>
+      <c r="G89" t="s">
+        <v>16</v>
+      </c>
+      <c r="H89" t="s">
+        <v>17</v>
+      </c>
+      <c r="I89" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>256</v>
+      </c>
+      <c r="B90" t="s">
+        <v>257</v>
+      </c>
+      <c r="C90" t="s">
+        <v>258</v>
+      </c>
+      <c r="D90"/>
+      <c r="E90" t="s">
+        <v>14</v>
+      </c>
+      <c r="F90" t="s">
+        <v>15</v>
+      </c>
+      <c r="G90" t="s">
+        <v>16</v>
+      </c>
+      <c r="H90" t="s">
+        <v>17</v>
+      </c>
+      <c r="I90" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>259</v>
+      </c>
+      <c r="B91"/>
+      <c r="C91" t="s">
+        <v>260</v>
+      </c>
+      <c r="D91"/>
+      <c r="E91" t="s">
+        <v>14</v>
+      </c>
+      <c r="F91" t="s">
+        <v>15</v>
+      </c>
+      <c r="G91" t="s">
+        <v>16</v>
+      </c>
+      <c r="H91" t="s">
+        <v>62</v>
+      </c>
+      <c r="I91" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" t="s">
+        <v>261</v>
+      </c>
+      <c r="B92" t="s">
+        <v>262</v>
+      </c>
+      <c r="C92" t="s">
+        <v>263</v>
+      </c>
+      <c r="D92"/>
+      <c r="E92" t="s">
+        <v>14</v>
+      </c>
+      <c r="F92" t="s">
+        <v>15</v>
+      </c>
+      <c r="G92" t="s">
+        <v>16</v>
+      </c>
+      <c r="H92" t="s">
+        <v>62</v>
+      </c>
+      <c r="I92" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9">
+      <c r="A93" t="s">
+        <v>264</v>
+      </c>
+      <c r="B93" t="s">
+        <v>265</v>
+      </c>
+      <c r="C93" t="s">
+        <v>266</v>
+      </c>
+      <c r="D93"/>
+      <c r="E93" t="s">
+        <v>14</v>
+      </c>
+      <c r="F93" t="s">
+        <v>15</v>
+      </c>
+      <c r="G93" t="s">
+        <v>16</v>
+      </c>
+      <c r="H93" t="s">
+        <v>267</v>
+      </c>
+      <c r="I93" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9">
+      <c r="A94" t="s">
+        <v>268</v>
+      </c>
+      <c r="B94"/>
+      <c r="C94" t="s">
+        <v>269</v>
+      </c>
+      <c r="D94"/>
+      <c r="E94" t="s">
+        <v>14</v>
+      </c>
+      <c r="F94" t="s">
+        <v>15</v>
+      </c>
+      <c r="G94" t="s">
+        <v>16</v>
+      </c>
+      <c r="H94" t="s">
+        <v>17</v>
+      </c>
+      <c r="I94" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9">
+      <c r="A95" t="s">
+        <v>270</v>
+      </c>
+      <c r="B95" t="s">
+        <v>271</v>
+      </c>
+      <c r="C95" t="s">
+        <v>266</v>
+      </c>
+      <c r="D95"/>
+      <c r="E95" t="s">
+        <v>14</v>
+      </c>
+      <c r="F95" t="s">
+        <v>15</v>
+      </c>
+      <c r="G95" t="s">
+        <v>16</v>
+      </c>
+      <c r="H95" t="s">
+        <v>17</v>
+      </c>
+      <c r="I95" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9">
+      <c r="A96" t="s">
+        <v>272</v>
+      </c>
+      <c r="B96" t="s">
+        <v>273</v>
+      </c>
+      <c r="C96" t="s">
+        <v>274</v>
+      </c>
+      <c r="D96"/>
+      <c r="E96" t="s">
+        <v>14</v>
+      </c>
+      <c r="F96" t="s">
+        <v>15</v>
+      </c>
+      <c r="G96" t="s">
+        <v>16</v>
+      </c>
+      <c r="H96" t="s">
+        <v>62</v>
+      </c>
+      <c r="I96" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9">
+      <c r="A97" t="s">
+        <v>275</v>
+      </c>
+      <c r="B97" t="s">
+        <v>276</v>
+      </c>
+      <c r="C97" t="s">
+        <v>277</v>
+      </c>
+      <c r="D97"/>
+      <c r="E97" t="s">
+        <v>14</v>
+      </c>
+      <c r="F97" t="s">
+        <v>15</v>
+      </c>
+      <c r="G97" t="s">
+        <v>16</v>
+      </c>
+      <c r="H97" t="s">
+        <v>17</v>
+      </c>
+      <c r="I97" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9">
+      <c r="A98" t="s">
+        <v>278</v>
+      </c>
+      <c r="B98" t="s">
+        <v>279</v>
+      </c>
+      <c r="C98" t="s">
+        <v>280</v>
+      </c>
+      <c r="D98"/>
+      <c r="E98" t="s">
+        <v>14</v>
+      </c>
+      <c r="F98" t="s">
+        <v>15</v>
+      </c>
+      <c r="G98" t="s">
+        <v>16</v>
+      </c>
+      <c r="H98" t="s">
+        <v>17</v>
+      </c>
+      <c r="I98" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9">
+      <c r="A99" t="s">
+        <v>281</v>
+      </c>
+      <c r="B99" t="s">
+        <v>282</v>
+      </c>
+      <c r="C99" t="s">
+        <v>283</v>
+      </c>
+      <c r="D99"/>
+      <c r="E99" t="s">
+        <v>14</v>
+      </c>
+      <c r="F99" t="s">
+        <v>15</v>
+      </c>
+      <c r="G99" t="s">
+        <v>16</v>
+      </c>
+      <c r="H99" t="s">
+        <v>17</v>
+      </c>
+      <c r="I99" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9">
+      <c r="A100" t="s">
+        <v>284</v>
+      </c>
+      <c r="B100" t="s">
+        <v>285</v>
+      </c>
+      <c r="C100" t="s">
+        <v>286</v>
+      </c>
+      <c r="D100"/>
+      <c r="E100" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" t="s">
+        <v>15</v>
+      </c>
+      <c r="G100" t="s">
+        <v>16</v>
+      </c>
+      <c r="H100" t="s">
+        <v>62</v>
+      </c>
+      <c r="I100" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9">
+      <c r="A101" t="s">
+        <v>287</v>
+      </c>
+      <c r="B101" t="s">
+        <v>288</v>
+      </c>
+      <c r="C101" t="s">
+        <v>289</v>
+      </c>
+      <c r="D101"/>
+      <c r="E101" t="s">
+        <v>14</v>
+      </c>
+      <c r="F101" t="s">
+        <v>15</v>
+      </c>
+      <c r="G101" t="s">
+        <v>16</v>
+      </c>
+      <c r="H101" t="s">
+        <v>17</v>
+      </c>
+      <c r="I101" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9">
+      <c r="A102" t="s">
+        <v>290</v>
+      </c>
+      <c r="B102" t="s">
+        <v>291</v>
+      </c>
+      <c r="C102" t="s">
+        <v>292</v>
+      </c>
+      <c r="D102"/>
+      <c r="E102" t="s">
+        <v>14</v>
+      </c>
+      <c r="F102" t="s">
+        <v>15</v>
+      </c>
+      <c r="G102" t="s">
+        <v>16</v>
+      </c>
+      <c r="H102" t="s">
+        <v>17</v>
+      </c>
+      <c r="I102" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9">
+      <c r="A103" t="s">
+        <v>293</v>
+      </c>
+      <c r="B103" t="s">
+        <v>294</v>
+      </c>
+      <c r="C103" t="s">
+        <v>295</v>
+      </c>
+      <c r="D103"/>
+      <c r="E103" t="s">
+        <v>14</v>
+      </c>
+      <c r="F103" t="s">
+        <v>15</v>
+      </c>
+      <c r="G103" t="s">
+        <v>16</v>
+      </c>
+      <c r="H103" t="s">
+        <v>17</v>
+      </c>
+      <c r="I103" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9">
+      <c r="A104" t="s">
+        <v>296</v>
+      </c>
+      <c r="B104"/>
+      <c r="C104" t="s">
+        <v>296</v>
+      </c>
+      <c r="D104"/>
+      <c r="E104" t="s">
+        <v>14</v>
+      </c>
+      <c r="F104" t="s">
+        <v>15</v>
+      </c>
+      <c r="G104" t="s">
+        <v>16</v>
+      </c>
+      <c r="H104" t="s">
+        <v>17</v>
+      </c>
+      <c r="I104" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9">
+      <c r="A105" t="s">
+        <v>297</v>
+      </c>
+      <c r="B105"/>
+      <c r="C105" t="s">
+        <v>298</v>
+      </c>
+      <c r="D105"/>
+      <c r="E105" t="s">
+        <v>14</v>
+      </c>
+      <c r="F105" t="s">
+        <v>15</v>
+      </c>
+      <c r="G105" t="s">
+        <v>16</v>
+      </c>
+      <c r="H105" t="s">
+        <v>62</v>
+      </c>
+      <c r="I105" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9">
+      <c r="A106" t="s">
+        <v>299</v>
+      </c>
+      <c r="B106"/>
+      <c r="C106" t="s">
+        <v>300</v>
+      </c>
+      <c r="D106"/>
+      <c r="E106" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" t="s">
+        <v>15</v>
+      </c>
+      <c r="G106" t="s">
+        <v>16</v>
+      </c>
+      <c r="H106" t="s">
+        <v>17</v>
+      </c>
+      <c r="I106" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9">
+      <c r="A107" t="s">
+        <v>301</v>
+      </c>
+      <c r="B107" t="s">
+        <v>302</v>
+      </c>
+      <c r="C107" t="s">
+        <v>301</v>
+      </c>
+      <c r="D107"/>
+      <c r="E107" t="s">
+        <v>14</v>
+      </c>
+      <c r="F107" t="s">
+        <v>15</v>
+      </c>
+      <c r="G107" t="s">
+        <v>16</v>
+      </c>
+      <c r="H107"/>
+      <c r="I107" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9">
+      <c r="A108" t="s">
+        <v>303</v>
+      </c>
+      <c r="B108" t="s">
+        <v>304</v>
+      </c>
+      <c r="C108" t="s">
+        <v>300</v>
+      </c>
+      <c r="D108"/>
+      <c r="E108" t="s">
+        <v>14</v>
+      </c>
+      <c r="F108" t="s">
+        <v>15</v>
+      </c>
+      <c r="G108" t="s">
+        <v>16</v>
+      </c>
+      <c r="H108" t="s">
+        <v>62</v>
+      </c>
+      <c r="I108" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9">
+      <c r="A109" t="s">
+        <v>305</v>
+      </c>
+      <c r="B109"/>
+      <c r="C109" t="s">
+        <v>306</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109" t="s">
+        <v>14</v>
+      </c>
+      <c r="F109" t="s">
+        <v>15</v>
+      </c>
+      <c r="G109" t="s">
+        <v>16</v>
+      </c>
+      <c r="H109" t="s">
+        <v>17</v>
+      </c>
+      <c r="I109" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9">
+      <c r="A110" t="s">
+        <v>307</v>
+      </c>
+      <c r="B110" t="s">
+        <v>308</v>
+      </c>
+      <c r="C110" t="s">
+        <v>309</v>
+      </c>
+      <c r="D110"/>
+      <c r="E110" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110" t="s">
+        <v>15</v>
+      </c>
+      <c r="G110" t="s">
+        <v>16</v>
+      </c>
+      <c r="H110" t="s">
+        <v>62</v>
+      </c>
+      <c r="I110" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9">
+      <c r="A111" t="s">
+        <v>310</v>
+      </c>
+      <c r="B111" t="s">
+        <v>311</v>
+      </c>
+      <c r="C111" t="s">
+        <v>310</v>
+      </c>
+      <c r="D111"/>
+      <c r="E111" t="s">
+        <v>14</v>
+      </c>
+      <c r="F111" t="s">
+        <v>15</v>
+      </c>
+      <c r="G111" t="s">
+        <v>16</v>
+      </c>
+      <c r="H111" t="s">
+        <v>17</v>
+      </c>
+      <c r="I111" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9">
+      <c r="A112" t="s">
+        <v>312</v>
+      </c>
+      <c r="B112" t="s">
+        <v>313</v>
+      </c>
+      <c r="C112" t="s">
+        <v>314</v>
+      </c>
+      <c r="D112"/>
+      <c r="E112" t="s">
+        <v>14</v>
+      </c>
+      <c r="F112" t="s">
+        <v>15</v>
+      </c>
+      <c r="G112" t="s">
+        <v>16</v>
+      </c>
+      <c r="H112" t="s">
+        <v>17</v>
+      </c>
+      <c r="I112" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9">
+      <c r="A113" t="s">
+        <v>315</v>
+      </c>
+      <c r="B113" t="s">
+        <v>316</v>
+      </c>
+      <c r="C113" t="s">
+        <v>317</v>
+      </c>
+      <c r="D113"/>
+      <c r="E113" t="s">
+        <v>14</v>
+      </c>
+      <c r="F113" t="s">
+        <v>15</v>
+      </c>
+      <c r="G113" t="s">
+        <v>16</v>
+      </c>
+      <c r="H113" t="s">
+        <v>62</v>
+      </c>
+      <c r="I113" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9">
+      <c r="A114" t="s">
+        <v>318</v>
+      </c>
+      <c r="B114" t="s">
+        <v>319</v>
+      </c>
+      <c r="C114" t="s">
+        <v>318</v>
+      </c>
+      <c r="D114"/>
+      <c r="E114" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" t="s">
+        <v>15</v>
+      </c>
+      <c r="G114" t="s">
+        <v>16</v>
+      </c>
+      <c r="H114" t="s">
+        <v>62</v>
+      </c>
+      <c r="I114" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9">
+      <c r="A115" t="s">
+        <v>320</v>
+      </c>
+      <c r="B115" t="s">
+        <v>321</v>
+      </c>
+      <c r="C115" t="s">
+        <v>322</v>
+      </c>
+      <c r="D115"/>
+      <c r="E115" t="s">
+        <v>14</v>
+      </c>
+      <c r="F115" t="s">
+        <v>15</v>
+      </c>
+      <c r="G115" t="s">
+        <v>16</v>
+      </c>
+      <c r="H115" t="s">
+        <v>17</v>
+      </c>
+      <c r="I115" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9">
+      <c r="A116" t="s">
+        <v>323</v>
+      </c>
+      <c r="B116" t="s">
+        <v>324</v>
+      </c>
+      <c r="C116" t="s">
+        <v>325</v>
+      </c>
+      <c r="D116"/>
+      <c r="E116" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" t="s">
+        <v>15</v>
+      </c>
+      <c r="G116" t="s">
+        <v>16</v>
+      </c>
+      <c r="H116" t="s">
+        <v>17</v>
+      </c>
+      <c r="I116" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9">
+      <c r="A117" t="s">
+        <v>326</v>
+      </c>
+      <c r="B117"/>
+      <c r="C117" t="s">
+        <v>327</v>
+      </c>
+      <c r="D117"/>
+      <c r="E117" t="s">
+        <v>14</v>
+      </c>
+      <c r="F117" t="s">
+        <v>15</v>
+      </c>
+      <c r="G117" t="s">
+        <v>16</v>
+      </c>
+      <c r="H117" t="s">
+        <v>17</v>
+      </c>
+      <c r="I117" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9">
+      <c r="A118" t="s">
+        <v>328</v>
+      </c>
+      <c r="B118" t="s">
+        <v>329</v>
+      </c>
+      <c r="C118" t="s">
+        <v>328</v>
+      </c>
+      <c r="D118"/>
+      <c r="E118" t="s">
+        <v>14</v>
+      </c>
+      <c r="F118" t="s">
+        <v>15</v>
+      </c>
+      <c r="G118" t="s">
+        <v>16</v>
+      </c>
+      <c r="H118" t="s">
+        <v>62</v>
+      </c>
+      <c r="I118" t="s">
         <v>119</v>
       </c>
-      <c r="B54"/>
-[...1517 lines deleted...]
-    <row r="119" spans="1:8">
+    </row>
+    <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>233</v>
+        <v>330</v>
       </c>
       <c r="B119" t="s">
-        <v>234</v>
-[...4 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="C119" t="s">
+        <v>332</v>
+      </c>
+      <c r="D119"/>
       <c r="E119" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F119" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G119" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H119" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:8">
+        <v>62</v>
+      </c>
+      <c r="I119" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>235</v>
+        <v>333</v>
       </c>
       <c r="B120" t="s">
-        <v>236</v>
-[...4 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="C120" t="s">
+        <v>335</v>
+      </c>
+      <c r="D120"/>
       <c r="E120" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F120" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G120" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H120" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:8">
+        <v>62</v>
+      </c>
+      <c r="I120" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>237</v>
+        <v>336</v>
       </c>
       <c r="B121" t="s">
-        <v>238</v>
-[...4 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="C121" t="s">
+        <v>336</v>
+      </c>
+      <c r="D121"/>
       <c r="E121" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F121" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G121" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H121" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I121" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>239</v>
+        <v>338</v>
       </c>
       <c r="B122" t="s">
-        <v>240</v>
-[...4 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="C122" t="s">
+        <v>340</v>
+      </c>
+      <c r="D122"/>
       <c r="E122" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F122" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G122" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H122" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I122" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>241</v>
+        <v>341</v>
       </c>
       <c r="B123" t="s">
-        <v>242</v>
-[...4 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="C123" t="s">
+        <v>343</v>
+      </c>
+      <c r="D123"/>
       <c r="E123" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F123" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G123" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H123" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I123" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>243</v>
+        <v>344</v>
       </c>
       <c r="B124" t="s">
-        <v>244</v>
-[...4 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="C124" t="s">
+        <v>346</v>
+      </c>
+      <c r="D124"/>
       <c r="E124" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F124" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G124" t="s">
-        <v>188</v>
+        <v>16</v>
       </c>
       <c r="H124" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:8">
+        <v>267</v>
+      </c>
+      <c r="I124" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>245</v>
+        <v>347</v>
       </c>
       <c r="B125" t="s">
-        <v>246</v>
-[...4 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="C125" t="s">
+        <v>347</v>
+      </c>
+      <c r="D125"/>
       <c r="E125" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F125" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G125" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H125" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I125" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>247</v>
+        <v>349</v>
       </c>
       <c r="B126" t="s">
-        <v>248</v>
-[...4 lines deleted...]
-      </c>
+        <v>350</v>
+      </c>
+      <c r="C126" t="s">
+        <v>351</v>
+      </c>
+      <c r="D126"/>
       <c r="E126" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F126" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G126" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H126" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I126" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>249</v>
+        <v>352</v>
       </c>
       <c r="B127" t="s">
-        <v>250</v>
-[...4 lines deleted...]
-      </c>
+        <v>353</v>
+      </c>
+      <c r="C127" t="s">
+        <v>354</v>
+      </c>
+      <c r="D127"/>
       <c r="E127" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F127" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G127" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H127" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I127" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>251</v>
+        <v>355</v>
       </c>
       <c r="B128" t="s">
-        <v>252</v>
-[...4 lines deleted...]
-      </c>
+        <v>356</v>
+      </c>
+      <c r="C128" t="s">
+        <v>357</v>
+      </c>
+      <c r="D128"/>
       <c r="E128" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F128" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G128" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H128" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I128" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>253</v>
+        <v>358</v>
       </c>
       <c r="B129" t="s">
-        <v>254</v>
-[...4 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="C129" t="s">
+        <v>360</v>
+      </c>
+      <c r="D129"/>
       <c r="E129" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F129" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G129" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H129" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I129" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>255</v>
+        <v>361</v>
       </c>
       <c r="B130" t="s">
-        <v>256</v>
-[...4 lines deleted...]
-      </c>
+        <v>362</v>
+      </c>
+      <c r="C130" t="s">
+        <v>363</v>
+      </c>
+      <c r="D130"/>
       <c r="E130" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F130" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G130" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H130" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I130" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>257</v>
+        <v>364</v>
       </c>
       <c r="B131" t="s">
-        <v>258</v>
-[...4 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="C131" t="s">
+        <v>360</v>
+      </c>
+      <c r="D131"/>
       <c r="E131" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F131" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G131" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H131" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:8">
+        <v>62</v>
+      </c>
+      <c r="I131" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>259</v>
+        <v>366</v>
       </c>
       <c r="B132"/>
-      <c r="C132"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C132" t="s">
+        <v>292</v>
+      </c>
+      <c r="D132"/>
       <c r="E132" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F132" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G132" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H132" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I132" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>260</v>
+        <v>367</v>
       </c>
       <c r="B133" t="s">
-        <v>261</v>
-[...4 lines deleted...]
-      </c>
+        <v>368</v>
+      </c>
+      <c r="C133" t="s">
+        <v>369</v>
+      </c>
+      <c r="D133"/>
       <c r="E133" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F133" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G133" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H133" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I133" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>262</v>
+        <v>370</v>
       </c>
       <c r="B134" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="C134"/>
+        <v>371</v>
+      </c>
+      <c r="C134" t="s">
+        <v>370</v>
+      </c>
       <c r="D134"/>
       <c r="E134"/>
-      <c r="F134" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F134"/>
       <c r="G134" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H134" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I134" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>264</v>
+        <v>372</v>
       </c>
       <c r="B135" t="s">
-        <v>265</v>
-[...4 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="C135" t="s">
+        <v>374</v>
+      </c>
+      <c r="D135"/>
       <c r="E135" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F135" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G135" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H135" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I135" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>266</v>
+        <v>375</v>
       </c>
       <c r="B136"/>
-      <c r="C136"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C136" t="s">
+        <v>376</v>
+      </c>
+      <c r="D136"/>
       <c r="E136" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F136" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G136" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H136" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I136" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>267</v>
+        <v>377</v>
       </c>
       <c r="B137" t="s">
-        <v>268</v>
-[...4 lines deleted...]
-      </c>
+        <v>378</v>
+      </c>
+      <c r="C137" t="s">
+        <v>377</v>
+      </c>
+      <c r="D137"/>
       <c r="E137" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F137" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G137" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H137" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I137" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>269</v>
+        <v>379</v>
       </c>
       <c r="B138" t="s">
-        <v>270</v>
-[...4 lines deleted...]
-      </c>
+        <v>380</v>
+      </c>
+      <c r="C138" t="s">
+        <v>379</v>
+      </c>
+      <c r="D138"/>
       <c r="E138" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F138" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G138" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H138" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I138" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>271</v>
+        <v>381</v>
       </c>
       <c r="B139" t="s">
-        <v>272</v>
-[...4 lines deleted...]
-      </c>
+        <v>382</v>
+      </c>
+      <c r="C139" t="s">
+        <v>383</v>
+      </c>
+      <c r="D139"/>
       <c r="E139" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F139" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G139" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H139" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I139" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>273</v>
+        <v>384</v>
       </c>
       <c r="B140" t="s">
-        <v>274</v>
-[...4 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="C140" t="s">
+        <v>386</v>
+      </c>
+      <c r="D140"/>
       <c r="E140" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F140" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G140" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H140" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I140" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>275</v>
+        <v>387</v>
       </c>
       <c r="B141" t="s">
-        <v>276</v>
-[...4 lines deleted...]
-      </c>
+        <v>388</v>
+      </c>
+      <c r="C141" t="s">
+        <v>389</v>
+      </c>
+      <c r="D141"/>
       <c r="E141" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F141" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G141" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H141" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I141" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>277</v>
+        <v>390</v>
       </c>
       <c r="B142" t="s">
-        <v>278</v>
-[...4 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="C142" t="s">
+        <v>197</v>
+      </c>
+      <c r="D142"/>
       <c r="E142" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F142" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G142" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H142" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I142" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>279</v>
+        <v>392</v>
       </c>
       <c r="B143"/>
-      <c r="C143"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C143" t="s">
+        <v>393</v>
+      </c>
+      <c r="D143"/>
       <c r="E143" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F143" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G143" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H143" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I143" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>280</v>
+        <v>394</v>
       </c>
       <c r="B144" t="s">
-        <v>281</v>
-[...4 lines deleted...]
-      </c>
+        <v>395</v>
+      </c>
+      <c r="C144" t="s">
+        <v>396</v>
+      </c>
+      <c r="D144"/>
       <c r="E144" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F144" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G144" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H144" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I144" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>282</v>
+        <v>397</v>
       </c>
       <c r="B145" t="s">
-        <v>283</v>
-[...4 lines deleted...]
-      </c>
+        <v>398</v>
+      </c>
+      <c r="C145" t="s">
+        <v>397</v>
+      </c>
+      <c r="D145"/>
       <c r="E145" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F145" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G145" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H145" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I145" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>284</v>
+        <v>399</v>
       </c>
       <c r="B146" t="s">
-        <v>285</v>
-[...4 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="C146" t="s">
+        <v>401</v>
+      </c>
+      <c r="D146"/>
       <c r="E146" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F146" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G146" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H146" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I146" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>286</v>
+        <v>402</v>
       </c>
       <c r="B147"/>
-      <c r="C147"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C147" t="s">
+        <v>403</v>
+      </c>
+      <c r="D147"/>
       <c r="E147" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F147" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G147" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H147" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I147" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>287</v>
+        <v>404</v>
       </c>
       <c r="B148"/>
-      <c r="C148"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C148" t="s">
+        <v>203</v>
+      </c>
+      <c r="D148"/>
       <c r="E148" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F148" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G148" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H148" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:8">
+        <v>62</v>
+      </c>
+      <c r="I148" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>288</v>
+        <v>405</v>
       </c>
       <c r="B149"/>
-      <c r="C149"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C149" t="s">
+        <v>406</v>
+      </c>
+      <c r="D149"/>
       <c r="E149" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F149" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G149" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H149" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:8">
+        <v>62</v>
+      </c>
+      <c r="I149" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>289</v>
+        <v>407</v>
       </c>
       <c r="B150"/>
-      <c r="C150"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C150" t="s">
+        <v>408</v>
+      </c>
+      <c r="D150"/>
       <c r="E150" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F150" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G150" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H150" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:8">
+        <v>62</v>
+      </c>
+      <c r="I150" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>290</v>
+        <v>409</v>
       </c>
       <c r="B151" t="s">
-        <v>291</v>
-[...4 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="C151" t="s">
+        <v>411</v>
+      </c>
+      <c r="D151"/>
       <c r="E151" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F151" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G151" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H151" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I151" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>292</v>
+        <v>412</v>
       </c>
       <c r="B152" t="s">
-        <v>293</v>
-[...4 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="C152" t="s">
+        <v>414</v>
+      </c>
+      <c r="D152"/>
       <c r="E152" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F152" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G152" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H152" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I152" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>294</v>
+        <v>415</v>
       </c>
       <c r="B153" t="s">
-        <v>295</v>
-[...4 lines deleted...]
-      </c>
+        <v>416</v>
+      </c>
+      <c r="C153" t="s">
+        <v>417</v>
+      </c>
+      <c r="D153"/>
       <c r="E153" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F153" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G153" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H153" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I153" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>296</v>
+        <v>418</v>
       </c>
       <c r="B154"/>
-      <c r="C154"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C154" t="s">
+        <v>419</v>
+      </c>
+      <c r="D154"/>
       <c r="E154" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F154" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G154" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H154" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:8">
+        <v>62</v>
+      </c>
+      <c r="I154" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>297</v>
+        <v>420</v>
       </c>
       <c r="B155"/>
-      <c r="C155"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C155" t="s">
+        <v>357</v>
+      </c>
+      <c r="D155"/>
       <c r="E155" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F155" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G155" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H155" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I155" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>298</v>
+        <v>421</v>
       </c>
       <c r="B156" t="s">
-        <v>299</v>
-[...4 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="C156" t="s">
+        <v>423</v>
+      </c>
+      <c r="D156"/>
       <c r="E156" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F156" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G156" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H156" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I156" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>300</v>
+        <v>424</v>
       </c>
       <c r="B157"/>
-      <c r="C157"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C157" t="s">
+        <v>425</v>
+      </c>
+      <c r="D157"/>
       <c r="E157" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F157" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G157" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H157" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I157" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>301</v>
+        <v>426</v>
       </c>
       <c r="B158"/>
-      <c r="C158"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C158" t="s">
+        <v>427</v>
+      </c>
+      <c r="D158"/>
       <c r="E158" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F158" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G158" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H158" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I158" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>302</v>
+        <v>428</v>
       </c>
       <c r="B159"/>
-      <c r="C159"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C159" t="s">
+        <v>428</v>
+      </c>
+      <c r="D159"/>
       <c r="E159" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F159" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G159" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H159" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I159" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>303</v>
+        <v>429</v>
       </c>
       <c r="B160"/>
-      <c r="C160"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C160" t="s">
+        <v>430</v>
+      </c>
+      <c r="D160"/>
       <c r="E160" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F160" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G160" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H160" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I160" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9">
       <c r="A161" t="s">
-        <v>304</v>
+        <v>431</v>
       </c>
       <c r="B161"/>
-      <c r="C161"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C161" t="s">
+        <v>432</v>
+      </c>
+      <c r="D161"/>
       <c r="E161" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F161" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G161" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H161" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I161" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>305</v>
+        <v>433</v>
       </c>
       <c r="B162" t="s">
-        <v>306</v>
-[...4 lines deleted...]
-      </c>
+        <v>434</v>
+      </c>
+      <c r="C162" t="s">
+        <v>60</v>
+      </c>
+      <c r="D162"/>
       <c r="E162" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F162" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G162" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H162" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I162" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9">
       <c r="A163" t="s">
-        <v>307</v>
+        <v>435</v>
       </c>
       <c r="B163" t="s">
-        <v>308</v>
-[...4 lines deleted...]
-      </c>
+        <v>436</v>
+      </c>
+      <c r="C163" t="s">
+        <v>437</v>
+      </c>
+      <c r="D163"/>
       <c r="E163" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F163" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G163" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H163" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I163" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9">
       <c r="A164" t="s">
-        <v>309</v>
+        <v>438</v>
       </c>
       <c r="B164"/>
-      <c r="C164"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C164" t="s">
+        <v>439</v>
+      </c>
+      <c r="D164"/>
       <c r="E164" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="F164" t="s">
-        <v>14</v>
+        <v>440</v>
       </c>
       <c r="G164" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H164" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I164" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9">
       <c r="A165" t="s">
-        <v>311</v>
+        <v>441</v>
       </c>
       <c r="B165" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      </c>
+        <v>442</v>
+      </c>
+      <c r="C165" t="s">
+        <v>443</v>
+      </c>
+      <c r="D165"/>
       <c r="E165" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F165" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G165" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H165" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I165" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9">
       <c r="A166" t="s">
-        <v>313</v>
+        <v>444</v>
       </c>
       <c r="B166" t="s">
-        <v>314</v>
-[...4 lines deleted...]
-      </c>
+        <v>445</v>
+      </c>
+      <c r="C166" t="s">
+        <v>444</v>
+      </c>
+      <c r="D166"/>
       <c r="E166" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F166" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G166" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H166" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:8">
+        <v>17</v>
+      </c>
+      <c r="I166" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>315</v>
+        <v>446</v>
       </c>
       <c r="B167"/>
-      <c r="C167"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C167" t="s">
+        <v>447</v>
+      </c>
+      <c r="D167"/>
       <c r="E167" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F167" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G167" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H167" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:8">
+        <v>62</v>
+      </c>
+      <c r="I167" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>316</v>
+        <v>448</v>
       </c>
       <c r="B168" t="s">
-        <v>317</v>
-[...4 lines deleted...]
-      </c>
+        <v>449</v>
+      </c>
+      <c r="C168" t="s">
+        <v>448</v>
+      </c>
+      <c r="D168"/>
       <c r="E168" t="s">
-        <v>310</v>
+        <v>14</v>
       </c>
       <c r="F168" t="s">
-        <v>14</v>
+        <v>440</v>
       </c>
       <c r="G168" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H168" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:8">
+        <v>62</v>
+      </c>
+      <c r="I168" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9">
       <c r="A169" t="s">
-        <v>318</v>
+        <v>450</v>
       </c>
       <c r="B169" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      </c>
+        <v>451</v>
+      </c>
+      <c r="C169" t="s">
+        <v>452</v>
+      </c>
+      <c r="D169"/>
       <c r="E169" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F169" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G169" t="s">
-        <v>320</v>
+        <v>16</v>
       </c>
       <c r="H169" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:8">
+        <v>453</v>
+      </c>
+      <c r="I169" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>321</v>
+        <v>454</v>
       </c>
       <c r="B170"/>
-      <c r="C170"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C170" t="s">
+        <v>454</v>
+      </c>
+      <c r="D170"/>
       <c r="E170" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F170" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G170" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H170" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:8">
+        <v>62</v>
+      </c>
+      <c r="I170" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>322</v>
+        <v>455</v>
       </c>
       <c r="B171"/>
-      <c r="C171"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C171" t="s">
+        <v>455</v>
+      </c>
+      <c r="D171"/>
       <c r="E171" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="F171" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G171" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="H171" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="I171" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>