--- v1 (2025-12-23)
+++ v2 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="456">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="458">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES OPERATEURS MINIERS (LES-TITULAIRES-DES-PRODUITS-DES-CARRIERES)</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
     <t>SIGLE</t>
   </si>
   <si>
     <t>FILIERE</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>SECTEUR</t>
   </si>
   <si>
@@ -1380,50 +1380,56 @@
     <t>COMILE – A</t>
   </si>
   <si>
     <t>TALVO</t>
   </si>
   <si>
     <t>A1212920U</t>
   </si>
   <si>
     <t>CIMENTS ET MATERIAUX DU KATANGA SAS</t>
   </si>
   <si>
     <t>AO811593L</t>
   </si>
   <si>
     <t>CIMENKAT SAS</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>WORLD RESOURCES SARL</t>
   </si>
   <si>
     <t>SAFRICAS</t>
+  </si>
+  <si>
+    <t>CEMENTERIE DE LUKALA</t>
+  </si>
+  <si>
+    <t>A 0700256 M</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1739,60 +1745,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I171"/>
+  <dimension ref="A1:I172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>1</v>
@@ -6258,50 +6264,77 @@
         <v>57</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
         <v>455</v>
       </c>
       <c r="B171"/>
       <c r="C171" t="s">
         <v>455</v>
       </c>
       <c r="D171"/>
       <c r="E171" t="s">
         <v>61</v>
       </c>
       <c r="F171" t="s">
         <v>15</v>
       </c>
       <c r="G171" t="s">
         <v>16</v>
       </c>
       <c r="H171" t="s">
         <v>62</v>
       </c>
       <c r="I171" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9">
+      <c r="A172" t="s">
+        <v>456</v>
+      </c>
+      <c r="B172" t="s">
+        <v>457</v>
+      </c>
+      <c r="C172" t="s">
+        <v>82</v>
+      </c>
+      <c r="D172"/>
+      <c r="E172" t="s">
+        <v>26</v>
+      </c>
+      <c r="F172" t="s">
+        <v>15</v>
+      </c>
+      <c r="G172" t="s">
+        <v>16</v>
+      </c>
+      <c r="H172" t="s">
+        <v>157</v>
+      </c>
+      <c r="I172" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">