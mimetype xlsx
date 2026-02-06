--- v0 (2025-12-23)
+++ v1 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="318">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES OPERATEURS MINIERS (LES-ENTITES-DE-TRAITEMENTS)</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
     <t>SIGLE</t>
   </si>
   <si>
     <t>FILIERE</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>SECTEUR</t>
   </si>
   <si>
@@ -101,263 +101,272 @@
   <si>
     <t>HML</t>
   </si>
   <si>
     <t>Industriel</t>
   </si>
   <si>
     <t>Privé-privé</t>
   </si>
   <si>
     <t>JIN SHENG MINING</t>
   </si>
   <si>
     <t>A1211301Y</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DU KATANGA</t>
   </si>
   <si>
     <t>A0704865X</t>
   </si>
   <si>
     <t>SMK</t>
   </si>
   <si>
+    <t>SHITURU MINING CORPORATION</t>
+  </si>
+  <si>
+    <t>A1008279I</t>
+  </si>
+  <si>
+    <t>SMCO</t>
+  </si>
+  <si>
+    <t>En production</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>JMT MINING SARL</t>
+  </si>
+  <si>
+    <t>A0906718N</t>
+  </si>
+  <si>
+    <t>JMT</t>
+  </si>
+  <si>
+    <t>CONGO JIN JU CHENG MINING COMPANY SARL</t>
+  </si>
+  <si>
+    <t>CJCMC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Congo International Mining Corporation </t>
+  </si>
+  <si>
+    <t>CIMCO</t>
+  </si>
+  <si>
+    <t>KATANGA METALS</t>
+  </si>
+  <si>
+    <t>A1210828J</t>
+  </si>
+  <si>
+    <t>KM</t>
+  </si>
+  <si>
+    <t>Inactif</t>
+  </si>
+  <si>
+    <t>Lualaba</t>
+  </si>
+  <si>
+    <t>HUACHIN MINING</t>
+  </si>
+  <si>
+    <t>MAGMA MINERALS</t>
+  </si>
+  <si>
+    <t>A0811095U</t>
+  </si>
+  <si>
+    <t>MM</t>
+  </si>
+  <si>
+    <t>GROUPE LA BONNE CONFIANCE</t>
+  </si>
+  <si>
+    <t>GBC</t>
+  </si>
+  <si>
+    <t>OM METALS RESSOURCES SPRL</t>
+  </si>
+  <si>
+    <t>A1212519X</t>
+  </si>
+  <si>
+    <t>OMR</t>
+  </si>
+  <si>
+    <t>LUNA MINING</t>
+  </si>
+  <si>
+    <t>A1103169H</t>
+  </si>
+  <si>
+    <t>LUNA</t>
+  </si>
+  <si>
+    <t>CENTRE PRPFESSIONNEL POUR LE  DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>CEPRODEV</t>
+  </si>
+  <si>
+    <t>OPERA MINING</t>
+  </si>
+  <si>
+    <t>A120338 9Y</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>PANCOM CONGO SPRL</t>
+  </si>
+  <si>
+    <t>PC</t>
+  </si>
+  <si>
+    <t>GOLDEN AFRICAN RESOURCES</t>
+  </si>
+  <si>
+    <t>A1302382E</t>
+  </si>
+  <si>
+    <t>GAM</t>
+  </si>
+  <si>
+    <t>Kasaï-Oriental</t>
+  </si>
+  <si>
+    <t>METAL MINES Sprl Old</t>
+  </si>
+  <si>
+    <t>LOMAMINES SARL</t>
+  </si>
+  <si>
+    <t>L SARL</t>
+  </si>
+  <si>
+    <t>CADASTRES MINIERS</t>
+  </si>
+  <si>
+    <t>A121068Y</t>
+  </si>
+  <si>
+    <t>CAMIS</t>
+  </si>
+  <si>
+    <t>CONGO MINERAL AND METALS SPRL</t>
+  </si>
+  <si>
+    <t>CMM</t>
+  </si>
+  <si>
+    <t>Nord-Kivu</t>
+  </si>
+  <si>
+    <t>AMR MUGOTE ET FRERES SPRL</t>
+  </si>
+  <si>
+    <t>AMF</t>
+  </si>
+  <si>
+    <t>COMPAGNIE DES MINES DU CONGO</t>
+  </si>
+  <si>
+    <t>CMC</t>
+  </si>
+  <si>
+    <t>HUAYING TRADING COMPANY</t>
+  </si>
+  <si>
+    <t>HTC</t>
+  </si>
+  <si>
+    <t>RASH ET RASH</t>
+  </si>
+  <si>
+    <t>RR</t>
+  </si>
+  <si>
+    <t>MAISON MIKELE</t>
+  </si>
+  <si>
+    <t>CJX  SARL</t>
+  </si>
+  <si>
+    <t>Sud-Kivu</t>
+  </si>
+  <si>
+    <t>WILLEM MINERALS COMPANY</t>
+  </si>
+  <si>
+    <t>WMC SARL</t>
+  </si>
+  <si>
+    <t>ETOILE D'ORIENTAL SARL</t>
+  </si>
+  <si>
+    <t>Maniema</t>
+  </si>
+  <si>
+    <t>MIDEV SPRL</t>
+  </si>
+  <si>
+    <t>MIDEV</t>
+  </si>
+  <si>
+    <t>METACHEM Sarl</t>
+  </si>
+  <si>
+    <t>A1201610P</t>
+  </si>
+  <si>
+    <t>M SARL</t>
+  </si>
+  <si>
+    <t>BOLFAST</t>
+  </si>
+  <si>
+    <t>A0704663K</t>
+  </si>
+  <si>
+    <t>RUBAMIN</t>
+  </si>
+  <si>
+    <t>A0814806D</t>
+  </si>
+  <si>
     <t>En recherche</t>
   </si>
   <si>
-    <t>Public</t>
-[...208 lines deleted...]
-  <si>
     <t>CIMCO SAS</t>
   </si>
   <si>
     <t>A0815188T</t>
   </si>
   <si>
     <t>MINES D’AFRIQUE SARL</t>
   </si>
   <si>
     <t>MD SARL</t>
   </si>
   <si>
     <t>SOCIETE AFRICAN SPECIALITY METALS Sprl</t>
   </si>
   <si>
     <t>SASM SARL</t>
   </si>
   <si>
     <t>RAMIKA</t>
   </si>
   <si>
     <t>RAFFINERIE MINIERE DE KALEMIE Sarl</t>
   </si>
   <si>
     <t>MCI</t>
@@ -389,51 +398,51 @@
   <si>
     <t>GLOBAL  METAL RESOURCES Sarl</t>
   </si>
   <si>
     <t xml:space="preserve">JD MINING </t>
   </si>
   <si>
     <t>JD MINING SARL</t>
   </si>
   <si>
     <t>RENZO</t>
   </si>
   <si>
     <t>RENZO Sarl</t>
   </si>
   <si>
     <t xml:space="preserve">CLEAR DIAMOND </t>
   </si>
   <si>
     <t>C.D</t>
   </si>
   <si>
     <t>Kinshasa</t>
   </si>
   <si>
-    <t>THOMAS MINING Sprl</t>
+    <t>THOMAS MINING SARL</t>
   </si>
   <si>
     <t>A1408473B</t>
   </si>
   <si>
     <t>TM SARL</t>
   </si>
   <si>
     <t>Ets. ZAEL MONTENEGRO IMPORT EXPORT Sprl</t>
   </si>
   <si>
     <t>SOMIDECO</t>
   </si>
   <si>
     <t>SODIMIKO</t>
   </si>
   <si>
     <t>HTC SARL</t>
   </si>
   <si>
     <t>H SARL</t>
   </si>
   <si>
     <t>Ets. AMUR</t>
   </si>
@@ -500,332 +509,359 @@
   <si>
     <t>AFRICAN RESSOURCES Sarl</t>
   </si>
   <si>
     <t>GAR</t>
   </si>
   <si>
     <t>KAI PENG MINING</t>
   </si>
   <si>
     <t>KPM</t>
   </si>
   <si>
     <t>JMT Sarl</t>
   </si>
   <si>
     <t>OMEGA MINING Sarl</t>
   </si>
   <si>
     <t>OM Sarl</t>
   </si>
   <si>
     <t>STL SA</t>
   </si>
   <si>
-    <t>CHENGTUN CONGO RESSOURCES</t>
+    <t>CHENGTUN CONGO RESSOURCES SARL</t>
   </si>
   <si>
     <t>0004/BDX-20/I0000 23 L/Z</t>
   </si>
   <si>
     <t>CCR</t>
   </si>
   <si>
     <t>HANRUI METAL CONGO1 SARL</t>
   </si>
   <si>
     <t>A1803946K</t>
   </si>
   <si>
     <t>HMC</t>
   </si>
   <si>
     <t>CONGO DONG</t>
   </si>
   <si>
     <t>A0712822</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>MACROLINK JIAYUAN MINING</t>
   </si>
   <si>
     <t>A0815380</t>
   </si>
   <si>
     <t>MJM</t>
   </si>
   <si>
     <t>KALONGWE MINING SA</t>
   </si>
   <si>
     <t>A1405813K</t>
   </si>
   <si>
     <t>LUILU RESSOURCES SAS</t>
   </si>
   <si>
     <t>A1821178Q</t>
   </si>
   <si>
     <t>LRS</t>
   </si>
   <si>
-    <t>EXCELLEN MINIERALS SARL</t>
+    <t>EXCELLEN MINERALS SARL</t>
   </si>
   <si>
     <t>A18099162</t>
   </si>
   <si>
-    <t>EXCELEN MINIERALS</t>
+    <t>EXCELLEN MINERALS</t>
   </si>
   <si>
     <t>NEW MINERALS INVESTMENT SARL</t>
   </si>
   <si>
     <t>A0906593C</t>
   </si>
   <si>
     <t>NMI SARL</t>
   </si>
   <si>
+    <t>HANRUI METAL CONGO SARL</t>
+  </si>
+  <si>
+    <t>AMUR SARL</t>
+  </si>
+  <si>
+    <t>AMUR</t>
+  </si>
+  <si>
+    <t>WALI MINING INVESTMENT SARL</t>
+  </si>
+  <si>
+    <t>WALI SARL</t>
+  </si>
+  <si>
+    <t>METAL CHEMICAL SARL</t>
+  </si>
+  <si>
+    <t>METACHEM SARL</t>
+  </si>
+  <si>
+    <t>Semi-Industriel</t>
+  </si>
+  <si>
+    <t>Public-privé</t>
+  </si>
+  <si>
     <t>DIVINE LAND MINING SARL</t>
   </si>
   <si>
     <t>A1507009L</t>
   </si>
   <si>
     <t>DLM SARL</t>
   </si>
   <si>
-    <t>lualaba copper smelter</t>
+    <t>LUALABA COPPER SMELTER</t>
   </si>
   <si>
     <t>A1408413B</t>
   </si>
   <si>
-    <t>LCS</t>
+    <t>LCS SAS</t>
   </si>
   <si>
     <t>STAR METAL COMPANY</t>
   </si>
   <si>
     <t>A2290577D</t>
   </si>
   <si>
     <t>BASEMIN Co. SARL</t>
   </si>
   <si>
     <t>A2180078Q</t>
   </si>
   <si>
     <t>BASEMIN</t>
   </si>
   <si>
-    <t>Semi-Industriel</t>
-[...1 lines deleted...]
-  <si>
     <t>COPROCO GROUP SARL</t>
   </si>
   <si>
     <t>A17044611</t>
   </si>
   <si>
     <t>KIBARA MINERALS SARLU</t>
   </si>
   <si>
     <t>A1906957/J</t>
   </si>
   <si>
     <t>RON HUA SARL</t>
   </si>
   <si>
     <t>TANGANYKA MINERALS SARL</t>
   </si>
   <si>
     <t>KIVU HOLDING MINING SARL</t>
   </si>
   <si>
     <t>KHM</t>
   </si>
   <si>
     <t>CONGO GOLD RAFFINERIE SARL</t>
   </si>
   <si>
     <t>SOCIETE AGRO PASTORALE LEMERA SARL</t>
   </si>
   <si>
     <t>NOV CORP SARLU</t>
   </si>
   <si>
+    <t>LADIA MINING SARL</t>
+  </si>
+  <si>
+    <t>A2158215B</t>
+  </si>
+  <si>
     <t>UMOJA WETU SARL</t>
   </si>
   <si>
     <t>STANBUD SARLU</t>
   </si>
   <si>
     <t>A1908334F</t>
   </si>
   <si>
     <t>ETABLISSEMENT RICA</t>
   </si>
   <si>
     <t>A1309713D</t>
   </si>
   <si>
     <t>CDMC ENTITE SARL</t>
   </si>
   <si>
     <t>A1808015H</t>
   </si>
   <si>
+    <t>COOPERATIVE DES ARTISANAUX MINIERS AU CONGO SARL</t>
+  </si>
+  <si>
+    <t>CDMC SARL</t>
+  </si>
+  <si>
     <t>CIX MINERALS SARLU</t>
   </si>
   <si>
     <t>NBB ET FRERES</t>
   </si>
   <si>
     <t>A1506806Z</t>
   </si>
   <si>
     <t>MUKEVERWA METAL SARL</t>
   </si>
   <si>
     <t>SOGECOM SARL</t>
   </si>
   <si>
     <t>A0700540W</t>
   </si>
   <si>
     <t>CONGO SUPPLY AMD MARKETING SARL</t>
   </si>
   <si>
-    <t>METAL CHEMICAL SARL</t>
-[...10 lines deleted...]
-  <si>
     <t>LUALABA COPPERS SMELTER SAS</t>
   </si>
   <si>
-    <t>LCS SAS</t>
-[...1 lines deleted...]
-  <si>
     <t>MINING TRADING COMPANY</t>
   </si>
   <si>
     <t>JIN XUN CONGO MINING SARL</t>
   </si>
   <si>
     <t>A1818154D</t>
   </si>
   <si>
     <t>ZHAN FEI MINING SARL</t>
   </si>
   <si>
     <t>A2282622J</t>
   </si>
   <si>
     <t>BASE MIN CO. SARL</t>
   </si>
   <si>
     <t>A2180075Q</t>
   </si>
   <si>
-    <t>MINERAL METAL TECHNOLOGY "MMT" SARL</t>
+    <t>MINERAL METAL TECHNOLOGY  SARL</t>
   </si>
   <si>
     <t>A1805938A</t>
   </si>
   <si>
     <t>MMT SARL</t>
   </si>
   <si>
     <t>CONGO CHENGTUN NEW MATERIALS SARL</t>
   </si>
   <si>
-    <t>TENGYUAN COBALT COPPER RESSOURCES LTD CO.SARL</t>
+    <t>TENGYUAN COBALT COPPER RESSOURCES LTD CO. SARL</t>
   </si>
   <si>
     <t>BROTHER MINING SASU SASU</t>
   </si>
   <si>
     <t>A1716204H</t>
   </si>
   <si>
     <t>BM SASU</t>
   </si>
   <si>
     <t>XIN HAO MINING SARL</t>
   </si>
   <si>
     <t>A16/21091T</t>
   </si>
   <si>
     <t>BLESSING CONGO MINING SARL</t>
   </si>
   <si>
     <t>A2319986A</t>
   </si>
   <si>
     <t>BLM SARL</t>
   </si>
   <si>
     <t>GOLDEN AFRICAN RESSOURCES SARL</t>
   </si>
   <si>
     <t>GAR SARL</t>
   </si>
   <si>
     <t>HUACHIN METAL MINING</t>
   </si>
   <si>
     <t>MACROLINK JIAYUNG MINING SARLU</t>
   </si>
   <si>
     <t>MJM SARLU</t>
   </si>
   <si>
     <t>KASTRO SARL</t>
   </si>
   <si>
     <t>MINEXX SARL</t>
   </si>
   <si>
     <t>A19165016N</t>
   </si>
   <si>
+    <t>SOCIETE MINIERE DU KATANGA SASU</t>
+  </si>
+  <si>
+    <t>SOMIKA SASU</t>
+  </si>
+  <si>
     <t>CONGO RESSOURCES MINING SARL</t>
   </si>
   <si>
     <t>CRM SARL</t>
   </si>
   <si>
     <t>LA MINIERE DE KASOMBO SAS</t>
   </si>
   <si>
     <t>A0814790 L</t>
   </si>
   <si>
     <t>MIKAS SAS</t>
   </si>
   <si>
     <t>MSL RDC SAS</t>
   </si>
   <si>
     <t>MEDICI MINING  SARL</t>
   </si>
   <si>
     <t>MEDICI MINING SARL</t>
   </si>
   <si>
     <t>Haut-Lomami</t>
@@ -848,123 +884,132 @@
   <si>
     <t>SEM SA</t>
   </si>
   <si>
     <t>SOCIETE EXCELLEN MINERAL SARL</t>
   </si>
   <si>
     <t>EL-ELYON MINING SARL</t>
   </si>
   <si>
     <t>A1723767D</t>
   </si>
   <si>
     <t>BAUDOUIN MINING SARL</t>
   </si>
   <si>
     <t>A1810064A</t>
   </si>
   <si>
     <t>MINING PROGRESS COMPANY SARL</t>
   </si>
   <si>
     <t>CNC HUACHIN MABENDE</t>
   </si>
   <si>
+    <t>TANGANYIKA MINERALS SA</t>
+  </si>
+  <si>
     <t>GROUPE CONGO DEVELOPPEMENT SARLU</t>
   </si>
   <si>
     <t>A1414007R</t>
   </si>
   <si>
     <t>KATANGA MINERALS SARL</t>
   </si>
   <si>
     <t>A2201226H</t>
   </si>
   <si>
     <t>KAMI</t>
   </si>
   <si>
     <t>PIERRE D'OREE SARL</t>
   </si>
   <si>
     <t>A1910306C</t>
   </si>
   <si>
     <t>PIDO</t>
   </si>
   <si>
     <t>NATIONAL METAL SARL</t>
   </si>
   <si>
     <t>A2033256W</t>
   </si>
   <si>
     <t>LONG TENG MINING SARL</t>
   </si>
   <si>
     <t>A2439098A</t>
   </si>
   <si>
     <t>LTM SARL</t>
   </si>
   <si>
+    <t>RESSOURCES RENOUVELABLES YING XING SARL</t>
+  </si>
+  <si>
     <t>SOCIETE D’EXPLOITATION MINIERE DE MUSOSHI SA</t>
   </si>
   <si>
     <t>COOPERATIVE DES ARTISANAUX MINIERS DU CONGO HUACHIN MABENDE</t>
   </si>
   <si>
     <t>MINING MINERALS RESOURCES S.A.S</t>
   </si>
   <si>
     <t>CALKAT</t>
   </si>
   <si>
     <t>EPSLON SARL</t>
   </si>
   <si>
     <t>A1809166J</t>
   </si>
   <si>
     <t>CONGO DONFANG INTERNATIONAL MINING SA</t>
   </si>
   <si>
     <t>GAMMA RESOURCES SARL</t>
   </si>
   <si>
     <t>A2405601Q</t>
   </si>
   <si>
     <t>PIERRE DOREE SARL</t>
   </si>
   <si>
     <t>AUSTRAL MINERAL PROCESSING SAS</t>
   </si>
   <si>
     <t>A2431780W</t>
+  </si>
+  <si>
+    <t>SOCIETE GENERALE DE COMMERCE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1280,61 +1325,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I140"/>
+  <dimension ref="A1:I150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
@@ -1447,3453 +1492,3717 @@
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
         <v>16</v>
       </c>
       <c r="H6" t="s">
         <v>17</v>
       </c>
       <c r="I6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>26</v>
       </c>
       <c r="B7" t="s">
         <v>27</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>16</v>
       </c>
       <c r="H7" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>16</v>
       </c>
       <c r="H8" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" t="s">
         <v>35</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9" t="s">
         <v>16</v>
       </c>
       <c r="H9" t="s">
         <v>23</v>
       </c>
       <c r="I9" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>14</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>16</v>
       </c>
       <c r="H10" t="s">
         <v>23</v>
       </c>
       <c r="I10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B11"/>
       <c r="C11" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
         <v>14</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>16</v>
       </c>
       <c r="H11" t="s">
         <v>17</v>
       </c>
       <c r="I11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>41</v>
+      </c>
+      <c r="B12" t="s">
         <v>42</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D12"/>
       <c r="E12" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
         <v>16</v>
       </c>
       <c r="H12" t="s">
         <v>17</v>
       </c>
       <c r="I12" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B13"/>
       <c r="C13" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D13"/>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>16</v>
       </c>
       <c r="H13" t="s">
         <v>23</v>
       </c>
       <c r="I13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" t="s">
         <v>48</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
       <c r="G14" t="s">
         <v>16</v>
       </c>
       <c r="H14" t="s">
         <v>17</v>
       </c>
       <c r="I14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B15"/>
       <c r="C15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D15"/>
       <c r="E15" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
         <v>16</v>
       </c>
       <c r="H15" t="s">
         <v>17</v>
       </c>
       <c r="I15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>52</v>
+      </c>
+      <c r="B16" t="s">
         <v>53</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>14</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
         <v>16</v>
       </c>
       <c r="H16" t="s">
         <v>17</v>
       </c>
       <c r="I16" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>55</v>
+      </c>
+      <c r="B17" t="s">
         <v>56</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17" t="s">
         <v>16</v>
       </c>
       <c r="H17" t="s">
         <v>17</v>
       </c>
       <c r="I17" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
       </c>
       <c r="G18" t="s">
         <v>16</v>
       </c>
       <c r="H18" t="s">
         <v>17</v>
       </c>
       <c r="I18" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>60</v>
+      </c>
+      <c r="B19" t="s">
         <v>61</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D19"/>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F19" t="s">
         <v>15</v>
       </c>
       <c r="G19" t="s">
         <v>16</v>
       </c>
       <c r="H19" t="s">
         <v>17</v>
       </c>
       <c r="I19" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B20"/>
       <c r="C20" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F20" t="s">
         <v>15</v>
       </c>
       <c r="G20" t="s">
         <v>16</v>
       </c>
       <c r="H20" t="s">
         <v>17</v>
       </c>
       <c r="I20" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" t="s">
         <v>66</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
       <c r="G21" t="s">
         <v>16</v>
       </c>
       <c r="H21" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I21" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>14</v>
       </c>
       <c r="F22" t="s">
         <v>22</v>
       </c>
       <c r="G22" t="s">
         <v>16</v>
       </c>
-      <c r="H22"/>
+      <c r="H22" t="s">
+        <v>33</v>
+      </c>
       <c r="I22" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B23"/>
       <c r="C23" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
       <c r="G23" t="s">
         <v>16</v>
       </c>
       <c r="H23" t="s">
         <v>17</v>
       </c>
       <c r="I23" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>72</v>
+      </c>
+      <c r="B24" t="s">
         <v>73</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F24" t="s">
         <v>15</v>
       </c>
       <c r="G24" t="s">
         <v>16</v>
       </c>
       <c r="H24" t="s">
         <v>17</v>
       </c>
       <c r="I24" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B25"/>
       <c r="C25" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D25"/>
       <c r="E25" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F25" t="s">
         <v>15</v>
       </c>
       <c r="G25" t="s">
         <v>16</v>
       </c>
       <c r="H25" t="s">
         <v>17</v>
       </c>
       <c r="I25" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B26"/>
       <c r="C26" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D26"/>
       <c r="E26" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
       <c r="G26" t="s">
         <v>16</v>
       </c>
       <c r="H26" t="s">
         <v>17</v>
       </c>
       <c r="I26" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B27"/>
       <c r="C27" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D27"/>
       <c r="E27" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="G27" t="s">
         <v>16</v>
       </c>
       <c r="H27" t="s">
         <v>17</v>
       </c>
       <c r="I27" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B28"/>
       <c r="C28" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D28"/>
       <c r="E28" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
       <c r="G28" t="s">
         <v>16</v>
       </c>
       <c r="H28" t="s">
         <v>17</v>
       </c>
       <c r="I28" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B29"/>
       <c r="C29" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D29"/>
       <c r="E29" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F29" t="s">
         <v>15</v>
       </c>
       <c r="G29" t="s">
         <v>16</v>
       </c>
       <c r="H29" t="s">
         <v>17</v>
       </c>
       <c r="I29" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30" t="s">
         <v>16</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B31"/>
       <c r="C31" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="G31" t="s">
         <v>16</v>
       </c>
       <c r="H31" t="s">
         <v>17</v>
       </c>
       <c r="I31" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B32"/>
       <c r="C32" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F32" t="s">
         <v>15</v>
       </c>
       <c r="G32" t="s">
         <v>16</v>
       </c>
       <c r="H32" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I32" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B33"/>
       <c r="C33" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33" t="s">
         <v>16</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F34" t="s">
         <v>15</v>
       </c>
       <c r="G34" t="s">
         <v>16</v>
       </c>
       <c r="H34" t="s">
         <v>17</v>
       </c>
       <c r="I34" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>95</v>
+      </c>
+      <c r="B35" t="s">
         <v>96</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D35"/>
       <c r="E35" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F35" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G35" t="s">
         <v>16</v>
       </c>
       <c r="H35" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I35" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>98</v>
       </c>
       <c r="B36" t="s">
         <v>99</v>
       </c>
       <c r="C36" t="s">
         <v>98</v>
       </c>
       <c r="D36"/>
       <c r="E36" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="F36" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G36" t="s">
         <v>16</v>
       </c>
       <c r="H36" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>100</v>
       </c>
       <c r="B37" t="s">
         <v>101</v>
       </c>
       <c r="C37" t="s">
-        <v>41</v>
+        <v>100</v>
       </c>
       <c r="D37"/>
       <c r="E37" t="s">
-        <v>14</v>
+        <v>102</v>
       </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>16</v>
       </c>
-      <c r="H37"/>
+      <c r="H37" t="s">
+        <v>23</v>
+      </c>
       <c r="I37" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B38"/>
+        <v>103</v>
+      </c>
+      <c r="B38" t="s">
+        <v>104</v>
+      </c>
       <c r="C38" t="s">
-        <v>103</v>
+        <v>40</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F38" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G38" t="s">
         <v>16</v>
       </c>
-      <c r="H38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H38"/>
       <c r="I38" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B39"/>
       <c r="C39" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F39" t="s">
         <v>15</v>
       </c>
       <c r="G39" t="s">
         <v>16</v>
       </c>
       <c r="H39" t="s">
         <v>17</v>
       </c>
       <c r="I39" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D40"/>
       <c r="E40" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="F40" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G40" t="s">
         <v>16</v>
       </c>
       <c r="H40" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I40" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D41"/>
       <c r="E41" t="s">
-        <v>29</v>
+        <v>102</v>
       </c>
       <c r="F41" t="s">
         <v>22</v>
       </c>
       <c r="G41" t="s">
         <v>16</v>
       </c>
       <c r="H41" t="s">
         <v>23</v>
       </c>
       <c r="I41" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D42"/>
-      <c r="E42"/>
-      <c r="F42"/>
+      <c r="E42" t="s">
+        <v>102</v>
+      </c>
+      <c r="F42" t="s">
+        <v>22</v>
+      </c>
       <c r="G42" t="s">
         <v>16</v>
       </c>
-      <c r="H42"/>
+      <c r="H42" t="s">
+        <v>23</v>
+      </c>
       <c r="I42" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B43"/>
       <c r="C43" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D43"/>
-      <c r="E43" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E43"/>
+      <c r="F43"/>
       <c r="G43" t="s">
         <v>16</v>
       </c>
-      <c r="H43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H43"/>
       <c r="I43" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B44"/>
       <c r="C44" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F44" t="s">
         <v>15</v>
       </c>
       <c r="G44" t="s">
         <v>16</v>
       </c>
       <c r="H44" t="s">
         <v>17</v>
       </c>
       <c r="I44" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B45"/>
       <c r="C45" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D45"/>
       <c r="E45" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="F45" t="s">
         <v>15</v>
       </c>
       <c r="G45" t="s">
         <v>16</v>
       </c>
       <c r="H45" t="s">
         <v>17</v>
       </c>
       <c r="I45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B46"/>
       <c r="C46" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D46"/>
       <c r="E46" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F46" t="s">
         <v>15</v>
       </c>
       <c r="G46" t="s">
         <v>16</v>
       </c>
       <c r="H46" t="s">
         <v>17</v>
       </c>
       <c r="I46" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B47"/>
       <c r="C47" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D47"/>
       <c r="E47" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="F47" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G47" t="s">
         <v>16</v>
       </c>
       <c r="H47" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I47" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B48"/>
       <c r="C48" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D48"/>
       <c r="E48" t="s">
-        <v>45</v>
+        <v>102</v>
       </c>
       <c r="F48" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G48" t="s">
         <v>16</v>
       </c>
       <c r="H48" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I48" t="s">
-        <v>124</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>125</v>
       </c>
-      <c r="B49" t="s">
+      <c r="B49"/>
+      <c r="C49" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D49"/>
       <c r="E49" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="F49" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G49" t="s">
         <v>16</v>
       </c>
       <c r="H49" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I49" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>128</v>
       </c>
-      <c r="B50"/>
+      <c r="B50" t="s">
+        <v>129</v>
+      </c>
       <c r="C50" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D50"/>
       <c r="E50" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F50" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G50" t="s">
         <v>16</v>
       </c>
       <c r="H50" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I50" t="s">
-        <v>78</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B51"/>
       <c r="C51" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D51"/>
       <c r="E51" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F51" t="s">
         <v>15</v>
       </c>
       <c r="G51" t="s">
         <v>16</v>
       </c>
       <c r="H51" t="s">
         <v>17</v>
       </c>
       <c r="I51" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B52"/>
       <c r="C52" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D52"/>
       <c r="E52" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="F52" t="s">
         <v>15</v>
       </c>
       <c r="G52" t="s">
         <v>16</v>
       </c>
       <c r="H52" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I52" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B53"/>
       <c r="C53" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D53"/>
       <c r="E53" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F53" t="s">
         <v>15</v>
       </c>
       <c r="G53" t="s">
         <v>16</v>
       </c>
       <c r="H53" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I53" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B54"/>
       <c r="C54" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D54"/>
       <c r="E54" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F54" t="s">
         <v>15</v>
       </c>
       <c r="G54" t="s">
         <v>16</v>
       </c>
-      <c r="H54"/>
+      <c r="H54" t="s">
+        <v>17</v>
+      </c>
       <c r="I54" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="B55" t="s">
         <v>138</v>
       </c>
+      <c r="B55"/>
       <c r="C55" t="s">
         <v>139</v>
       </c>
       <c r="D55"/>
       <c r="E55" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F55" t="s">
         <v>15</v>
       </c>
       <c r="G55" t="s">
         <v>16</v>
       </c>
-      <c r="H55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H55"/>
       <c r="I55" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>140</v>
       </c>
       <c r="B56" t="s">
         <v>141</v>
       </c>
       <c r="C56" t="s">
         <v>142</v>
       </c>
       <c r="D56"/>
       <c r="E56" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F56" t="s">
         <v>15</v>
       </c>
       <c r="G56" t="s">
         <v>16</v>
       </c>
       <c r="H56" t="s">
         <v>17</v>
       </c>
       <c r="I56" t="s">
-        <v>143</v>
+        <v>92</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>143</v>
+      </c>
+      <c r="B57" t="s">
         <v>144</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D57"/>
       <c r="E57" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="F57" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G57" t="s">
         <v>16</v>
       </c>
       <c r="H57" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I57" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>147</v>
+      </c>
+      <c r="B58" t="s">
         <v>148</v>
       </c>
-      <c r="B58"/>
       <c r="C58" t="s">
         <v>149</v>
       </c>
       <c r="D58"/>
       <c r="E58" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="F58" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G58" t="s">
         <v>16</v>
       </c>
       <c r="H58" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I58" t="s">
-        <v>18</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B59"/>
       <c r="C59" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D59"/>
       <c r="E59" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F59" t="s">
         <v>15</v>
       </c>
       <c r="G59" t="s">
         <v>16</v>
       </c>
       <c r="H59" t="s">
         <v>17</v>
       </c>
       <c r="I59" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B60"/>
       <c r="C60" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D60"/>
       <c r="E60" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F60" t="s">
         <v>15</v>
       </c>
       <c r="G60" t="s">
         <v>16</v>
       </c>
       <c r="H60" t="s">
         <v>17</v>
       </c>
       <c r="I60" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B61"/>
       <c r="C61" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D61"/>
       <c r="E61" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F61" t="s">
         <v>15</v>
       </c>
       <c r="G61" t="s">
         <v>16</v>
       </c>
       <c r="H61" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I61" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B62"/>
       <c r="C62" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D62"/>
       <c r="E62" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="F62" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G62" t="s">
         <v>16</v>
       </c>
       <c r="H62" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I62" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>35</v>
+        <v>159</v>
       </c>
       <c r="B63"/>
       <c r="C63" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D63"/>
       <c r="E63" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="F63" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G63" t="s">
         <v>16</v>
       </c>
       <c r="H63" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I63" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>159</v>
+        <v>34</v>
       </c>
       <c r="B64"/>
       <c r="C64" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D64"/>
       <c r="E64" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="F64" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="G64" t="s">
         <v>16</v>
       </c>
       <c r="H64" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I64" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B65"/>
       <c r="C65" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D65"/>
       <c r="E65" t="s">
         <v>14</v>
       </c>
       <c r="F65" t="s">
         <v>22</v>
       </c>
       <c r="G65" t="s">
         <v>16</v>
       </c>
       <c r="H65" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I65" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="B66"/>
       <c r="C66" t="s">
         <v>164</v>
       </c>
       <c r="D66"/>
       <c r="E66" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="F66" t="s">
         <v>22</v>
       </c>
       <c r="G66" t="s">
         <v>16</v>
       </c>
       <c r="H66" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I66" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>165</v>
       </c>
       <c r="B67" t="s">
         <v>166</v>
       </c>
       <c r="C67" t="s">
         <v>167</v>
       </c>
       <c r="D67"/>
       <c r="E67" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F67" t="s">
         <v>22</v>
       </c>
       <c r="G67" t="s">
         <v>16</v>
       </c>
       <c r="H67" t="s">
         <v>23</v>
       </c>
       <c r="I67" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>168</v>
       </c>
       <c r="B68" t="s">
         <v>169</v>
       </c>
       <c r="C68" t="s">
         <v>170</v>
       </c>
       <c r="D68"/>
       <c r="E68" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="F68" t="s">
         <v>22</v>
       </c>
       <c r="G68" t="s">
         <v>16</v>
       </c>
       <c r="H68" t="s">
         <v>23</v>
       </c>
       <c r="I68" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>171</v>
       </c>
       <c r="B69" t="s">
         <v>172</v>
       </c>
       <c r="C69" t="s">
         <v>173</v>
       </c>
       <c r="D69"/>
       <c r="E69" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F69" t="s">
         <v>22</v>
       </c>
       <c r="G69" t="s">
         <v>16</v>
       </c>
       <c r="H69" t="s">
         <v>23</v>
       </c>
       <c r="I69" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>174</v>
       </c>
       <c r="B70" t="s">
         <v>175</v>
       </c>
       <c r="C70" t="s">
-        <v>44</v>
+        <v>176</v>
       </c>
       <c r="D70"/>
       <c r="E70" t="s">
-        <v>29</v>
+        <v>102</v>
       </c>
       <c r="F70" t="s">
         <v>22</v>
       </c>
       <c r="G70" t="s">
         <v>16</v>
       </c>
       <c r="H70" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I70" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B71" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C71" t="s">
-        <v>178</v>
+        <v>43</v>
       </c>
       <c r="D71"/>
       <c r="E71" t="s">
-        <v>14</v>
+        <v>102</v>
       </c>
       <c r="F71" t="s">
         <v>22</v>
       </c>
       <c r="G71" t="s">
         <v>16</v>
       </c>
       <c r="H71" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I71" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>179</v>
       </c>
       <c r="B72" t="s">
         <v>180</v>
       </c>
       <c r="C72" t="s">
         <v>181</v>
       </c>
       <c r="D72"/>
       <c r="E72" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="F72" t="s">
         <v>22</v>
       </c>
       <c r="G72" t="s">
         <v>16</v>
       </c>
       <c r="H72" t="s">
         <v>23</v>
       </c>
       <c r="I72" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>182</v>
       </c>
       <c r="B73" t="s">
         <v>183</v>
       </c>
       <c r="C73" t="s">
         <v>184</v>
       </c>
       <c r="D73"/>
       <c r="E73" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F73" t="s">
         <v>22</v>
       </c>
       <c r="G73" t="s">
         <v>16</v>
       </c>
       <c r="H73" t="s">
         <v>23</v>
       </c>
       <c r="I73" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>185</v>
       </c>
       <c r="B74" t="s">
         <v>186</v>
       </c>
       <c r="C74" t="s">
         <v>187</v>
       </c>
       <c r="D74"/>
       <c r="E74" t="s">
         <v>14</v>
       </c>
       <c r="F74" t="s">
         <v>22</v>
       </c>
       <c r="G74" t="s">
         <v>16</v>
       </c>
       <c r="H74" t="s">
         <v>23</v>
       </c>
       <c r="I74" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>188</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B75"/>
       <c r="C75" t="s">
-        <v>190</v>
+        <v>170</v>
       </c>
       <c r="D75"/>
       <c r="E75" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="F75" t="s">
         <v>22</v>
       </c>
       <c r="G75" t="s">
         <v>16</v>
       </c>
       <c r="H75" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I75" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="B76"/>
       <c r="C76" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D76"/>
       <c r="E76" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="F76" t="s">
         <v>22</v>
       </c>
       <c r="G76" t="s">
         <v>16</v>
       </c>
       <c r="H76" t="s">
         <v>23</v>
       </c>
-      <c r="I76"/>
+      <c r="I76" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="B77"/>
       <c r="C77" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D77"/>
       <c r="E77" t="s">
-        <v>14</v>
+        <v>102</v>
       </c>
       <c r="F77" t="s">
-        <v>196</v>
+        <v>22</v>
       </c>
       <c r="G77" t="s">
         <v>16</v>
       </c>
       <c r="H77" t="s">
         <v>23</v>
       </c>
       <c r="I77" t="s">
-        <v>78</v>
+        <v>127</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="B78"/>
       <c r="C78" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D78"/>
       <c r="E78" t="s">
         <v>14</v>
       </c>
       <c r="F78" t="s">
-        <v>22</v>
+        <v>195</v>
       </c>
       <c r="G78" t="s">
         <v>16</v>
       </c>
       <c r="H78" t="s">
-        <v>23</v>
+        <v>196</v>
       </c>
       <c r="I78" t="s">
-        <v>147</v>
+        <v>77</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B79" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C79" t="s">
         <v>199</v>
       </c>
       <c r="D79"/>
       <c r="E79" t="s">
         <v>14</v>
       </c>
       <c r="F79" t="s">
         <v>22</v>
       </c>
       <c r="G79" t="s">
         <v>16</v>
       </c>
       <c r="H79" t="s">
         <v>23</v>
       </c>
       <c r="I79" t="s">
-        <v>93</v>
+        <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>200</v>
+      </c>
+      <c r="B80" t="s">
         <v>201</v>
       </c>
-      <c r="B80"/>
       <c r="C80" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D80"/>
       <c r="E80" t="s">
         <v>14</v>
       </c>
       <c r="F80" t="s">
         <v>22</v>
       </c>
       <c r="G80" t="s">
         <v>16</v>
       </c>
       <c r="H80" t="s">
         <v>23</v>
       </c>
       <c r="I80" t="s">
-        <v>147</v>
+        <v>45</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="B81"/>
+        <v>203</v>
+      </c>
+      <c r="B81" t="s">
+        <v>204</v>
+      </c>
       <c r="C81" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D81"/>
       <c r="E81" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F81" t="s">
         <v>22</v>
       </c>
       <c r="G81" t="s">
         <v>16</v>
       </c>
       <c r="H81" t="s">
         <v>23</v>
       </c>
-      <c r="I81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="B82"/>
+        <v>205</v>
+      </c>
+      <c r="B82" t="s">
+        <v>206</v>
+      </c>
       <c r="C82" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D82"/>
       <c r="E82" t="s">
         <v>14</v>
       </c>
       <c r="F82" t="s">
-        <v>22</v>
+        <v>195</v>
       </c>
       <c r="G82" t="s">
         <v>16</v>
       </c>
       <c r="H82" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I82"/>
+        <v>23</v>
+      </c>
+      <c r="I82" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="B83"/>
+        <v>208</v>
+      </c>
+      <c r="B83" t="s">
+        <v>209</v>
+      </c>
       <c r="C83" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D83"/>
       <c r="E83" t="s">
         <v>14</v>
       </c>
       <c r="F83" t="s">
         <v>22</v>
       </c>
       <c r="G83" t="s">
         <v>16</v>
       </c>
       <c r="H83" t="s">
         <v>23</v>
       </c>
       <c r="I83" t="s">
-        <v>89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="B84"/>
+        <v>210</v>
+      </c>
+      <c r="B84" t="s">
+        <v>211</v>
+      </c>
       <c r="C84" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D84"/>
       <c r="E84" t="s">
         <v>14</v>
       </c>
       <c r="F84" t="s">
         <v>22</v>
       </c>
       <c r="G84" t="s">
         <v>16</v>
       </c>
       <c r="H84" t="s">
         <v>23</v>
       </c>
       <c r="I84" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="B85"/>
       <c r="C85" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D85"/>
       <c r="E85" t="s">
         <v>14</v>
       </c>
       <c r="F85" t="s">
         <v>22</v>
       </c>
       <c r="G85" t="s">
         <v>16</v>
       </c>
       <c r="H85" t="s">
         <v>23</v>
       </c>
       <c r="I85" t="s">
-        <v>93</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B86"/>
       <c r="C86" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="D86"/>
       <c r="E86" t="s">
         <v>14</v>
       </c>
       <c r="F86" t="s">
         <v>22</v>
       </c>
       <c r="G86" t="s">
         <v>16</v>
       </c>
       <c r="H86" t="s">
         <v>23</v>
       </c>
       <c r="I86" t="s">
-        <v>93</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="B87"/>
       <c r="C87" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="D87"/>
       <c r="E87" t="s">
         <v>14</v>
       </c>
       <c r="F87" t="s">
         <v>22</v>
       </c>
       <c r="G87" t="s">
         <v>16</v>
       </c>
       <c r="H87" t="s">
         <v>23</v>
       </c>
-      <c r="I87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I87"/>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="B88"/>
       <c r="C88" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="D88"/>
       <c r="E88" t="s">
         <v>14</v>
       </c>
       <c r="F88" t="s">
         <v>22</v>
       </c>
       <c r="G88" t="s">
         <v>16</v>
       </c>
       <c r="H88" t="s">
         <v>23</v>
       </c>
       <c r="I88" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="B89"/>
       <c r="C89" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="D89"/>
       <c r="E89" t="s">
         <v>14</v>
       </c>
       <c r="F89" t="s">
         <v>22</v>
       </c>
       <c r="G89" t="s">
         <v>16</v>
       </c>
       <c r="H89" t="s">
         <v>23</v>
       </c>
       <c r="I89" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B90"/>
       <c r="C90" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D90"/>
       <c r="E90" t="s">
         <v>14</v>
       </c>
       <c r="F90" t="s">
         <v>22</v>
       </c>
       <c r="G90" t="s">
         <v>16</v>
       </c>
       <c r="H90" t="s">
         <v>23</v>
       </c>
       <c r="I90" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B91" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C91" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D91"/>
       <c r="E91" t="s">
         <v>14</v>
       </c>
       <c r="F91" t="s">
         <v>22</v>
       </c>
       <c r="G91" t="s">
         <v>16</v>
       </c>
       <c r="H91" t="s">
         <v>23</v>
       </c>
       <c r="I91" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B92"/>
       <c r="C92" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="D92"/>
       <c r="E92" t="s">
         <v>14</v>
       </c>
       <c r="F92" t="s">
         <v>22</v>
       </c>
       <c r="G92" t="s">
         <v>16</v>
       </c>
       <c r="H92" t="s">
         <v>23</v>
       </c>
       <c r="I92" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B93" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C93" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D93"/>
       <c r="E93" t="s">
         <v>14</v>
       </c>
       <c r="F93" t="s">
         <v>22</v>
       </c>
       <c r="G93" t="s">
         <v>16</v>
       </c>
       <c r="H93" t="s">
         <v>23</v>
       </c>
       <c r="I93" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="B94"/>
+        <v>224</v>
+      </c>
+      <c r="B94" t="s">
+        <v>225</v>
+      </c>
       <c r="C94" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D94"/>
       <c r="E94" t="s">
         <v>14</v>
       </c>
       <c r="F94" t="s">
         <v>22</v>
       </c>
       <c r="G94" t="s">
         <v>16</v>
       </c>
       <c r="H94" t="s">
         <v>23</v>
       </c>
-      <c r="I94"/>
+      <c r="I94" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B95" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C95" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D95"/>
       <c r="E95" t="s">
         <v>14</v>
       </c>
       <c r="F95" t="s">
         <v>22</v>
       </c>
       <c r="G95" t="s">
         <v>16</v>
       </c>
       <c r="H95" t="s">
         <v>23</v>
       </c>
-      <c r="I95"/>
+      <c r="I95" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B96"/>
       <c r="C96" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="D96"/>
       <c r="E96" t="s">
         <v>14</v>
       </c>
       <c r="F96" t="s">
         <v>22</v>
       </c>
       <c r="G96" t="s">
         <v>16</v>
       </c>
       <c r="H96" t="s">
         <v>23</v>
       </c>
       <c r="I96" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B97"/>
       <c r="C97" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D97"/>
       <c r="E97" t="s">
         <v>14</v>
       </c>
       <c r="F97" t="s">
         <v>22</v>
       </c>
       <c r="G97" t="s">
         <v>16</v>
       </c>
       <c r="H97" t="s">
         <v>23</v>
       </c>
       <c r="I97" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="B98"/>
+        <v>231</v>
+      </c>
+      <c r="B98" t="s">
+        <v>232</v>
+      </c>
       <c r="C98" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D98"/>
       <c r="E98" t="s">
         <v>14</v>
       </c>
       <c r="F98" t="s">
         <v>22</v>
       </c>
       <c r="G98" t="s">
         <v>16</v>
       </c>
       <c r="H98" t="s">
         <v>23</v>
       </c>
-      <c r="I98"/>
+      <c r="I98" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="B99"/>
       <c r="C99" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D99"/>
       <c r="E99" t="s">
         <v>14</v>
       </c>
       <c r="F99" t="s">
         <v>22</v>
       </c>
       <c r="G99" t="s">
         <v>16</v>
       </c>
       <c r="H99" t="s">
         <v>23</v>
       </c>
       <c r="I99" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B100" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C100" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D100"/>
       <c r="E100" t="s">
         <v>14</v>
       </c>
       <c r="F100" t="s">
         <v>22</v>
       </c>
       <c r="G100" t="s">
         <v>16</v>
       </c>
       <c r="H100" t="s">
         <v>23</v>
       </c>
       <c r="I100" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="B101"/>
       <c r="C101" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="D101"/>
       <c r="E101" t="s">
         <v>14</v>
       </c>
       <c r="F101" t="s">
         <v>22</v>
       </c>
       <c r="G101" t="s">
         <v>16</v>
       </c>
       <c r="H101" t="s">
         <v>23</v>
       </c>
       <c r="I101" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="B102"/>
       <c r="C102" t="s">
-        <v>237</v>
+        <v>194</v>
       </c>
       <c r="D102"/>
       <c r="E102" t="s">
         <v>14</v>
       </c>
       <c r="F102" t="s">
         <v>22</v>
       </c>
       <c r="G102" t="s">
         <v>16</v>
       </c>
       <c r="H102" t="s">
         <v>23</v>
       </c>
       <c r="I102" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B103"/>
       <c r="C103" t="s">
-        <v>238</v>
+        <v>202</v>
       </c>
       <c r="D103"/>
       <c r="E103" t="s">
         <v>14</v>
       </c>
       <c r="F103" t="s">
         <v>22</v>
       </c>
       <c r="G103" t="s">
         <v>16</v>
       </c>
       <c r="H103" t="s">
         <v>23</v>
       </c>
       <c r="I103" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B104"/>
       <c r="C104" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D104"/>
       <c r="E104" t="s">
         <v>14</v>
       </c>
       <c r="F104" t="s">
         <v>22</v>
       </c>
       <c r="G104" t="s">
         <v>16</v>
       </c>
       <c r="H104" t="s">
         <v>23</v>
       </c>
       <c r="I104" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
+        <v>239</v>
+      </c>
+      <c r="B105" t="s">
         <v>240</v>
       </c>
-      <c r="B105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D105"/>
       <c r="E105" t="s">
         <v>14</v>
       </c>
       <c r="F105" t="s">
         <v>22</v>
       </c>
       <c r="G105" t="s">
         <v>16</v>
       </c>
       <c r="H105" t="s">
         <v>23</v>
       </c>
       <c r="I105" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B106" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C106" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="D106"/>
       <c r="E106" t="s">
         <v>14</v>
       </c>
       <c r="F106" t="s">
         <v>22</v>
       </c>
       <c r="G106" t="s">
         <v>16</v>
       </c>
       <c r="H106" t="s">
         <v>23</v>
       </c>
       <c r="I106" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B107" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C107" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D107"/>
       <c r="E107" t="s">
         <v>14</v>
       </c>
       <c r="F107" t="s">
         <v>22</v>
       </c>
       <c r="G107" t="s">
         <v>16</v>
       </c>
       <c r="H107" t="s">
         <v>23</v>
       </c>
       <c r="I107" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="B108"/>
+        <v>245</v>
+      </c>
+      <c r="B108" t="s">
+        <v>246</v>
+      </c>
       <c r="C108" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="D108"/>
       <c r="E108" t="s">
         <v>14</v>
       </c>
       <c r="F108" t="s">
         <v>22</v>
       </c>
       <c r="G108" t="s">
         <v>16</v>
       </c>
       <c r="H108" t="s">
         <v>23</v>
       </c>
       <c r="I108" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B109"/>
       <c r="C109" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D109"/>
       <c r="E109" t="s">
         <v>14</v>
       </c>
       <c r="F109" t="s">
         <v>22</v>
       </c>
       <c r="G109" t="s">
         <v>16</v>
       </c>
       <c r="H109" t="s">
         <v>23</v>
       </c>
       <c r="I109" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B110"/>
       <c r="C110" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="D110"/>
       <c r="E110" t="s">
         <v>14</v>
       </c>
       <c r="F110" t="s">
         <v>22</v>
       </c>
       <c r="G110" t="s">
         <v>16</v>
       </c>
       <c r="H110" t="s">
         <v>23</v>
       </c>
       <c r="I110" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="B111"/>
+        <v>250</v>
+      </c>
+      <c r="B111" t="s">
+        <v>251</v>
+      </c>
       <c r="C111" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="D111"/>
       <c r="E111" t="s">
         <v>14</v>
       </c>
       <c r="F111" t="s">
         <v>22</v>
       </c>
       <c r="G111" t="s">
         <v>16</v>
       </c>
       <c r="H111" t="s">
         <v>23</v>
       </c>
       <c r="I111" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
+        <v>253</v>
+      </c>
+      <c r="B112" t="s">
         <v>254</v>
       </c>
-      <c r="B112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="D112"/>
       <c r="E112" t="s">
         <v>14</v>
       </c>
       <c r="F112" t="s">
         <v>22</v>
       </c>
       <c r="G112" t="s">
         <v>16</v>
       </c>
       <c r="H112" t="s">
         <v>23</v>
       </c>
-      <c r="I112"/>
+      <c r="I112" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
+        <v>255</v>
+      </c>
+      <c r="B113" t="s">
         <v>256</v>
       </c>
-      <c r="B113"/>
       <c r="C113" t="s">
         <v>257</v>
       </c>
       <c r="D113"/>
       <c r="E113" t="s">
         <v>14</v>
       </c>
       <c r="F113" t="s">
         <v>22</v>
       </c>
       <c r="G113" t="s">
         <v>16</v>
       </c>
       <c r="H113" t="s">
         <v>23</v>
       </c>
-      <c r="I113"/>
+      <c r="I113" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
         <v>258</v>
       </c>
-      <c r="B114" t="s">
+      <c r="B114"/>
+      <c r="C114" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="D114"/>
       <c r="E114" t="s">
         <v>14</v>
       </c>
       <c r="F114" t="s">
         <v>22</v>
       </c>
       <c r="G114" t="s">
         <v>16</v>
       </c>
       <c r="H114" t="s">
         <v>23</v>
       </c>
       <c r="I114" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B115"/>
       <c r="C115" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="D115"/>
       <c r="E115" t="s">
         <v>14</v>
       </c>
       <c r="F115" t="s">
         <v>22</v>
       </c>
       <c r="G115" t="s">
         <v>16</v>
       </c>
       <c r="H115" t="s">
         <v>23</v>
       </c>
       <c r="I115" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B116"/>
       <c r="C116" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D116"/>
       <c r="E116" t="s">
         <v>14</v>
       </c>
       <c r="F116" t="s">
         <v>22</v>
       </c>
       <c r="G116" t="s">
         <v>16</v>
       </c>
       <c r="H116" t="s">
         <v>23</v>
       </c>
       <c r="I116" t="s">
-        <v>264</v>
+        <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B117"/>
       <c r="C117" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="D117"/>
       <c r="E117" t="s">
         <v>14</v>
       </c>
       <c r="F117" t="s">
         <v>22</v>
       </c>
       <c r="G117" t="s">
         <v>16</v>
       </c>
       <c r="H117" t="s">
         <v>23</v>
       </c>
       <c r="I117" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="B118"/>
+        <v>264</v>
+      </c>
+      <c r="B118" t="s">
+        <v>265</v>
+      </c>
       <c r="C118" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="D118"/>
       <c r="E118" t="s">
         <v>14</v>
       </c>
       <c r="F118" t="s">
         <v>22</v>
       </c>
       <c r="G118" t="s">
         <v>16</v>
       </c>
       <c r="H118" t="s">
         <v>23</v>
       </c>
       <c r="I118" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B119"/>
       <c r="C119" t="s">
         <v>267</v>
       </c>
       <c r="D119"/>
       <c r="E119" t="s">
         <v>14</v>
       </c>
       <c r="F119" t="s">
         <v>22</v>
       </c>
       <c r="G119" t="s">
         <v>16</v>
       </c>
       <c r="H119" t="s">
         <v>23</v>
       </c>
       <c r="I119" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>268</v>
       </c>
       <c r="B120"/>
       <c r="C120" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D120"/>
       <c r="E120" t="s">
         <v>14</v>
       </c>
       <c r="F120" t="s">
         <v>22</v>
       </c>
       <c r="G120" t="s">
         <v>16</v>
       </c>
       <c r="H120" t="s">
         <v>23</v>
       </c>
       <c r="I120" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="B121"/>
+        <v>270</v>
+      </c>
+      <c r="B121" t="s">
+        <v>271</v>
+      </c>
       <c r="C121" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D121"/>
       <c r="E121" t="s">
         <v>14</v>
       </c>
       <c r="F121" t="s">
         <v>22</v>
       </c>
       <c r="G121" t="s">
         <v>16</v>
       </c>
       <c r="H121" t="s">
         <v>23</v>
       </c>
       <c r="I121" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B122"/>
       <c r="C122" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D122"/>
       <c r="E122" t="s">
         <v>14</v>
       </c>
       <c r="F122" t="s">
         <v>22</v>
       </c>
       <c r="G122" t="s">
         <v>16</v>
       </c>
       <c r="H122" t="s">
         <v>23</v>
       </c>
       <c r="I122" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="B123"/>
       <c r="C123" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D123"/>
       <c r="E123" t="s">
         <v>14</v>
       </c>
       <c r="F123" t="s">
         <v>22</v>
       </c>
       <c r="G123" t="s">
         <v>16</v>
       </c>
       <c r="H123" t="s">
         <v>23</v>
       </c>
       <c r="I123" t="s">
-        <v>18</v>
+        <v>276</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>274</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="B124"/>
       <c r="C124" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D124"/>
       <c r="E124" t="s">
         <v>14</v>
       </c>
       <c r="F124" t="s">
         <v>22</v>
       </c>
       <c r="G124" t="s">
         <v>16</v>
       </c>
       <c r="H124" t="s">
         <v>23</v>
       </c>
       <c r="I124" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B125"/>
       <c r="C125" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D125"/>
       <c r="E125" t="s">
         <v>14</v>
       </c>
       <c r="F125" t="s">
         <v>22</v>
       </c>
       <c r="G125" t="s">
         <v>16</v>
       </c>
       <c r="H125" t="s">
         <v>23</v>
       </c>
       <c r="I125" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B126"/>
       <c r="C126" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D126"/>
       <c r="E126" t="s">
         <v>14</v>
       </c>
       <c r="F126" t="s">
         <v>22</v>
       </c>
       <c r="G126" t="s">
         <v>16</v>
       </c>
       <c r="H126" t="s">
         <v>23</v>
       </c>
       <c r="I126" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="B127"/>
       <c r="C127" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D127"/>
       <c r="E127" t="s">
         <v>14</v>
       </c>
       <c r="F127" t="s">
         <v>22</v>
       </c>
       <c r="G127" t="s">
         <v>16</v>
       </c>
       <c r="H127" t="s">
         <v>23</v>
       </c>
       <c r="I127" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="B128" t="s">
         <v>281</v>
       </c>
+      <c r="B128"/>
       <c r="C128" t="s">
         <v>282</v>
       </c>
       <c r="D128"/>
       <c r="E128" t="s">
         <v>14</v>
       </c>
       <c r="F128" t="s">
         <v>22</v>
       </c>
       <c r="G128" t="s">
         <v>16</v>
       </c>
       <c r="H128" t="s">
         <v>23</v>
       </c>
       <c r="I128" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>283</v>
       </c>
-      <c r="B129" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B129"/>
       <c r="C129" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="D129"/>
       <c r="E129" t="s">
         <v>14</v>
       </c>
       <c r="F129" t="s">
         <v>22</v>
       </c>
       <c r="G129" t="s">
         <v>16</v>
       </c>
       <c r="H129" t="s">
         <v>23</v>
       </c>
       <c r="I129" t="s">
-        <v>147</v>
+        <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="B130" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C130" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="D130"/>
       <c r="E130" t="s">
         <v>14</v>
       </c>
       <c r="F130" t="s">
         <v>22</v>
       </c>
       <c r="G130" t="s">
         <v>16</v>
       </c>
       <c r="H130" t="s">
         <v>23</v>
       </c>
       <c r="I130" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B131" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C131" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="D131"/>
       <c r="E131" t="s">
         <v>14</v>
       </c>
       <c r="F131" t="s">
-        <v>196</v>
+        <v>22</v>
       </c>
       <c r="G131" t="s">
         <v>16</v>
       </c>
       <c r="H131" t="s">
         <v>23</v>
       </c>
       <c r="I131" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B132"/>
       <c r="C132" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
       <c r="D132"/>
       <c r="E132" t="s">
         <v>14</v>
       </c>
       <c r="F132" t="s">
         <v>22</v>
       </c>
       <c r="G132" t="s">
         <v>16</v>
       </c>
       <c r="H132" t="s">
         <v>23</v>
       </c>
       <c r="I132" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B133"/>
-      <c r="C133"/>
+      <c r="C133" t="s">
+        <v>289</v>
+      </c>
       <c r="D133"/>
       <c r="E133" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F133" t="s">
         <v>22</v>
       </c>
       <c r="G133" t="s">
         <v>16</v>
       </c>
       <c r="H133" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I133"/>
+        <v>23</v>
+      </c>
+      <c r="I133" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="B134"/>
       <c r="C134" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="D134"/>
       <c r="E134" t="s">
-        <v>29</v>
+        <v>102</v>
       </c>
       <c r="F134" t="s">
         <v>22</v>
       </c>
       <c r="G134" t="s">
         <v>16</v>
       </c>
       <c r="H134" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I134"/>
+        <v>23</v>
+      </c>
+      <c r="I134" t="s">
+        <v>150</v>
+      </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="B135"/>
+        <v>291</v>
+      </c>
+      <c r="B135" t="s">
+        <v>292</v>
+      </c>
       <c r="C135" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="D135"/>
       <c r="E135" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="F135" t="s">
         <v>22</v>
       </c>
       <c r="G135" t="s">
         <v>16</v>
       </c>
       <c r="H135" t="s">
         <v>23</v>
       </c>
       <c r="I135" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="B136" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="C136" t="s">
         <v>295</v>
       </c>
       <c r="D136"/>
       <c r="E136" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="F136" t="s">
         <v>22</v>
       </c>
       <c r="G136" t="s">
         <v>16</v>
       </c>
       <c r="H136" t="s">
         <v>23</v>
       </c>
       <c r="I136" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
+        <v>296</v>
+      </c>
+      <c r="B137" t="s">
         <v>297</v>
       </c>
-      <c r="B137"/>
       <c r="C137" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D137"/>
       <c r="E137" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F137" t="s">
         <v>22</v>
       </c>
       <c r="G137" t="s">
         <v>16</v>
       </c>
       <c r="H137" t="s">
         <v>23</v>
       </c>
       <c r="I137" t="s">
-        <v>18</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B138" t="s">
+        <v>300</v>
+      </c>
+      <c r="C138" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="D138"/>
       <c r="E138" t="s">
         <v>14</v>
       </c>
       <c r="F138" t="s">
         <v>22</v>
       </c>
       <c r="G138" t="s">
         <v>16</v>
       </c>
       <c r="H138" t="s">
         <v>23</v>
       </c>
       <c r="I138" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="B139"/>
+        <v>301</v>
+      </c>
+      <c r="B139" t="s">
+        <v>302</v>
+      </c>
       <c r="C139" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D139"/>
       <c r="E139" t="s">
         <v>14</v>
       </c>
       <c r="F139" t="s">
-        <v>22</v>
+        <v>195</v>
       </c>
       <c r="G139" t="s">
         <v>16</v>
       </c>
       <c r="H139" t="s">
         <v>23</v>
       </c>
       <c r="I139" t="s">
-        <v>147</v>
+        <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="B140"/>
       <c r="C140" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="D140"/>
       <c r="E140" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F140" t="s">
         <v>22</v>
       </c>
       <c r="G140" t="s">
         <v>16</v>
       </c>
       <c r="H140" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I140"/>
+        <v>23</v>
+      </c>
+      <c r="I140" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9">
+      <c r="A141" t="s">
+        <v>305</v>
+      </c>
+      <c r="B141"/>
+      <c r="C141" t="s">
+        <v>282</v>
+      </c>
+      <c r="D141"/>
+      <c r="E141" t="s">
+        <v>14</v>
+      </c>
+      <c r="F141" t="s">
+        <v>22</v>
+      </c>
+      <c r="G141" t="s">
+        <v>16</v>
+      </c>
+      <c r="H141" t="s">
+        <v>23</v>
+      </c>
+      <c r="I141" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9">
+      <c r="A142" t="s">
+        <v>306</v>
+      </c>
+      <c r="B142"/>
+      <c r="C142"/>
+      <c r="D142"/>
+      <c r="E142" t="s">
+        <v>102</v>
+      </c>
+      <c r="F142" t="s">
+        <v>22</v>
+      </c>
+      <c r="G142" t="s">
+        <v>16</v>
+      </c>
+      <c r="H142" t="s">
+        <v>33</v>
+      </c>
+      <c r="I142"/>
+    </row>
+    <row r="143" spans="1:9">
+      <c r="A143" t="s">
+        <v>307</v>
+      </c>
+      <c r="B143"/>
+      <c r="C143" t="s">
+        <v>307</v>
+      </c>
+      <c r="D143"/>
+      <c r="E143" t="s">
+        <v>102</v>
+      </c>
+      <c r="F143" t="s">
+        <v>22</v>
+      </c>
+      <c r="G143" t="s">
+        <v>16</v>
+      </c>
+      <c r="H143" t="s">
+        <v>33</v>
+      </c>
+      <c r="I143"/>
+    </row>
+    <row r="144" spans="1:9">
+      <c r="A144" t="s">
+        <v>308</v>
+      </c>
+      <c r="B144"/>
+      <c r="C144" t="s">
+        <v>308</v>
+      </c>
+      <c r="D144"/>
+      <c r="E144" t="s">
+        <v>32</v>
+      </c>
+      <c r="F144" t="s">
+        <v>22</v>
+      </c>
+      <c r="G144" t="s">
+        <v>16</v>
+      </c>
+      <c r="H144" t="s">
+        <v>23</v>
+      </c>
+      <c r="I144" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9">
+      <c r="A145" t="s">
+        <v>309</v>
+      </c>
+      <c r="B145" t="s">
+        <v>310</v>
+      </c>
+      <c r="C145" t="s">
+        <v>309</v>
+      </c>
+      <c r="D145"/>
+      <c r="E145" t="s">
+        <v>32</v>
+      </c>
+      <c r="F145" t="s">
+        <v>22</v>
+      </c>
+      <c r="G145" t="s">
+        <v>16</v>
+      </c>
+      <c r="H145" t="s">
+        <v>23</v>
+      </c>
+      <c r="I145" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9">
+      <c r="A146" t="s">
+        <v>311</v>
+      </c>
+      <c r="B146"/>
+      <c r="C146" t="s">
+        <v>311</v>
+      </c>
+      <c r="D146"/>
+      <c r="E146" t="s">
+        <v>102</v>
+      </c>
+      <c r="F146" t="s">
+        <v>22</v>
+      </c>
+      <c r="G146" t="s">
+        <v>16</v>
+      </c>
+      <c r="H146" t="s">
+        <v>23</v>
+      </c>
+      <c r="I146" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9">
+      <c r="A147" t="s">
+        <v>312</v>
+      </c>
+      <c r="B147" t="s">
+        <v>313</v>
+      </c>
+      <c r="C147" t="s">
+        <v>312</v>
+      </c>
+      <c r="D147"/>
+      <c r="E147" t="s">
+        <v>14</v>
+      </c>
+      <c r="F147" t="s">
+        <v>22</v>
+      </c>
+      <c r="G147" t="s">
+        <v>16</v>
+      </c>
+      <c r="H147" t="s">
+        <v>23</v>
+      </c>
+      <c r="I147" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9">
+      <c r="A148" t="s">
+        <v>314</v>
+      </c>
+      <c r="B148"/>
+      <c r="C148" t="s">
+        <v>314</v>
+      </c>
+      <c r="D148"/>
+      <c r="E148" t="s">
+        <v>14</v>
+      </c>
+      <c r="F148" t="s">
+        <v>22</v>
+      </c>
+      <c r="G148" t="s">
+        <v>16</v>
+      </c>
+      <c r="H148" t="s">
+        <v>23</v>
+      </c>
+      <c r="I148" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9">
+      <c r="A149" t="s">
+        <v>315</v>
+      </c>
+      <c r="B149" t="s">
+        <v>316</v>
+      </c>
+      <c r="C149" t="s">
+        <v>315</v>
+      </c>
+      <c r="D149"/>
+      <c r="E149" t="s">
+        <v>102</v>
+      </c>
+      <c r="F149" t="s">
+        <v>22</v>
+      </c>
+      <c r="G149" t="s">
+        <v>16</v>
+      </c>
+      <c r="H149" t="s">
+        <v>33</v>
+      </c>
+      <c r="I149"/>
+    </row>
+    <row r="150" spans="1:9">
+      <c r="A150" t="s">
+        <v>317</v>
+      </c>
+      <c r="B150"/>
+      <c r="C150" t="s">
+        <v>317</v>
+      </c>
+      <c r="D150"/>
+      <c r="E150" t="s">
+        <v>14</v>
+      </c>
+      <c r="F150" t="s">
+        <v>22</v>
+      </c>
+      <c r="G150" t="s">
+        <v>16</v>
+      </c>
+      <c r="H150" t="s">
+        <v>23</v>
+      </c>
+      <c r="I150" t="s">
+        <v>88</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>