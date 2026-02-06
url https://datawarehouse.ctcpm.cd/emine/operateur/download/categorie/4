--- v0 (2025-12-23)
+++ v1 (2026-02-06)
@@ -6116,59 +6116,50 @@
   <si>
     <t>Société Coopérative Minière pour le Développement Communautaire de Malimingi</t>
   </si>
   <si>
     <t>SOCOMIDEMA</t>
   </si>
   <si>
     <t>SOCIETE COOPERATIVE MINIERE ET DE DEVELOPPEMENT</t>
   </si>
   <si>
     <t>COMID/SCOOPS</t>
   </si>
   <si>
     <t>SOCIETE COOPERATIVE MINIERE SIMPLIFIEE PWETO EN AVANT</t>
   </si>
   <si>
     <t>COMPA SCOOPS</t>
   </si>
   <si>
     <t>SOCIETE COOPERATIVE MINIERE LE LABOUREUR ET SES ENFANTS</t>
   </si>
   <si>
     <t>COMILABE-SCOOPS</t>
   </si>
   <si>
-    <t>COOPERATIVE DES ARTISANAUX MINIERS AU CONGO SARL</t>
-[...7 lines deleted...]
-  <si>
     <t>COOPERATIVE MINIERE MIKADI MINING</t>
   </si>
   <si>
     <t>SOCOMIM SCOOPS</t>
   </si>
   <si>
     <t>La coopérative Minière pour le Développement du Bas Congo "COMINBAC"</t>
   </si>
   <si>
     <t>La coopérative d'Exploitation Minière Artisanale pour le Développement de Wombo</t>
   </si>
   <si>
     <t>C.E.M.A.D</t>
   </si>
   <si>
     <t>LA SOCIETE COOPERATIVE MINIERE POUR LE PROGRES DE MWENGA</t>
   </si>
   <si>
     <t>SOCOMIPROM SCOOPS</t>
   </si>
   <si>
     <t>La Société Coopérative Minière Pour le Progrès des Bakute</t>
   </si>
   <si>
     <t>COMIPROBAK SCOOPS</t>
@@ -6330,50 +6321,59 @@
     <t>KE.GO.MI-CA</t>
   </si>
   <si>
     <t>COOPERATIVE PRINCIPALE DES CREUSEURS ARTISANAUX DES MINERAIS DE MWENGA</t>
   </si>
   <si>
     <t>CPCAM COOP-CA</t>
   </si>
   <si>
     <t>SOCIETE COOPERATIVE MINIERE KILAKA SCOOPS</t>
   </si>
   <si>
     <t>KILAKA SCOOPS</t>
   </si>
   <si>
     <t>COOPERATIVE MINIERE DES UELE</t>
   </si>
   <si>
     <t>COOMU</t>
   </si>
   <si>
     <t>SOCIETE COOPERATIVE MINIERE POUR L'EMERGENCE SOCIALE DU CONGO</t>
   </si>
   <si>
     <t>SOCOMESCO-SCOOPS</t>
+  </si>
+  <si>
+    <t>COOPERATIVE MINIERE POUR L'EMERGENCE DE LA JEUNESSE CONGOLAISE</t>
+  </si>
+  <si>
+    <t>SCOMIEJCO</t>
+  </si>
+  <si>
+    <t>La Coopérative Minière G.G ANGEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -6689,64 +6689,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I1167"/>
+  <dimension ref="A1:I1168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="109.545" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
@@ -34718,921 +34718,946 @@
         <v>13</v>
       </c>
       <c r="G1131" t="s">
         <v>14</v>
       </c>
       <c r="H1131" t="s">
         <v>15</v>
       </c>
       <c r="I1131" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1132" spans="1:9">
       <c r="A1132" t="s">
         <v>2034</v>
       </c>
       <c r="B1132"/>
       <c r="C1132" t="s">
         <v>2035</v>
       </c>
       <c r="D1132"/>
       <c r="E1132" t="s">
         <v>71</v>
       </c>
       <c r="F1132" t="s">
-        <v>2036</v>
+        <v>13</v>
       </c>
       <c r="G1132" t="s">
         <v>14</v>
       </c>
       <c r="H1132" t="s">
         <v>15</v>
       </c>
       <c r="I1132" t="s">
-        <v>221</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="1133" spans="1:9">
       <c r="A1133" t="s">
-        <v>2037</v>
+        <v>2036</v>
       </c>
       <c r="B1133"/>
       <c r="C1133" t="s">
-        <v>2038</v>
+        <v>2036</v>
       </c>
       <c r="D1133"/>
       <c r="E1133" t="s">
         <v>71</v>
       </c>
       <c r="F1133" t="s">
         <v>13</v>
       </c>
       <c r="G1133" t="s">
         <v>14</v>
       </c>
       <c r="H1133" t="s">
         <v>15</v>
       </c>
       <c r="I1133" t="s">
-        <v>1148</v>
+        <v>412</v>
       </c>
     </row>
     <row r="1134" spans="1:9">
       <c r="A1134" t="s">
-        <v>2039</v>
+        <v>2037</v>
       </c>
       <c r="B1134"/>
       <c r="C1134" t="s">
-        <v>2039</v>
+        <v>2038</v>
       </c>
       <c r="D1134"/>
       <c r="E1134" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="F1134" t="s">
         <v>13</v>
       </c>
       <c r="G1134" t="s">
         <v>14</v>
       </c>
       <c r="H1134" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>356</v>
+      </c>
+      <c r="I1134"/>
     </row>
     <row r="1135" spans="1:9">
       <c r="A1135" t="s">
-        <v>2040</v>
+        <v>2039</v>
       </c>
       <c r="B1135"/>
       <c r="C1135" t="s">
-        <v>2041</v>
+        <v>2040</v>
       </c>
       <c r="D1135"/>
       <c r="E1135" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="F1135" t="s">
         <v>13</v>
       </c>
       <c r="G1135" t="s">
         <v>14</v>
       </c>
       <c r="H1135" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="I1135"/>
+        <v>15</v>
+      </c>
+      <c r="I1135" t="s">
+        <v>221</v>
+      </c>
     </row>
     <row r="1136" spans="1:9">
       <c r="A1136" t="s">
-        <v>2042</v>
+        <v>2041</v>
       </c>
       <c r="B1136"/>
       <c r="C1136" t="s">
-        <v>2043</v>
+        <v>2042</v>
       </c>
       <c r="D1136"/>
       <c r="E1136" t="s">
         <v>71</v>
       </c>
       <c r="F1136" t="s">
         <v>13</v>
       </c>
       <c r="G1136" t="s">
         <v>14</v>
       </c>
       <c r="H1136" t="s">
         <v>15</v>
       </c>
-      <c r="I1136" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I1136"/>
     </row>
     <row r="1137" spans="1:9">
       <c r="A1137" t="s">
-        <v>2044</v>
+        <v>2043</v>
       </c>
       <c r="B1137"/>
       <c r="C1137" t="s">
-        <v>2045</v>
+        <v>2044</v>
       </c>
       <c r="D1137"/>
       <c r="E1137" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="F1137" t="s">
         <v>13</v>
       </c>
       <c r="G1137" t="s">
         <v>14</v>
       </c>
       <c r="H1137" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I1137"/>
+        <v>356</v>
+      </c>
+      <c r="I1137" t="s">
+        <v>2045</v>
+      </c>
     </row>
     <row r="1138" spans="1:9">
       <c r="A1138" t="s">
         <v>2046</v>
       </c>
       <c r="B1138"/>
       <c r="C1138" t="s">
         <v>2047</v>
       </c>
       <c r="D1138"/>
       <c r="E1138" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="F1138" t="s">
         <v>13</v>
       </c>
       <c r="G1138" t="s">
         <v>14</v>
       </c>
       <c r="H1138" t="s">
-        <v>356</v>
+        <v>15</v>
       </c>
       <c r="I1138" t="s">
-        <v>2048</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1139" spans="1:9">
       <c r="A1139" t="s">
-        <v>2049</v>
+        <v>2048</v>
       </c>
       <c r="B1139"/>
       <c r="C1139" t="s">
-        <v>2050</v>
+        <v>2049</v>
       </c>
       <c r="D1139"/>
       <c r="E1139" t="s">
         <v>71</v>
       </c>
       <c r="F1139" t="s">
         <v>13</v>
       </c>
       <c r="G1139" t="s">
         <v>14</v>
       </c>
       <c r="H1139" t="s">
         <v>15</v>
       </c>
       <c r="I1139" t="s">
-        <v>25</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="1140" spans="1:9">
       <c r="A1140" t="s">
-        <v>2051</v>
+        <v>2050</v>
       </c>
       <c r="B1140"/>
       <c r="C1140" t="s">
-        <v>2052</v>
+        <v>2050</v>
       </c>
       <c r="D1140"/>
       <c r="E1140" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="F1140" t="s">
         <v>13</v>
       </c>
       <c r="G1140" t="s">
         <v>14</v>
       </c>
       <c r="H1140" t="s">
         <v>15</v>
       </c>
-      <c r="I1140" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I1140"/>
     </row>
     <row r="1141" spans="1:9">
       <c r="A1141" t="s">
-        <v>2053</v>
+        <v>2051</v>
       </c>
       <c r="B1141"/>
       <c r="C1141" t="s">
-        <v>2053</v>
+        <v>2052</v>
       </c>
       <c r="D1141"/>
       <c r="E1141" t="s">
         <v>33</v>
       </c>
       <c r="F1141" t="s">
         <v>13</v>
       </c>
       <c r="G1141" t="s">
         <v>14</v>
       </c>
       <c r="H1141" t="s">
         <v>15</v>
       </c>
-      <c r="I1141"/>
+      <c r="I1141" t="s">
+        <v>2045</v>
+      </c>
     </row>
     <row r="1142" spans="1:9">
       <c r="A1142" t="s">
-        <v>2054</v>
+        <v>2053</v>
       </c>
       <c r="B1142"/>
       <c r="C1142" t="s">
-        <v>2055</v>
+        <v>2054</v>
       </c>
       <c r="D1142"/>
       <c r="E1142" t="s">
         <v>33</v>
       </c>
       <c r="F1142" t="s">
         <v>13</v>
       </c>
       <c r="G1142" t="s">
         <v>14</v>
       </c>
       <c r="H1142" t="s">
         <v>15</v>
       </c>
       <c r="I1142" t="s">
-        <v>2048</v>
+        <v>132</v>
       </c>
     </row>
     <row r="1143" spans="1:9">
       <c r="A1143" t="s">
-        <v>2056</v>
+        <v>2055</v>
       </c>
       <c r="B1143"/>
       <c r="C1143" t="s">
-        <v>2057</v>
+        <v>1434</v>
       </c>
       <c r="D1143"/>
       <c r="E1143" t="s">
         <v>33</v>
       </c>
       <c r="F1143" t="s">
         <v>13</v>
       </c>
       <c r="G1143" t="s">
         <v>14</v>
       </c>
       <c r="H1143" t="s">
         <v>15</v>
       </c>
       <c r="I1143" t="s">
-        <v>132</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1144" spans="1:9">
       <c r="A1144" t="s">
-        <v>2058</v>
+        <v>2056</v>
       </c>
       <c r="B1144"/>
       <c r="C1144" t="s">
-        <v>1434</v>
+        <v>2057</v>
       </c>
       <c r="D1144"/>
       <c r="E1144" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="F1144" t="s">
         <v>13</v>
       </c>
       <c r="G1144" t="s">
         <v>14</v>
       </c>
       <c r="H1144" t="s">
         <v>15</v>
       </c>
       <c r="I1144" t="s">
-        <v>25</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="1145" spans="1:9">
       <c r="A1145" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
       <c r="B1145"/>
       <c r="C1145" t="s">
-        <v>2060</v>
+        <v>2059</v>
       </c>
       <c r="D1145"/>
       <c r="E1145" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="F1145" t="s">
         <v>13</v>
       </c>
       <c r="G1145" t="s">
         <v>14</v>
       </c>
       <c r="H1145" t="s">
         <v>15</v>
       </c>
       <c r="I1145" t="s">
-        <v>2048</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1146" spans="1:9">
       <c r="A1146" t="s">
-        <v>2061</v>
+        <v>2060</v>
       </c>
       <c r="B1146"/>
       <c r="C1146" t="s">
-        <v>2062</v>
+        <v>2061</v>
       </c>
       <c r="D1146"/>
       <c r="E1146" t="s">
         <v>33</v>
       </c>
       <c r="F1146" t="s">
         <v>13</v>
       </c>
       <c r="G1146" t="s">
         <v>14</v>
       </c>
       <c r="H1146" t="s">
         <v>15</v>
       </c>
       <c r="I1146" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="1147" spans="1:9">
       <c r="A1147" t="s">
-        <v>2063</v>
+        <v>2062</v>
       </c>
       <c r="B1147"/>
       <c r="C1147" t="s">
-        <v>2064</v>
+        <v>2063</v>
       </c>
       <c r="D1147"/>
       <c r="E1147" t="s">
         <v>33</v>
       </c>
       <c r="F1147" t="s">
         <v>13</v>
       </c>
       <c r="G1147" t="s">
         <v>14</v>
       </c>
       <c r="H1147" t="s">
         <v>15</v>
       </c>
       <c r="I1147" t="s">
-        <v>25</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="1148" spans="1:9">
       <c r="A1148" t="s">
-        <v>2065</v>
+        <v>2064</v>
       </c>
       <c r="B1148"/>
       <c r="C1148" t="s">
-        <v>2066</v>
+        <v>2065</v>
       </c>
       <c r="D1148"/>
       <c r="E1148" t="s">
         <v>33</v>
       </c>
       <c r="F1148" t="s">
         <v>13</v>
       </c>
       <c r="G1148" t="s">
         <v>14</v>
       </c>
       <c r="H1148" t="s">
         <v>15</v>
       </c>
       <c r="I1148" t="s">
-        <v>2048</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1149" spans="1:9">
       <c r="A1149" t="s">
-        <v>2067</v>
+        <v>2066</v>
       </c>
       <c r="B1149"/>
       <c r="C1149" t="s">
-        <v>2068</v>
+        <v>2067</v>
       </c>
       <c r="D1149"/>
       <c r="E1149" t="s">
         <v>33</v>
       </c>
       <c r="F1149" t="s">
         <v>13</v>
       </c>
       <c r="G1149" t="s">
         <v>14</v>
       </c>
       <c r="H1149" t="s">
         <v>15</v>
       </c>
-      <c r="I1149" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I1149"/>
     </row>
     <row r="1150" spans="1:9">
       <c r="A1150" t="s">
-        <v>2069</v>
+        <v>2068</v>
       </c>
       <c r="B1150"/>
       <c r="C1150" t="s">
-        <v>2070</v>
+        <v>2069</v>
       </c>
       <c r="D1150"/>
       <c r="E1150" t="s">
         <v>33</v>
       </c>
       <c r="F1150" t="s">
         <v>13</v>
       </c>
       <c r="G1150" t="s">
         <v>14</v>
       </c>
       <c r="H1150" t="s">
         <v>15</v>
       </c>
-      <c r="I1150"/>
+      <c r="I1150" t="s">
+        <v>598</v>
+      </c>
     </row>
     <row r="1151" spans="1:9">
       <c r="A1151" t="s">
-        <v>2071</v>
+        <v>2070</v>
       </c>
       <c r="B1151"/>
       <c r="C1151" t="s">
-        <v>2072</v>
+        <v>2071</v>
       </c>
       <c r="D1151"/>
       <c r="E1151" t="s">
         <v>33</v>
       </c>
       <c r="F1151" t="s">
         <v>13</v>
       </c>
       <c r="G1151" t="s">
         <v>14</v>
       </c>
       <c r="H1151" t="s">
         <v>15</v>
       </c>
       <c r="I1151" t="s">
-        <v>598</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1152" spans="1:9">
       <c r="A1152" t="s">
-        <v>2073</v>
+        <v>2072</v>
       </c>
       <c r="B1152"/>
       <c r="C1152" t="s">
-        <v>2074</v>
+        <v>2073</v>
       </c>
       <c r="D1152"/>
       <c r="E1152" t="s">
         <v>33</v>
       </c>
       <c r="F1152" t="s">
         <v>13</v>
       </c>
       <c r="G1152" t="s">
         <v>14</v>
       </c>
       <c r="H1152" t="s">
         <v>15</v>
       </c>
-      <c r="I1152" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I1152"/>
     </row>
     <row r="1153" spans="1:9">
       <c r="A1153" t="s">
-        <v>2075</v>
+        <v>2074</v>
       </c>
       <c r="B1153"/>
       <c r="C1153" t="s">
-        <v>2076</v>
+        <v>2075</v>
       </c>
       <c r="D1153"/>
       <c r="E1153" t="s">
         <v>33</v>
       </c>
       <c r="F1153" t="s">
         <v>13</v>
       </c>
       <c r="G1153" t="s">
         <v>14</v>
       </c>
       <c r="H1153" t="s">
         <v>15</v>
       </c>
-      <c r="I1153"/>
+      <c r="I1153" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="1154" spans="1:9">
       <c r="A1154" t="s">
-        <v>2077</v>
+        <v>2076</v>
       </c>
       <c r="B1154"/>
       <c r="C1154" t="s">
-        <v>2078</v>
+        <v>2077</v>
       </c>
       <c r="D1154"/>
       <c r="E1154" t="s">
         <v>33</v>
       </c>
       <c r="F1154" t="s">
         <v>13</v>
       </c>
       <c r="G1154" t="s">
         <v>14</v>
       </c>
       <c r="H1154" t="s">
-        <v>15</v>
+        <v>356</v>
       </c>
       <c r="I1154" t="s">
-        <v>64</v>
+        <v>221</v>
       </c>
     </row>
     <row r="1155" spans="1:9">
       <c r="A1155" t="s">
-        <v>2079</v>
+        <v>2078</v>
       </c>
       <c r="B1155"/>
       <c r="C1155" t="s">
-        <v>2080</v>
+        <v>2079</v>
       </c>
       <c r="D1155"/>
       <c r="E1155" t="s">
         <v>33</v>
       </c>
       <c r="F1155" t="s">
         <v>13</v>
       </c>
       <c r="G1155" t="s">
         <v>14</v>
       </c>
       <c r="H1155" t="s">
-        <v>356</v>
+        <v>15</v>
       </c>
       <c r="I1155" t="s">
-        <v>221</v>
+        <v>132</v>
       </c>
     </row>
     <row r="1156" spans="1:9">
       <c r="A1156" t="s">
-        <v>2081</v>
+        <v>2080</v>
       </c>
       <c r="B1156"/>
       <c r="C1156" t="s">
-        <v>2082</v>
+        <v>2081</v>
       </c>
       <c r="D1156"/>
       <c r="E1156" t="s">
         <v>33</v>
       </c>
       <c r="F1156" t="s">
         <v>13</v>
       </c>
       <c r="G1156" t="s">
         <v>14</v>
       </c>
       <c r="H1156" t="s">
         <v>15</v>
       </c>
       <c r="I1156" t="s">
-        <v>132</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="1157" spans="1:9">
       <c r="A1157" t="s">
         <v>2083</v>
       </c>
       <c r="B1157"/>
       <c r="C1157" t="s">
         <v>2084</v>
       </c>
       <c r="D1157"/>
       <c r="E1157" t="s">
         <v>33</v>
       </c>
       <c r="F1157" t="s">
         <v>13</v>
       </c>
       <c r="G1157" t="s">
         <v>14</v>
       </c>
       <c r="H1157" t="s">
         <v>15</v>
       </c>
       <c r="I1157" t="s">
-        <v>2085</v>
+        <v>598</v>
       </c>
     </row>
     <row r="1158" spans="1:9">
       <c r="A1158" t="s">
-        <v>2086</v>
+        <v>2085</v>
       </c>
       <c r="B1158"/>
       <c r="C1158" t="s">
-        <v>2087</v>
+        <v>2086</v>
       </c>
       <c r="D1158"/>
       <c r="E1158" t="s">
         <v>33</v>
       </c>
       <c r="F1158" t="s">
         <v>13</v>
       </c>
       <c r="G1158" t="s">
         <v>14</v>
       </c>
       <c r="H1158" t="s">
         <v>15</v>
       </c>
       <c r="I1158" t="s">
-        <v>598</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1159" spans="1:9">
       <c r="A1159" t="s">
-        <v>2088</v>
+        <v>2087</v>
       </c>
       <c r="B1159"/>
       <c r="C1159" t="s">
-        <v>2089</v>
+        <v>2088</v>
       </c>
       <c r="D1159"/>
       <c r="E1159" t="s">
         <v>33</v>
       </c>
       <c r="F1159" t="s">
         <v>13</v>
       </c>
       <c r="G1159" t="s">
         <v>14</v>
       </c>
       <c r="H1159" t="s">
         <v>15</v>
       </c>
-      <c r="I1159" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I1159"/>
     </row>
     <row r="1160" spans="1:9">
       <c r="A1160" t="s">
-        <v>2090</v>
+        <v>2089</v>
       </c>
       <c r="B1160"/>
       <c r="C1160" t="s">
-        <v>2091</v>
+        <v>2090</v>
       </c>
       <c r="D1160"/>
       <c r="E1160" t="s">
         <v>33</v>
       </c>
       <c r="F1160" t="s">
         <v>13</v>
       </c>
       <c r="G1160" t="s">
         <v>14</v>
       </c>
       <c r="H1160" t="s">
         <v>15</v>
       </c>
-      <c r="I1160"/>
+      <c r="I1160" t="s">
+        <v>2045</v>
+      </c>
     </row>
     <row r="1161" spans="1:9">
       <c r="A1161" t="s">
-        <v>2092</v>
+        <v>2091</v>
       </c>
       <c r="B1161"/>
       <c r="C1161" t="s">
-        <v>2093</v>
+        <v>2092</v>
       </c>
       <c r="D1161"/>
       <c r="E1161" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="F1161" t="s">
         <v>13</v>
       </c>
       <c r="G1161" t="s">
         <v>14</v>
       </c>
       <c r="H1161" t="s">
         <v>15</v>
       </c>
       <c r="I1161" t="s">
-        <v>2048</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1162" spans="1:9">
       <c r="A1162" t="s">
-        <v>2094</v>
+        <v>2093</v>
       </c>
       <c r="B1162"/>
       <c r="C1162" t="s">
-        <v>2095</v>
+        <v>2094</v>
       </c>
       <c r="D1162"/>
       <c r="E1162" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="F1162" t="s">
         <v>13</v>
       </c>
       <c r="G1162" t="s">
         <v>14</v>
       </c>
       <c r="H1162" t="s">
         <v>15</v>
       </c>
       <c r="I1162" t="s">
-        <v>28</v>
+        <v>598</v>
       </c>
     </row>
     <row r="1163" spans="1:9">
       <c r="A1163" t="s">
-        <v>2096</v>
+        <v>2095</v>
       </c>
       <c r="B1163"/>
       <c r="C1163" t="s">
-        <v>2097</v>
+        <v>2096</v>
       </c>
       <c r="D1163"/>
       <c r="E1163" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="F1163" t="s">
         <v>13</v>
       </c>
       <c r="G1163" t="s">
         <v>14</v>
       </c>
       <c r="H1163" t="s">
         <v>15</v>
       </c>
       <c r="I1163" t="s">
-        <v>598</v>
+        <v>221</v>
       </c>
     </row>
     <row r="1164" spans="1:9">
       <c r="A1164" t="s">
-        <v>2098</v>
+        <v>2097</v>
       </c>
       <c r="B1164"/>
       <c r="C1164" t="s">
-        <v>2099</v>
+        <v>2098</v>
       </c>
       <c r="D1164"/>
       <c r="E1164" t="s">
         <v>71</v>
       </c>
       <c r="F1164" t="s">
         <v>13</v>
       </c>
       <c r="G1164" t="s">
         <v>14</v>
       </c>
       <c r="H1164" t="s">
         <v>15</v>
       </c>
       <c r="I1164" t="s">
-        <v>221</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="1165" spans="1:9">
       <c r="A1165" t="s">
-        <v>2100</v>
+        <v>2099</v>
       </c>
       <c r="B1165"/>
       <c r="C1165" t="s">
-        <v>2101</v>
+        <v>2100</v>
       </c>
       <c r="D1165"/>
       <c r="E1165" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="F1165" t="s">
         <v>13</v>
       </c>
       <c r="G1165" t="s">
         <v>14</v>
       </c>
       <c r="H1165" t="s">
         <v>15</v>
       </c>
-      <c r="I1165" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I1165"/>
     </row>
     <row r="1166" spans="1:9">
       <c r="A1166" t="s">
-        <v>2102</v>
+        <v>2101</v>
       </c>
       <c r="B1166"/>
       <c r="C1166" t="s">
-        <v>2103</v>
+        <v>2102</v>
       </c>
       <c r="D1166"/>
       <c r="E1166" t="s">
         <v>33</v>
       </c>
       <c r="F1166" t="s">
         <v>13</v>
       </c>
       <c r="G1166" t="s">
         <v>14</v>
       </c>
       <c r="H1166" t="s">
         <v>15</v>
       </c>
-      <c r="I1166"/>
+      <c r="I1166" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="1167" spans="1:9">
       <c r="A1167" t="s">
-        <v>2104</v>
+        <v>2103</v>
       </c>
       <c r="B1167"/>
       <c r="C1167" t="s">
-        <v>2105</v>
+        <v>2104</v>
       </c>
       <c r="D1167"/>
       <c r="E1167" t="s">
         <v>33</v>
       </c>
       <c r="F1167" t="s">
         <v>13</v>
       </c>
       <c r="G1167" t="s">
         <v>14</v>
       </c>
       <c r="H1167" t="s">
-        <v>15</v>
+        <v>1238</v>
       </c>
       <c r="I1167" t="s">
         <v>25</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:9">
+      <c r="A1168" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1168"/>
+      <c r="C1168" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D1168"/>
+      <c r="E1168" t="s">
+        <v>33</v>
+      </c>
+      <c r="F1168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1168" t="s">
+        <v>14</v>
+      </c>
+      <c r="H1168" t="s">
+        <v>15</v>
+      </c>
+      <c r="I1168" t="s">
+        <v>2045</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>