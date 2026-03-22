--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -62,51 +62,51 @@
   <si>
     <t>CATEGORIE</t>
   </si>
   <si>
     <t>PARTENARIAT</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
     <t>SOCIETE ANHUI CONGO D'INVESTISSEMENT MINIER</t>
   </si>
   <si>
     <t>CLT0032231</t>
   </si>
   <si>
     <t>SACIM</t>
   </si>
   <si>
     <t>En production</t>
   </si>
   <si>
     <t>Industriel</t>
   </si>
   <si>
-    <t>Les titulaires des droits miniers</t>
+    <t>Titulaires des droits miniers</t>
   </si>
   <si>
     <t>Public-privé</t>
   </si>
   <si>
     <t>Kasaï-Oriental</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -442,51 +442,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>