--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -12,245 +12,284 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES OPERATEURS MINIERS (CATEGORIE-A)</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
     <t>SIGLE</t>
   </si>
   <si>
     <t>FILIERE</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>SECTEUR</t>
   </si>
   <si>
     <t>CATEGORIE</t>
   </si>
   <si>
     <t>SOUS-CATEGORIE</t>
   </si>
   <si>
     <t>PARTENARIAT</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
+    <t>CJX  SARL</t>
+  </si>
+  <si>
+    <t>A1309746J</t>
+  </si>
+  <si>
+    <t>Inactif</t>
+  </si>
+  <si>
+    <t>Artisanal</t>
+  </si>
+  <si>
+    <t>Entités de traitement</t>
+  </si>
+  <si>
+    <t>Catégorie A</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Sud-Kivu</t>
+  </si>
+  <si>
+    <t>MANIEMA MINING COMPANY SARL</t>
+  </si>
+  <si>
+    <t>MM SARL</t>
+  </si>
+  <si>
+    <t>Actif</t>
+  </si>
+  <si>
+    <t>Industriel</t>
+  </si>
+  <si>
+    <t>Privé-privé</t>
+  </si>
+  <si>
+    <t>Maniema</t>
+  </si>
+  <si>
     <t>METACHEM Sarl</t>
   </si>
   <si>
     <t>A1201610P</t>
   </si>
   <si>
     <t>M SARL</t>
   </si>
   <si>
-    <t>Actif</t>
-[...13 lines deleted...]
-  <si>
     <t>Nord-Kivu</t>
   </si>
   <si>
     <t>UNITED MATERIALS CONGO</t>
   </si>
   <si>
     <t>A1521030B</t>
   </si>
   <si>
     <t>UMC</t>
   </si>
   <si>
     <t>En production</t>
   </si>
   <si>
     <t>Tanganyika</t>
   </si>
   <si>
     <t>WALI MINING INVESTMENT SARL</t>
   </si>
   <si>
     <t>WALI SARL</t>
   </si>
   <si>
     <t>En recherche</t>
   </si>
   <si>
     <t>Kinshasa</t>
   </si>
   <si>
     <t>METAL CHEMICAL SARL</t>
   </si>
   <si>
     <t>METACHEM SARL</t>
   </si>
   <si>
     <t>Semi-Industriel</t>
   </si>
   <si>
     <t>Public-privé</t>
   </si>
   <si>
-    <t>RON HUA SARL</t>
-[...1 lines deleted...]
-  <si>
     <t>KIVU HOLDING MINING SARL</t>
   </si>
   <si>
     <t>KHM</t>
   </si>
   <si>
     <t>SOCIETE AGRO PASTORALE LEMERA SARL</t>
   </si>
   <si>
-    <t>Sud-Kivu</t>
-[...1 lines deleted...]
-  <si>
     <t>LADIA MINING SARL</t>
   </si>
   <si>
     <t>A2158215B</t>
   </si>
   <si>
-    <t>Maniema</t>
-[...1 lines deleted...]
-  <si>
     <t>CDMC ENTITE SARL</t>
   </si>
   <si>
     <t>A1808015H</t>
   </si>
   <si>
     <t>COOPERATIVE DES ARTISANAUX MINIERS AU CONGO SARL</t>
   </si>
   <si>
     <t>CDMC SARL</t>
   </si>
   <si>
+    <t>CIX MINERALS SARLU</t>
+  </si>
+  <si>
     <t>CONGO SUPPLY AMD MARKETING SARL</t>
   </si>
   <si>
     <t>MINING TRADING COMPANY</t>
   </si>
   <si>
     <t>BASE MIN CO. SARL</t>
   </si>
   <si>
     <t>A2180075Q</t>
   </si>
   <si>
     <t>BLESSING CONGO MINING SARL</t>
   </si>
   <si>
     <t>A2319986A</t>
   </si>
   <si>
     <t>BLM SARL</t>
   </si>
   <si>
     <t>MINEXX SARL</t>
   </si>
   <si>
     <t>A19165016N</t>
   </si>
   <si>
     <t>SOCIETE MINIERE DU KATANGA SASU</t>
   </si>
   <si>
     <t>SOMIKA SASU</t>
   </si>
   <si>
     <t>Haut-Katanga</t>
   </si>
   <si>
     <t>CONGO RESSOURCES MINING SARL</t>
   </si>
   <si>
     <t>CRM SARL</t>
   </si>
   <si>
     <t>EL-ELYON MINING SARL</t>
   </si>
   <si>
     <t>A1723767D</t>
   </si>
   <si>
+    <t>BAUDOUIN MINING SARL</t>
+  </si>
+  <si>
+    <t>A1810064A</t>
+  </si>
+  <si>
     <t>TANGANYIKA MINERALS SA</t>
   </si>
   <si>
+    <t>PIERRE D'OREE SARL</t>
+  </si>
+  <si>
+    <t>A1910306C</t>
+  </si>
+  <si>
+    <t>PIDO</t>
+  </si>
+  <si>
     <t>RESSOURCES RENOUVELABLES YING XING SARL</t>
   </si>
   <si>
-    <t>PIERRE DOREE SARL</t>
+    <t>GAMMA RESOURCES SARL</t>
+  </si>
+  <si>
+    <t>A2405601Q</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -566,65 +605,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J25"/>
+  <dimension ref="A1:J28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="J3" sqref="J3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.852" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
@@ -654,670 +693,762 @@
       </c>
       <c r="F3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" t="s">
         <v>15</v>
       </c>
-      <c r="F4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I4" t="s">
         <v>18</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5"/>
+      <c r="C5" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F5" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I5" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>26</v>
       </c>
-      <c r="B6"/>
+      <c r="B6" t="s">
+        <v>27</v>
+      </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F6" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I6" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>30</v>
       </c>
-      <c r="B7"/>
+      <c r="B7" t="s">
+        <v>31</v>
+      </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="G7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I7" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="J7" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8"/>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H8" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I8" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J8" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B9"/>
       <c r="C9" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F9" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="G9" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H9" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="J9"/>
+        <v>42</v>
+      </c>
+      <c r="J9" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F10" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G10" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H10" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I10" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="J10"/>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="B11"/>
       <c r="C11" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F11" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H11" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I11" t="s">
+        <v>24</v>
+      </c>
+      <c r="J11" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B12" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C12" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D12"/>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F12" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G12" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H12" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I12" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J12" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="B13"/>
+        <v>48</v>
+      </c>
+      <c r="B13" t="s">
+        <v>49</v>
+      </c>
       <c r="C13" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D13"/>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F13" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G13" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I13" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J13" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F14" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H14" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I14" t="s">
+        <v>24</v>
+      </c>
+      <c r="J14" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="B15"/>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="D15"/>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F15" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G15" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H15" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I15" t="s">
+        <v>24</v>
+      </c>
+      <c r="J15" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B16"/>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="D16"/>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F16" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G16" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H16" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I16" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J16" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="B17"/>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F17" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H17" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I17" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J17" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F18" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G18" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H18" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I18" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J18" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D19"/>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F19" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G19" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H19" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I19" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J19" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="B20"/>
+        <v>60</v>
+      </c>
+      <c r="B20" t="s">
+        <v>61</v>
+      </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F20" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G20" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H20" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I20" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J20" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B21"/>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F21" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G21" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H21" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I21" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J21" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="B22"/>
       <c r="C22" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F22" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G22" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H22" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I22" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J22" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="B23"/>
+        <v>67</v>
+      </c>
+      <c r="B23" t="s">
+        <v>68</v>
+      </c>
       <c r="C23" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F23" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G23" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H23" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I23" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J23" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="B24"/>
+        <v>69</v>
+      </c>
+      <c r="B24" t="s">
+        <v>70</v>
+      </c>
       <c r="C24" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F24" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G24" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H24" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I24" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J24" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="B25"/>
       <c r="C25" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D25"/>
       <c r="E25" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="F25" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G25" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H25" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I25" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J25" t="s">
-        <v>25</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" t="s">
+        <v>72</v>
+      </c>
+      <c r="B26" t="s">
+        <v>73</v>
+      </c>
+      <c r="C26" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26" t="s">
+        <v>22</v>
+      </c>
+      <c r="F26" t="s">
+        <v>23</v>
+      </c>
+      <c r="G26" t="s">
+        <v>16</v>
+      </c>
+      <c r="H26" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" t="s">
+        <v>24</v>
+      </c>
+      <c r="J26" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" t="s">
+        <v>75</v>
+      </c>
+      <c r="B27"/>
+      <c r="C27" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27" t="s">
+        <v>22</v>
+      </c>
+      <c r="F27" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" t="s">
+        <v>16</v>
+      </c>
+      <c r="H27" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" t="s">
+        <v>24</v>
+      </c>
+      <c r="J27" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" t="s">
+        <v>76</v>
+      </c>
+      <c r="B28" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28" t="s">
+        <v>22</v>
+      </c>
+      <c r="F28" t="s">
+        <v>23</v>
+      </c>
+      <c r="G28" t="s">
+        <v>16</v>
+      </c>
+      <c r="H28" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" t="s">
+        <v>24</v>
+      </c>
+      <c r="J28" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>