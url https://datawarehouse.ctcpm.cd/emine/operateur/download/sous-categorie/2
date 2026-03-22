--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -12,169 +12,235 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES OPERATEURS MINIERS (CATEGORIE-B)</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
     <t>SIGLE</t>
   </si>
   <si>
     <t>FILIERE</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>SECTEUR</t>
   </si>
   <si>
     <t>CATEGORIE</t>
   </si>
   <si>
     <t>SOUS-CATEGORIE</t>
   </si>
   <si>
     <t>PARTENARIAT</t>
   </si>
   <si>
     <t>PROVINCE</t>
   </si>
   <si>
+    <t>HUACHIN METAL LEACH SA</t>
+  </si>
+  <si>
+    <t>A1113665R</t>
+  </si>
+  <si>
+    <t>HML</t>
+  </si>
+  <si>
+    <t>Actif</t>
+  </si>
+  <si>
+    <t>Industriel</t>
+  </si>
+  <si>
+    <t>Entités de traitement</t>
+  </si>
+  <si>
+    <t>Catégorie B</t>
+  </si>
+  <si>
+    <t>Privé-privé</t>
+  </si>
+  <si>
+    <t>Haut-Katanga</t>
+  </si>
+  <si>
     <t>SOCIETE MINIERE DU KATANGA</t>
   </si>
   <si>
     <t>A0704865X</t>
   </si>
   <si>
     <t>SMK</t>
   </si>
   <si>
-    <t>Actif</t>
-[...14 lines deleted...]
-    <t>Haut-Katanga</t>
+    <t>SHITURU MINING CORPORATION</t>
+  </si>
+  <si>
+    <t>A1008279I</t>
+  </si>
+  <si>
+    <t>SMCO</t>
+  </si>
+  <si>
+    <t>En production</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>CONGO JIN JU CHENG MINING COMPANY SARL</t>
+  </si>
+  <si>
+    <t>A09071201 A</t>
+  </si>
+  <si>
+    <t>CJCMC</t>
+  </si>
+  <si>
+    <t>METAL MINES Sprl Old</t>
+  </si>
+  <si>
+    <t>MM</t>
   </si>
   <si>
     <t>WILLEM MINERALS COMPANY</t>
   </si>
   <si>
     <t>WMC SARL</t>
   </si>
   <si>
     <t>Inactif</t>
   </si>
   <si>
     <t>Artisanal</t>
   </si>
   <si>
     <t>Nord-Kivu</t>
   </si>
   <si>
     <t>THOMAS MINING SARL</t>
   </si>
   <si>
     <t>A1408473B</t>
   </si>
   <si>
     <t>TM SARL</t>
   </si>
   <si>
-    <t>En production</t>
-[...1 lines deleted...]
-  <si>
     <t>Lualaba</t>
   </si>
   <si>
+    <t>ALFRED H. KNIGHT DRC</t>
+  </si>
+  <si>
+    <t>A1101382Q</t>
+  </si>
+  <si>
+    <t>AHK</t>
+  </si>
+  <si>
     <t>KAI PENG MINING</t>
   </si>
   <si>
     <t>KPM</t>
   </si>
   <si>
     <t>CHENGTUN CONGO RESSOURCES SARL</t>
   </si>
   <si>
     <t>0004/BDX-20/I0000 23 L/Z</t>
   </si>
   <si>
     <t>CCR</t>
   </si>
   <si>
     <t>HANRUI METAL CONGO1 SARL</t>
   </si>
   <si>
     <t>A1803946K</t>
   </si>
   <si>
     <t>HMC</t>
   </si>
   <si>
+    <t>MACROLINK JIAYUAN MINING</t>
+  </si>
+  <si>
+    <t>A0815380</t>
+  </si>
+  <si>
+    <t>MJM</t>
+  </si>
+  <si>
+    <t>En recherche</t>
+  </si>
+  <si>
+    <t>KALONGWE MINING SA</t>
+  </si>
+  <si>
+    <t>A1405813K</t>
+  </si>
+  <si>
+    <t>KM</t>
+  </si>
+  <si>
     <t>LUILU RESSOURCES SAS</t>
   </si>
   <si>
     <t>A1821178Q</t>
   </si>
   <si>
     <t>LRS</t>
   </si>
   <si>
     <t>EXCELLEN MINERALS SARL</t>
   </si>
   <si>
     <t>A18099162</t>
   </si>
   <si>
     <t>EXCELLEN MINERALS</t>
   </si>
   <si>
     <t>NEW MINERALS INVESTMENT SARL</t>
   </si>
   <si>
     <t>A0906593C</t>
   </si>
   <si>
     <t>NMI SARL</t>
@@ -185,207 +251,270 @@
   <si>
     <t>AMUR SARL</t>
   </si>
   <si>
     <t>AMUR</t>
   </si>
   <si>
     <t>DIVINE LAND MINING SARL</t>
   </si>
   <si>
     <t>A1507009L</t>
   </si>
   <si>
     <t>DLM SARL</t>
   </si>
   <si>
     <t>LUALABA COPPER SMELTER</t>
   </si>
   <si>
     <t>A1408413B</t>
   </si>
   <si>
     <t>LCS SAS</t>
   </si>
   <si>
+    <t>STAR METAL COMPANY</t>
+  </si>
+  <si>
+    <t>A2290577D</t>
+  </si>
+  <si>
     <t>COPROCO GROUP SARL</t>
   </si>
   <si>
     <t>A17044611</t>
   </si>
   <si>
     <t>Tanganyika</t>
   </si>
   <si>
     <t>KIBARA MINERALS SARLU</t>
   </si>
   <si>
     <t>A1906957/J</t>
   </si>
   <si>
     <t>Maniema</t>
   </si>
   <si>
+    <t>RON HUA SARL</t>
+  </si>
+  <si>
     <t>CONGO GOLD RAFFINERIE SARL</t>
   </si>
   <si>
     <t>Sud-Kivu</t>
   </si>
   <si>
     <t>NOV CORP SARLU</t>
   </si>
   <si>
     <t>UMOJA WETU SARL</t>
   </si>
   <si>
+    <t>A2401564C</t>
+  </si>
+  <si>
     <t>STANBUD SARLU</t>
   </si>
   <si>
     <t>A1908334F</t>
   </si>
   <si>
     <t>ETABLISSEMENT RICA</t>
   </si>
   <si>
     <t>A1309713D</t>
   </si>
   <si>
-    <t>CIX MINERALS SARLU</t>
-[...1 lines deleted...]
-  <si>
     <t>NBB ET FRERES</t>
   </si>
   <si>
     <t>A1506806Z</t>
   </si>
   <si>
     <t>MUKEVERWA METAL SARL</t>
   </si>
   <si>
     <t>SOGECOM SARL</t>
   </si>
   <si>
     <t>A0700540W</t>
   </si>
   <si>
     <t>JIN XUN CONGO MINING SARL</t>
   </si>
   <si>
     <t>A1818154D</t>
   </si>
   <si>
     <t>ZHAN FEI MINING SARL</t>
   </si>
   <si>
     <t>A2282622J</t>
   </si>
   <si>
-    <t>MINERAL METAL TECHNOLOGY "MMT" SARL</t>
+    <t>MINERAL METAL TECHNOLOGY  SARL</t>
   </si>
   <si>
     <t>A1805938A</t>
   </si>
   <si>
     <t>MMT SARL</t>
   </si>
   <si>
     <t>CONGO CHENGTUN NEW MATERIALS SARL</t>
   </si>
   <si>
     <t>TENGYUAN COBALT COPPER RESSOURCES LTD CO. SARL</t>
   </si>
   <si>
     <t>BROTHER MINING SASU SASU</t>
   </si>
   <si>
     <t>A1716204H</t>
   </si>
   <si>
     <t>BM SASU</t>
   </si>
   <si>
     <t>XIN HAO MINING SARL</t>
   </si>
   <si>
     <t>A16/21091T</t>
   </si>
   <si>
     <t>GOLDEN AFRICAN RESSOURCES SARL</t>
   </si>
   <si>
     <t>GAR SARL</t>
   </si>
   <si>
     <t>HUACHIN METAL MINING</t>
   </si>
   <si>
     <t>MACROLINK JIAYUNG MINING SARLU</t>
   </si>
   <si>
     <t>MJM SARLU</t>
   </si>
   <si>
     <t>KASTRO SARL</t>
   </si>
   <si>
+    <t>A1205441Q</t>
+  </si>
+  <si>
     <t>LA MINIERE DE KASOMBO SAS</t>
   </si>
   <si>
     <t>A0814790 L</t>
   </si>
   <si>
     <t>MIKAS SAS</t>
   </si>
   <si>
     <t>MSL RDC SAS</t>
   </si>
   <si>
+    <t>MEDICI MINING  SARL</t>
+  </si>
+  <si>
+    <t>MEDICI MINING SARL</t>
+  </si>
+  <si>
+    <t>Haut-Lomami</t>
+  </si>
+  <si>
     <t>RUBAMIN SARL</t>
   </si>
   <si>
     <t>AMICA KAKANA MINING SARL</t>
   </si>
   <si>
     <t>SOCIETE D'EXPLOITATION MINIERE DE MUSOSHI SA</t>
   </si>
   <si>
     <t>SEM SA</t>
   </si>
   <si>
+    <t>SOCIETE EXCELLEN MINERAL SARL</t>
+  </si>
+  <si>
+    <t>MINING PROGRESS COMPANY SARL</t>
+  </si>
+  <si>
+    <t>CNC HUACHIN MABENDE</t>
+  </si>
+  <si>
+    <t>GROUPE CONGO DEVELOPPEMENT SARLU</t>
+  </si>
+  <si>
+    <t>A1414007R</t>
+  </si>
+  <si>
     <t>KATANGA MINERALS SARL</t>
   </si>
   <si>
     <t>A2201226H</t>
   </si>
   <si>
     <t>KAMI</t>
   </si>
   <si>
     <t>NATIONAL METAL SARL</t>
   </si>
   <si>
     <t>A2033256W</t>
+  </si>
+  <si>
+    <t>LONG TENG MINING SARL</t>
+  </si>
+  <si>
+    <t>A2439098A</t>
+  </si>
+  <si>
+    <t>LTM SARL</t>
+  </si>
+  <si>
+    <t>Semi-Industriel</t>
+  </si>
+  <si>
+    <t>SOCIETE D’EXPLOITATION MINIERE DE MUSOSHI SA</t>
+  </si>
+  <si>
+    <t>MINING MINERALS RESOURCES S.A.S</t>
+  </si>
+  <si>
+    <t>EPSLON SARL</t>
+  </si>
+  <si>
+    <t>A1809166J</t>
+  </si>
+  <si>
+    <t>CONGO DONFANG INTERNATIONAL MINING SA</t>
   </si>
   <si>
     <t>SOCIETE GENERALE DE COMMERCE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -704,65 +833,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J46"/>
+  <dimension ref="A1:J64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="J3" sqref="J3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.852" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
@@ -818,1264 +947,1788 @@
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4" t="s">
         <v>18</v>
       </c>
       <c r="I4" t="s">
         <v>19</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>21</v>
       </c>
-      <c r="B5"/>
+      <c r="B5" t="s">
+        <v>22</v>
+      </c>
       <c r="C5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5" t="s">
         <v>18</v>
       </c>
       <c r="I5" t="s">
         <v>19</v>
       </c>
       <c r="J5" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6" t="s">
         <v>18</v>
       </c>
       <c r="I6" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="J6" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="s">
         <v>31</v>
-      </c>
-[...2 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7" t="s">
         <v>18</v>
       </c>
       <c r="I7" t="s">
         <v>19</v>
       </c>
       <c r="J7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8"/>
+      <c r="C8" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="H8" t="s">
         <v>18</v>
       </c>
       <c r="I8" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="J8" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="B9"/>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F9" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9" t="s">
         <v>18</v>
       </c>
       <c r="I9" t="s">
         <v>19</v>
       </c>
       <c r="J9" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
         <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
       <c r="C10" t="s">
         <v>41</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10" t="s">
         <v>18</v>
       </c>
       <c r="I10" t="s">
         <v>19</v>
       </c>
       <c r="J10" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11" t="s">
         <v>18</v>
       </c>
       <c r="I11" t="s">
         <v>19</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="B12" t="s">
         <v>46</v>
       </c>
+      <c r="B12"/>
       <c r="C12" t="s">
         <v>47</v>
       </c>
       <c r="D12"/>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
         <v>17</v>
       </c>
       <c r="H12" t="s">
         <v>18</v>
       </c>
       <c r="I12" t="s">
         <v>19</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
         <v>48</v>
       </c>
-      <c r="B13"/>
+      <c r="B13" t="s">
+        <v>49</v>
+      </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="D13"/>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>17</v>
       </c>
       <c r="H13" t="s">
         <v>18</v>
       </c>
       <c r="I13" t="s">
         <v>19</v>
       </c>
       <c r="J13" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="B14"/>
+        <v>51</v>
+      </c>
+      <c r="B14" t="s">
+        <v>52</v>
+      </c>
       <c r="C14" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14" t="s">
         <v>18</v>
       </c>
       <c r="I14" t="s">
         <v>19</v>
       </c>
       <c r="J14" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B15" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C15" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D15"/>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15" t="s">
         <v>17</v>
       </c>
       <c r="H15" t="s">
         <v>18</v>
       </c>
       <c r="I15" t="s">
         <v>19</v>
       </c>
       <c r="J15" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B16" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C16" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D16"/>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
         <v>17</v>
       </c>
       <c r="H16" t="s">
         <v>18</v>
       </c>
       <c r="I16" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="J16" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B17" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C17" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>15</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
       <c r="G17" t="s">
         <v>17</v>
       </c>
       <c r="H17" t="s">
         <v>18</v>
       </c>
       <c r="I17" t="s">
         <v>19</v>
       </c>
       <c r="J17" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B18" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C18" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="H18" t="s">
         <v>18</v>
       </c>
       <c r="I18" t="s">
         <v>19</v>
       </c>
       <c r="J18" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="B19"/>
+        <v>67</v>
+      </c>
+      <c r="B19" t="s">
+        <v>68</v>
+      </c>
       <c r="C19" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>15</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="H19" t="s">
         <v>18</v>
       </c>
       <c r="I19" t="s">
         <v>19</v>
       </c>
       <c r="J19" t="s">
-        <v>64</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B20"/>
       <c r="C20" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>15</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="H20" t="s">
         <v>18</v>
       </c>
       <c r="I20" t="s">
         <v>19</v>
       </c>
       <c r="J20" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B21"/>
       <c r="C21" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>15</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21" t="s">
         <v>18</v>
       </c>
       <c r="I21" t="s">
         <v>19</v>
       </c>
       <c r="J21" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B22" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="C22" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>15</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
         <v>17</v>
       </c>
       <c r="H22" t="s">
         <v>18</v>
       </c>
       <c r="I22" t="s">
         <v>19</v>
       </c>
       <c r="J22" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="B23" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="C23" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>15</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">
         <v>17</v>
       </c>
       <c r="H23" t="s">
         <v>18</v>
       </c>
       <c r="I23" t="s">
         <v>19</v>
       </c>
       <c r="J23" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="B24"/>
+        <v>79</v>
+      </c>
+      <c r="B24" t="s">
+        <v>80</v>
+      </c>
       <c r="C24" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
       <c r="G24" t="s">
         <v>17</v>
       </c>
       <c r="H24" t="s">
         <v>18</v>
       </c>
       <c r="I24" t="s">
         <v>19</v>
       </c>
-      <c r="J24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J24"/>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="B25" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="C25" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="D25"/>
       <c r="E25" t="s">
         <v>15</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
       <c r="G25" t="s">
         <v>17</v>
       </c>
       <c r="H25" t="s">
         <v>18</v>
       </c>
       <c r="I25" t="s">
         <v>19</v>
       </c>
       <c r="J25" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="B26"/>
+        <v>84</v>
+      </c>
+      <c r="B26" t="s">
+        <v>85</v>
+      </c>
       <c r="C26" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="D26"/>
       <c r="E26" t="s">
         <v>15</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26" t="s">
         <v>18</v>
       </c>
       <c r="I26" t="s">
         <v>19</v>
       </c>
       <c r="J26" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="B27"/>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="D27"/>
       <c r="E27" t="s">
         <v>15</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27" t="s">
         <v>18</v>
       </c>
       <c r="I27" t="s">
         <v>19</v>
       </c>
       <c r="J27" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="B28"/>
       <c r="C28" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="D28"/>
       <c r="E28" t="s">
         <v>15</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" t="s">
         <v>17</v>
       </c>
       <c r="H28" t="s">
         <v>18</v>
       </c>
       <c r="I28" t="s">
         <v>19</v>
       </c>
       <c r="J28" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="B29"/>
       <c r="C29" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="D29"/>
       <c r="E29" t="s">
         <v>15</v>
       </c>
       <c r="F29" t="s">
         <v>16</v>
       </c>
       <c r="G29" t="s">
         <v>17</v>
       </c>
       <c r="H29" t="s">
         <v>18</v>
       </c>
       <c r="I29" t="s">
         <v>19</v>
       </c>
       <c r="J29" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="B30" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="C30" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s">
         <v>15</v>
       </c>
       <c r="F30" t="s">
         <v>16</v>
       </c>
       <c r="G30" t="s">
         <v>17</v>
       </c>
       <c r="H30" t="s">
         <v>18</v>
       </c>
       <c r="I30" t="s">
         <v>19</v>
       </c>
       <c r="J30" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="B31"/>
+        <v>93</v>
+      </c>
+      <c r="B31" t="s">
+        <v>94</v>
+      </c>
       <c r="C31" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
         <v>15</v>
       </c>
       <c r="F31" t="s">
         <v>16</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
       <c r="H31" t="s">
         <v>18</v>
       </c>
       <c r="I31" t="s">
         <v>19</v>
       </c>
       <c r="J31" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="B32"/>
+        <v>95</v>
+      </c>
+      <c r="B32" t="s">
+        <v>96</v>
+      </c>
       <c r="C32" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>15</v>
       </c>
       <c r="F32" t="s">
         <v>16</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32" t="s">
         <v>18</v>
       </c>
       <c r="I32" t="s">
         <v>19</v>
       </c>
       <c r="J32" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="B33" t="s">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="C33" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="D33"/>
       <c r="E33" t="s">
         <v>15</v>
       </c>
       <c r="F33" t="s">
         <v>16</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="H33" t="s">
         <v>18</v>
       </c>
       <c r="I33" t="s">
         <v>19</v>
       </c>
       <c r="J33" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="B34"/>
       <c r="C34" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s">
         <v>15</v>
       </c>
       <c r="F34" t="s">
         <v>16</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="H34" t="s">
         <v>18</v>
       </c>
       <c r="I34" t="s">
         <v>19</v>
       </c>
       <c r="J34" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="B35"/>
+        <v>100</v>
+      </c>
+      <c r="B35" t="s">
+        <v>101</v>
+      </c>
       <c r="C35" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>15</v>
       </c>
       <c r="F35" t="s">
         <v>16</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
       <c r="H35" t="s">
         <v>18</v>
       </c>
       <c r="I35" t="s">
         <v>19</v>
       </c>
       <c r="J35" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="B36"/>
+        <v>102</v>
+      </c>
+      <c r="B36" t="s">
+        <v>103</v>
+      </c>
       <c r="C36" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="D36"/>
       <c r="E36" t="s">
         <v>15</v>
       </c>
       <c r="F36" t="s">
         <v>16</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
       <c r="H36" t="s">
         <v>18</v>
       </c>
       <c r="I36" t="s">
         <v>19</v>
       </c>
       <c r="J36" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="B37"/>
+        <v>104</v>
+      </c>
+      <c r="B37" t="s">
+        <v>105</v>
+      </c>
       <c r="C37" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="D37"/>
       <c r="E37" t="s">
         <v>15</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
         <v>17</v>
       </c>
       <c r="H37" t="s">
         <v>18</v>
       </c>
       <c r="I37" t="s">
         <v>19</v>
       </c>
       <c r="J37" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="B38"/>
+        <v>106</v>
+      </c>
+      <c r="B38" t="s">
+        <v>107</v>
+      </c>
       <c r="C38" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s">
         <v>15</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38" t="s">
         <v>18</v>
       </c>
       <c r="I38" t="s">
         <v>19</v>
       </c>
       <c r="J38" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="B39"/>
       <c r="C39" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>15</v>
       </c>
       <c r="F39" t="s">
         <v>16</v>
       </c>
       <c r="G39" t="s">
         <v>17</v>
       </c>
       <c r="H39" t="s">
         <v>18</v>
       </c>
       <c r="I39" t="s">
         <v>19</v>
       </c>
       <c r="J39" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="D40"/>
       <c r="E40" t="s">
         <v>15</v>
       </c>
       <c r="F40" t="s">
         <v>16</v>
       </c>
       <c r="G40" t="s">
         <v>17</v>
       </c>
       <c r="H40" t="s">
         <v>18</v>
       </c>
       <c r="I40" t="s">
         <v>19</v>
       </c>
       <c r="J40" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="B41"/>
+        <v>111</v>
+      </c>
+      <c r="B41" t="s">
+        <v>112</v>
+      </c>
       <c r="C41" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="D41"/>
       <c r="E41" t="s">
         <v>15</v>
       </c>
       <c r="F41" t="s">
         <v>16</v>
       </c>
       <c r="G41" t="s">
         <v>17</v>
       </c>
       <c r="H41" t="s">
         <v>18</v>
       </c>
       <c r="I41" t="s">
         <v>19</v>
       </c>
       <c r="J41" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B42"/>
+        <v>114</v>
+      </c>
+      <c r="B42" t="s">
+        <v>115</v>
+      </c>
       <c r="C42" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s">
         <v>15</v>
       </c>
       <c r="F42" t="s">
         <v>16</v>
       </c>
       <c r="G42" t="s">
         <v>17</v>
       </c>
       <c r="H42" t="s">
         <v>18</v>
       </c>
       <c r="I42" t="s">
         <v>19</v>
       </c>
       <c r="J42" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="B43"/>
       <c r="C43" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="D43"/>
       <c r="E43" t="s">
         <v>15</v>
       </c>
       <c r="F43" t="s">
         <v>16</v>
       </c>
       <c r="G43" t="s">
         <v>17</v>
       </c>
       <c r="H43" t="s">
         <v>18</v>
       </c>
       <c r="I43" t="s">
         <v>19</v>
       </c>
       <c r="J43" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="B44"/>
       <c r="C44" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
         <v>15</v>
       </c>
       <c r="F44" t="s">
         <v>16</v>
       </c>
       <c r="G44" t="s">
         <v>17</v>
       </c>
       <c r="H44" t="s">
         <v>18</v>
       </c>
       <c r="I44" t="s">
         <v>19</v>
       </c>
       <c r="J44" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="B45"/>
       <c r="C45" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="D45"/>
       <c r="E45" t="s">
         <v>15</v>
       </c>
       <c r="F45" t="s">
         <v>16</v>
       </c>
       <c r="G45" t="s">
         <v>17</v>
       </c>
       <c r="H45" t="s">
         <v>18</v>
       </c>
       <c r="I45" t="s">
         <v>19</v>
       </c>
       <c r="J45" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="B46"/>
+        <v>121</v>
+      </c>
+      <c r="B46" t="s">
+        <v>122</v>
+      </c>
       <c r="C46" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="D46"/>
       <c r="E46" t="s">
         <v>15</v>
       </c>
       <c r="F46" t="s">
         <v>16</v>
       </c>
       <c r="G46" t="s">
         <v>17</v>
       </c>
       <c r="H46" t="s">
         <v>18</v>
       </c>
       <c r="I46" t="s">
         <v>19</v>
       </c>
       <c r="J46" t="s">
-        <v>64</v>
+        <v>20</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" t="s">
+        <v>123</v>
+      </c>
+      <c r="B47" t="s">
+        <v>124</v>
+      </c>
+      <c r="C47" t="s">
+        <v>125</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47" t="s">
+        <v>15</v>
+      </c>
+      <c r="F47" t="s">
+        <v>16</v>
+      </c>
+      <c r="G47" t="s">
+        <v>17</v>
+      </c>
+      <c r="H47" t="s">
+        <v>18</v>
+      </c>
+      <c r="I47" t="s">
+        <v>19</v>
+      </c>
+      <c r="J47" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" t="s">
+        <v>126</v>
+      </c>
+      <c r="B48"/>
+      <c r="C48" t="s">
+        <v>126</v>
+      </c>
+      <c r="D48"/>
+      <c r="E48" t="s">
+        <v>15</v>
+      </c>
+      <c r="F48" t="s">
+        <v>16</v>
+      </c>
+      <c r="G48" t="s">
+        <v>17</v>
+      </c>
+      <c r="H48" t="s">
+        <v>18</v>
+      </c>
+      <c r="I48" t="s">
+        <v>19</v>
+      </c>
+      <c r="J48" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" t="s">
+        <v>127</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49" t="s">
+        <v>128</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49" t="s">
+        <v>15</v>
+      </c>
+      <c r="F49" t="s">
+        <v>16</v>
+      </c>
+      <c r="G49" t="s">
+        <v>17</v>
+      </c>
+      <c r="H49" t="s">
+        <v>18</v>
+      </c>
+      <c r="I49" t="s">
+        <v>19</v>
+      </c>
+      <c r="J49" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" t="s">
+        <v>130</v>
+      </c>
+      <c r="B50"/>
+      <c r="C50" t="s">
+        <v>130</v>
+      </c>
+      <c r="D50"/>
+      <c r="E50" t="s">
+        <v>15</v>
+      </c>
+      <c r="F50" t="s">
+        <v>16</v>
+      </c>
+      <c r="G50" t="s">
+        <v>17</v>
+      </c>
+      <c r="H50" t="s">
+        <v>18</v>
+      </c>
+      <c r="I50" t="s">
+        <v>19</v>
+      </c>
+      <c r="J50" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" t="s">
+        <v>131</v>
+      </c>
+      <c r="B51"/>
+      <c r="C51" t="s">
+        <v>131</v>
+      </c>
+      <c r="D51"/>
+      <c r="E51" t="s">
+        <v>15</v>
+      </c>
+      <c r="F51" t="s">
+        <v>16</v>
+      </c>
+      <c r="G51" t="s">
+        <v>17</v>
+      </c>
+      <c r="H51" t="s">
+        <v>18</v>
+      </c>
+      <c r="I51" t="s">
+        <v>19</v>
+      </c>
+      <c r="J51" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" t="s">
+        <v>132</v>
+      </c>
+      <c r="B52"/>
+      <c r="C52" t="s">
+        <v>133</v>
+      </c>
+      <c r="D52"/>
+      <c r="E52" t="s">
+        <v>15</v>
+      </c>
+      <c r="F52" t="s">
+        <v>16</v>
+      </c>
+      <c r="G52" t="s">
+        <v>17</v>
+      </c>
+      <c r="H52" t="s">
+        <v>18</v>
+      </c>
+      <c r="I52" t="s">
+        <v>19</v>
+      </c>
+      <c r="J52" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" t="s">
+        <v>134</v>
+      </c>
+      <c r="B53"/>
+      <c r="C53" t="s">
+        <v>134</v>
+      </c>
+      <c r="D53"/>
+      <c r="E53" t="s">
+        <v>15</v>
+      </c>
+      <c r="F53" t="s">
+        <v>16</v>
+      </c>
+      <c r="G53" t="s">
+        <v>17</v>
+      </c>
+      <c r="H53" t="s">
+        <v>18</v>
+      </c>
+      <c r="I53" t="s">
+        <v>19</v>
+      </c>
+      <c r="J53" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" t="s">
+        <v>135</v>
+      </c>
+      <c r="B54"/>
+      <c r="C54" t="s">
+        <v>135</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54" t="s">
+        <v>15</v>
+      </c>
+      <c r="F54" t="s">
+        <v>16</v>
+      </c>
+      <c r="G54" t="s">
+        <v>17</v>
+      </c>
+      <c r="H54" t="s">
+        <v>18</v>
+      </c>
+      <c r="I54" t="s">
+        <v>19</v>
+      </c>
+      <c r="J54" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" t="s">
+        <v>136</v>
+      </c>
+      <c r="B55"/>
+      <c r="C55" t="s">
+        <v>136</v>
+      </c>
+      <c r="D55"/>
+      <c r="E55" t="s">
+        <v>15</v>
+      </c>
+      <c r="F55" t="s">
+        <v>16</v>
+      </c>
+      <c r="G55" t="s">
+        <v>17</v>
+      </c>
+      <c r="H55" t="s">
+        <v>18</v>
+      </c>
+      <c r="I55" t="s">
+        <v>19</v>
+      </c>
+      <c r="J55" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" t="s">
+        <v>137</v>
+      </c>
+      <c r="B56" t="s">
+        <v>138</v>
+      </c>
+      <c r="C56" t="s">
+        <v>137</v>
+      </c>
+      <c r="D56"/>
+      <c r="E56" t="s">
+        <v>15</v>
+      </c>
+      <c r="F56" t="s">
+        <v>16</v>
+      </c>
+      <c r="G56" t="s">
+        <v>17</v>
+      </c>
+      <c r="H56" t="s">
+        <v>18</v>
+      </c>
+      <c r="I56" t="s">
+        <v>19</v>
+      </c>
+      <c r="J56" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" t="s">
+        <v>139</v>
+      </c>
+      <c r="B57" t="s">
+        <v>140</v>
+      </c>
+      <c r="C57" t="s">
+        <v>141</v>
+      </c>
+      <c r="D57"/>
+      <c r="E57" t="s">
+        <v>15</v>
+      </c>
+      <c r="F57" t="s">
+        <v>16</v>
+      </c>
+      <c r="G57" t="s">
+        <v>17</v>
+      </c>
+      <c r="H57" t="s">
+        <v>18</v>
+      </c>
+      <c r="I57" t="s">
+        <v>19</v>
+      </c>
+      <c r="J57" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" t="s">
+        <v>142</v>
+      </c>
+      <c r="B58" t="s">
+        <v>143</v>
+      </c>
+      <c r="C58" t="s">
+        <v>142</v>
+      </c>
+      <c r="D58"/>
+      <c r="E58" t="s">
+        <v>15</v>
+      </c>
+      <c r="F58" t="s">
+        <v>16</v>
+      </c>
+      <c r="G58" t="s">
+        <v>17</v>
+      </c>
+      <c r="H58" t="s">
+        <v>18</v>
+      </c>
+      <c r="I58" t="s">
+        <v>19</v>
+      </c>
+      <c r="J58" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" t="s">
+        <v>144</v>
+      </c>
+      <c r="B59" t="s">
+        <v>145</v>
+      </c>
+      <c r="C59" t="s">
+        <v>146</v>
+      </c>
+      <c r="D59"/>
+      <c r="E59" t="s">
+        <v>15</v>
+      </c>
+      <c r="F59" t="s">
+        <v>147</v>
+      </c>
+      <c r="G59" t="s">
+        <v>17</v>
+      </c>
+      <c r="H59" t="s">
+        <v>18</v>
+      </c>
+      <c r="I59" t="s">
+        <v>19</v>
+      </c>
+      <c r="J59" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" t="s">
+        <v>148</v>
+      </c>
+      <c r="B60"/>
+      <c r="C60" t="s">
+        <v>133</v>
+      </c>
+      <c r="D60"/>
+      <c r="E60" t="s">
+        <v>15</v>
+      </c>
+      <c r="F60" t="s">
+        <v>16</v>
+      </c>
+      <c r="G60" t="s">
+        <v>17</v>
+      </c>
+      <c r="H60" t="s">
+        <v>18</v>
+      </c>
+      <c r="I60" t="s">
+        <v>19</v>
+      </c>
+      <c r="J60" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" t="s">
+        <v>149</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61" t="s">
+        <v>149</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61" t="s">
+        <v>57</v>
+      </c>
+      <c r="F61" t="s">
+        <v>16</v>
+      </c>
+      <c r="G61" t="s">
+        <v>17</v>
+      </c>
+      <c r="H61" t="s">
+        <v>18</v>
+      </c>
+      <c r="I61" t="s">
+        <v>28</v>
+      </c>
+      <c r="J61"/>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" t="s">
+        <v>150</v>
+      </c>
+      <c r="B62" t="s">
+        <v>151</v>
+      </c>
+      <c r="C62" t="s">
+        <v>150</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62" t="s">
+        <v>27</v>
+      </c>
+      <c r="F62" t="s">
+        <v>16</v>
+      </c>
+      <c r="G62" t="s">
+        <v>17</v>
+      </c>
+      <c r="H62" t="s">
+        <v>18</v>
+      </c>
+      <c r="I62" t="s">
+        <v>19</v>
+      </c>
+      <c r="J62" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" t="s">
+        <v>152</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63" t="s">
+        <v>152</v>
+      </c>
+      <c r="D63"/>
+      <c r="E63" t="s">
+        <v>57</v>
+      </c>
+      <c r="F63" t="s">
+        <v>16</v>
+      </c>
+      <c r="G63" t="s">
+        <v>17</v>
+      </c>
+      <c r="H63" t="s">
+        <v>18</v>
+      </c>
+      <c r="I63" t="s">
+        <v>19</v>
+      </c>
+      <c r="J63" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" t="s">
+        <v>153</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64" t="s">
+        <v>153</v>
+      </c>
+      <c r="D64"/>
+      <c r="E64" t="s">
+        <v>15</v>
+      </c>
+      <c r="F64" t="s">
+        <v>16</v>
+      </c>
+      <c r="G64" t="s">
+        <v>17</v>
+      </c>
+      <c r="H64" t="s">
+        <v>18</v>
+      </c>
+      <c r="I64" t="s">
+        <v>19</v>
+      </c>
+      <c r="J64" t="s">
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>