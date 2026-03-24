--- v0 (2026-02-07)
+++ v1 (2026-03-24)
@@ -677,59 +677,59 @@
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="1"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28">
         <v>2017</v>
       </c>
       <c r="B28">
         <v>28186.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29">
         <v>2025</v>
       </c>
       <c r="B29">
-        <v>7062.5</v>
+        <v>11345.0</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>22</v>
       </c>
       <c r="B30">
-        <v>35249.0</v>
+        <v>39531.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>25</v>
       </c>
       <c r="B35" t="s">
         <v>3</v>
       </c>
       <c r="C35" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">