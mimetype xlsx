--- v0 (2026-02-07)
+++ v1 (2026-03-24)
@@ -709,59 +709,59 @@
       <c r="B30">
         <v>214969.47</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31">
         <v>2023</v>
       </c>
       <c r="B31">
         <v>200291.76</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32">
         <v>2024</v>
       </c>
       <c r="B32">
         <v>61161.33</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33">
         <v>2025</v>
       </c>
       <c r="B33">
-        <v>97801.59</v>
+        <v>194047.66</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>22</v>
       </c>
       <c r="B34">
-        <v>833160.39</v>
+        <v>929406.46</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>25</v>
       </c>
       <c r="B39" t="s">
         <v>3</v>
       </c>
       <c r="C39" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">