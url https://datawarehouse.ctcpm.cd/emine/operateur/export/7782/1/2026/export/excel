--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -685,59 +685,59 @@
         <v>3</v>
       </c>
       <c r="C27" s="1"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28">
         <v>2023</v>
       </c>
       <c r="B28">
         <v>28137.69</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29">
         <v>2024</v>
       </c>
       <c r="B29">
         <v>84093.08</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30">
         <v>2025</v>
       </c>
       <c r="B30">
-        <v>7438.61</v>
+        <v>21506.13</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>22</v>
       </c>
       <c r="B31">
-        <v>119669.38</v>
+        <v>133736.9</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>25</v>
       </c>
       <c r="B36" t="s">
         <v>3</v>
       </c>
       <c r="C36" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">