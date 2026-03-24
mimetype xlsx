--- v0 (2026-02-07)
+++ v1 (2026-03-24)
@@ -693,59 +693,59 @@
       <c r="B28">
         <v>23134.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29">
         <v>2023</v>
       </c>
       <c r="B29">
         <v>28103.46</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30">
         <v>2024</v>
       </c>
       <c r="B30">
         <v>14415.6</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31">
         <v>2025</v>
       </c>
       <c r="B31">
-        <v>17343.13</v>
+        <v>27828.17</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32">
-        <v>82996.69</v>
+        <v>93481.73</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>25</v>
       </c>
       <c r="B37" t="s">
         <v>3</v>
       </c>
       <c r="C37" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">