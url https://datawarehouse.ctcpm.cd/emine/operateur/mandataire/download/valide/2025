--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,154 +12,145 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES MANDATAIRES MINIERS VALIDES EN 2025</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>NIF</t>
   </si>
   <si>
     <t>N° ARRETE AGREMENT</t>
   </si>
   <si>
     <t>NUMERO AGREMENT</t>
   </si>
   <si>
     <t>TELEPHONE</t>
   </si>
   <si>
     <t>EMAIL</t>
   </si>
   <si>
     <t>SITE WEB</t>
   </si>
   <si>
+    <t>DIBATHIA NKETANI Didier</t>
+  </si>
+  <si>
+    <t>DIOMI MASAKA MBEKI</t>
+  </si>
+  <si>
+    <t>EFOMI BOFUKU BIBICHE</t>
+  </si>
+  <si>
+    <t>FIRME MUKENDI &amp; ASSOCIES</t>
+  </si>
+  <si>
+    <t>KABALA NSENGA</t>
+  </si>
+  <si>
+    <t>KANGULUMBA MBAMBI Vincent</t>
+  </si>
+  <si>
+    <t>LUBILI MULONGO Thony</t>
+  </si>
+  <si>
+    <t>LWAMBA KITOKA Marie Chantal</t>
+  </si>
+  <si>
+    <t>MIDAGU BAHIZI Jérôme</t>
+  </si>
+  <si>
+    <t>MINAKU DJALA NDJOKO Aubin</t>
+  </si>
+  <si>
+    <t>MUHONA FUNDA Brigitte</t>
+  </si>
+  <si>
+    <t>MUNGALA-SANZONG Oscar</t>
+  </si>
+  <si>
+    <t>MUPEKA KINAUNDU Joceline</t>
+  </si>
+  <si>
+    <t>MUTOMBO MBIYA Sylvain</t>
+  </si>
+  <si>
+    <t>NSMIRE MUZIGIRWA Elodie</t>
+  </si>
+  <si>
+    <t>Société Civile d’Avocat « MAK</t>
+  </si>
+  <si>
+    <t>SOCIETE WOLD MINING COMPANY SP</t>
+  </si>
+  <si>
+    <t>TATY TULA Louis</t>
+  </si>
+  <si>
+    <t>00168/CAB.MIN/MINES/01/2024</t>
+  </si>
+  <si>
+    <t>0815163335</t>
+  </si>
+  <si>
+    <t>cheickaintaty@yahoo.fr</t>
+  </si>
+  <si>
     <t>Coopérative  Agro- Pastoral et</t>
   </si>
   <si>
-    <t>DIBATHIA NKETANI Didier</t>
-[...70 lines deleted...]
-  <si>
     <t>Me BAMALA AFUA INGRID</t>
   </si>
   <si>
     <t>00326/CAB.MIN/MINES/01/2024</t>
   </si>
   <si>
     <t>0853900822</t>
   </si>
   <si>
     <t>ingidbans@yahoo.fr</t>
   </si>
   <si>
     <t>Me CISAMBO AMANI</t>
   </si>
   <si>
     <t>00144/CAB.MIN/MINES/01/2025</t>
   </si>
   <si>
     <t>Me ALOU BONIONA - KALOKOLA</t>
   </si>
   <si>
     <t>00168/ CAB. MIN/MINES/9/2024</t>
   </si>
   <si>
     <t>0999919596</t>
@@ -182,147 +173,546 @@
   <si>
     <t>Me PONGO WONYA LANDRY</t>
   </si>
   <si>
     <t>00159/CAB.MIN/MINES/01/2024</t>
   </si>
   <si>
     <t>0898770073</t>
   </si>
   <si>
     <t>landrypongowonya@gmail.com</t>
   </si>
   <si>
     <t>Me  RENE  MBO OLOMENA</t>
   </si>
   <si>
     <t>00165/CAB.MIN/MINES/01/2024</t>
   </si>
   <si>
     <t>08181390737</t>
   </si>
   <si>
     <t>Mbolomena5@gmail.com</t>
   </si>
   <si>
-    <t>Me PALANKOY LAKWAS</t>
-[...10 lines deleted...]
-  <si>
     <t>Me EMMANUEL LUBALA MUGISHO</t>
   </si>
   <si>
     <t>00285/CAB.MIN/MINES/01/2024</t>
   </si>
   <si>
     <t>0998626369</t>
   </si>
   <si>
-    <t>Me MULAND – a - MULAND GUY</t>
+    <t>Me MULAND-A-MULAND GUY</t>
   </si>
   <si>
     <t>0554/CAB.MIN/MINES/01/2024</t>
   </si>
   <si>
     <t>0818938760</t>
   </si>
   <si>
     <t>ERIC KABILA KISIMBA</t>
   </si>
   <si>
     <t>00499/CAB.MIN/MINES/01/2024</t>
   </si>
   <si>
     <t>0997027366</t>
   </si>
   <si>
     <t>KALENGA MAMBEPA MATEMBELE JEAN</t>
   </si>
   <si>
     <t>00691/CAB.MIN/MINES/01/2024</t>
   </si>
   <si>
     <t>0811547007</t>
   </si>
   <si>
     <t>jekalengam@gmail.com</t>
   </si>
   <si>
     <t>KALONJI KALONJI AUGUY</t>
   </si>
   <si>
     <t>00609/CAB.MIN/MINES/01/2023</t>
   </si>
   <si>
     <t>MBWESSE KAMWESSE EZECHIEL</t>
   </si>
   <si>
     <t>00009/CAB.MIN/MINES/01/2024</t>
   </si>
   <si>
-    <t>KAZADI NZEBA RUTH</t>
-[...4 lines deleted...]
-  <si>
     <t>Me LISETTE BEWA MPOLA</t>
   </si>
   <si>
     <t>00012/CAB.MIN/MINES/01/2024</t>
   </si>
   <si>
     <t>Me ALICE MIRIMO KABETSI</t>
   </si>
   <si>
     <t>00038/CAB.MIN/MINES/01/2024</t>
   </si>
   <si>
     <t>Me NICAISE CHIKURU MUNYIONGWARHA</t>
   </si>
   <si>
     <t>00045/CAB.MIN/MINES/01/2024</t>
   </si>
   <si>
     <t>Me JOSEPH NANGA ILUNGA</t>
   </si>
   <si>
     <t>00066/CAB.MIN/MINES/01/2024</t>
   </si>
   <si>
     <t>BASHIZI BASHAKO</t>
   </si>
   <si>
     <t>00575/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me BIA BUETUSIWA Hervé-Michel</t>
+  </si>
+  <si>
+    <t>0021/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>Georges BOKONDU MUKULI</t>
+  </si>
+  <si>
+    <t>0024/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>CYRILLE MUTOMBO CIBANDA</t>
+  </si>
+  <si>
+    <t>0039/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>ROY KONGOLO BONDO</t>
+  </si>
+  <si>
+    <t>0087/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>Jean Pierre MBULUYO BASAMBOMU</t>
+  </si>
+  <si>
+    <t>00086/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>Liliane ILONGIO LIANDE</t>
+  </si>
+  <si>
+    <t>Bob-David NZOIMBENGENE LUYINDULA</t>
+  </si>
+  <si>
+    <t>00161/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>Laurent OKITONEMBO WETSHONGUNDA</t>
+  </si>
+  <si>
+    <t>00070/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>Me Pèrès MIKWA IHENGALANI</t>
+  </si>
+  <si>
+    <t>00069/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>Bernadette MPUNDU MPIA</t>
+  </si>
+  <si>
+    <t>00182/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>JEAN-ROMAIN USENI BWANA KIYANDA</t>
+  </si>
+  <si>
+    <t>NATACHA LATERE LONA</t>
+  </si>
+  <si>
+    <t>DELPHIN TSHIMENA MUSAMPA</t>
+  </si>
+  <si>
+    <t>00329/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>Me MADIYA MWAMBA</t>
+  </si>
+  <si>
+    <t>00860/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me KANGUDI DONATIEN</t>
+  </si>
+  <si>
+    <t>00859/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>SERGE ILUNGA NGOY</t>
+  </si>
+  <si>
+    <t>00104/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>AKILI CONSULTING SARL</t>
+  </si>
+  <si>
+    <t>00341/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>SOCIETE CIVILE D'AVOCATS TSHIBANGU ILUNGA &amp; ASSOCIES  (TI &amp; A SCA)</t>
+  </si>
+  <si>
+    <t>00836/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>Me PIERRE NDOBO MWAMBY</t>
+  </si>
+  <si>
+    <t>00822/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>Me MANENO NTWALI Trésor</t>
+  </si>
+  <si>
+    <t>DJAMBOLEKA MWAYUMA Prudence</t>
+  </si>
+  <si>
+    <t>00120/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me Patrick AKATIO LEBO</t>
+  </si>
+  <si>
+    <t>00148/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me Ursil LELO DI-MAKUNGU</t>
+  </si>
+  <si>
+    <t>00155/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me BELADE YASSIM</t>
+  </si>
+  <si>
+    <t>00207/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me Victor LUMBALA ILUNGA</t>
+  </si>
+  <si>
+    <t>00077/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me NDALA MBAYO GHISLAIN</t>
+  </si>
+  <si>
+    <t>00199/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Delphin MUTOMBO MAKWESA</t>
+  </si>
+  <si>
+    <t>00182/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me MBAYO LUFUNGA PELESA Stanley</t>
+  </si>
+  <si>
+    <t>00287/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me USENI SALEH</t>
+  </si>
+  <si>
+    <t>00336/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>MASENGO MUSABWA TANGANYIKA</t>
+  </si>
+  <si>
+    <t>00574/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me NGONDJI ONGOMBE</t>
+  </si>
+  <si>
+    <t>00326/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>BUSINESS ACCESS PARTNERS SARL</t>
+  </si>
+  <si>
+    <t>00571/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me BASHIZI BISHAKO</t>
+  </si>
+  <si>
+    <t>000575/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me KIKANGALA EBONDO Didi</t>
+  </si>
+  <si>
+    <t>KASONGO KUMBWA Jean</t>
+  </si>
+  <si>
+    <t>00688/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>NORTON MUKEBA KABEYA</t>
+  </si>
+  <si>
+    <t>00634/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me NTOYA MAZEYA Erick</t>
+  </si>
+  <si>
+    <t>00327/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>KANDONGA NYINGWALO Marcelin</t>
+  </si>
+  <si>
+    <t>00683/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>TSHISEKEDI KALAMBAYI Elisée</t>
+  </si>
+  <si>
+    <t>00613/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me Annicha BUALANKAY BONSILI</t>
+  </si>
+  <si>
+    <t>00507/CAB.MIN/MINES/01/2018</t>
+  </si>
+  <si>
+    <t>BAKOMEKA KELINA Adolphe</t>
+  </si>
+  <si>
+    <t>00473/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>KIBIKONDA MUTHILU Dady</t>
+  </si>
+  <si>
+    <t>00687/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>MUKENDI MPOYI Bernard</t>
+  </si>
+  <si>
+    <t>00747/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>BASIKABA BASIS Luc</t>
+  </si>
+  <si>
+    <t>00714/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Me Ephrem IRAGI BAGUMA</t>
+  </si>
+  <si>
+    <t>00017/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Cabinet Conseil en Mines au Congo "CCM-Congo"</t>
+  </si>
+  <si>
+    <t>0001/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Me ILEO YOKA Chris</t>
+  </si>
+  <si>
+    <t>00151/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>GEOLOGIE RECHERCHES APPLICATION ET INDUSTRIE "GRAIN"</t>
+  </si>
+  <si>
+    <t>00146/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>INVEST IN MINING Sarl</t>
+  </si>
+  <si>
+    <t>00731/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Me KASHOBA KABONSHI Denis</t>
+  </si>
+  <si>
+    <t>00153/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Me EFIKA LENOIR</t>
+  </si>
+  <si>
+    <t>00808/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Jean-Pierre NTUMBA KABESSA</t>
+  </si>
+  <si>
+    <t>00461/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>MWEMA TSHILAY Jean-Claude</t>
+  </si>
+  <si>
+    <t>00524/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Me NGALU MUTOMBO Christian</t>
+  </si>
+  <si>
+    <t>00463/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Me TATY MIESSI NKWEYI</t>
+  </si>
+  <si>
+    <t>Me CHRISTIAN KAKELE NYANGE NONGOLOLA</t>
+  </si>
+  <si>
+    <t>00306/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Société d'avocats MBM-CONSEIL</t>
+  </si>
+  <si>
+    <t>00379/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Mme MBUGUJE MAREMBO Anne</t>
+  </si>
+  <si>
+    <t>00462/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Cabinet Batonnier ELONGE &amp; ASSOCIES</t>
+  </si>
+  <si>
+    <t>00399/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Mme MUHONA TUNDA Brigitte</t>
+  </si>
+  <si>
+    <t>00563/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>NTAMBWE MULAMBA</t>
+  </si>
+  <si>
+    <t>00577/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Sté UNION FAIT LA FORCE</t>
+  </si>
+  <si>
+    <t>00604/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Méridor KONGOTA NDELO</t>
+  </si>
+  <si>
+    <t>00888/CAB.MIN/MINES/01/2023</t>
+  </si>
+  <si>
+    <t>Me BEWA MPOLA Lisette</t>
+  </si>
+  <si>
+    <t>0012/CAB.MIN/MINES/01/2024</t>
+  </si>
+  <si>
+    <t>Me KAZADI NZEBA Ruth</t>
+  </si>
+  <si>
+    <t>0010/CAB.MIN/MINES/01/2024</t>
+  </si>
+  <si>
+    <t>AKOM MINING ET INVESTMENT CONSULTING</t>
+  </si>
+  <si>
+    <t>00011/CAB.MIN/MINES/01/2024</t>
+  </si>
+  <si>
+    <t>NTN PARTNERS SARL</t>
+  </si>
+  <si>
+    <t>00013/CAB.MIN/MINES/01/2024</t>
+  </si>
+  <si>
+    <t>Firme ELITE LAW</t>
+  </si>
+  <si>
+    <t>00670/CAB.MIN/MINES/01/2021</t>
+  </si>
+  <si>
+    <t>MGMM ET Associés SCPA</t>
+  </si>
+  <si>
+    <t>00114/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>WORLD MINING COMPANY Sarl</t>
+  </si>
+  <si>
+    <t>A1102426A</t>
+  </si>
+  <si>
+    <t>00143/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>CIVIL LABOR ADVISORS AND ATTORNEYS LAW FIRM "LABOR LAW FIRM"</t>
+  </si>
+  <si>
+    <t>00290/CAB.MIN/MINES/01/2022</t>
+  </si>
+  <si>
+    <t>Cabinet GLM et associés</t>
+  </si>
+  <si>
+    <t>00024/CAB.MIN/MINES/01/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -638,60 +1028,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G45"/>
+  <dimension ref="A1:G111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G3" sqref="G3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="75.41" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="6.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
@@ -892,397 +1282,1249 @@
         <v>24</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>25</v>
       </c>
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>26</v>
       </c>
       <c r="B21"/>
-      <c r="C21"/>
+      <c r="C21" t="s">
+        <v>27</v>
+      </c>
       <c r="D21"/>
-      <c r="E21"/>
-      <c r="F21"/>
+      <c r="E21" t="s">
+        <v>28</v>
+      </c>
+      <c r="F21" t="s">
+        <v>29</v>
+      </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B23"/>
-      <c r="C23"/>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
       <c r="D23"/>
-      <c r="E23"/>
-      <c r="F23"/>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B24"/>
-      <c r="C24"/>
+      <c r="C24" t="s">
+        <v>36</v>
+      </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="B25"/>
       <c r="C25" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="D25"/>
       <c r="E25" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F25" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="B26"/>
-      <c r="C26"/>
+      <c r="C26" t="s">
+        <v>42</v>
+      </c>
       <c r="D26"/>
-      <c r="E26"/>
-      <c r="F26"/>
+      <c r="E26" t="s">
+        <v>43</v>
+      </c>
+      <c r="F26" t="s">
+        <v>44</v>
+      </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="B27"/>
       <c r="C27" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="D27"/>
       <c r="E27" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="F27" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="B28"/>
       <c r="C28" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="D28"/>
-      <c r="E28"/>
-      <c r="F28"/>
+      <c r="E28" t="s">
+        <v>51</v>
+      </c>
+      <c r="F28" t="s">
+        <v>52</v>
+      </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="B29"/>
       <c r="C29" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="D29"/>
       <c r="E29" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F29"/>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="F30"/>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="B31"/>
       <c r="C31" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="F31"/>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="B32"/>
       <c r="C32" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F32" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="B33"/>
       <c r="C33" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D33"/>
-      <c r="E33" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E33"/>
+      <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="D34"/>
-      <c r="E34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="B35"/>
       <c r="C35" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D35"/>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E35"/>
       <c r="F35"/>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B36"/>
       <c r="C36" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="D36"/>
-      <c r="E36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B37"/>
       <c r="C37" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D37"/>
-      <c r="E37" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E37"/>
+      <c r="F37"/>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B38"/>
       <c r="C38" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B39"/>
       <c r="C39" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B43"/>
       <c r="C43" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B44"/>
       <c r="C44" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B45"/>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46" t="s">
+        <v>91</v>
+      </c>
+      <c r="B46"/>
+      <c r="C46" t="s">
+        <v>92</v>
+      </c>
+      <c r="D46"/>
+      <c r="E46"/>
+      <c r="F46"/>
+      <c r="G46"/>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" t="s">
+        <v>93</v>
+      </c>
+      <c r="B47"/>
+      <c r="C47" t="s">
+        <v>94</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47"/>
+      <c r="F47"/>
+      <c r="G47"/>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" t="s">
+        <v>95</v>
+      </c>
+      <c r="B48"/>
+      <c r="C48" t="s">
+        <v>96</v>
+      </c>
+      <c r="D48"/>
+      <c r="E48"/>
+      <c r="F48"/>
+      <c r="G48"/>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" t="s">
+        <v>97</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49" t="s">
+        <v>98</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49"/>
+      <c r="F49"/>
+      <c r="G49"/>
+    </row>
+    <row r="50" spans="1:7">
+      <c r="A50" t="s">
+        <v>99</v>
+      </c>
+      <c r="B50"/>
+      <c r="C50"/>
+      <c r="D50"/>
+      <c r="E50"/>
+      <c r="F50"/>
+      <c r="G50"/>
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51" t="s">
+        <v>100</v>
+      </c>
+      <c r="B51"/>
+      <c r="C51"/>
+      <c r="D51"/>
+      <c r="E51"/>
+      <c r="F51"/>
+      <c r="G51"/>
+    </row>
+    <row r="52" spans="1:7">
+      <c r="A52" t="s">
+        <v>101</v>
+      </c>
+      <c r="B52"/>
+      <c r="C52" t="s">
+        <v>102</v>
+      </c>
+      <c r="D52"/>
+      <c r="E52"/>
+      <c r="F52"/>
+      <c r="G52"/>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53" t="s">
+        <v>103</v>
+      </c>
+      <c r="B53"/>
+      <c r="C53" t="s">
+        <v>104</v>
+      </c>
+      <c r="D53"/>
+      <c r="E53"/>
+      <c r="F53"/>
+      <c r="G53"/>
+    </row>
+    <row r="54" spans="1:7">
+      <c r="A54" t="s">
+        <v>105</v>
+      </c>
+      <c r="B54"/>
+      <c r="C54" t="s">
+        <v>106</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54"/>
+      <c r="F54"/>
+      <c r="G54"/>
+    </row>
+    <row r="55" spans="1:7">
+      <c r="A55" t="s">
+        <v>107</v>
+      </c>
+      <c r="B55"/>
+      <c r="C55" t="s">
+        <v>108</v>
+      </c>
+      <c r="D55"/>
+      <c r="E55"/>
+      <c r="F55"/>
+      <c r="G55"/>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56" t="s">
+        <v>109</v>
+      </c>
+      <c r="B56"/>
+      <c r="C56" t="s">
+        <v>110</v>
+      </c>
+      <c r="D56"/>
+      <c r="E56"/>
+      <c r="F56"/>
+      <c r="G56"/>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57" t="s">
+        <v>111</v>
+      </c>
+      <c r="B57"/>
+      <c r="C57" t="s">
+        <v>112</v>
+      </c>
+      <c r="D57"/>
+      <c r="E57"/>
+      <c r="F57"/>
+      <c r="G57"/>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58" t="s">
+        <v>113</v>
+      </c>
+      <c r="B58"/>
+      <c r="C58" t="s">
+        <v>114</v>
+      </c>
+      <c r="D58"/>
+      <c r="E58"/>
+      <c r="F58"/>
+      <c r="G58"/>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59" t="s">
+        <v>115</v>
+      </c>
+      <c r="B59"/>
+      <c r="C59"/>
+      <c r="D59"/>
+      <c r="E59"/>
+      <c r="F59"/>
+      <c r="G59"/>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" t="s">
+        <v>116</v>
+      </c>
+      <c r="B60"/>
+      <c r="C60" t="s">
+        <v>117</v>
+      </c>
+      <c r="D60"/>
+      <c r="E60"/>
+      <c r="F60"/>
+      <c r="G60"/>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61" t="s">
+        <v>118</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61" t="s">
+        <v>119</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61"/>
+      <c r="F61"/>
+      <c r="G61"/>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62" t="s">
+        <v>120</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62" t="s">
+        <v>121</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62"/>
+      <c r="F62"/>
+      <c r="G62"/>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63" t="s">
+        <v>122</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63" t="s">
+        <v>123</v>
+      </c>
+      <c r="D63"/>
+      <c r="E63"/>
+      <c r="F63"/>
+      <c r="G63"/>
+    </row>
+    <row r="64" spans="1:7">
+      <c r="A64" t="s">
+        <v>124</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64" t="s">
+        <v>125</v>
+      </c>
+      <c r="D64"/>
+      <c r="E64"/>
+      <c r="F64"/>
+      <c r="G64"/>
+    </row>
+    <row r="65" spans="1:7">
+      <c r="A65" t="s">
+        <v>126</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65" t="s">
+        <v>127</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65"/>
+      <c r="F65"/>
+      <c r="G65"/>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" t="s">
+        <v>128</v>
+      </c>
+      <c r="B66"/>
+      <c r="C66" t="s">
+        <v>129</v>
+      </c>
+      <c r="D66"/>
+      <c r="E66"/>
+      <c r="F66"/>
+      <c r="G66"/>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" t="s">
+        <v>130</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67" t="s">
+        <v>131</v>
+      </c>
+      <c r="D67"/>
+      <c r="E67"/>
+      <c r="F67"/>
+      <c r="G67"/>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68" t="s">
+        <v>132</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68" t="s">
+        <v>133</v>
+      </c>
+      <c r="D68"/>
+      <c r="E68"/>
+      <c r="F68"/>
+      <c r="G68"/>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" t="s">
+        <v>134</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69" t="s">
+        <v>135</v>
+      </c>
+      <c r="D69"/>
+      <c r="E69"/>
+      <c r="F69"/>
+      <c r="G69"/>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70" t="s">
+        <v>136</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70" t="s">
+        <v>137</v>
+      </c>
+      <c r="D70"/>
+      <c r="E70"/>
+      <c r="F70"/>
+      <c r="G70"/>
+    </row>
+    <row r="71" spans="1:7">
+      <c r="A71" t="s">
+        <v>138</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71" t="s">
+        <v>139</v>
+      </c>
+      <c r="D71"/>
+      <c r="E71"/>
+      <c r="F71"/>
+      <c r="G71"/>
+    </row>
+    <row r="72" spans="1:7">
+      <c r="A72" t="s">
+        <v>140</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72" t="s">
+        <v>141</v>
+      </c>
+      <c r="D72"/>
+      <c r="E72"/>
+      <c r="F72"/>
+      <c r="G72"/>
+    </row>
+    <row r="73" spans="1:7">
+      <c r="A73" t="s">
+        <v>142</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73"/>
+      <c r="D73"/>
+      <c r="E73"/>
+      <c r="F73"/>
+      <c r="G73"/>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74" t="s">
+        <v>143</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74" t="s">
+        <v>144</v>
+      </c>
+      <c r="D74"/>
+      <c r="E74"/>
+      <c r="F74"/>
+      <c r="G74"/>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" t="s">
+        <v>145</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75" t="s">
+        <v>146</v>
+      </c>
+      <c r="D75"/>
+      <c r="E75"/>
+      <c r="F75"/>
+      <c r="G75"/>
+    </row>
+    <row r="76" spans="1:7">
+      <c r="A76" t="s">
+        <v>147</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76" t="s">
+        <v>148</v>
+      </c>
+      <c r="D76"/>
+      <c r="E76"/>
+      <c r="F76"/>
+      <c r="G76"/>
+    </row>
+    <row r="77" spans="1:7">
+      <c r="A77" t="s">
+        <v>149</v>
+      </c>
+      <c r="B77"/>
+      <c r="C77" t="s">
+        <v>150</v>
+      </c>
+      <c r="D77"/>
+      <c r="E77"/>
+      <c r="F77"/>
+      <c r="G77"/>
+    </row>
+    <row r="78" spans="1:7">
+      <c r="A78" t="s">
+        <v>151</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78" t="s">
+        <v>152</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78"/>
+      <c r="F78"/>
+      <c r="G78"/>
+    </row>
+    <row r="79" spans="1:7">
+      <c r="A79" t="s">
+        <v>153</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79" t="s">
+        <v>154</v>
+      </c>
+      <c r="D79"/>
+      <c r="E79"/>
+      <c r="F79"/>
+      <c r="G79"/>
+    </row>
+    <row r="80" spans="1:7">
+      <c r="A80" t="s">
+        <v>155</v>
+      </c>
+      <c r="B80"/>
+      <c r="C80" t="s">
+        <v>156</v>
+      </c>
+      <c r="D80"/>
+      <c r="E80"/>
+      <c r="F80"/>
+      <c r="G80"/>
+    </row>
+    <row r="81" spans="1:7">
+      <c r="A81" t="s">
+        <v>157</v>
+      </c>
+      <c r="B81"/>
+      <c r="C81" t="s">
+        <v>158</v>
+      </c>
+      <c r="D81"/>
+      <c r="E81"/>
+      <c r="F81"/>
+      <c r="G81"/>
+    </row>
+    <row r="82" spans="1:7">
+      <c r="A82" t="s">
+        <v>159</v>
+      </c>
+      <c r="B82"/>
+      <c r="C82" t="s">
+        <v>160</v>
+      </c>
+      <c r="D82"/>
+      <c r="E82"/>
+      <c r="F82"/>
+      <c r="G82"/>
+    </row>
+    <row r="83" spans="1:7">
+      <c r="A83" t="s">
+        <v>161</v>
+      </c>
+      <c r="B83"/>
+      <c r="C83" t="s">
+        <v>162</v>
+      </c>
+      <c r="D83"/>
+      <c r="E83"/>
+      <c r="F83"/>
+      <c r="G83"/>
+    </row>
+    <row r="84" spans="1:7">
+      <c r="A84" t="s">
+        <v>163</v>
+      </c>
+      <c r="B84"/>
+      <c r="C84" t="s">
+        <v>164</v>
+      </c>
+      <c r="D84"/>
+      <c r="E84"/>
+      <c r="F84"/>
+      <c r="G84"/>
+    </row>
+    <row r="85" spans="1:7">
+      <c r="A85" t="s">
+        <v>165</v>
+      </c>
+      <c r="B85"/>
+      <c r="C85" t="s">
+        <v>166</v>
+      </c>
+      <c r="D85"/>
+      <c r="E85"/>
+      <c r="F85"/>
+      <c r="G85"/>
+    </row>
+    <row r="86" spans="1:7">
+      <c r="A86" t="s">
+        <v>167</v>
+      </c>
+      <c r="B86"/>
+      <c r="C86" t="s">
+        <v>168</v>
+      </c>
+      <c r="D86"/>
+      <c r="E86"/>
+      <c r="F86"/>
+      <c r="G86"/>
+    </row>
+    <row r="87" spans="1:7">
+      <c r="A87" t="s">
+        <v>169</v>
+      </c>
+      <c r="B87"/>
+      <c r="C87" t="s">
+        <v>170</v>
+      </c>
+      <c r="D87"/>
+      <c r="E87"/>
+      <c r="F87"/>
+      <c r="G87"/>
+    </row>
+    <row r="88" spans="1:7">
+      <c r="A88" t="s">
+        <v>171</v>
+      </c>
+      <c r="B88"/>
+      <c r="C88" t="s">
+        <v>172</v>
+      </c>
+      <c r="D88"/>
+      <c r="E88"/>
+      <c r="F88"/>
+      <c r="G88"/>
+    </row>
+    <row r="89" spans="1:7">
+      <c r="A89" t="s">
+        <v>173</v>
+      </c>
+      <c r="B89"/>
+      <c r="C89" t="s">
+        <v>174</v>
+      </c>
+      <c r="D89"/>
+      <c r="E89"/>
+      <c r="F89"/>
+      <c r="G89"/>
+    </row>
+    <row r="90" spans="1:7">
+      <c r="A90" t="s">
+        <v>175</v>
+      </c>
+      <c r="B90"/>
+      <c r="C90" t="s">
+        <v>176</v>
+      </c>
+      <c r="D90"/>
+      <c r="E90"/>
+      <c r="F90"/>
+      <c r="G90"/>
+    </row>
+    <row r="91" spans="1:7">
+      <c r="A91" t="s">
+        <v>177</v>
+      </c>
+      <c r="B91"/>
+      <c r="C91" t="s">
+        <v>178</v>
+      </c>
+      <c r="D91"/>
+      <c r="E91"/>
+      <c r="F91"/>
+      <c r="G91"/>
+    </row>
+    <row r="92" spans="1:7">
+      <c r="A92" t="s">
+        <v>179</v>
+      </c>
+      <c r="B92"/>
+      <c r="C92" t="s">
+        <v>180</v>
+      </c>
+      <c r="D92"/>
+      <c r="E92"/>
+      <c r="F92"/>
+      <c r="G92"/>
+    </row>
+    <row r="93" spans="1:7">
+      <c r="A93" t="s">
+        <v>181</v>
+      </c>
+      <c r="B93"/>
+      <c r="C93" t="s">
+        <v>182</v>
+      </c>
+      <c r="D93"/>
+      <c r="E93"/>
+      <c r="F93"/>
+      <c r="G93"/>
+    </row>
+    <row r="94" spans="1:7">
+      <c r="A94" t="s">
+        <v>183</v>
+      </c>
+      <c r="B94"/>
+      <c r="C94"/>
+      <c r="D94"/>
+      <c r="E94"/>
+      <c r="F94"/>
+      <c r="G94"/>
+    </row>
+    <row r="95" spans="1:7">
+      <c r="A95" t="s">
+        <v>184</v>
+      </c>
+      <c r="B95"/>
+      <c r="C95" t="s">
+        <v>185</v>
+      </c>
+      <c r="D95"/>
+      <c r="E95"/>
+      <c r="F95"/>
+      <c r="G95"/>
+    </row>
+    <row r="96" spans="1:7">
+      <c r="A96" t="s">
+        <v>186</v>
+      </c>
+      <c r="B96"/>
+      <c r="C96" t="s">
+        <v>187</v>
+      </c>
+      <c r="D96"/>
+      <c r="E96"/>
+      <c r="F96"/>
+      <c r="G96"/>
+    </row>
+    <row r="97" spans="1:7">
+      <c r="A97" t="s">
+        <v>188</v>
+      </c>
+      <c r="B97"/>
+      <c r="C97" t="s">
+        <v>189</v>
+      </c>
+      <c r="D97"/>
+      <c r="E97"/>
+      <c r="F97"/>
+      <c r="G97"/>
+    </row>
+    <row r="98" spans="1:7">
+      <c r="A98" t="s">
+        <v>190</v>
+      </c>
+      <c r="B98"/>
+      <c r="C98" t="s">
+        <v>191</v>
+      </c>
+      <c r="D98"/>
+      <c r="E98"/>
+      <c r="F98"/>
+      <c r="G98"/>
+    </row>
+    <row r="99" spans="1:7">
+      <c r="A99" t="s">
+        <v>192</v>
+      </c>
+      <c r="B99"/>
+      <c r="C99" t="s">
+        <v>193</v>
+      </c>
+      <c r="D99"/>
+      <c r="E99"/>
+      <c r="F99"/>
+      <c r="G99"/>
+    </row>
+    <row r="100" spans="1:7">
+      <c r="A100" t="s">
+        <v>194</v>
+      </c>
+      <c r="B100"/>
+      <c r="C100" t="s">
+        <v>195</v>
+      </c>
+      <c r="D100"/>
+      <c r="E100"/>
+      <c r="F100"/>
+      <c r="G100"/>
+    </row>
+    <row r="101" spans="1:7">
+      <c r="A101" t="s">
+        <v>196</v>
+      </c>
+      <c r="B101"/>
+      <c r="C101" t="s">
+        <v>197</v>
+      </c>
+      <c r="D101"/>
+      <c r="E101"/>
+      <c r="F101"/>
+      <c r="G101"/>
+    </row>
+    <row r="102" spans="1:7">
+      <c r="A102" t="s">
+        <v>198</v>
+      </c>
+      <c r="B102"/>
+      <c r="C102" t="s">
+        <v>199</v>
+      </c>
+      <c r="D102"/>
+      <c r="E102"/>
+      <c r="F102"/>
+      <c r="G102"/>
+    </row>
+    <row r="103" spans="1:7">
+      <c r="A103" t="s">
+        <v>200</v>
+      </c>
+      <c r="B103"/>
+      <c r="C103" t="s">
+        <v>201</v>
+      </c>
+      <c r="D103"/>
+      <c r="E103"/>
+      <c r="F103"/>
+      <c r="G103"/>
+    </row>
+    <row r="104" spans="1:7">
+      <c r="A104" t="s">
+        <v>202</v>
+      </c>
+      <c r="B104"/>
+      <c r="C104" t="s">
+        <v>203</v>
+      </c>
+      <c r="D104"/>
+      <c r="E104"/>
+      <c r="F104"/>
+      <c r="G104"/>
+    </row>
+    <row r="105" spans="1:7">
+      <c r="A105" t="s">
+        <v>204</v>
+      </c>
+      <c r="B105"/>
+      <c r="C105" t="s">
+        <v>205</v>
+      </c>
+      <c r="D105"/>
+      <c r="E105"/>
+      <c r="F105"/>
+      <c r="G105"/>
+    </row>
+    <row r="106" spans="1:7">
+      <c r="A106" t="s">
+        <v>206</v>
+      </c>
+      <c r="B106"/>
+      <c r="C106" t="s">
+        <v>207</v>
+      </c>
+      <c r="D106"/>
+      <c r="E106"/>
+      <c r="F106"/>
+      <c r="G106"/>
+    </row>
+    <row r="107" spans="1:7">
+      <c r="A107" t="s">
+        <v>208</v>
+      </c>
+      <c r="B107"/>
+      <c r="C107" t="s">
+        <v>209</v>
+      </c>
+      <c r="D107"/>
+      <c r="E107"/>
+      <c r="F107"/>
+      <c r="G107"/>
+    </row>
+    <row r="108" spans="1:7">
+      <c r="A108" t="s">
+        <v>210</v>
+      </c>
+      <c r="B108"/>
+      <c r="C108" t="s">
+        <v>211</v>
+      </c>
+      <c r="D108"/>
+      <c r="E108"/>
+      <c r="F108"/>
+      <c r="G108"/>
+    </row>
+    <row r="109" spans="1:7">
+      <c r="A109" t="s">
+        <v>212</v>
+      </c>
+      <c r="B109" t="s">
+        <v>213</v>
+      </c>
+      <c r="C109" t="s">
+        <v>214</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109"/>
+      <c r="F109"/>
+      <c r="G109"/>
+    </row>
+    <row r="110" spans="1:7">
+      <c r="A110" t="s">
+        <v>215</v>
+      </c>
+      <c r="B110"/>
+      <c r="C110" t="s">
+        <v>216</v>
+      </c>
+      <c r="D110"/>
+      <c r="E110"/>
+      <c r="F110"/>
+      <c r="G110"/>
+    </row>
+    <row r="111" spans="1:7">
+      <c r="A111" t="s">
+        <v>217</v>
+      </c>
+      <c r="B111"/>
+      <c r="C111" t="s">
+        <v>218</v>
+      </c>
+      <c r="D111"/>
+      <c r="E111"/>
+      <c r="F111"/>
+      <c r="G111"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>