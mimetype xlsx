--- v0 (2026-02-07)
+++ v1 (2026-03-24)
@@ -805,60 +805,60 @@
       <c r="C34"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35">
         <v>2023</v>
       </c>
       <c r="B35">
         <v>1044389.35</v>
       </c>
       <c r="C35"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36">
         <v>2024</v>
       </c>
       <c r="B36">
         <v>2767901.11</v>
       </c>
       <c r="C36"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37">
         <v>2025</v>
       </c>
       <c r="B37">
-        <v>539815.04</v>
+        <v>1097451.33</v>
       </c>
       <c r="C37"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>23</v>
       </c>
       <c r="B38">
-        <v>26602107.81</v>
+        <v>27159744.1</v>
       </c>
       <c r="C38">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A25:D25"/>
     <mergeCell ref="A26:D26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>