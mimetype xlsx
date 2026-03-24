--- v0 (2026-02-07)
+++ v1 (2026-03-24)
@@ -733,78 +733,78 @@
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28">
         <v>2016</v>
       </c>
       <c r="B28">
         <v>3357.01</v>
       </c>
       <c r="C28"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29">
         <v>2017</v>
       </c>
       <c r="B29">
-        <v>1425.72</v>
+        <v>3926.04</v>
       </c>
       <c r="C29"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30">
         <v>2018</v>
       </c>
       <c r="B30">
-        <v>2879.08</v>
+        <v>3134.81</v>
       </c>
       <c r="C30"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31">
         <v>2019</v>
       </c>
       <c r="B31">
         <v>1281.13</v>
       </c>
       <c r="C31"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32">
-        <v>8942.94</v>
+        <v>11698.99</v>
       </c>
       <c r="C32">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A25:D25"/>
     <mergeCell ref="A26:D26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>