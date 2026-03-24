--- v0 (2026-02-06)
+++ v1 (2026-03-24)
@@ -845,59 +845,59 @@
       <c r="B47">
         <v>2394801.66</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48">
         <v>2023</v>
       </c>
       <c r="B48">
         <v>2837817.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49">
         <v>2024</v>
       </c>
       <c r="B49">
         <v>3106408.43</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50">
         <v>2025</v>
       </c>
       <c r="B50">
-        <v>1914637.86</v>
+        <v>3048540.19</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>22</v>
       </c>
       <c r="B51">
-        <v>23820685.36</v>
+        <v>24954587.69</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>25</v>
       </c>
       <c r="B56" t="s">
         <v>3</v>
       </c>
       <c r="C56" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">