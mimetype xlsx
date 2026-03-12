--- v0 (2025-12-23)
+++ v1 (2026-03-12)
@@ -490,236 +490,238 @@
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4">
-        <v>187572.16</v>
+        <v>229799.26</v>
       </c>
       <c r="C4"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5">
-        <v>171934.94</v>
+        <v>237847.2</v>
       </c>
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6">
-        <v>209829.54</v>
+        <v>246873.54</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7">
-        <v>547079.26</v>
+        <v>714520.0</v>
       </c>
       <c r="C7">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8">
-        <v>138260.54</v>
+        <v>170829.84</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9">
-        <v>177388.48</v>
+        <v>227479.1</v>
       </c>
       <c r="C9">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10">
-        <v>153925.31</v>
+        <v>203719.71</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11">
-        <v>2161919.48</v>
+        <v>602028.65</v>
       </c>
       <c r="C11">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12">
-        <v>2708998.74</v>
+        <v>1316548.65</v>
       </c>
       <c r="C12">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13">
-        <v>239671.61</v>
-[...1 lines deleted...]
-      <c r="C13"/>
+        <v>246722.75</v>
+      </c>
+      <c r="C13">
+        <v>13365</v>
+      </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14">
-        <v>221977.3</v>
+        <v>265248.19</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15">
-        <v>67826.54</v>
+        <v>76576.64</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>17</v>
       </c>
       <c r="B16">
-        <v>3818053.43</v>
+        <v>588547.58</v>
       </c>
       <c r="C16">
-        <v>300</v>
+        <v>13365</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17">
         <v>0</v>
       </c>
       <c r="C17">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>19</v>
       </c>
       <c r="B18">
         <v>0</v>
       </c>
       <c r="C18">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19">
         <v>0</v>
       </c>
       <c r="C19">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20">
-        <v>4705159.26</v>
+        <v>0</v>
       </c>
       <c r="C20">
-        <v>300</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>22</v>
       </c>
       <c r="B21">
-        <v>8523212.69</v>
+        <v>588547.58</v>
       </c>
       <c r="C21">
-        <v>600</v>
+        <v>13365</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22">
-        <v>11232211.43</v>
+        <v>1905096.23</v>
       </c>
       <c r="C22">
-        <v>700</v>
+        <v>13465</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B25" s="1"/>
       <c r="C25" s="1"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>4</v>
@@ -861,65 +863,65 @@
       <c r="C42"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43">
         <v>2019</v>
       </c>
       <c r="B43">
         <v>1461124.05</v>
       </c>
       <c r="C43"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44">
         <v>2024</v>
       </c>
       <c r="B44">
         <v>3161703.45</v>
       </c>
       <c r="C44"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45">
         <v>2025</v>
       </c>
       <c r="B45">
-        <v>1568679.03</v>
+        <v>1905388.84</v>
       </c>
       <c r="C45">
-        <v>100</v>
+        <v>13465</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>23</v>
       </c>
       <c r="B46">
-        <v>13735349.76</v>
+        <v>14072059.57</v>
       </c>
       <c r="C46">
-        <v>100</v>
+        <v>13465</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A25:C25"/>
     <mergeCell ref="A26:C26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>