--- v0 (2025-10-11)
+++ v1 (2026-01-30)
@@ -12,122 +12,422 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>CTCPM DATAWAREHOUSE</t>
   </si>
   <si>
     <t>LISTE DES PROJETS NON REALISES DES DOTS</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>DOT</t>
   </si>
   <si>
     <t>LOCALISATION</t>
   </si>
   <si>
     <t>NATURE</t>
   </si>
   <si>
     <t>COÛT EN USD</t>
   </si>
   <si>
     <t>STATUT</t>
   </si>
   <si>
     <t>DATE DEBUT</t>
   </si>
   <si>
     <t>DATE FIN</t>
   </si>
   <si>
-    <t>CONSTRUCTION DE 8 STANDS KERMESSE</t>
+    <t>Construction de l'Ecole Primaire Wanga</t>
   </si>
   <si>
     <t>DOT KIBALI</t>
   </si>
   <si>
-    <t>DURBA</t>
+    <t>Wanga</t>
+  </si>
+  <si>
+    <t>Education et formation professionnelle</t>
   </si>
   <si>
     <t>Non exécuté</t>
   </si>
   <si>
-    <t>13/05/2024</t>
-[...26 lines deleted...]
-    <t>31/12/2023</t>
+    <t>11/12/2023</t>
+  </si>
+  <si>
+    <t>27/11/2024</t>
+  </si>
+  <si>
+    <t>Acquisition de deux Ambulances</t>
+  </si>
+  <si>
+    <t>DOT KAIPENG</t>
+  </si>
+  <si>
+    <t>Quartier Kakontwe  Quartier Kampumpi</t>
+  </si>
+  <si>
+    <t>Santé</t>
+  </si>
+  <si>
+    <t>Fonds de roulement centre de santé Kakontwe et 40 maisons</t>
+  </si>
+  <si>
+    <t>Quartier Kakontwe et Quartier Kampumpi</t>
+  </si>
+  <si>
+    <t>Construction et équipement ITM Makoro</t>
+  </si>
+  <si>
+    <t>Logo-Doka</t>
+  </si>
+  <si>
+    <t>Construction d’une usine de captage traitement et distribution d’eau potable dans la cité GCM/Musonoie  cité GCM/Kapata  cité GCM/UCK  cité GCM/Luilu et le village Tshamundenda</t>
+  </si>
+  <si>
+    <t>DOT KCC</t>
+  </si>
+  <si>
+    <t>GCM/Musonoie  GCM/Kapata  GCM/UCK  GCM/Luilu et Tshamundenda</t>
+  </si>
+  <si>
+    <t>Industrie</t>
+  </si>
+  <si>
+    <t>Travaux de construction d’un Hôpital Général de Référence au village Tumbwe et Equipement</t>
+  </si>
+  <si>
+    <t>DOT GOLDEN AFRICA</t>
+  </si>
+  <si>
+    <t>Village TUMBWE</t>
+  </si>
+  <si>
+    <t>Forages des Cinq puits au village TUMBWE</t>
+  </si>
+  <si>
+    <t>eau et energie</t>
+  </si>
+  <si>
+    <t>Aménagement des routes autour des infrastructures au village Tumbwe</t>
+  </si>
+  <si>
+    <t>Infrastructures</t>
+  </si>
+  <si>
+    <t>Construction d’une sous station électrique moyenne Tension</t>
+  </si>
+  <si>
+    <t>DOT COMMUS</t>
+  </si>
+  <si>
+    <t>Communauté de Tshabula</t>
+  </si>
+  <si>
+    <t>Aménagement et entretien de la route de desserte agricole par la méthode HIMO</t>
+  </si>
+  <si>
+    <t>DOT CHEMAF</t>
+  </si>
+  <si>
+    <t>Bukanda</t>
+  </si>
+  <si>
+    <t>Appui aux maraichers regroupés en association en intrants</t>
+  </si>
+  <si>
+    <t>Village Makolo</t>
+  </si>
+  <si>
+    <t>Agro-pastoral</t>
+  </si>
+  <si>
+    <t>Forage des 5 Bornes Fontaines</t>
+  </si>
+  <si>
+    <t>3 à Kapiri  2 au Texas</t>
+  </si>
+  <si>
+    <t>Construction d’un pont reliant les villages LUALABA et MASUMBU</t>
+  </si>
+  <si>
+    <t>DOT SOMIDEZ</t>
+  </si>
+  <si>
+    <t>Entre les villages LUALABA et MASUMBU</t>
+  </si>
+  <si>
+    <t>Construction d’un Marché</t>
+  </si>
+  <si>
+    <t>Quartier Kabetsha</t>
+  </si>
+  <si>
+    <t>Construction du logement pour le préfet de l'école secondaire technique MASUMBU</t>
+  </si>
+  <si>
+    <t>Village MASUMBU</t>
+  </si>
+  <si>
+    <t>Construction de la clôture pour le Centre Culturel LUALABA-MASUMBU</t>
+  </si>
+  <si>
+    <t>socio culturel</t>
+  </si>
+  <si>
+    <t>Acquisition d’une usine de traitement d’eau</t>
+  </si>
+  <si>
+    <t>Construction et équipement d’un marché moderne</t>
+  </si>
+  <si>
+    <t>Quartier la Vallée</t>
+  </si>
+  <si>
+    <t>Construction et équipement d’un centre de rattrapage pour la femme et la jeune fille</t>
+  </si>
+  <si>
+    <t>Quartier La Vallée</t>
+  </si>
+  <si>
+    <t>Construction et équipement d’une salle polyvalente</t>
+  </si>
+  <si>
+    <t>Quartier LUWOWOSHI</t>
+  </si>
+  <si>
+    <t>Construction d’une usine de fabrication des craies</t>
+  </si>
+  <si>
+    <t>Construction de la clôture pour l'école secondaire technique de MASUMBU</t>
+  </si>
+  <si>
+    <t>Construction d'une salle informatique et trois salles de classe supplémentaire de l'école secondaire MASUMBU</t>
+  </si>
+  <si>
+    <t>Acquisition des équipements médicaux médicaments essentiels matériels de bureau et une ambulance pour le centre de santé KAPASO</t>
+  </si>
+  <si>
+    <t>Village KAPASO</t>
+  </si>
+  <si>
+    <t>Acquisition des équipements médicaux médicaments essentiels et matériels de bureau pour le centre de santé MASUMBU</t>
+  </si>
+  <si>
+    <t>Acquisition des équipements pour l'école secondaire technique de MASUMBU</t>
+  </si>
+  <si>
+    <t>Acquisition des équipements pour le centre culturel LUALABA-MASUMBU</t>
+  </si>
+  <si>
+    <t>Villages LUALABA- MASUMBU</t>
+  </si>
+  <si>
+    <t>Distribution des intrants agricoles pour la culture de Maïs</t>
+  </si>
+  <si>
+    <t>DOT KIMIN</t>
+  </si>
+  <si>
+    <t>kisanfu  kawama            dikanda  mibanze kawala  mumba bwasalangana mayeba</t>
+  </si>
+  <si>
+    <t>Construction d’un centre communautaire</t>
+  </si>
+  <si>
+    <t>kisanfu</t>
+  </si>
+  <si>
+    <t>Construction et équipements d´un centre culturel</t>
+  </si>
+  <si>
+    <t>DOT METALKOL</t>
+  </si>
+  <si>
+    <t>village tshamundenda</t>
+  </si>
+  <si>
+    <t>Acquisition et Installation de 4 chambre Froide Publique a KAPATA	   		-</t>
+  </si>
+  <si>
+    <t>DOT SICOMINES</t>
+  </si>
+  <si>
+    <t>Commune de Dilala  Quartier Kapata</t>
+  </si>
+  <si>
+    <t>Construction de six maisons et installations sanitaires</t>
+  </si>
+  <si>
+    <t>DOT CJCMC</t>
+  </si>
+  <si>
+    <t>Quartier Buluo  Commune de Shituru</t>
+  </si>
+  <si>
+    <t>Construction d’un Centre Public de Formation Professionnelle à KAPATA</t>
+  </si>
+  <si>
+    <t>Construction et Réparation des drains pour lutter contre les érosions au niveau de l’Eglise 8ème CEPAC</t>
+  </si>
+  <si>
+    <t>Construction et équipement de deux écoles à Dikanda et Mumba</t>
+  </si>
+  <si>
+    <t>DOT MKM</t>
+  </si>
+  <si>
+    <t>Dikanda et Mumba</t>
+  </si>
+  <si>
+    <t>Construction de deux ponts (8 et 12 mètres) sur la route de la ferme</t>
+  </si>
+  <si>
+    <t>Groupement Mushima  Secteur Lufupa</t>
+  </si>
+  <si>
+    <t>Adduction d'eau potable à Kisanfu et Kawama</t>
+  </si>
+  <si>
+    <t>Kisanfu et Kawama</t>
+  </si>
+  <si>
+    <t>Complexe multifonctionnel (radio  bureaux) &amp; véhicule</t>
+  </si>
+  <si>
+    <t>Toute la zonede kisanfu</t>
+  </si>
+  <si>
+    <t>Construction et équipement d’une école primaire à Kawala</t>
+  </si>
+  <si>
+    <t>Kawala</t>
+  </si>
+  <si>
+    <t>Construction d’une chambre froide avec clôture au village Kamimbi</t>
+  </si>
+  <si>
+    <t>DOT CCR</t>
+  </si>
+  <si>
+    <t>kamimbi</t>
+  </si>
+  <si>
+    <t>Construction d’une morgue à Kisanfu</t>
+  </si>
+  <si>
+    <t>Kisanfu</t>
+  </si>
+  <si>
+    <t>Construction et équipement de deux postes de santé à Kawala et Mumba</t>
+  </si>
+  <si>
+    <t>Kawala et Mumba</t>
+  </si>
+  <si>
+    <t>Appui aux agriculteurs</t>
+  </si>
+  <si>
+    <t>Dikanda  Mumba  Kawala  Mibanze  Mayeba  Bwasa-kilebi</t>
+  </si>
+  <si>
+    <t>Construction des routes en terre battue de 2km au village Kisangama</t>
+  </si>
+  <si>
+    <t>kisangama</t>
+  </si>
+  <si>
+    <t>Construction d’une route de 940 m en pavés stabilisés à Kakisa</t>
+  </si>
+  <si>
+    <t>Secteur de Luilu  Village Kakisa</t>
+  </si>
+  <si>
+    <t>Construction de deux hangars pour le stockage des engins agricoles et un bâtiment dortoirs des travailleurs clôture de sécurité</t>
+  </si>
+  <si>
+    <t>Secteur de Luilu  Village Mapendo</t>
+  </si>
+  <si>
+    <t>Construction d’une extension du Centre de Santé de Mapendo+mur de cloture</t>
+  </si>
+  <si>
+    <t>Construction du centre de Formation professionnel en engins lourds à Yenge</t>
+  </si>
+  <si>
+    <t>Secteur de Luilu  Village Yenge</t>
+  </si>
+  <si>
+    <t>DOT CDM</t>
+  </si>
+  <si>
+    <t>Quartier Kamatete</t>
+  </si>
+  <si>
+    <t>Réhabilitation des routes de desserte agricole</t>
+  </si>
+  <si>
+    <t>DOT SOMIKA</t>
+  </si>
+  <si>
+    <t>Groupement INAKILUBA</t>
+  </si>
+  <si>
+    <t>Construction et équipements d’un centre d’apprentissage au village kipopo</t>
+  </si>
+  <si>
+    <t>Groupement inakiluba / village lupoto-rail</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -443,62 +743,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H3" sqref="H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
@@ -521,111 +821,1165 @@
         <v>5</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
       <c r="E4">
-        <v>44869.22</v>
+        <v>142000.0</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>19</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
       <c r="E5">
-        <v>64527.67</v>
+        <v>125000.0</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G5"/>
+      <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" t="s">
         <v>20</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6"/>
       <c r="E6">
-        <v>417200.0</v>
+        <v>99347.27</v>
       </c>
       <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6"/>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" t="s">
         <v>13</v>
       </c>
-      <c r="G6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E7">
+        <v>110000.0</v>
+      </c>
+      <c r="F7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7"/>
+      <c r="H7"/>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8">
+        <v>16500000.0</v>
+      </c>
+      <c r="F8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8"/>
+      <c r="H8"/>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9">
+        <v>715425.0</v>
+      </c>
+      <c r="F9" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9"/>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10">
+        <v>115356.0</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10"/>
+      <c r="H10"/>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>35</v>
+      </c>
+      <c r="E11">
+        <v>171990.0</v>
+      </c>
+      <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11"/>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" t="s">
+        <v>37</v>
+      </c>
+      <c r="C12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12">
+        <v>75000.0</v>
+      </c>
+      <c r="F12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12"/>
+      <c r="H12"/>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" t="s">
+        <v>40</v>
+      </c>
+      <c r="C13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13">
+        <v>95505.59</v>
+      </c>
+      <c r="F13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13"/>
+      <c r="H13"/>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14">
+        <v>60000.0</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14"/>
+      <c r="H14"/>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15">
+        <v>85000.0</v>
+      </c>
+      <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15"/>
+      <c r="H15"/>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>47</v>
+      </c>
+      <c r="B16" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16" t="s">
+        <v>35</v>
+      </c>
+      <c r="E16">
+        <v>855062.55</v>
+      </c>
+      <c r="F16" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16"/>
+      <c r="H16"/>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" t="s">
+        <v>35</v>
+      </c>
+      <c r="E17">
+        <v>577000.0</v>
+      </c>
+      <c r="F17" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17"/>
+      <c r="H17"/>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>52</v>
+      </c>
+      <c r="B18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C18" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18">
+        <v>122200.0</v>
+      </c>
+      <c r="F18" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18"/>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>54</v>
+      </c>
+      <c r="B19" t="s">
+        <v>48</v>
+      </c>
+      <c r="C19" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19" t="s">
+        <v>55</v>
+      </c>
+      <c r="E19">
+        <v>270618.01</v>
+      </c>
+      <c r="F19" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19"/>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" t="s">
+        <v>40</v>
+      </c>
+      <c r="C20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20">
+        <v>280000.0</v>
+      </c>
+      <c r="F20" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20"/>
+      <c r="H20"/>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" t="s">
+        <v>40</v>
+      </c>
+      <c r="C21" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" t="s">
+        <v>35</v>
+      </c>
+      <c r="E21">
+        <v>570000.0</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21"/>
+      <c r="H21"/>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B22" t="s">
+        <v>40</v>
+      </c>
+      <c r="C22" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22">
+        <v>186375.0</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22"/>
+      <c r="H22"/>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>61</v>
+      </c>
+      <c r="B23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C23" t="s">
+        <v>62</v>
+      </c>
+      <c r="D23" t="s">
+        <v>55</v>
+      </c>
+      <c r="E23">
+        <v>280000.0</v>
+      </c>
+      <c r="F23" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23"/>
+      <c r="H23"/>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>63</v>
+      </c>
+      <c r="B24" t="s">
+        <v>40</v>
+      </c>
+      <c r="C24" t="s">
+        <v>51</v>
+      </c>
+      <c r="D24" t="s">
+        <v>28</v>
+      </c>
+      <c r="E24">
+        <v>112240.0</v>
+      </c>
+      <c r="F24" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24"/>
+      <c r="H24"/>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>64</v>
+      </c>
+      <c r="B25" t="s">
+        <v>48</v>
+      </c>
+      <c r="C25" t="s">
+        <v>53</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25">
+        <v>280961.99</v>
+      </c>
+      <c r="F25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25"/>
+      <c r="H25"/>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>65</v>
+      </c>
+      <c r="B26" t="s">
+        <v>48</v>
+      </c>
+      <c r="C26" t="s">
+        <v>53</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26">
+        <v>250000.0</v>
+      </c>
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26"/>
+      <c r="H26"/>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>66</v>
+      </c>
+      <c r="B27" t="s">
+        <v>48</v>
+      </c>
+      <c r="C27" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27">
+        <v>339001.88</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27"/>
+      <c r="H27"/>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>68</v>
+      </c>
+      <c r="B28" t="s">
+        <v>48</v>
+      </c>
+      <c r="C28" t="s">
+        <v>53</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28">
+        <v>204441.88</v>
+      </c>
+      <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28"/>
+      <c r="H28"/>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>69</v>
+      </c>
+      <c r="B29" t="s">
+        <v>48</v>
+      </c>
+      <c r="C29" t="s">
+        <v>53</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29">
+        <v>303226.9</v>
+      </c>
+      <c r="F29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29"/>
+      <c r="H29"/>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>70</v>
+      </c>
+      <c r="B30" t="s">
+        <v>48</v>
+      </c>
+      <c r="C30" t="s">
+        <v>71</v>
+      </c>
+      <c r="D30" t="s">
+        <v>55</v>
+      </c>
+      <c r="E30">
+        <v>252566.8</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30"/>
+      <c r="H30"/>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>72</v>
+      </c>
+      <c r="B31" t="s">
+        <v>73</v>
+      </c>
+      <c r="C31" t="s">
+        <v>74</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31">
+        <v>275000.0</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31"/>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>75</v>
+      </c>
+      <c r="B32" t="s">
+        <v>73</v>
+      </c>
+      <c r="C32" t="s">
+        <v>76</v>
+      </c>
+      <c r="D32" t="s">
+        <v>55</v>
+      </c>
+      <c r="E32">
+        <v>187700.0</v>
+      </c>
+      <c r="F32" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32"/>
+      <c r="H32"/>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>77</v>
+      </c>
+      <c r="B33" t="s">
+        <v>78</v>
+      </c>
+      <c r="C33" t="s">
+        <v>79</v>
+      </c>
+      <c r="D33" t="s">
+        <v>55</v>
+      </c>
+      <c r="E33">
+        <v>775144.84</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33"/>
+      <c r="H33"/>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>80</v>
+      </c>
+      <c r="B34" t="s">
+        <v>81</v>
+      </c>
+      <c r="C34" t="s">
+        <v>82</v>
+      </c>
+      <c r="D34" t="s">
+        <v>44</v>
+      </c>
+      <c r="E34">
+        <v>320000.0</v>
+      </c>
+      <c r="F34" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34"/>
+      <c r="H34"/>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>83</v>
+      </c>
+      <c r="B35" t="s">
+        <v>84</v>
+      </c>
+      <c r="C35" t="s">
+        <v>85</v>
+      </c>
+      <c r="D35" t="s">
+        <v>35</v>
+      </c>
+      <c r="E35">
+        <v>133567.5</v>
+      </c>
+      <c r="F35" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35"/>
+      <c r="H35"/>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>86</v>
+      </c>
+      <c r="B36" t="s">
+        <v>81</v>
+      </c>
+      <c r="C36" t="s">
+        <v>82</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36">
+        <v>0.0</v>
+      </c>
+      <c r="F36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36"/>
+      <c r="H36"/>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>87</v>
+      </c>
+      <c r="B37" t="s">
+        <v>81</v>
+      </c>
+      <c r="C37" t="s">
+        <v>82</v>
+      </c>
+      <c r="D37" t="s">
+        <v>35</v>
+      </c>
+      <c r="E37">
+        <v>172580.0</v>
+      </c>
+      <c r="F37" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37"/>
+      <c r="H37"/>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>88</v>
+      </c>
+      <c r="B38" t="s">
+        <v>89</v>
+      </c>
+      <c r="C38" t="s">
+        <v>90</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38">
+        <v>98016314.0</v>
+      </c>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38"/>
+      <c r="H38"/>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>91</v>
+      </c>
+      <c r="B39" t="s">
+        <v>81</v>
+      </c>
+      <c r="C39" t="s">
+        <v>92</v>
+      </c>
+      <c r="D39" t="s">
+        <v>35</v>
+      </c>
+      <c r="E39">
+        <v>1440000.0</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39"/>
+      <c r="H39"/>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>93</v>
+      </c>
+      <c r="B40" t="s">
+        <v>89</v>
+      </c>
+      <c r="C40" t="s">
+        <v>94</v>
+      </c>
+      <c r="D40" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40">
+        <v>1147203.36</v>
+      </c>
+      <c r="F40" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40"/>
+      <c r="H40"/>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>95</v>
+      </c>
+      <c r="B41" t="s">
+        <v>89</v>
+      </c>
+      <c r="C41" t="s">
+        <v>96</v>
+      </c>
+      <c r="D41" t="s">
+        <v>55</v>
+      </c>
+      <c r="E41">
+        <v>875742.0</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41"/>
+      <c r="H41"/>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>97</v>
+      </c>
+      <c r="B42" t="s">
+        <v>89</v>
+      </c>
+      <c r="C42" t="s">
+        <v>98</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42">
+        <v>286130.0</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42"/>
+      <c r="H42"/>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>99</v>
+      </c>
+      <c r="B43" t="s">
+        <v>100</v>
+      </c>
+      <c r="C43" t="s">
+        <v>101</v>
+      </c>
+      <c r="D43" t="s">
+        <v>44</v>
+      </c>
+      <c r="E43">
+        <v>99350.0</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43"/>
+      <c r="H43"/>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>102</v>
+      </c>
+      <c r="B44" t="s">
+        <v>89</v>
+      </c>
+      <c r="C44" t="s">
+        <v>103</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44">
+        <v>416625.0</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44"/>
+      <c r="H44"/>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>104</v>
+      </c>
+      <c r="B45" t="s">
+        <v>89</v>
+      </c>
+      <c r="C45" t="s">
+        <v>105</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45">
+        <v>383938.0</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45"/>
+      <c r="H45"/>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>106</v>
+      </c>
+      <c r="B46" t="s">
+        <v>89</v>
+      </c>
+      <c r="C46" t="s">
+        <v>107</v>
+      </c>
+      <c r="D46" t="s">
+        <v>44</v>
+      </c>
+      <c r="E46">
+        <v>509592.8</v>
+      </c>
+      <c r="F46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46"/>
+      <c r="H46"/>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>108</v>
+      </c>
+      <c r="B47" t="s">
+        <v>100</v>
+      </c>
+      <c r="C47" t="s">
+        <v>109</v>
+      </c>
+      <c r="D47" t="s">
+        <v>35</v>
+      </c>
+      <c r="E47">
+        <v>159853.78</v>
+      </c>
+      <c r="F47" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47"/>
+      <c r="H47"/>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>110</v>
+      </c>
+      <c r="B48" t="s">
+        <v>81</v>
+      </c>
+      <c r="C48" t="s">
+        <v>111</v>
+      </c>
+      <c r="D48" t="s">
+        <v>35</v>
+      </c>
+      <c r="E48">
+        <v>264000.0</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48"/>
+      <c r="H48"/>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>112</v>
+      </c>
+      <c r="B49" t="s">
+        <v>81</v>
+      </c>
+      <c r="C49" t="s">
+        <v>113</v>
+      </c>
+      <c r="D49" t="s">
+        <v>44</v>
+      </c>
+      <c r="E49">
+        <v>1080000.0</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49"/>
+      <c r="H49"/>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>114</v>
+      </c>
+      <c r="B50" t="s">
+        <v>81</v>
+      </c>
+      <c r="C50" t="s">
+        <v>113</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50">
+        <v>672000.0</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50"/>
+      <c r="H50"/>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>115</v>
+      </c>
+      <c r="B51" t="s">
+        <v>81</v>
+      </c>
+      <c r="C51" t="s">
+        <v>116</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51">
+        <v>2160000.0</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51"/>
+      <c r="H51"/>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>61</v>
+      </c>
+      <c r="B52" t="s">
+        <v>117</v>
+      </c>
+      <c r="C52" t="s">
+        <v>118</v>
+      </c>
+      <c r="D52" t="s">
+        <v>55</v>
+      </c>
+      <c r="E52">
+        <v>195000.0</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52"/>
+      <c r="H52"/>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>119</v>
+      </c>
+      <c r="B53" t="s">
+        <v>120</v>
+      </c>
+      <c r="C53" t="s">
+        <v>121</v>
+      </c>
+      <c r="D53" t="s">
+        <v>35</v>
+      </c>
+      <c r="E53">
+        <v>2700.0</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53"/>
+      <c r="H53"/>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>122</v>
+      </c>
+      <c r="B54" t="s">
+        <v>120</v>
+      </c>
+      <c r="C54" t="s">
+        <v>123</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54">
+        <v>226900.0</v>
+      </c>
+      <c r="F54" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54"/>
+      <c r="H54"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>